--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,833 +179,833 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>53488</v>
+        <v>60017</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Salopette </t>
+          <t>Escarpins "Rhinocéros"</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>laine, lin</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>60011</v>
+        <v>53488</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Bottines "Rhinocéros"</t>
+          <t>Salopette </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1994 - 1995</t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>laine, lin</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>60014</v>
+        <v>60011</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Babies</t>
+          <t>Bottines "Rhinocéros"</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>60017</v>
+        <v>60014</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Escarpins "Rhinocéros"</t>
+          <t>Babies</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
-      <c r="H5" s="2"/>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>imprimé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>60013</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Bottines "Eléphant"</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>53669</v>
+        <v>61691</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Chemisier</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Masson, Anne / Beauduin-Masson,</t>
+          <t>Beauduin-Masson,  / Masson, Anne / Beauduin, Eric</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>53673</v>
+        <v>53669</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et knicker </t>
+          <t>Chemisier</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
+          <t>Beauduin, Eric / Masson, Anne / Beauduin-Masson,</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>toile, cotelé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>60010</v>
+        <v>53673</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Bottines "Ambidextres"</t>
+          <t>Ensemble veste et knicker </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>toile, cotelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>61691</v>
+        <v>60010</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Bottines "Ambidextres"</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Masson, Anne / Beauduin, Eric</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>53668</v>
+        <v>60337</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe </t>
+          <t>Robe-chemise</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>53672</v>
+        <v>53668</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble veste et robe </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin, coton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>56200</v>
+        <v>53672</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Masson, Anne / Beauduin-Masson,</t>
+          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>60337</v>
+        <v>56200</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe-chemise</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Beauduin, Eric / Masson, Anne / Beauduin-Masson,</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>53484</v>
+        <v>105871</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Pantalon carotte </t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>53621</v>
+        <v>105873</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Salopette </t>
+          <t>Moufles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>moufle</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, polyamide (=nylon), élasthane, résine synthétique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>53647</v>
+        <v>105874</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemisier et pantalon </t>
+          <t>Écharpe</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
-      <c r="F17" s="2"/>
+      <c r="F17" s="2" t="inlineStr">
+        <is>
+          <t>accessoire textile</t>
+        </is>
+      </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>coton, matière végétale</t>
+          <t>laine, acrylique</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>53671</v>
+        <v>53484</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Pantalon carotte </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
-      <c r="F18" s="2"/>
+      <c r="F18" s="2" t="inlineStr">
+        <is>
+          <t>pantalon</t>
+        </is>
+      </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>105871</v>
+        <v>53621</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Salopette </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>105873</v>
+        <v>53647</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Moufles</t>
+          <t>Ensemble chemisier et pantalon </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
-      <c r="F20" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), élasthane, résine synthétique</t>
+          <t>coton, matière végétale</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>105874</v>
+        <v>53671</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Écharpe</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
-      <c r="F21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>laine, acrylique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>72230</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Sac à dos "Chemise"</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Beauduin-Masson,  / Beauduin, Eric</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>