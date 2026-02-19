--- v0 (2025-12-31)
+++ v1 (2026-02-19)
@@ -299,165 +299,165 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>toile, satin, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>60163</v>
+        <v>105860</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>jersey, sérigraphié</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>60168</v>
+        <v>60163</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Caban</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier / Union pour le vêtement</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>sergé, sérigraphié</t>
+          <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>105860</v>
+        <v>60168</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Caban</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier / Union pour le vêtement</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>105129</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1996 - 1997</t>
@@ -971,165 +971,165 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>60211</v>
+        <v>60079</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Peignoir "Close"</t>
+          <t>Ensemble blouson et pantalon</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>60212</v>
+        <v>60211</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Peignoir "Close"</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>toile, satin, tricot</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>60079</v>
+        <v>60212</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson et pantalon</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie, laine</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile, satin, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>60085</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
@@ -1171,721 +1171,721 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>gant</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>tricot, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>60215</v>
+        <v>60216</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Bottines</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, cuir</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>60216</v>
+        <v>36595</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Gilet "Fork"</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>36595</v>
+        <v>105887</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Gilet "Fork"</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>105887</v>
+        <v>60131</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Sac banane</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>60131</v>
+        <v>60149</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Sac banane</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>60149</v>
+        <v>60153</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Débardeur "Cupboard 8"</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>60153</v>
+        <v>60154</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Cupboard 8"</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique</t>
+          <t>jersey, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>60154</v>
+        <v>60215</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>jersey, crêpe</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>60208</v>
+        <v>60082</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>toile, jersey</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>60082</v>
+        <v>60084</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Bomber</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>60084</v>
+        <v>60093</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Bomber</t>
+          <t>Collier</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>collier</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>60093</v>
+        <v>60115</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Collier</t>
+          <t>Cravate "Kill Tie"</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>collier</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...2 lines deleted...]
-      <c r="H38" s="2"/>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H38" s="2" t="inlineStr">
+        <is>
+          <t>satin, broderie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>60115</v>
+        <v>60159</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Cravate "Kill Tie"</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>60159</v>
+        <v>60208</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>toile, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>60169</v>
+        <v>63141</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Blazer "Jude"</t>
+          <t>Echarpe</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>velours, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>63141</v>
+        <v>60073</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Echarpe</t>
+          <t>Costume</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>velours, toile</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>60073</v>
+        <v>60169</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Costume</t>
+          <t>Blazer "Jude"</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2006</t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
         <v>60219</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Bottes</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2006 - 2007</t>