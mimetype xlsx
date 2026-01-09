--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -419,161 +419,161 @@
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>105129</v>
+        <v>60161</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Porte-clef</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>porte-clés</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>coton, résine</t>
+          <t>métal, caoutchouc</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>105861</v>
+        <v>105129</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1996 - 1997</t>
         </is>
       </c>
-      <c r="F9" s="2"/>
+      <c r="F9" s="2" t="inlineStr">
+        <is>
+          <t>veste d'intérieur</t>
+        </is>
+      </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton, résine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>60161</v>
+        <v>105861</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Porte-clef</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1996 - 1997</t>
+        </is>
+      </c>
+      <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>métal, caoutchouc</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>105863</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Pull </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>