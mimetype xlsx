--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -299,281 +299,281 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>toile, satin, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>105860</v>
+        <v>60163</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>60163</v>
+        <v>60168</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Caban</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier / Union pour le vêtement</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>jersey, sérigraphié</t>
+          <t>sergé, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>60168</v>
+        <v>105860</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Caban</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier / Union pour le vêtement</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>sergé, sérigraphié</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>105861</v>
+        <v>60161</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Porte-clef</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
-[...2 lines deleted...]
-      <c r="F8" s="2"/>
+          <t>1996 - </t>
+        </is>
+      </c>
+      <c r="F8" s="2" t="inlineStr">
+        <is>
+          <t>porte-clés</t>
+        </is>
+      </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>métal, caoutchouc</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>60161</v>
+        <v>105129</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Porte-clef</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>porte-clés</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>métal, caoutchouc</t>
+          <t>coton, résine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>105129</v>
+        <v>105861</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1996 - 1997</t>
         </is>
       </c>
-      <c r="F10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton, résine</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>105863</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Pull </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
@@ -651,165 +651,165 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>maille, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>105130</v>
+        <v>95601</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>coton, laine, matière plastique</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>sergé, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>105895</v>
+        <v>105130</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>95601</v>
+        <v>105895</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>coton, laine, matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>sergé, drap</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>