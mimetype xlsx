--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -219,115 +219,115 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>62570</v>
+        <v>56865</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t> XIII Semana Belga en la Habana</t>
+          <t>Demain Brüsel. Une ville qui ne recule devant rien</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Durieux , Jack / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Durieux , Jack</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>56865</v>
+        <v>62570</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Demain Brüsel. Une ville qui ne recule devant rien</t>
+          <t> XIII Semana Belga en la Habana</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Durieux , Jack</t>
+          <t>Durieux , Jack / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>62863</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Le Hangar "Y" - Meudon (Variante)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>