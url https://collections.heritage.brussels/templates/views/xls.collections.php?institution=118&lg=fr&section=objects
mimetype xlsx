--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -619,51 +619,51 @@
         <is>
           <t>Plateau du Seder de Pessah, repas cérémonial de la Pâque Juive</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>Plateau du Seder de Pessah</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>66474</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Gravure, “Face à la mer”, de Kurt Peiser</t>
+          <t>Gravure, “Femmes de pêcheurs”, de Kurt Peiser</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>