--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -777,51 +777,51 @@
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>44029</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Moving Ceiling</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Brussels Metro Art Gallery  </t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Bury, Pol</t>
+          <t>Bury, Paul</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>44027</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>The Last Migration</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">