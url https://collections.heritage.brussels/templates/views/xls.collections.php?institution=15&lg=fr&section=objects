--- v0 (2025-11-16)
+++ v1 (2026-01-09)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H201"/>
+  <dimension ref="A1:H200"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -2865,51 +2865,51 @@
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
         <v>28817</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Les demoiselles van den Perre</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Verhas, Jean</t>
+          <t>Verhas, Jan</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1887 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
@@ -4734,51 +4734,51 @@
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
         <v>30380</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Portrait de Permeke</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Van Den Berghe, Frits</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1924</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
         <v>30405</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
           <t>Parade</t>
@@ -5575,2215 +5575,2175 @@
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>28909</v>
+        <v>28751</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Paysage de neige</t>
+          <t>Femmes nues ou paysage antique</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Brusselmans, Jean</t>
+          <t>Delvaux, Paul</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1944 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, aquarelle, encre de chine, panneau</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>28751</v>
+        <v>28688</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Femmes nues ou paysage antique</t>
+          <t>Dunes</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Delvaux, Paul</t>
+          <t>Bertrand, Gaston</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, aquarelle, encre de chine, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>28688</v>
+        <v>30407</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Dunes</t>
+          <t>Trait orange</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Gaston</t>
+          <t>Poliakoff, Serge</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1952 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>30407</v>
+        <v>37577</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Trait orange</t>
+          <t>Anvers (Buste d’un débardeur)</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Poliakoff, Serge</t>
+          <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>37577</v>
+        <v>28474</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Anvers (Buste d’un débardeur)</t>
+          <t>Composition</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Constantin</t>
+          <t>Bonnet, Anne</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1952 - </t>
+          <t>1954 - 1958</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>28474</v>
+        <v>28884</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Composition</t>
+          <t>Rumeurs</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Bonnet, Anne</t>
+          <t>Delahaut, Jo</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1954 - 1958</t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>28884</v>
+        <v>28227</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Rumeurs</t>
+          <t>Algues marines</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Delahaut, Jo</t>
+          <t>Van Lint, Louis</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>28227</v>
+        <v>37996</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Algues marines</t>
+          <t>Fuga (1960)</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Van Lint, Louis</t>
+          <t>Jespers, Oscar</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>37996</v>
+        <v>28918</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Fuga (1960)</t>
+          <t>Arc de lumière (bleu)</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Jespers, Oscar</t>
+          <t>Verheyen, Jef</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>toile, gomme-laque</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>28918</v>
+        <v>28154</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Arc de lumière (bleu)</t>
+          <t>Floraison en bleu (1963)</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Verheyen, Jef</t>
+          <t>Mortier, Antoine</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>toile, gomme-laque</t>
+          <t>papier, toile, aquarelle</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>laque</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>28154</v>
+        <v>28875</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Floraison en bleu (1963)</t>
+          <t>Adelebsen II</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Mortier, Antoine</t>
+          <t>Lismonde, Jules</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1963 - </t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>papier, toile, aquarelle</t>
+          <t>papier, fusain, panneau</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>28875</v>
+        <v>28360</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Adelebsen II</t>
+          <t>Casserole de moules</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Lismonde, Jules</t>
+          <t>Broodthaers, Marcel</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1966 - </t>
+        </is>
+      </c>
+      <c r="F156" s="2"/>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain, panneau</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>28360</v>
+        <v>30432</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Casserole de moules</t>
+          <t>Erotomobile</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Broodthaers, Marcel</t>
+          <t>Axell, Evelyne</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F157" s="2"/>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile, caoutchouc</t>
+        </is>
+      </c>
+      <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>30432</v>
+        <v>30437</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Erotomobile</t>
+          <t>L'heureux donateur</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Axell, Evelyne</t>
+          <t>Magritte, René</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
-      <c r="F158" s="2"/>
+      <c r="F158" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, caoutchouc</t>
-[...2 lines deleted...]
-      <c r="H158" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H158" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>30437</v>
+        <v>35449</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>L'heureux donateur</t>
+          <t>Bruges</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Magritte, René</t>
+          <t>Peire, Luc</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>35449</v>
+        <v>29633</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Bruges</t>
+          <t>Cobra de transmission</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Peire, Luc</t>
+          <t>Alechinsky, Pierre</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture acrylique</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>29633</v>
+        <v>29098</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Cobra de transmission</t>
+          <t>Les amoureux</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Alechinsky, Pierre</t>
+          <t>Lam, Wifredo</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture acrylique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>29098</v>
+        <v>28772</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Les amoureux</t>
+          <t>Senza titolo</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Lam, Wifredo</t>
+          <t>Adami, Valerio</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>28772</v>
+        <v>28389</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Senza titolo</t>
+          <t>Le dialogue</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Adami, Valerio</t>
+          <t>Delvaux, Paul</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1973</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>28389</v>
+        <v>28361</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Le dialogue</t>
+          <t>Logogrammes </t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Delvaux, Paul</t>
+          <t>Dotremont, Christian</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1978 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, toile, encre noire</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>28361</v>
+        <v>30434</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Logogrammes </t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Dotremont, Christian</t>
+          <t>Van Severen, Dan</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1978 - </t>
+          <t>1978 - 1979</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>papier, toile, encre noire</t>
+          <t>peinture à la détrempe, toile</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>30434</v>
+        <v>41152</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Paradox</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Van Severen, Dan</t>
+          <t>Panamarenko</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1979</t>
+          <t>1980 - 1986</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...11 lines deleted...]
-      </c>
+          <t>oeuvre en 3 dimensions</t>
+        </is>
+      </c>
+      <c r="G166" s="2"/>
+      <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>41152</v>
+        <v>37854</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Paradox</t>
+          <t>Zilverschijf (Disque d'argent)</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Panamarenko</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1986</t>
+          <t>1984 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>oeuvre en 3 dimensions</t>
         </is>
       </c>
-      <c r="G167" s="2"/>
+      <c r="G167" s="2" t="inlineStr">
+        <is>
+          <t>aluminium, cuivre</t>
+        </is>
+      </c>
       <c r="H167" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>37854</v>
+        <v>28943</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Zilverschijf (Disque d'argent)</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Panamarenko</t>
+          <t>Swennen, Walter</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1984 - </t>
+          <t>1985 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>oeuvre en 3 dimensions</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>aluminium, cuivre</t>
-[...2 lines deleted...]
-      <c r="H168" s="2"/>
+          <t>toile, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H168" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>28943</v>
+        <v>28869</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Trilogie 2</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Swennen, Walter</t>
+          <t>Mouffe, Michel</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture acrylique</t>
+          <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>28869</v>
+        <v>31093</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Trilogie 2</t>
+          <t>Dimanche après-midi à Berlin</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Mouffe, Michel</t>
+          <t>Dujourie, Lili</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1985 - </t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>oeuvre en 3 dimensions</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>31093</v>
+        <v>29096</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Dimanche après-midi à Berlin</t>
+          <t>Paysage sanguin</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Dujourie, Lili</t>
+          <t>Lennep, Jacques</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1992 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>oeuvre en 3 dimensions</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H171" s="2"/>
+          <t>toile, matière colorante</t>
+        </is>
+      </c>
+      <c r="H171" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>29096</v>
+        <v>28000</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Paysage sanguin</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Lennep, Jacques</t>
+          <t>De Beul, Bert</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1992 - </t>
+          <t>1993 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>toile, matière colorante</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>28000</v>
+        <v>29971</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Kiss 5</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>De Beul, Bert</t>
+          <t>Delvoye, Wim</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>aluminium</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>29971</v>
+        <v>35132</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Kiss 5</t>
+          <t>Paintingpainting#16</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Delvoye, Wim</t>
+          <t>Balleux, Stephan</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>aluminium</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>35132</v>
+        <v>35320</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Paintingpainting#16</t>
+          <t>Zita's late house</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Balleux, Stephan</t>
+          <t>Van Imschoot, Jan</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>35320</v>
+        <v>35324</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Zita's late house</t>
+          <t>Page Zéro</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Van Imschoot, Jan</t>
+          <t>Plateus, Benoît</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H176" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H176" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>35324</v>
+        <v>28206</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Page Zéro</t>
+          <t>Mig</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Plateus, Benoît</t>
+          <t>Swennen, Walter</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>28206</v>
+        <v>28089</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Mig</t>
+          <t>A4-P21 et A0-L1 </t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Swennen, Walter</t>
+          <t>Hubert, Gauthier</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>28089</v>
+        <v>70203</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>A4-P21 et A0-L1 </t>
+          <t>Connectingthings</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Hubert, Gauthier</t>
+          <t>Moerman, Jean-Luc</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, aluminium</t>
+        </is>
+      </c>
+      <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>70203</v>
+        <v>37872</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Connectingthings</t>
+          <t>Domestic</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Moerman, Jean-Luc</t>
+          <t>Francois, Michel</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture, installation</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, aluminium</t>
-[...2 lines deleted...]
-      <c r="H180" s="2"/>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H180" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>37872</v>
+        <v>37885</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Domestic</t>
+          <t>Modern Industrial Units</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Francois, Michel</t>
+          <t>Mary, Xavier</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>sculpture, installation</t>
-[...6 lines deleted...]
-      </c>
+          <t>oeuvre en 3 dimensions</t>
+        </is>
+      </c>
+      <c r="G181" s="2"/>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>37885</v>
+        <v>70210</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Modern Industrial Units</t>
+          <t>sans titre  (The Frigate)</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Mary, Xavier</t>
+          <t>Thys, Harald / de Gruyter, Jos</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>oeuvre en 3 dimensions</t>
-[...7 lines deleted...]
-      </c>
+          <t>installation</t>
+        </is>
+      </c>
+      <c r="G182" s="2" t="inlineStr">
+        <is>
+          <t>bois, bois, bois, bois, bois, bois</t>
+        </is>
+      </c>
+      <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>70210</v>
+        <v>31097</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>sans titre  (The Frigate)</t>
+          <t>Autoportrait mains bougées</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Thys, Harald / de Gruyter, Jos</t>
+          <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>installation</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>bois, bois, bois, bois, bois, bois</t>
-[...2 lines deleted...]
-      <c r="H183" s="2"/>
+          <t>papier photographique, aluminium, bois</t>
+        </is>
+      </c>
+      <c r="H183" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>31097</v>
+        <v>31100</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait mains bougées</t>
+          <t>Pterodactyl</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>31100</v>
+        <v>35473</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Pterodactyl</t>
+          <t>Trying to be James Ensor</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Lopez-Menchero, Emilio</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...11 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G185" s="2"/>
+      <c r="H185" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>35473</v>
+        <v>31098</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Trying to be James Ensor</t>
+          <t>Max mains billes</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Lopez-Menchero, Emilio</t>
+          <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...3 lines deleted...]
-      <c r="H186" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G186" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique, aluminium, bois</t>
+        </is>
+      </c>
+      <c r="H186" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>31098</v>
+        <v>31099</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Max mains billes (3/3)</t>
+          <t>Max de dos</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>31099</v>
+        <v>31129</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Max de dos</t>
+          <t>Portrait #3 : groupe de femmes Urua sur fond d'aquarelle de Dardenne</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Baloji, Sammy</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
-      <c r="F188" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F188" s="2"/>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>31129</v>
+        <v>35535</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Portrait #3 : groupe de femmes Urua sur fond d'aquarelle de Dardenne</t>
+          <t>Het Laar</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Baloji, Sammy</t>
+          <t>Bytebier, Jean-Marie</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
-      <c r="F189" s="2"/>
+      <c r="F189" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>35535</v>
+        <v>70172</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Het Laar</t>
+          <t>Champignon horizontal</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Bytebier, Jean-Marie</t>
+          <t>Danino, Dany</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F190" s="2"/>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
+          <t>papier, papier, papier</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de gravure, eau-forte, technique de gravure, eau-forte, technique de gravure, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>70172</v>
+        <v>62491</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Champignon horizontal</t>
+          <t>The Missing Script / Painting n°8</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Danino, Dany</t>
+          <t>Devriendt, Robert</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
-[...2 lines deleted...]
-      <c r="F191" s="2"/>
+          <t>2015 - 2016</t>
+        </is>
+      </c>
+      <c r="F191" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>papier, papier, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>62491</v>
+        <v>70173</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>The Missing Script / Painting n°8</t>
+          <t>The Missing Script / Painting n°9</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Devriendt, Robert</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>70173</v>
+        <v>31094</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>The Missing Script / Painting n°9</t>
+          <t>E.K.</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Devriendt, Robert</t>
+          <t>Kuijken, Sophie</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H193" s="2"/>
+          <t>bois, peinture à l'huile, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H193" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>31094</v>
+        <v>31132</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>E.K.</t>
+          <t>Untitled (from the serie Burning is shining)</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Kuijken, Sophie</t>
+          <t>Samyn, Fabrice</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2016 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>oeuvre en 3 dimensions</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, peinture acrylique</t>
-[...6 lines deleted...]
-      </c>
+          <t>pin, or</t>
+        </is>
+      </c>
+      <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>31132</v>
+        <v>64450</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Untitled (from the serie Burning is shining)</t>
+          <t>R_4 (orange). Série Mono</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Samyn, Fabrice</t>
+          <t>Mazzoni, Michel</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>oeuvre en 3 dimensions</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>pin, or</t>
+          <t>encre, aluminium, papier</t>
         </is>
       </c>
       <c r="H195" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>64450</v>
+        <v>31103</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>R_4 (orange). Série Mono</t>
+          <t>Mental Mountains#1</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Mazzoni, Michel</t>
+          <t>Whettnall, Sophie</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>2016 - </t>
+          <t>2017 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>encre, aluminium, papier</t>
+          <t>papier, peinture</t>
         </is>
       </c>
       <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>31103</v>
+        <v>31131</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Mental Mountains#1</t>
+          <t>Portrait de D.H. (David Hammons) </t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Whettnall, Sophie</t>
+          <t>Vergara , Angel</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>2017 - 2018</t>
+        </is>
+      </c>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2"/>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>31131</v>
+        <v>35298</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Portrait de D.H. (David Hammons) </t>
+          <t>Sans titre (série Chronicles)</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Vergara , Angel</t>
+          <t>Peters, Stefan</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>2017 - 2018</t>
-[...3 lines deleted...]
-      <c r="G198" s="2"/>
+          <t>2017 - </t>
+        </is>
+      </c>
+      <c r="F198" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G198" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, panneau, bois</t>
+        </is>
+      </c>
       <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>35298</v>
+        <v>31102</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (série Chronicles)</t>
+          <t>Exp. to the Monsanto (Flat)</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Peters, Stefan</t>
+          <t>Ronsse, Matthieu</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G199" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G199" s="2"/>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>31102</v>
+        <v>70539</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Exp. to the Monsanto (Flat)</t>
+          <t>Kolumba</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Ronsse, Matthieu</t>
+          <t>Loze, Ariane</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2020 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vidéo</t>
         </is>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2"/>
-    </row>
-[...30 lines deleted...]
-      <c r="H201" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>