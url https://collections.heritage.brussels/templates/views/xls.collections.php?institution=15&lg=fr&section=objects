--- v1 (2026-01-09)
+++ v2 (2026-02-26)
@@ -3993,55 +3993,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
         <v>35077</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>Dunes au soleil</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Boch, Anna</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
-      <c r="F104" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F104" s="2"/>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>30567</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Barques au repos</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
@@ -4419,51 +4415,51 @@
       <c r="A115" s="1" t="n">
         <v>37998</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>La vierge folle</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
         <v>28387</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
           <t>Après la messe</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
@@ -5415,105 +5411,105 @@
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>29959</v>
+        <v>30400</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Coin d'atelier</t>
+          <t>L'été</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Edgard</t>
+          <t>Magritte, René</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>30400</v>
+        <v>29959</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>L'été</t>
+          <t>Coin d'atelier</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Magritte, René</t>
+          <t>Tytgat, Edgard</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">