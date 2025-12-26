--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H679"/>
+  <dimension ref="A1:H678"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -1439,51 +1439,51 @@
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>79378</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Oiseau du jardin.</t>
+          <t>Oiseau du jardin</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Vinche, Lionel</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>gouache</t>
         </is>
       </c>
       <c r="H42" s="2"/>
     </row>
@@ -2707,19239 +2707,19263 @@
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>79148</v>
+        <v>79149</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Kamerdelle.</t>
+          <t>Coin de rue.</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Minne, Jean-Louis</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H83" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>79149</v>
+        <v>79661</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Coin de rue.</t>
+          <t>Divers Livre, voir - Anthologie des Artistes Belges Contemporains.</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E84" s="2"/>
-      <c r="F84" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F84" s="2"/>
       <c r="G84" s="2"/>
-      <c r="H84" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>79661</v>
+        <v>78894</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Divers Livre, voir - Anthologie des Artistes Belges Contemporains.</t>
+          <t>Rhodes.</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>de Haas, Annette</t>
         </is>
       </c>
       <c r="E85" s="2"/>
-      <c r="F85" s="2"/>
-      <c r="G85" s="2"/>
+      <c r="F85" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G85" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>78894</v>
+        <v>79406</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Rhodes.</t>
+          <t>Hyon, Mons (cour de ferme).</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>de Haas, Annette</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>79406</v>
+        <v>79662</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Hyon, Mons (cour de ferme).</t>
+          <t>Toilette.</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G87" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G87" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>79662</v>
+        <v>79151</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Toilette.</t>
+          <t>Rue Sainte-Catherine, Bruxelles.</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H88" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>79151</v>
+        <v>79663</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Rue Sainte-Catherine, Bruxelles.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G89" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>79663</v>
+        <v>78896</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>Boulevard de l'Europe à Saint-Gilles</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>De Keyser, Gilbert</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>78896</v>
+        <v>79408</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Boulevard de l'Europe à Saint-Gilles</t>
+          <t>Catedral, Tarragona.</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>De Keyser, Gilbert</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G91" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G91" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>79408</v>
+        <v>79664</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Catedral, Tarragona.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Nardo</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>79664</v>
+        <v>79409</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>El Promontorio al Alba.</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>79409</v>
+        <v>79665</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>El Promontorio al Alba.</t>
+          <t>Attentif au jeu.</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Nardo</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>79665</v>
+        <v>78898</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Attentif au jeu.</t>
+          <t>Ray Charles.</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Delacroix, Catalina</t>
         </is>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>78898</v>
+        <v>79410</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Ray Charles.</t>
+          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Delacroix, Catalina</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...7 lines deleted...]
-      <c r="H96" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G96" s="2"/>
+      <c r="H96" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>79410</v>
+        <v>79666</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G97" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>79666</v>
+        <v>78899</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>La femme du peintre (Pauline).</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>78899</v>
+        <v>79155</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>La femme du peintre (Pauline).</t>
+          <t>Love in the fields of the Lord. alpha</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Neuman, Bertrand</t>
         </is>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>79155</v>
+        <v>79411</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Love in the fields of the Lord. alpha</t>
+          <t>Cicéron.</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Neuman, Bertrand</t>
+          <t>Auquier, Ulysse</t>
         </is>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>79411</v>
+        <v>79667</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Cicéron.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Auquier, Ulysse</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>79667</v>
+        <v>78900</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>Lithographies Collection de 10 - en deux tons de la guerre 1914-1918.</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H102" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H102" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>78900</v>
+        <v>79412</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Lithographies Collection de 10 - en deux tons de la guerre 1914-1918.</t>
+          <t>Vaisseau de l'Art.</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Delgallo, Angelo</t>
         </is>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>79412</v>
+        <v>79668</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Vaisseau de l'Art.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Delgallo, Angelo</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>79668</v>
+        <v>79157</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Paerels, Willem</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>79157</v>
+        <v>79669</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Paerels, Willem</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G106" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G106" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>79669</v>
+        <v>79158</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>La Barque jaune</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Paerels, Willem</t>
         </is>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>79158</v>
+        <v>79414</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>La Barque jaune</t>
+          <t>Ma nouvelle petite Sœur.</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Paerels, Willem</t>
+          <t>Wellens, Michel</t>
         </is>
       </c>
       <c r="E108" s="2"/>
-      <c r="F108" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>79414</v>
+        <v>79670</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Ma nouvelle petite Sœur.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Wellens, Michel</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E109" s="2"/>
-      <c r="F109" s="2"/>
-      <c r="G109" s="2"/>
+      <c r="F109" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G109" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>79670</v>
+        <v>79415</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>Les saints hommes.</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>van Hille, Alain</t>
         </is>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>79415</v>
+        <v>79671</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Les saints hommes.</t>
+          <t>La Proie inaccessible.</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>van Hille, Alain</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G111" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G111" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>79671</v>
+        <v>78904</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>La Proie inaccessible.</t>
+          <t>Don Quichotte.</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Desaeger, Yana</t>
         </is>
       </c>
       <c r="E112" s="2"/>
-      <c r="F112" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F112" s="2"/>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>78904</v>
+        <v>79160</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Don Quichotte.</t>
+          <t>La Péruvienne - Portrait. Omnia vincit amor</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Desaeger, Yana</t>
+          <t>Pasteels, Pierre</t>
         </is>
       </c>
       <c r="E113" s="2"/>
-      <c r="F113" s="2"/>
+      <c r="F113" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>79160</v>
+        <v>79672</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>La Péruvienne - Portrait. Omnia vincit amor</t>
+          <t>Molen Nekkersgat.</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Pasteels, Pierre</t>
+          <t>van Gent, Jeroen</t>
         </is>
       </c>
       <c r="E114" s="2"/>
-      <c r="F114" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>79672</v>
+        <v>78905</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Molen Nekkersgat.</t>
+          <t>Enfant riant.</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>van Gent, Jeroen</t>
+          <t>Desiderio da Settignano</t>
         </is>
       </c>
       <c r="E115" s="2"/>
-      <c r="F115" s="2"/>
-      <c r="G115" s="2"/>
+      <c r="F115" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G115" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>78905</v>
+        <v>78906</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Enfant riant.</t>
+          <t>Chapelle des Pères blancs (Vence).</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Desiderio da Settignano</t>
+          <t>Desmet, Fredy</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>78906</v>
+        <v>79162</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Chapelle des Pères blancs (Vence).</t>
+          <t>Plage à Cadaquès.</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Desmet, Fredy</t>
+          <t>Patoux, Emile</t>
         </is>
       </c>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G117" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G117" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>79162</v>
+        <v>79163</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Plage à Cadaquès.</t>
+          <t>L'exode</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Patoux, Emile</t>
         </is>
       </c>
       <c r="E118" s="2"/>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G118" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H118" s="2"/>
+      <c r="G118" s="2"/>
+      <c r="H118" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>79163</v>
+        <v>79419</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>L'exode</t>
+          <t>Transparence. Transparence</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Patoux, Emile</t>
+          <t>Tallier, Charles</t>
         </is>
       </c>
       <c r="E119" s="2"/>
-      <c r="F119" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F119" s="2"/>
       <c r="G119" s="2"/>
-      <c r="H119" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>79419</v>
+        <v>78908</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Transparence. Transparence</t>
+          <t>Chalets à Verbier.</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Tallier, Charles</t>
+          <t>Desmet, Fredy</t>
         </is>
       </c>
       <c r="E120" s="2"/>
-      <c r="F120" s="2"/>
-      <c r="G120" s="2"/>
+      <c r="F120" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G120" s="2" t="inlineStr">
+        <is>
+          <t>crayon</t>
+        </is>
+      </c>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>78908</v>
+        <v>79164</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Chalets à Verbier.</t>
+          <t>Passeurs d'eau - Bootjes roziers.</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Desmet, Fredy</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>79164</v>
+        <v>78909</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Passeurs d'eau - Bootjes roziers.</t>
+          <t>Carros.</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Desmet, Fredy</t>
         </is>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>78909</v>
+        <v>79165</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Carros.</t>
+          <t>La Sonnette.</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Desmet, Fredy</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>79165</v>
+        <v>79166</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>La Sonnette.</t>
+          <t>La Percée rue Pacheco.</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H124" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G124" s="2"/>
+      <c r="H124" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>79166</v>
+        <v>79422</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>La Percée rue Pacheco.</t>
+          <t>Auguste Danse</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Richir,  Herman</t>
         </is>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G125" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>79422</v>
+        <v>78911</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse</t>
+          <t>La Fin du jour.</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Richir,  Herman</t>
+          <t>De Tavernier, Ludo</t>
         </is>
       </c>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>78911</v>
+        <v>79423</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>La Fin du jour.</t>
+          <t>Femme. Femme</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>De Tavernier, Ludo</t>
+          <t>Doré, Catherine</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>79423</v>
+        <v>79424</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Femme. Femme</t>
+          <t>Séparation. Le soleil luit pour tout le monde</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Doré, Catherine</t>
+          <t>Rolin, Brigitte</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre de chine, peinture acrylique, papier</t>
         </is>
       </c>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>79424</v>
+        <v>78913</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Séparation. Le soleil luit pour tout le monde</t>
+          <t>Le ravin en face de la Ferme Rose.</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Rolin, Brigitte</t>
+          <t>de Vaucleroy, Pierre</t>
         </is>
       </c>
       <c r="E129" s="2"/>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, peinture acrylique, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>78913</v>
+        <v>79169</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Le ravin en face de la Ferme Rose.</t>
+          <t>Le Pavillon Louis XV au Parc de Wolvendael</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>de Vaucleroy, Pierre</t>
+          <t>Pinot, Albert</t>
         </is>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>79169</v>
+        <v>79170</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Le Pavillon Louis XV au Parc de Wolvendael</t>
+          <t>Le Soleil et le Diable.</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Pinot, Albert</t>
+          <t>Pire, Ferdinand</t>
         </is>
       </c>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G131" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G131" s="2"/>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>79170</v>
+        <v>79426</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Le Soleil et le Diable.</t>
+          <t>Projet Salle du Conseil.</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Pire, Ferdinand</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G132" s="2"/>
+      <c r="G132" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>79426</v>
+        <v>79682</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Projet Salle du Conseil.</t>
+          <t>Le Kamerdelle à Uccle.</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H133" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G133" s="2"/>
+      <c r="H133" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>79682</v>
+        <v>78915</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Le Kamerdelle à Uccle.</t>
+          <t>Moulin Granville, Etang du moulin Granville -.</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Vleeschouwer, Ernest Gustave</t>
         </is>
       </c>
       <c r="E134" s="2"/>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G134" s="2"/>
-      <c r="H134" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>78915</v>
+        <v>79427</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Moulin Granville, Etang du moulin Granville -.</t>
+          <t>Projet Salle du Conseil.</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>De Vleeschouwer, Ernest Gustave</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E135" s="2"/>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G135" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G135" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>79427</v>
+        <v>78916</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Projet Salle du Conseil.</t>
+          <t>Paul Errera.</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E136" s="2"/>
-      <c r="F136" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>78916</v>
+        <v>79172</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Paul Errera.</t>
+          <t>Matin à Boitsfort.</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Postel, Jules</t>
         </is>
       </c>
       <c r="E137" s="2"/>
-      <c r="F137" s="2"/>
-      <c r="G137" s="2"/>
+      <c r="F137" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G137" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>79172</v>
+        <v>79428</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Matin à Boitsfort.</t>
+          <t>Projet Salle du Conseil.</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Postel, Jules</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>79428</v>
+        <v>79684</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Projet Salle du Conseil.</t>
+          <t>Expo 58.</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E139" s="2"/>
-      <c r="F139" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>79684</v>
+        <v>78917</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Expo 58.</t>
+          <t>Sceau communal.</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E140" s="2"/>
       <c r="F140" s="2"/>
       <c r="G140" s="2"/>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>78917</v>
+        <v>79173</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Sceau communal.</t>
+          <t>Bouquet estival</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Pringels,  Léon</t>
         </is>
       </c>
       <c r="E141" s="2"/>
-      <c r="F141" s="2"/>
-      <c r="G141" s="2"/>
+      <c r="F141" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G141" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>79173</v>
+        <v>79685</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Bouquet estival</t>
+          <t>Compagnie Immobilière de Belgique.</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Pringels,  Léon</t>
+          <t>Fischweiler, Gustave</t>
         </is>
       </c>
       <c r="E142" s="2"/>
-      <c r="F142" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F142" s="2"/>
+      <c r="G142" s="2"/>
       <c r="H142" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>79685</v>
+        <v>79176</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Compagnie Immobilière de Belgique.</t>
+          <t>Eglise Saint-Pierre.</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Fischweiler, Gustave</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E143" s="2"/>
-      <c r="F143" s="2"/>
+      <c r="F143" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G143" s="2"/>
-      <c r="H143" s="2"/>
+      <c r="H143" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>79176</v>
+        <v>79432</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre.</t>
+          <t>Tranches d'arbre</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Goldschmidt, Denis</t>
         </is>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G144" s="2"/>
-      <c r="H144" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>79432</v>
+        <v>79433</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Tranches d'arbre</t>
+          <t>Solitude. Emotion - 2</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Goldschmidt, Denis</t>
+          <t>Van Enis, Henri</t>
         </is>
       </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>79433</v>
+        <v>79689</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Solitude. Emotion - 2</t>
+          <t>Le plateau Avijl vers 1970.</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Van Enis, Henri</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>79689</v>
+        <v>79178</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Le plateau Avijl vers 1970.</t>
+          <t>Le Vieux Cornet en 1921.</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G147" s="2"/>
-      <c r="H147" s="2"/>
+      <c r="H147" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>79178</v>
+        <v>79434</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet en 1921.</t>
+          <t>Notre maison de plage.</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Vereecken, Luciaan</t>
         </is>
       </c>
       <c r="E148" s="2"/>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G148" s="2"/>
-      <c r="H148" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>79434</v>
+        <v>78924</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Notre maison de plage.</t>
+          <t>Omega. ͡JC</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Vereecken, Luciaan</t>
+          <t>Devries, Jacques</t>
         </is>
       </c>
       <c r="E149" s="2"/>
-      <c r="F149" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F149" s="2"/>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>78924</v>
+        <v>79180</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Omega. ͡JC</t>
+          <t>Notre dame des Affligés à Uccle Stalle.</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Devries, Jacques</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E150" s="2"/>
-      <c r="F150" s="2"/>
+      <c r="F150" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G150" s="2"/>
-      <c r="H150" s="2"/>
+      <c r="H150" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>79180</v>
+        <v>79436</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Notre dame des Affligés à Uccle Stalle.</t>
+          <t>Hérons à Visé.</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Willot, Roger</t>
         </is>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G151" s="2"/>
-      <c r="H151" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>79436</v>
+        <v>79181</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Hérons à Visé.</t>
+          <t>Le Homborch et le Kriekenput.</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Willot, Roger</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E152" s="2"/>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G152" s="2"/>
-      <c r="H152" s="2"/>
+      <c r="H152" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>79181</v>
+        <v>79693</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Le Homborch et le Kriekenput.</t>
+          <t>Pétition, Louis Thevenet.</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Farde Pétition</t>
         </is>
       </c>
       <c r="E153" s="2"/>
-      <c r="F153" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F153" s="2"/>
       <c r="G153" s="2"/>
-      <c r="H153" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>79693</v>
+        <v>78926</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Pétition, Louis Thevenet.</t>
+          <t>Heureux présage.</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Farde Pétition</t>
+          <t>De Wever, A.</t>
         </is>
       </c>
       <c r="E154" s="2"/>
-      <c r="F154" s="2"/>
-      <c r="G154" s="2"/>
+      <c r="F154" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G154" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>78926</v>
+        <v>79438</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Heureux présage.</t>
+          <t>Femme et enfant entourés de fleurs.</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>De Wever, A.</t>
+          <t>École italienne</t>
         </is>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>79438</v>
+        <v>79439</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Femme et enfant entourés de fleurs.</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>École italienne</t>
         </is>
       </c>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>79439</v>
+        <v>79184</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Femme et enfant entourés de fleurs.</t>
+          <t>Le Papenkasteel, 1661.</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>École italienne</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H157" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>79184</v>
+        <v>79440</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel, 1661.</t>
+          <t>Portrait.</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Neuman, Bertrand</t>
         </is>
       </c>
       <c r="E158" s="2"/>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G158" s="2"/>
-      <c r="H158" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>79440</v>
+        <v>79696</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Portrait.</t>
+          <t>La Cure à Uccle … rue du Doyenné.</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Neuman, Bertrand</t>
+          <t>De Beys, Paul</t>
         </is>
       </c>
       <c r="E159" s="2"/>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G159" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G159" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>79696</v>
+        <v>79441</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>La Cure à Uccle … rue du Doyenné.</t>
+          <t>Vers le futur.</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>De Beys, Paul</t>
+          <t>Chevalier, Denise</t>
         </is>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G160" s="2"/>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>79441</v>
+        <v>79186</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Vers le futur.</t>
+          <t>Neige à Saint-Job.</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Chevalier, Denise</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E161" s="2"/>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...2 lines deleted...]
-      <c r="G161" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G161" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>79186</v>
+        <v>79442</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Neige à Saint-Job.</t>
+          <t>Sans titre.</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Copuse, Jorge</t>
         </is>
       </c>
       <c r="E162" s="2"/>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G162" s="2"/>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>79442</v>
+        <v>79187</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Sans titre.</t>
+          <t>Synthèse d'Uccle.</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Copuse, Jorge</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E163" s="2"/>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G163" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G163" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>79187</v>
+        <v>79443</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Synthèse d'Uccle.</t>
+          <t>La petite maison.</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Buelinckx, Lili</t>
         </is>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G164" s="2"/>
       <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>79443</v>
+        <v>79699</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>La petite maison.</t>
+          <t>Tête de femme.</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Buelinckx, Lili</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E165" s="2"/>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G165" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G165" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>79699</v>
+        <v>78932</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme.</t>
+          <t>La Vierge au village</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Dierickx, Raymond</t>
         </is>
       </c>
       <c r="E166" s="2"/>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>78932</v>
+        <v>79444</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>La Vierge au village</t>
+          <t>Icare en hiver</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Raymond</t>
+          <t>Goldschmidt, Denis</t>
         </is>
       </c>
       <c r="E167" s="2"/>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G167" s="2"/>
       <c r="H167" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>79444</v>
+        <v>79700</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Icare en hiver</t>
+          <t>Jeune fille de 14 ans, sœur de Mlle Dussart.</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Goldschmidt, Denis</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E168" s="2"/>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G168" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G168" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H168" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>79700</v>
+        <v>78933</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille de 14 ans, sœur de Mlle Dussart.</t>
+          <t>Kermesse.</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Dierickx, Raymond</t>
         </is>
       </c>
       <c r="E169" s="2"/>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>pastel</t>
         </is>
       </c>
       <c r="H169" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>78933</v>
+        <v>79189</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Kermesse.</t>
+          <t>Le Presbytère d'Uccle.</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Raymond</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E170" s="2"/>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H170" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G170" s="2"/>
+      <c r="H170" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>79189</v>
+        <v>79445</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Le Presbytère d'Uccle.</t>
+          <t>Avant l'orage.</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Zaeytijd, Jean</t>
         </is>
       </c>
       <c r="E171" s="2"/>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G171" s="2"/>
-      <c r="H171" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H171" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>79445</v>
+        <v>79190</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Avant l'orage.</t>
+          <t>Le Vieux Saint-Job en 1908.</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>De Zaeytijd, Jean</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E172" s="2"/>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G172" s="2"/>
-      <c r="H172" s="2"/>
+      <c r="H172" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>79190</v>
+        <v>79446</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Saint-Job en 1908.</t>
+          <t>Maçons.</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Wellens, Michel</t>
         </is>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G173" s="2"/>
-      <c r="H173" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H173" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>79446</v>
+        <v>79447</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Maçons.</t>
+          <t>Quiétude.</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Wellens, Michel</t>
+          <t>Meunier, Denis</t>
         </is>
       </c>
       <c r="E174" s="2"/>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>79447</v>
+        <v>78936</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Quiétude.</t>
+          <t>Léon Vanderkindere.</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Denis</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E175" s="2"/>
-      <c r="F175" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F175" s="2"/>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>78936</v>
+        <v>79448</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Léon Vanderkindere.</t>
+          <t>Pluie.</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Virelle, Lucette</t>
         </is>
       </c>
       <c r="E176" s="2"/>
-      <c r="F176" s="2"/>
+      <c r="F176" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>79448</v>
+        <v>79704</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Pluie.</t>
+          <t>Le Hameau d'Uccle Stalle</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Virelle, Lucette</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E177" s="2"/>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G177" s="2"/>
-      <c r="H177" s="2"/>
+      <c r="H177" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>79704</v>
+        <v>79193</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle</t>
+          <t>Rue de la Cigogne - 1928.</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E178" s="2"/>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>79193</v>
+        <v>79449</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Cigogne - 1928.</t>
+          <t>Le Penseur</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Troyer, Marie-Claire</t>
         </is>
       </c>
       <c r="E179" s="2"/>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G179" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, panneau</t>
+        </is>
+      </c>
+      <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>79449</v>
+        <v>79705</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Le Penseur</t>
+          <t>Le Hameau d'Uccle Stalle. </t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>De Troyer, Marie-Claire</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E180" s="2"/>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H180" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G180" s="2"/>
+      <c r="H180" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>79705</v>
+        <v>78938</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle. </t>
+          <t>Le Sablier.</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E181" s="2"/>
-      <c r="F181" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F181" s="2"/>
       <c r="G181" s="2"/>
-      <c r="H181" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>78938</v>
+        <v>79708</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Le Sablier.</t>
+          <t>Au-delà du réel 2.</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Dainville, Philippe</t>
         </is>
       </c>
       <c r="E182" s="2"/>
-      <c r="F182" s="2"/>
+      <c r="F182" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>79708</v>
+        <v>78941</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Au-delà du réel 2.</t>
+          <t>Maternité.</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Dainville, Philippe</t>
+          <t>DuBois, A.</t>
         </is>
       </c>
       <c r="E183" s="2"/>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G183" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G183" s="2" t="inlineStr">
+        <is>
+          <t>pierre</t>
+        </is>
+      </c>
       <c r="H183" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>78941</v>
+        <v>78942</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Maternité.</t>
+          <t>L'Été.</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>DuBois, A.</t>
+          <t>Dubois, Paul</t>
         </is>
       </c>
       <c r="E184" s="2"/>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>78942</v>
+        <v>79199</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>L'Été.</t>
+          <t>Portrait.</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Dubois, Paul</t>
+          <t>Renson, A.</t>
         </is>
       </c>
       <c r="E185" s="2"/>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H185" s="2"/>
+          <t>crayon de couleur, carton</t>
+        </is>
+      </c>
+      <c r="H185" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>79199</v>
+        <v>78944</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Portrait.</t>
+          <t>Le Silence.</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Renson, A.</t>
+          <t>Dubois, Paul</t>
         </is>
       </c>
       <c r="E186" s="2"/>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur, carton</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>78944</v>
+        <v>79456</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Le Silence.</t>
+          <t>Roc</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Dubois, Paul</t>
+          <t>De Troyer, Marie-Claire</t>
         </is>
       </c>
       <c r="E187" s="2"/>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
-      <c r="G187" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H187" s="2"/>
+      <c r="G187" s="2"/>
+      <c r="H187" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>79456</v>
+        <v>78945</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Roc</t>
+          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>De Troyer, Marie-Claire</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E188" s="2"/>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>78945</v>
+        <v>79201</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
+          <t>La maison qu'habita Louis Thevenet à Hal.</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Rigaux, Louis</t>
         </is>
       </c>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G189" s="2"/>
-      <c r="H189" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H189" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>79201</v>
+        <v>79457</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>La maison qu'habita Louis Thevenet à Hal.</t>
+          <t>Zimbabwé. Sigilée 1 et 2</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Rigaux, Louis</t>
+          <t>Quintart, Sylvie</t>
         </is>
       </c>
       <c r="E190" s="2"/>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G190" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G190" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
       <c r="H190" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>79457</v>
+        <v>79713</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Zimbabwé. Sigilée 1 et 2</t>
+          <t>Pont.</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Quintart, Sylvie</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E191" s="2"/>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H191" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G191" s="2"/>
+      <c r="H191" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>79713</v>
+        <v>79458</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Pont.</t>
+          <t>Naissance du Printemps</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Royal, Nicole</t>
         </is>
       </c>
       <c r="E192" s="2"/>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>79458</v>
+        <v>79714</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Naissance du Printemps</t>
+          <t>Ruelle.</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Royal, Nicole</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E193" s="2"/>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>79714</v>
+        <v>79459</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Ruelle.</t>
+          <t>Chat couché.</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E194" s="2"/>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G194" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>79459</v>
+        <v>79715</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Chat couché.</t>
+          <t>Piété.</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H195" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G195" s="2"/>
+      <c r="H195" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>79715</v>
+        <v>79716</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Piété.</t>
+          <t>Rue de la Halle.</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E196" s="2"/>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>79716</v>
+        <v>79461</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Halle.</t>
+          <t>Chat jouant.</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E197" s="2"/>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G197" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>79461</v>
+        <v>79717</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Chat jouant.</t>
+          <t>Saint-Sauveur.</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E198" s="2"/>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H198" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G198" s="2"/>
+      <c r="H198" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>79717</v>
+        <v>79206</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sauveur.</t>
+          <t>La diligence d'Uccle</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Rops, Félicien</t>
         </is>
       </c>
       <c r="E199" s="2"/>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G199" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>79206</v>
+        <v>79462</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>La diligence d'Uccle</t>
+          <t>Le Jongleur.</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien</t>
+          <t>Michiels, Cédric</t>
         </is>
       </c>
       <c r="E200" s="2"/>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>79462</v>
+        <v>79718</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Le Jongleur.</t>
+          <t>Notre Dame.</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Michiels, Cédric</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E201" s="2"/>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H201" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G201" s="2"/>
+      <c r="H201" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>79718</v>
+        <v>79207</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Notre Dame.</t>
+          <t>L'imagination vagabonde. La chance appartient aux audacieux</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Roufosse, Jean</t>
         </is>
       </c>
       <c r="E202" s="2"/>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G202" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>79207</v>
+        <v>79719</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>L'imagination vagabonde. La chance appartient aux audacieux</t>
+          <t>Hopital Saint-Jean.</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Roufosse, Jean</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E203" s="2"/>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H203" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G203" s="2"/>
+      <c r="H203" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>79719</v>
+        <v>79208</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Hopital Saint-Jean.</t>
+          <t>Buste de Mme Baes (mère de l'artiste Firmin Baes).</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E204" s="2"/>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G204" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>79208</v>
+        <v>79464</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Buste de Mme Baes (mère de l'artiste Firmin Baes).</t>
+          <t>La Seine en crue.</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor</t>
+          <t>Pickard, Marc</t>
         </is>
       </c>
       <c r="E205" s="2"/>
-      <c r="F205" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
       <c r="H205" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>79464</v>
+        <v>79720</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>La Seine en crue.</t>
+          <t>Roode Poort.</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Pickard, Marc</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E206" s="2"/>
-      <c r="F206" s="2"/>
+      <c r="F206" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G206" s="2"/>
-      <c r="H206" s="2"/>
+      <c r="H206" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>79720</v>
+        <v>79465</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Roode Poort.</t>
+          <t>Marais salants à Batz.</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Hautemanière, André</t>
         </is>
       </c>
       <c r="E207" s="2"/>
-      <c r="F207" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F207" s="2"/>
       <c r="G207" s="2"/>
-      <c r="H207" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H207" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>79465</v>
+        <v>79466</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Marais salants à Batz.</t>
+          <t>Cartes sur table.</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Hautemanière, André</t>
+          <t>De Zaeytijd, Jean</t>
         </is>
       </c>
       <c r="E208" s="2"/>
-      <c r="F208" s="2"/>
+      <c r="F208" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>79466</v>
+        <v>79211</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Cartes sur table.</t>
+          <t>Lave-mains. Lave-main</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>De Zaeytijd, Jean</t>
+          <t>Schrobiltgen, Luc</t>
         </is>
       </c>
       <c r="E209" s="2"/>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>79211</v>
+        <v>79467</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Lave-mains. Lave-main</t>
+          <t>Ipanema.</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Schrobiltgen, Luc</t>
+          <t>Fabry, Marie-Thérèse</t>
         </is>
       </c>
       <c r="E210" s="2"/>
-      <c r="F210" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F210" s="2"/>
       <c r="G210" s="2"/>
       <c r="H210" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>79467</v>
+        <v>79723</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Ipanema.</t>
+          <t>Cantilène.</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Fabry, Marie-Thérèse</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E211" s="2"/>
-      <c r="F211" s="2"/>
+      <c r="F211" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G211" s="2"/>
-      <c r="H211" s="2"/>
+      <c r="H211" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>79723</v>
+        <v>79468</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Cantilène.</t>
+          <t>Derniers rayons.</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Buelinckx, Lili</t>
         </is>
       </c>
       <c r="E212" s="2"/>
-      <c r="F212" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F212" s="2"/>
       <c r="G212" s="2"/>
-      <c r="H212" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H212" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>79468</v>
+        <v>79724</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Derniers rayons.</t>
+          <t>Lieu de culte. </t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Buelinckx, Lili</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E213" s="2"/>
-      <c r="F213" s="2"/>
+      <c r="F213" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G213" s="2"/>
-      <c r="H213" s="2"/>
+      <c r="H213" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>79724</v>
+        <v>78957</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Lieu de culte. </t>
+          <t>La Multiplication des poissons.</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E214" s="2"/>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>78957</v>
+        <v>79725</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>La Multiplication des poissons.</t>
+          <t>Ville morte.</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E215" s="2"/>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>79725</v>
+        <v>78958</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Ville morte.</t>
+          <t>Le Crabbegat vers 1900.</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Eyckelbosch, Jean</t>
         </is>
       </c>
       <c r="E216" s="2"/>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G216" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H216" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>78958</v>
+        <v>79726</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Le Crabbegat vers 1900.</t>
+          <t>Quai Espagnol.</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Eyckelbosch, Jean</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E217" s="2"/>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H217" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G217" s="2"/>
+      <c r="H217" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>79726</v>
+        <v>78959</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Quai Espagnol.</t>
+          <t>Victor Allard.</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Fabronius</t>
         </is>
       </c>
       <c r="E218" s="2"/>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G218" s="2"/>
-      <c r="H218" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H218" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>78959</v>
+        <v>79727</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Victor Allard.</t>
+          <t>Gruuthuuse.</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Fabronius</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E219" s="2"/>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G219" s="2"/>
-      <c r="H219" s="2"/>
+      <c r="H219" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>79727</v>
+        <v>78960</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Gruuthuuse.</t>
+          <t>Les Chanteurs - Epreuve d'artiste.</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Flament, Maurice</t>
         </is>
       </c>
       <c r="E220" s="2"/>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>78960</v>
+        <v>79472</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Les Chanteurs - Epreuve d'artiste.</t>
+          <t>Le Pudleur (d'après Meunier).</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Flament, Maurice</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E221" s="2"/>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>79472</v>
+        <v>79728</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Le Pudleur (d'après Meunier).</t>
+          <t>Complainte.</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E222" s="2"/>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>79728</v>
+        <v>79729</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Complainte.</t>
+          <t>Pont Saint-Augustin.</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E223" s="2"/>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>79729</v>
+        <v>79730</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Pont Saint-Augustin.</t>
+          <t>Rempart, Porte Sainte-Croix.</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E224" s="2"/>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>79730</v>
+        <v>78964</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Rempart, Porte Sainte-Croix.</t>
+          <t>Au Parc de Wolvendael d'Uccle - Théâtre de Verdure.</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Gheude, Charles</t>
         </is>
       </c>
       <c r="E225" s="2"/>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G225" s="2"/>
-      <c r="H225" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H225" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>78964</v>
+        <v>79476</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Au Parc de Wolvendael d'Uccle - Théâtre de Verdure.</t>
+          <t>Place Saint Job - Carte 1917 Carloo.</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Gheude, Charles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E226" s="2"/>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>cartes géographique</t>
         </is>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>79476</v>
+        <v>79732</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Place Saint Job - Carte 1917 Carloo.</t>
+          <t>Vestige.</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E227" s="2"/>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G227" s="2"/>
-      <c r="H227" s="2"/>
+      <c r="H227" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>79732</v>
+        <v>78965</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Vestige.</t>
+          <t>Un soir d'hiver à Verrewinkel.</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Gilsoul, Léon</t>
         </is>
       </c>
       <c r="E228" s="2"/>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G228" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H228" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>78965</v>
+        <v>79221</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Un soir d'hiver à Verrewinkel.</t>
+          <t>L'Orient et l'Occident.</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>Gilsoul, Léon</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E229" s="2"/>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H229" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G229" s="2"/>
+      <c r="H229" s="2" t="inlineStr">
+        <is>
+          <t>technique de reproduction, eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>79221</v>
+        <v>79479</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>L'Orient et l'Occident.</t>
+          <t>Concours International de Chant.</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Innchelevici</t>
         </is>
       </c>
       <c r="E230" s="2"/>
-      <c r="F230" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F230" s="2"/>
       <c r="G230" s="2"/>
-      <c r="H230" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H230" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>79479</v>
+        <v>78968</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Concours International de Chant.</t>
+          <t>Étude pour l'anneau</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Innchelevici</t>
+          <t>Glorie, Raymond</t>
         </is>
       </c>
       <c r="E231" s="2"/>
-      <c r="F231" s="2"/>
-      <c r="G231" s="2"/>
+      <c r="F231" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G231" s="2" t="inlineStr">
+        <is>
+          <t>fusain</t>
+        </is>
+      </c>
       <c r="H231" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>78968</v>
+        <v>79481</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Étude pour l'anneau</t>
+          <t>Le Papenkasteel.</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>Glorie, Raymond</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E232" s="2"/>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G232" s="2"/>
       <c r="H232" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>79481</v>
+        <v>79226</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel.</t>
+          <t>Les Meules</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Scoupreman, Pierre</t>
         </is>
       </c>
       <c r="E233" s="2"/>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G233" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G233" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>79226</v>
+        <v>78972</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Les Meules</t>
+          <t>Nature morte - Les lilas.</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Scoupreman, Pierre</t>
+          <t>Goebbels, Charles</t>
         </is>
       </c>
       <c r="E234" s="2"/>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H234" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>78972</v>
+        <v>79740</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Nature morte - Les lilas.</t>
+          <t>V - 1940-1945 Médaille commémorative.</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Goebbels, Charles</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E235" s="2"/>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>décoration et médaille</t>
+        </is>
+      </c>
+      <c r="G235" s="2"/>
       <c r="H235" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>79740</v>
+        <v>78973</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>V - 1940-1945 Médaille commémorative.</t>
+          <t>L'île de Pâques.</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Goffin, Marc</t>
         </is>
       </c>
       <c r="E236" s="2"/>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille</t>
-[...2 lines deleted...]
-      <c r="G236" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G236" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H236" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>78973</v>
+        <v>79231</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>L'île de Pâques.</t>
+          <t>L'accident de Chemin de fer rue de Stalle.</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Goffin, Marc</t>
+          <t>Smits, Marcel</t>
         </is>
       </c>
       <c r="E237" s="2"/>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H237" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>79229</v>
+        <v>79487</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Ferme Dandoy (Langeveld).</t>
+          <t>Uccle Illustré.</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Sirtaine, Albert</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E238" s="2"/>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H238" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G238" s="2"/>
+      <c r="H238" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>79231</v>
+        <v>79743</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>L'accident de Chemin de fer rue de Stalle.</t>
+          <t>Le Pavillon Louis XV.</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Smits, Marcel</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E239" s="2"/>
-      <c r="F239" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F239" s="2"/>
+      <c r="G239" s="2"/>
       <c r="H239" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>79487</v>
+        <v>78976</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Uccle Illustré.</t>
+          <t>L'averse.</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Grimau, Jean</t>
         </is>
       </c>
       <c r="E240" s="2"/>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G240" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H240" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>79743</v>
+        <v>79488</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Le Pavillon Louis XV.</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E241" s="2"/>
-      <c r="F241" s="2"/>
+      <c r="F241" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G241" s="2"/>
-      <c r="H241" s="2"/>
+      <c r="H241" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>78976</v>
+        <v>78977</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>L'averse.</t>
+          <t>Le pêcheur d'anguilles.</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Grimau, Jean</t>
         </is>
       </c>
       <c r="E242" s="2"/>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H242" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>79488</v>
+        <v>79234</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Le buste du peintre Rodolphe Strebelle.</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Souweine, Josine</t>
         </is>
       </c>
       <c r="E243" s="2"/>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G243" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H243" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>78977</v>
+        <v>79490</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Le pêcheur d'anguilles.</t>
+          <t>Lys blanc Tour d'Amour. Fourbis Amour plutôt que glaive</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Grimau, Jean</t>
+          <t>Nguyen, Xuan Huu</t>
         </is>
       </c>
       <c r="E244" s="2"/>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H244" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>79234</v>
+        <v>79235</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Le buste du peintre Rodolphe Strebelle.</t>
+          <t>Vase avec chrysanthèmes</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Souweine, Josine</t>
+          <t>Speetjens, L.</t>
         </is>
       </c>
       <c r="E245" s="2"/>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H245" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>79490</v>
+        <v>79491</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Lys blanc Tour d'Amour. Fourbis Amour plutôt que glaive</t>
+          <t>Soliflore. Soliflore</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Nguyen, Xuan Huu</t>
+          <t>De Troyer, Marie-Claire</t>
         </is>
       </c>
       <c r="E246" s="2"/>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>pastel</t>
         </is>
       </c>
       <c r="H246" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>79235</v>
+        <v>79493</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Vase avec chrysanthèmes</t>
+          <t>Poisson. Trévidon</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Speetjens, L.</t>
+          <t>Robert, Jacques</t>
         </is>
       </c>
       <c r="E247" s="2"/>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>bas-relief</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>79491</v>
+        <v>78982</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Soliflore. Soliflore</t>
+          <t>Vers l'île heureuse.</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>De Troyer, Marie-Claire</t>
+          <t>Gysen, Ferdinand</t>
         </is>
       </c>
       <c r="E248" s="2"/>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>pastel</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H248" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>79493</v>
+        <v>79238</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Poisson. Trévidon</t>
+          <t>Un Intérieur dans la ville hollandaise Sluis (l'Ecluse).</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Robert, Jacques</t>
+          <t>Stobbaerts, Pierre - Pieter</t>
         </is>
       </c>
       <c r="E249" s="2"/>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>bas-relief</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>78982</v>
+        <v>79494</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Vers l'île heureuse.</t>
+          <t>Mythe décisif - 2.</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Gysen, Ferdinand</t>
+          <t>Gilman, Véronique</t>
         </is>
       </c>
       <c r="E250" s="2"/>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H250" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>79238</v>
+        <v>78983</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Un Intérieur dans la ville hollandaise Sluis (l'Ecluse).</t>
+          <t>Divers deux vases, voir -.</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Stobbaerts, Pierre - Pieter</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E251" s="2"/>
-      <c r="F251" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F251" s="2"/>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H251" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>79494</v>
+        <v>78984</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Mythe décisif - 2.</t>
+          <t>Chat jouant à la mouche.</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Gilman, Véronique</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E252" s="2"/>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H252" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>78983</v>
+        <v>79240</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Divers deux vases, voir -.</t>
+          <t>Les amants carrés.</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Strebelle, Olivier</t>
         </is>
       </c>
       <c r="E253" s="2"/>
-      <c r="F253" s="2"/>
+      <c r="F253" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H253" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>78984</v>
+        <v>79496</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Chat jouant à la mouche.</t>
+          <t>Visage imaginaire.</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Cluysenaar, John</t>
         </is>
       </c>
       <c r="E254" s="2"/>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>79240</v>
+        <v>78985</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Les amants carrés.</t>
+          <t>Chat fâché.</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Strebelle, Olivier</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E255" s="2"/>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H255" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>79496</v>
+        <v>78986</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Visage imaginaire.</t>
+          <t>Nichée - Groupe de trois petits chats.</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, John</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E256" s="2"/>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H256" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>78985</v>
+        <v>78987</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Chat fâché.</t>
+          <t>Chat marchant.</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E257" s="2"/>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H257" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>78986</v>
+        <v>79499</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Nichée - Groupe de trois petits chats.</t>
+          <t>René Gobert.</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Witterwulghe, Joseph</t>
         </is>
       </c>
       <c r="E258" s="2"/>
-      <c r="F258" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F258" s="2"/>
+      <c r="G258" s="2"/>
       <c r="H258" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>78987</v>
+        <v>78988</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Chat marchant.</t>
+          <t>Chat à la mouche.</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E259" s="2"/>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H259" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>79499</v>
+        <v>79244</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>René Gobert.</t>
+          <t>Chapelle de Stalle en 1847.</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Witterwulghe, Joseph</t>
+          <t>Stroobant, d'après -</t>
         </is>
       </c>
       <c r="E260" s="2"/>
-      <c r="F260" s="2"/>
-[...1 lines deleted...]
-      <c r="H260" s="2"/>
+      <c r="F260" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G260" s="2" t="inlineStr">
+        <is>
+          <t>crayon</t>
+        </is>
+      </c>
+      <c r="H260" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>78988</v>
+        <v>79500</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Chat à la mouche.</t>
+          <t>Les bulles et l'enfant.</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Préat, Gilles</t>
         </is>
       </c>
       <c r="E261" s="2"/>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G261" s="2"/>
       <c r="H261" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>79244</v>
+        <v>79501</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Stalle en 1847.</t>
+          <t>Chapelle de Ronquières.</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, d'après -</t>
+          <t>Willot, Roger</t>
         </is>
       </c>
       <c r="E262" s="2"/>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...11 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G262" s="2"/>
+      <c r="H262" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>79500</v>
+        <v>78734</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Les bulles et l'enfant.</t>
+          <t>Buste du professeur Dupréel.</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Préat, Gilles</t>
+          <t>Aebly, Albert</t>
         </is>
       </c>
       <c r="E263" s="2"/>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G263" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G263" s="2" t="inlineStr">
+        <is>
+          <t>pierre</t>
+        </is>
+      </c>
       <c r="H263" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>79501</v>
+        <v>78990</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Ronquières.</t>
+          <t>Tendresse.</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Willot, Roger</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E264" s="2"/>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G264" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G264" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H264" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>78734</v>
+        <v>79246</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Buste du professeur Dupréel.</t>
+          <t>Uccle en 1847 - Eglise Saint-Pierre.</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Aebly, Albert</t>
+          <t>Stroobant, d'après -</t>
         </is>
       </c>
       <c r="E265" s="2"/>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G265" s="2"/>
       <c r="H265" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>78990</v>
+        <v>79502</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Tendresse.</t>
+          <t>Connivence. Connivence</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Claes, Jean-Pierre</t>
         </is>
       </c>
       <c r="E266" s="2"/>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G266" s="2"/>
       <c r="H266" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>79246</v>
+        <v>79758</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Uccle en 1847 - Eglise Saint-Pierre.</t>
+          <t>Vue et perspective de la maison de plaisance, paroise de Laque (Laeken) proche la ville de Brux. appartenant à Mons ...</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, d'après -</t>
+          <t>Harrewyn</t>
         </is>
       </c>
       <c r="E267" s="2"/>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>79502</v>
+        <v>78735</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Connivence. Connivence</t>
+          <t>Tête d'enfant.</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Claes, Jean-Pierre</t>
+          <t>Aebly, Albert</t>
         </is>
       </c>
       <c r="E268" s="2"/>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G268" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G268" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
       <c r="H268" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>79758</v>
+        <v>78991</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Vue et perspective de la maison de plaisance, paroise de Laque (Laeken) proche la ville de Brux. appartenant à Mons ...</t>
+          <t>Convoitise.</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Harrewyn</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E269" s="2"/>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G269" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G269" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H269" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>78735</v>
+        <v>79503</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant.</t>
+          <t>Voie dangereuse.</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Aebly, Albert</t>
+          <t>Tallier, Charles</t>
         </is>
       </c>
       <c r="E270" s="2"/>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G270" s="2"/>
       <c r="H270" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>78991</v>
+        <v>78736</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Convoitise.</t>
+          <t>Cavalière.</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Aebly, Albert</t>
         </is>
       </c>
       <c r="E271" s="2"/>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H271" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>79503</v>
+        <v>78992</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Voie dangereuse.</t>
+          <t>Chat au gros dos.</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Tallier, Charles</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E272" s="2"/>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G272" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G272" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H272" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>78736</v>
+        <v>79248</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Cavalière.</t>
+          <t>Arbre - II.</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Aebly, Albert</t>
+          <t>Swyngedau, Igor</t>
         </is>
       </c>
       <c r="E273" s="2"/>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H273" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G273" s="2"/>
+      <c r="H273" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>78992</v>
+        <v>79504</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Chat au gros dos.</t>
+          <t>La Conversation.</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Claes, Jean-Pierre</t>
         </is>
       </c>
       <c r="E274" s="2"/>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G274" s="2"/>
       <c r="H274" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>79248</v>
+        <v>79760</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Arbre - II.</t>
+          <t>Vue du Château  4.</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Swyngedau, Igor</t>
+          <t>Mascré, Je</t>
         </is>
       </c>
       <c r="E275" s="2"/>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G275" s="2"/>
-      <c r="H275" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H275" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>79504</v>
+        <v>78737</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>La Conversation.</t>
+          <t>La Chapelle de Stalle vers 1910.</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Claes, Jean-Pierre</t>
+          <t>Aebly, André</t>
         </is>
       </c>
       <c r="E276" s="2"/>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G276" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G276" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H276" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>79760</v>
+        <v>79505</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Vue du Château  4.</t>
+          <t>Malines sur mer.</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
-          <t>Mascré, Je</t>
+          <t>Virelle, Lucette</t>
         </is>
       </c>
       <c r="E277" s="2"/>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>78737</v>
+        <v>79761</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle vers 1910.</t>
+          <t>Vue du Château  12.</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Aebly, André</t>
+          <t>Mascré, Je</t>
         </is>
       </c>
       <c r="E278" s="2"/>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G278" s="2"/>
       <c r="H278" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>79505</v>
+        <v>78738</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Malines sur mer.</t>
+          <t>Cour de ferme (Brabant).</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Virelle, Lucette</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E279" s="2"/>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G279" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G279" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H279" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>79761</v>
+        <v>78994</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Vue du Château  12.</t>
+          <t>Femme des champs.</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Mascré, Je</t>
+          <t>Hageman, Victor</t>
         </is>
       </c>
       <c r="E280" s="2"/>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G280" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G280" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H280" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>78738</v>
+        <v>78996</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Cour de ferme (Brabant).</t>
+          <t>Lionne.</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Hager, Albert</t>
         </is>
       </c>
       <c r="E281" s="2"/>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H281" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>78994</v>
+        <v>79508</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Femme des champs.</t>
+          <t>Au fil de l'eau.</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Hageman, Victor</t>
+          <t>Bouillon, Monique</t>
         </is>
       </c>
       <c r="E282" s="2"/>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G282" s="2"/>
       <c r="H282" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>78996</v>
+        <v>78741</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Lionne.</t>
+          <t>Le Pot jaune.</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Hager, Albert</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E283" s="2"/>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H283" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>79508</v>
+        <v>78997</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Au fil de l'eau.</t>
+          <t>Deux lionceaux jouant.</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Bouillon, Monique</t>
+          <t>Hager, Albert</t>
         </is>
       </c>
       <c r="E284" s="2"/>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G284" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G284" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H284" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>78741</v>
+        <v>78742</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Le Pot jaune.</t>
+          <t>La Ferme Dandoy.</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E285" s="2"/>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H285" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>78997</v>
+        <v>79510</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Deux lionceaux jouant.</t>
+          <t>Uccle - Forêt de Soignes.</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Hager, Albert</t>
+          <t>Dumont, Paul</t>
         </is>
       </c>
       <c r="E286" s="2"/>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G286" s="2"/>
       <c r="H286" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>78742</v>
+        <v>78743</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Dandoy.</t>
+          <t>Intérieur de l'Église de Grimbergen.</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E287" s="2"/>
       <c r="F287" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H287" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G287" s="2"/>
+      <c r="H287" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>79510</v>
+        <v>78744</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Uccle - Forêt de Soignes.</t>
+          <t>Cadaquès.</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Dumont, Paul</t>
+          <t>André, Paule</t>
         </is>
       </c>
       <c r="E288" s="2"/>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G288" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G288" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H288" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>78743</v>
+        <v>79512</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'Église de Grimbergen.</t>
+          <t>Départ.</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Hirsch, Darie</t>
         </is>
       </c>
       <c r="E289" s="2"/>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G289" s="2"/>
-      <c r="H289" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H289" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>78744</v>
+        <v>78745</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Cadaquès.</t>
+          <t>Caille. Le Rouge et le en Noir</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>André, Paule</t>
         </is>
       </c>
       <c r="E290" s="2"/>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H290" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>79512</v>
+        <v>79002</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Départ.</t>
+          <t>Petite rieuse.</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Hirsch, Darie</t>
+          <t>Hamoir, Amédée</t>
         </is>
       </c>
       <c r="E291" s="2"/>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G291" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G291" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H291" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>78745</v>
+        <v>79514</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Caille. Le Rouge et le en Noir</t>
+          <t>Morceau d'Ostende - IV.</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>André, Paule</t>
+          <t>Kathelyn, Dina</t>
         </is>
       </c>
       <c r="E292" s="2"/>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture acrylique, panneau</t>
         </is>
       </c>
       <c r="H292" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>79002</v>
+        <v>79259</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Petite rieuse.</t>
+          <t>Soleil sur l'eau. Dia Ré Fa 1</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>Hamoir, Amédée</t>
+          <t>Tallier, Charles</t>
         </is>
       </c>
       <c r="E293" s="2"/>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G293" s="2"/>
       <c r="H293" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>79514</v>
+        <v>79515</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Morceau d'Ostende - IV.</t>
+          <t>Angelot.</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Kathelyn, Dina</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E294" s="2"/>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, panneau</t>
+          <t>plomb</t>
         </is>
       </c>
       <c r="H294" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>79259</v>
+        <v>78748</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Soleil sur l'eau. Dia Ré Fa 1</t>
+          <t>Le Nouvel Uccle.</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Tallier, Charles</t>
+          <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E295" s="2"/>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G295" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G295" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H295" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>79515</v>
+        <v>79516</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
           <t>Angelot.</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E296" s="2"/>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>plomb</t>
         </is>
       </c>
       <c r="H296" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>78748</v>
+        <v>78749</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Le Nouvel Uccle.</t>
+          <t>Nuit de Noël (Effet de neige - Place communale d'Uccle sous la neige).</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E297" s="2"/>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H297" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>79516</v>
+        <v>79517</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Angelot.</t>
+          <t>Souffles dans le verre.</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Francois, Michel</t>
         </is>
       </c>
       <c r="E298" s="2"/>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
-      <c r="G298" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G298" s="2"/>
       <c r="H298" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>78749</v>
+        <v>78750</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Nuit de Noël (Effet de neige - Place communale d'Uccle sous la neige).</t>
+          <t>Uccle en 1876.</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E299" s="2"/>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H299" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>79517</v>
+        <v>79006</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Souffles dans le verre.</t>
+          <t>Garçonnet (à magrietje chérie).</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Francois, Michel</t>
+          <t>Haustrate, Gaston</t>
         </is>
       </c>
       <c r="E300" s="2"/>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...2 lines deleted...]
-      <c r="G300" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G300" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H300" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>78750</v>
+        <v>79262</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Uccle en 1876.</t>
+          <t>Souvenir de la loi Carton de Wiart.</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Asselbergs, Alphonse</t>
+          <t>Theunis, Pieter</t>
         </is>
       </c>
       <c r="E301" s="2"/>
-      <c r="F301" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F301" s="2"/>
+      <c r="G301" s="2"/>
       <c r="H301" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>79006</v>
+        <v>79518</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Garçonnet (à magrietje chérie).</t>
+          <t>L'ouverture est là</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Haustrate, Gaston</t>
+          <t>Angeles, Mariojosé</t>
         </is>
       </c>
       <c r="E302" s="2"/>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G302" s="2"/>
       <c r="H302" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>79262</v>
+        <v>78751</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Souvenir de la loi Carton de Wiart.</t>
+          <t>Paysage de montagne</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
-          <t>Theunis, Pieter</t>
+          <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E303" s="2"/>
-      <c r="F303" s="2"/>
-      <c r="G303" s="2"/>
+      <c r="F303" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G303" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H303" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>79518</v>
+        <v>79007</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>L'ouverture est là</t>
+          <t>Paysage (à Saint-Job).</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>Angeles, Mariojosé</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E304" s="2"/>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G304" s="2"/>
-      <c r="H304" s="2"/>
+      <c r="H304" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>78751</v>
+        <v>79519</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Paysage de montagne</t>
+          <t>Le Centenaire - Estaminet.</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Asselbergs, Alphonse</t>
+          <t>De Busschere, Jacques</t>
         </is>
       </c>
       <c r="E305" s="2"/>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H305" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>79007</v>
+        <v>78752</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Paysage (à Saint-Job).</t>
+          <t>Écolière.</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Auquier, Ulysse</t>
         </is>
       </c>
       <c r="E306" s="2"/>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G306" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H306" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>79519</v>
+        <v>79520</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Le Centenaire - Estaminet.</t>
+          <t>Victor.</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>De Busschere, Jacques</t>
+          <t>Brasseur, Jean-Marc</t>
         </is>
       </c>
       <c r="E307" s="2"/>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G307" s="2"/>
       <c r="H307" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>78752</v>
+        <v>78753</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Écolière.</t>
+          <t>Tendresse inquiète.</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>Auquier, Ulysse</t>
         </is>
       </c>
       <c r="E308" s="2"/>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H308" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>79520</v>
+        <v>79009</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Victor.</t>
+          <t>Une Actrice devant son miroir</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Brasseur, Jean-Marc</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E309" s="2"/>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G309" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G309" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H309" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>78753</v>
+        <v>78754</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Tendresse inquiète.</t>
+          <t>Autoportrait</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
-          <t>Auquier, Ulysse</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E310" s="2"/>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H310" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>79009</v>
+        <v>79522</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Une Actrice devant son miroir</t>
+          <t>Cubisme.</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Watry, Jean-Claude</t>
         </is>
       </c>
       <c r="E311" s="2"/>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G311" s="2"/>
       <c r="H311" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>78754</v>
+        <v>78755</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait</t>
+          <t>La Méhaigne.</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Baron, Théodore</t>
         </is>
       </c>
       <c r="E312" s="2"/>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H312" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>79522</v>
+        <v>79523</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Cubisme.</t>
+          <t>Impression de pluie.</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Watry, Jean-Claude</t>
+          <t>Fontaine, Charles</t>
         </is>
       </c>
       <c r="E313" s="2"/>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>78755</v>
+        <v>78756</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>La Méhaigne.</t>
+          <t>Les Bouleaux (Verrewinkel).</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>Baron, Théodore</t>
         </is>
       </c>
       <c r="E314" s="2"/>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H314" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>79523</v>
+        <v>79012</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Impression de pluie.</t>
+          <t>Tête de femme.</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Fontaine, Charles</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E315" s="2"/>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G315" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G315" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H315" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>78756</v>
+        <v>79524</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Les Bouleaux (Verrewinkel).</t>
+          <t>Birmanie, Sur le lac Inlé.</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
-          <t>Baron, Théodore</t>
+          <t>Wellens, Michel</t>
         </is>
       </c>
       <c r="E316" s="2"/>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G316" s="2"/>
       <c r="H316" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>79012</v>
+        <v>78757</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme.</t>
+          <t>Torse.</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Berchmans, Jules</t>
         </is>
       </c>
       <c r="E317" s="2"/>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H317" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>79524</v>
+        <v>79013</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Birmanie, Sur le lac Inlé.</t>
+          <t>Femme (buste).</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Wellens, Michel</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E318" s="2"/>
       <c r="F318" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G318" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G318" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H318" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>78757</v>
+        <v>79269</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Torse.</t>
+          <t>Bois de Verrewinckel.</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Berchmans, Jules</t>
+          <t>Thienpond</t>
         </is>
       </c>
       <c r="E319" s="2"/>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H319" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>79013</v>
+        <v>79525</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Femme (buste).</t>
+          <t>Le laitier.</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Guisgand, Françoise</t>
         </is>
       </c>
       <c r="E320" s="2"/>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G320" s="2"/>
       <c r="H320" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>79269</v>
+        <v>78758</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Bois de Verrewinckel.</t>
+          <t>Paysage de neige.</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Thienpond</t>
+          <t>Berckmans, Roger</t>
         </is>
       </c>
       <c r="E321" s="2"/>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H321" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>79525</v>
+        <v>79014</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Le laitier.</t>
+          <t>Martigues.</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
-          <t>Guisgand, Françoise</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E322" s="2"/>
       <c r="F322" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G322" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G322" s="2" t="inlineStr">
+        <is>
+          <t>gouache</t>
+        </is>
+      </c>
       <c r="H322" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>78758</v>
+        <v>79270</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Paysage de neige.</t>
+          <t>Paysage à Uccle.</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Berckmans, Roger</t>
+          <t>Tordeur, J.F.</t>
         </is>
       </c>
       <c r="E323" s="2"/>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H323" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>79014</v>
+        <v>79526</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Martigues.</t>
+          <t>The Ghost.</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Duwijn, Jeanne</t>
         </is>
       </c>
       <c r="E324" s="2"/>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G324" s="2"/>
       <c r="H324" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>79270</v>
+        <v>78759</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Paysage à Uccle.</t>
+          <t>Le moulin du Keyenbempt.</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Tordeur, J.F.</t>
+          <t>Bergé, A.</t>
         </is>
       </c>
       <c r="E325" s="2"/>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G325" s="2"/>
       <c r="H325" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>79526</v>
+        <v>79015</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>The Ghost.</t>
+          <t>Allégorie</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
-          <t>Duwijn, Jeanne</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E326" s="2"/>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G326" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G326" s="2" t="inlineStr">
+        <is>
+          <t>gouache, papier</t>
+        </is>
+      </c>
       <c r="H326" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>78759</v>
+        <v>79271</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt.</t>
+          <t>Composition</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
-          <t>Bergé, A.</t>
+          <t>Turner, Laura</t>
         </is>
       </c>
       <c r="E327" s="2"/>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G327" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G327" s="2" t="inlineStr">
+        <is>
+          <t>crayon</t>
+        </is>
+      </c>
       <c r="H327" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>79015</v>
+        <v>79527</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Allégorie</t>
+          <t>Première neige.</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Bouillon, Monique</t>
         </is>
       </c>
       <c r="E328" s="2"/>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G328" s="2"/>
       <c r="H328" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>79271</v>
+        <v>79272</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Composition</t>
+          <t>Trois jeunes filles ukrainiennes.</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Turner, Laura</t>
         </is>
       </c>
       <c r="E329" s="2"/>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H329" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>79527</v>
+        <v>79528</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Première neige.</t>
+          <t>Vers la Lumière. Vers 1</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
-          <t>Bouillon, Monique</t>
+          <t>Van Peborgh, Serge</t>
         </is>
       </c>
       <c r="E330" s="2"/>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G330" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G330" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H330" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>79272</v>
+        <v>78761</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Trois jeunes filles ukrainiennes.</t>
+          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
-          <t>Turner, Laura</t>
+          <t>Bolle, Marie-Anne</t>
         </is>
       </c>
       <c r="E331" s="2"/>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H331" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G331" s="2"/>
+      <c r="H331" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>79528</v>
+        <v>79273</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Vers la Lumière. Vers 1</t>
+          <t>L'ancienne Maison des chômeurs.</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
-          <t>Van Peborgh, Serge</t>
+          <t>Turner, Laura</t>
         </is>
       </c>
       <c r="E332" s="2"/>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H332" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>78761</v>
+        <v>79529</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
+          <t>Aurore. Aurore</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
-          <t>Bolle, Marie-Anne</t>
+          <t>Van de Woestyne, Cathy</t>
         </is>
       </c>
       <c r="E333" s="2"/>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G333" s="2" t="inlineStr">
+        <is>
+          <t>pastel</t>
+        </is>
+      </c>
+      <c r="H333" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>79273</v>
+        <v>79530</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>L'ancienne Maison des chômeurs.</t>
+          <t>Torsion. Torsion</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
-          <t>Turner, Laura</t>
+          <t>Lhonneux, Dominique</t>
         </is>
       </c>
       <c r="E334" s="2"/>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H334" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>79529</v>
+        <v>79275</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Aurore. Aurore</t>
+          <t>Portuaire. Pourquoi ? I</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
-          <t>Van de Woestyne, Cathy</t>
+          <t>Uyttendaele, Simone</t>
         </is>
       </c>
       <c r="E335" s="2"/>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G335" s="2"/>
       <c r="H335" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>79530</v>
+        <v>79531</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Torsion. Torsion</t>
+          <t>L'Acrobate. Ne pas vendre la peau de l'ours…</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
-          <t>Lhonneux, Dominique</t>
+          <t>Gutman, Françoise</t>
         </is>
       </c>
       <c r="E336" s="2"/>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>pierre, métal</t>
         </is>
       </c>
       <c r="H336" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>79275</v>
+        <v>79021</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Portuaire. Pourquoi ? I</t>
+          <t>Chat sur fond de paysage d'hiver</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
-          <t>Uyttendaele, Simone</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E337" s="2"/>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G337" s="2"/>
+      <c r="G337" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H337" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>79531</v>
+        <v>79277</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>L'Acrobate. Ne pas vendre la peau de l'ours…</t>
+          <t>La Ferme Rose le dimanche.</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Gutman, Françoise</t>
+          <t>Van Cleemput, Jean</t>
         </is>
       </c>
       <c r="E338" s="2"/>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>pierre, métal</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H338" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>79021</v>
+        <v>79533</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Chat sur fond de paysage d'hiver</t>
+          <t>L'Été.</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Van Overstraeten, War</t>
         </is>
       </c>
       <c r="E339" s="2"/>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H339" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>79277</v>
+        <v>79022</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose le dimanche.</t>
+          <t>Sur la digue à Nice.</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>Van Cleemput, Jean</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E340" s="2"/>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H340" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>79533</v>
+        <v>79023</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>L'Été.</t>
+          <t>Le Lavandou.</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
-          <t>Van Overstraeten, War</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E341" s="2"/>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H341" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>79022</v>
+        <v>79024</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Sur la digue à Nice.</t>
+          <t>La Sierra Nevada (Grenade)</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E342" s="2"/>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H342" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>79023</v>
+        <v>79536</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Le Lavandou.</t>
+          <t>Abysse.</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Detry, Monique</t>
         </is>
       </c>
       <c r="E343" s="2"/>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H343" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>79024</v>
+        <v>78769</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>La Sierra Nevada (Grenade)</t>
+          <t>René Lyr.</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E344" s="2"/>
-      <c r="F344" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F344" s="2"/>
+      <c r="G344" s="2"/>
       <c r="H344" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>79536</v>
+        <v>79025</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Abysse.</t>
+          <t>Le Papenkasteel.</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>Detry, Monique</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E345" s="2"/>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
-[...2 lines deleted...]
-      <c r="H345" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H345" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>78769</v>
+        <v>79281</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>René Lyr.</t>
+          <t>Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Léonard</t>
         </is>
       </c>
       <c r="E346" s="2"/>
-      <c r="F346" s="2"/>
-      <c r="G346" s="2"/>
+      <c r="F346" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G346" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H346" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>79025</v>
+        <v>79026</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel.</t>
+          <t>La Cour du Cornet.</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E347" s="2"/>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>79281</v>
+        <v>78771</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Stalle.</t>
+          <t>Jean Herinckx, Bourgmestre 1939-1953.</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
-          <t>Léonard</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E348" s="2"/>
-      <c r="F348" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F348" s="2"/>
+      <c r="G348" s="2"/>
       <c r="H348" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>79026</v>
+        <v>79027</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>La Cour du Cornet.</t>
+          <t>La Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E349" s="2"/>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>78771</v>
+        <v>78772</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Jean Herinckx, Bourgmestre 1939-1953.</t>
+          <t>Nature morte - Fleurs et fruits.</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Bosquet, Andrée</t>
         </is>
       </c>
       <c r="E350" s="2"/>
-      <c r="F350" s="2"/>
-      <c r="G350" s="2"/>
+      <c r="F350" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G350" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H350" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>79027</v>
+        <v>79028</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle.</t>
+          <t>Le Vieux Saint-Job.</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
           <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E351" s="2"/>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>78772</v>
+        <v>79284</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Nature morte - Fleurs et fruits.</t>
+          <t>Été à Lasne-Chapelle Saint-Lambert.</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
-          <t>Bosquet, Andrée</t>
+          <t>Vandercammen, Edmond</t>
         </is>
       </c>
       <c r="E352" s="2"/>
       <c r="F352" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, papier</t>
         </is>
       </c>
       <c r="H352" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>79028</v>
+        <v>79029</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Saint-Job.</t>
+          <t>Le Chemin de Boetendael.</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
           <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E353" s="2"/>
       <c r="F353" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>79284</v>
+        <v>79285</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Été à Lasne-Chapelle Saint-Lambert.</t>
+          <t>Castel du Kersbeek à Uccle</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
-          <t>Vandercammen, Edmond</t>
+          <t>Vanderhecht, G.</t>
         </is>
       </c>
       <c r="E354" s="2"/>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G354" s="2"/>
       <c r="H354" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>79029</v>
+        <v>78774</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Le Chemin de Boetendael.</t>
+          <t>Rapprochement. Rapprochement</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Bouillon, Monique</t>
         </is>
       </c>
       <c r="E355" s="2"/>
-      <c r="F355" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F355" s="2"/>
+      <c r="G355" s="2"/>
+      <c r="H355" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>79285</v>
+        <v>79030</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Castel du Kersbeek à Uccle</t>
+          <t>Le Molensteen à Calevoet.</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
-          <t>Vanderhecht, G.</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E356" s="2"/>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...3 lines deleted...]
-      <c r="H356" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G356" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H356" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>78774</v>
+        <v>79286</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Rapprochement. Rapprochement</t>
+          <t>Le square des Héros en hiver.</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
-          <t>Bouillon, Monique</t>
+          <t>Vander Linden,  Irène</t>
         </is>
       </c>
       <c r="E357" s="2"/>
-      <c r="F357" s="2"/>
-      <c r="G357" s="2"/>
+      <c r="F357" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G357" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H357" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>79030</v>
+        <v>78776</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Le Molensteen à Calevoet.</t>
+          <t>Le Chenal à Ostende</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Bouvier, Arthur</t>
         </is>
       </c>
       <c r="E358" s="2"/>
       <c r="F358" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H358" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H358" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>79286</v>
+        <v>79032</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Le square des Héros en hiver.</t>
+          <t>Paysage de Campine.</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
-          <t>Vander Linden,  Irène</t>
+          <t>Heymans, Adrien-Joseph</t>
         </is>
       </c>
       <c r="E359" s="2"/>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H359" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>78776</v>
+        <v>79288</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Le Chenal à Ostende</t>
+          <t>Aurore.</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
-          <t>Bouvier, Arthur</t>
+          <t>Van Enis, Henri</t>
         </is>
       </c>
       <c r="E360" s="2"/>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G360" s="2"/>
       <c r="H360" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>79032</v>
+        <v>78777</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Campine.</t>
+          <t>Les Falaises d'Etretat</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
-          <t>Heymans, Adrien-Joseph</t>
+          <t>Bouvier, Arthur</t>
         </is>
       </c>
       <c r="E361" s="2"/>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H361" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>79288</v>
+        <v>79289</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Aurore.</t>
+          <t>Coquilles. Coquilles</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>Van Enis, Henri</t>
         </is>
       </c>
       <c r="E362" s="2"/>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>78777</v>
+        <v>78778</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Les Falaises d'Etretat</t>
+          <t>Le chenal</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
           <t>Bouvier, Arthur</t>
         </is>
       </c>
       <c r="E363" s="2"/>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H363" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>79289</v>
+        <v>79035</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Coquilles. Coquilles</t>
+          <t>Portrait du roi Albert 1er.</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
-          <t>Van Enis, Henri</t>
+          <t>Huygelen, Frans</t>
         </is>
       </c>
       <c r="E364" s="2"/>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G364" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G364" s="2" t="inlineStr">
+        <is>
+          <t>sanguine</t>
+        </is>
+      </c>
       <c r="H364" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>78778</v>
+        <v>79291</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Le chenal</t>
+          <t>Le moulin du Keyenbempt à Uccle en 1915.</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
-          <t>Bouvier, Arthur</t>
+          <t>van Eyck, Gaston</t>
         </is>
       </c>
       <c r="E365" s="2"/>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G365" s="2"/>
       <c r="H365" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>79035</v>
+        <v>79292</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Portrait du roi Albert 1er.</t>
+          <t>Vieille ferme, rue Engeland.</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
-          <t>Huygelen, Frans</t>
+          <t>Van Gansbeke, Roger</t>
         </is>
       </c>
       <c r="E366" s="2"/>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>sanguine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H366" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>79291</v>
+        <v>79293</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt à Uccle en 1915.</t>
+          <t>La ferme Saint-Eloi à Uccle.</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>van Eyck, Gaston</t>
+          <t>Van Gansbeke, Roger</t>
         </is>
       </c>
       <c r="E367" s="2"/>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G367" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G367" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H367" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>79292</v>
+        <v>78782</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Vieille ferme, rue Engeland.</t>
+          <t>La bataille de Bastogne.</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
-          <t>Van Gansbeke, Roger</t>
+          <t>Bukac, Jean</t>
         </is>
       </c>
       <c r="E368" s="2"/>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H368" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>79293</v>
+        <v>78783</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>La ferme Saint-Eloi à Uccle.</t>
+          <t>Masque de Napoléon</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Van Gansbeke, Roger</t>
+          <t>Calamatta, Luigi</t>
         </is>
       </c>
       <c r="E369" s="2"/>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H369" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G369" s="2"/>
+      <c r="H369" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>78782</v>
+        <v>79295</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>La bataille de Bastogne.</t>
+          <t>Souvenir de croisière - Mercator.</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
-          <t>Bukac, Jean</t>
+          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
         </is>
       </c>
       <c r="E370" s="2"/>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H370" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G370" s="2"/>
+      <c r="H370" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>78783</v>
+        <v>79040</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Masque de Napoléon</t>
+          <t>Madame Preumont, grand-mère maternelle de Mlle Dussart</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Calamatta, Luigi</t>
+          <t>Élève ou collaborateur de l'École de Navez</t>
         </is>
       </c>
       <c r="E371" s="2"/>
       <c r="F371" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G371" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H371" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>79295</v>
+        <v>79041</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Souvenir de croisière - Mercator.</t>
+          <t>L'Homme en bleu</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
-          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E372" s="2"/>
       <c r="F372" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G372" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H372" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>79040</v>
+        <v>79297</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Madame Preumont, grand-mère maternelle de Mlle Dussart</t>
+          <t>Le Diablotin. Tout feu tout flamme</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
-          <t>Élève ou collaborateur de l'École de Navez</t>
+          <t>Van Hille, Renée</t>
         </is>
       </c>
       <c r="E373" s="2"/>
       <c r="F373" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>masque</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H373" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>79041</v>
+        <v>79553</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>L'Homme en bleu</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Dierickx, Raymond</t>
         </is>
       </c>
       <c r="E374" s="2"/>
       <c r="F374" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pastel</t>
         </is>
       </c>
       <c r="H374" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>79297</v>
+        <v>79042</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Le Diablotin. Tout feu tout flamme</t>
+          <t>Charles Hermans, enfant.</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
-          <t>Van Hille, Renée</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E375" s="2"/>
       <c r="F375" s="2" t="inlineStr">
         <is>
-          <t>masque</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H375" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>79553</v>
+        <v>79299</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Paysage. Le tort tue - 1</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Raymond</t>
+          <t>Vanhulst, Georges</t>
         </is>
       </c>
       <c r="E376" s="2"/>
       <c r="F376" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G376" s="2"/>
       <c r="H376" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>79042</v>
+        <v>79555</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Charles Hermans, enfant.</t>
+          <t>Bayon 5.</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D377" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>van Hille, Alain</t>
         </is>
       </c>
       <c r="E377" s="2"/>
       <c r="F377" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H377" s="2"/>
+          <t>papier, panneau</t>
+        </is>
+      </c>
+      <c r="H377" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>79299</v>
+        <v>79556</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>Paysage. Le tort tue - 1</t>
+          <t>Le Chalet-Église du Homborch vers 1930.</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
-          <t>Vanhulst, Georges</t>
+          <t>Anonyme,  / Jorwitz, Ferdinand</t>
         </is>
       </c>
       <c r="E378" s="2"/>
       <c r="F378" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G378" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G378" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H378" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>79555</v>
+        <v>78789</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Bayon 5.</t>
+          <t>Panorama d'Uccle en 1882.</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D379" s="2" t="inlineStr">
         <is>
-          <t>van Hille, Alain</t>
+          <t>Cammaerts, H.E.</t>
         </is>
       </c>
       <c r="E379" s="2"/>
       <c r="F379" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
-          <t>papier, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H379" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>79556</v>
+        <v>79557</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Le Chalet-Église du Homborch vers 1930.</t>
+          <t>Dans la Poussière_Piscine Longchamp.</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Jorwitz, Ferdinand</t>
+          <t>Préat, Gilles</t>
         </is>
       </c>
       <c r="E380" s="2"/>
       <c r="F380" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G380" s="2"/>
       <c r="H380" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>78789</v>
+        <v>79046</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Panorama d'Uccle en 1882.</t>
+          <t>La forêt de Soignes.</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
-          <t>Cammaerts, H.E.</t>
+          <t>Jacobs, Henry</t>
         </is>
       </c>
       <c r="E381" s="2"/>
       <c r="F381" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H381" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>79301</v>
+        <v>79302</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>Quartier Churchill. La vie est à monter</t>
+          <t>Vieux pont à Bruges</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
-          <t>Van Lent, Maria</t>
+          <t>Van Neste, Alfred</t>
         </is>
       </c>
       <c r="E382" s="2"/>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H382" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>79557</v>
+        <v>78791</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Dans la Poussière_Piscine Longchamp.</t>
+          <t>La Ferme Rose vers 1928.</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
-          <t>Préat, Gilles</t>
+          <t>Canneel, Jules-Marie</t>
         </is>
       </c>
       <c r="E383" s="2"/>
       <c r="F383" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G383" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G383" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H383" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>79046</v>
+        <v>79047</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>La forêt de Soignes.</t>
+          <t>Vieux café à Saint-Job.</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
-          <t>Jacobs, Henry</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E384" s="2"/>
       <c r="F384" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H384" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G384" s="2"/>
+      <c r="H384" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>79302</v>
+        <v>79048</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Vieux pont à Bruges</t>
+          <t>Veille de Kermesse.</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
-          <t>Van Neste, Alfred</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E385" s="2"/>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H385" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G385" s="2"/>
+      <c r="H385" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>78791</v>
+        <v>79304</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose vers 1928.</t>
+          <t>Birds of paradise.</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
-          <t>Canneel, Jules-Marie</t>
+          <t>Van Noten, Jean</t>
         </is>
       </c>
       <c r="E386" s="2"/>
       <c r="F386" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H386" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>79047</v>
+        <v>78793</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>Vieux café à Saint-Job.</t>
+          <t>La Chorale.</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D387" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E387" s="2"/>
       <c r="F387" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G387" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H387" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>79048</v>
+        <v>79049</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>Veille de Kermesse.</t>
+          <t>La Ferme Rose</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
           <t>Jacobs</t>
         </is>
       </c>
       <c r="E388" s="2"/>
       <c r="F388" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G388" s="2"/>
       <c r="H388" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>79304</v>
+        <v>79305</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Birds of paradise.</t>
+          <t>Portrait</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
-          <t>Van Noten, Jean</t>
+          <t>Van Offel, Quentin</t>
         </is>
       </c>
       <c r="E389" s="2"/>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H389" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>78793</v>
+        <v>78794</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>La Chorale.</t>
+          <t>Rue de Namur.</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
           <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E390" s="2"/>
       <c r="F390" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G390" s="2"/>
       <c r="H390" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>79049</v>
+        <v>79562</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose</t>
+          <t>Uccle- Le Parvis Saint-Pierre et l'Eglise.</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Van Bunnen, Louis</t>
         </is>
       </c>
       <c r="E391" s="2"/>
       <c r="F391" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G391" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H391" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>79305</v>
+        <v>79307</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Portrait</t>
+          <t>Ici et maintenant. Ici et maintenant</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
-          <t>Van Offel, Quentin</t>
+          <t>Vansteenwinckel, Francis</t>
         </is>
       </c>
       <c r="E392" s="2"/>
-      <c r="F392" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F392" s="2"/>
+      <c r="G392" s="2"/>
       <c r="H392" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>78794</v>
+        <v>79563</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>Rue de Namur.</t>
+          <t>Le Cheval blanc.</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Draye, Bernadette</t>
         </is>
       </c>
       <c r="E393" s="2"/>
       <c r="F393" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G393" s="2"/>
-      <c r="H393" s="2"/>
+      <c r="H393" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>79562</v>
+        <v>78796</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>Uccle- Le Parvis Saint-Pierre et l'Eglise.</t>
+          <t>Intérieur Sossoye.</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
-          <t>Van Bunnen, Louis</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E394" s="2"/>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H394" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>78795</v>
+        <v>79052</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Dimanche au bois.</t>
+          <t>Pavillon Louis XV.</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Janssens, Henri</t>
         </is>
       </c>
       <c r="E395" s="2"/>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H395" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G395" s="2"/>
+      <c r="H395" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>79307</v>
+        <v>78797</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Ici et maintenant. Ici et maintenant</t>
+          <t>Marchande d'oranges.</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
-          <t>Vansteenwinckel, Francis</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E396" s="2"/>
-      <c r="F396" s="2"/>
-      <c r="G396" s="2"/>
+      <c r="F396" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G396" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H396" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>79563</v>
+        <v>79053</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Le Cheval blanc.</t>
+          <t>Auguste Danse.</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
-          <t>Draye, Bernadette</t>
+          <t>Jonas, Lucien</t>
         </is>
       </c>
       <c r="E397" s="2"/>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G397" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H397" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>78796</v>
+        <v>79309</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Intérieur Sossoye.</t>
+          <t>Le Rosier</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Feyaerts-Van Win, Léontine</t>
         </is>
       </c>
       <c r="E398" s="2"/>
       <c r="F398" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H398" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>79052</v>
+        <v>79054</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Pavillon Louis XV.</t>
+          <t>Les piments.</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
-          <t>Janssens, Henri</t>
+          <t>Jonkmans, Adèle</t>
         </is>
       </c>
       <c r="E399" s="2"/>
       <c r="F399" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G399" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H399" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>78797</v>
+        <v>79310</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Marchande d'oranges.</t>
+          <t>Femme (roses et mains).</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>van Wel, Félix</t>
         </is>
       </c>
       <c r="E400" s="2"/>
       <c r="F400" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H400" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>79053</v>
+        <v>79566</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse.</t>
+          <t>Montpellier, Place de la Comédie.</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
-          <t>Jonas, Lucien</t>
+          <t>Salhen, William</t>
         </is>
       </c>
       <c r="E401" s="2"/>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H401" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>79309</v>
+        <v>79055</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Le Rosier</t>
+          <t>Femme à l'escalier.</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
-          <t>Feyaerts-Van Win, Léontine</t>
+          <t>Jorno, Hafzia</t>
         </is>
       </c>
       <c r="E402" s="2"/>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H402" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>79054</v>
+        <v>79311</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Les piments.</t>
+          <t>Peinture cire et métal.</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
-          <t>Jonkmans, Adèle</t>
+          <t>Velle, Marthe</t>
         </is>
       </c>
       <c r="E403" s="2"/>
       <c r="F403" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G403" s="2"/>
       <c r="H403" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>79310</v>
+        <v>79567</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Femme (roses et mains).</t>
+          <t>D52.</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>van Wel, Félix</t>
+          <t>Grecko, Vincent</t>
         </is>
       </c>
       <c r="E404" s="2"/>
       <c r="F404" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G404" s="2"/>
       <c r="H404" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>79566</v>
+        <v>78800</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Montpellier, Place de la Comédie.</t>
+          <t>Le Wolvendael à Uccle</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
-          <t>Salhen, William</t>
+          <t>Chandler, Gladysdaisy</t>
         </is>
       </c>
       <c r="E405" s="2"/>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H405" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>79055</v>
+        <v>79568</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Femme à l'escalier.</t>
+          <t>D103.</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
-          <t>Jorno, Hafzia</t>
+          <t>Grecko, Vincent</t>
         </is>
       </c>
       <c r="E406" s="2"/>
       <c r="F406" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G406" s="2"/>
       <c r="H406" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>79311</v>
+        <v>79569</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Peinture cire et métal.</t>
+          <t>Voyage autour du monde.</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
-          <t>Velle, Marthe</t>
+          <t>Grecko, Vincent</t>
         </is>
       </c>
       <c r="E407" s="2"/>
       <c r="F407" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G407" s="2"/>
       <c r="H407" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>79567</v>
+        <v>78802</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>D52.</t>
+          <t>Paul Du Bois.</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
-          <t>Grecko, Vincent</t>
+          <t>Cels, Albert</t>
         </is>
       </c>
       <c r="E408" s="2"/>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G408" s="2"/>
       <c r="H408" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>78800</v>
+        <v>79314</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Le Wolvendael à Uccle</t>
+          <t>Église à Ibiza - San Antonio.</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
-          <t>Chandler, Gladysdaisy</t>
+          <t>Versluys-Humblet, Luce</t>
         </is>
       </c>
       <c r="E409" s="2"/>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H409" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>79568</v>
+        <v>79570</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>D103.</t>
+          <t>Locquirec N°4 - N°13.</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Grecko, Vincent</t>
+          <t>Rodembourg, Roland</t>
         </is>
       </c>
       <c r="E410" s="2"/>
       <c r="F410" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G410" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G410" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H410" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>79569</v>
+        <v>78803</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Voyage autour du monde.</t>
+          <t>Portrait du peintre Jos Albert.</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Grecko, Vincent</t>
+          <t>Cels, Albert</t>
         </is>
       </c>
       <c r="E411" s="2"/>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G411" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G411" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H411" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>78802</v>
+        <v>79315</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Paul Du Bois.</t>
+          <t>Fruits de mer.</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
-          <t>Cels, Albert</t>
+          <t>Versluys-Humblet, Luce</t>
         </is>
       </c>
       <c r="E412" s="2"/>
       <c r="F412" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G412" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G412" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H412" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>79314</v>
+        <v>78804</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Église à Ibiza - San Antonio.</t>
+          <t>Dernier vestige de la sablonnière de l'avenue de Floréal (ciel clair)</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
-          <t>Versluys-Humblet, Luce</t>
+          <t>Cels, Albert</t>
         </is>
       </c>
       <c r="E413" s="2"/>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H413" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H413" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>79570</v>
+        <v>79060</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Locquirec N°4 - N°13.</t>
+          <t>Entrée de l'Église Saint-Pierre.</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
-          <t>Rodembourg, Roland</t>
+          <t>Juste, Estelle</t>
         </is>
       </c>
       <c r="E414" s="2"/>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, papier</t>
         </is>
       </c>
       <c r="H414" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>78803</v>
+        <v>79316</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Jos Albert.</t>
+          <t>Ferme du Kriekenput - Uccle 1947.</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
-          <t>Cels, Albert</t>
+          <t>Versluys-Humblet, Luce</t>
         </is>
       </c>
       <c r="E415" s="2"/>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H415" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>79315</v>
+        <v>79061</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Fruits de mer.</t>
+          <t>Rayon de soleil après la pluie.</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
-          <t>Versluys-Humblet, Luce</t>
+          <t>Juste, Estelle</t>
         </is>
       </c>
       <c r="E416" s="2"/>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H416" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>78804</v>
+        <v>79318</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Dernier vestige de la sablonnière de l'avenue de Floréal (ciel clair).</t>
+          <t>Le pêcheur d'anguilles - Zeebruges</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
-          <t>Cels, Albert</t>
+          <t>Viane, Charles</t>
         </is>
       </c>
       <c r="E417" s="2"/>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H417" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>79060</v>
+        <v>78807</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Entrée de l'Église Saint-Pierre.</t>
+          <t>Le Moulin du Keyenbempt. Image et nature</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
-          <t>Juste, Estelle</t>
+          <t>Claes, Jean-Pierre</t>
         </is>
       </c>
       <c r="E418" s="2"/>
       <c r="F418" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G418" s="2"/>
       <c r="H418" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>79316</v>
+        <v>79575</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Ferme du Kriekenput - Uccle 1947.</t>
+          <t>Maison blanche.</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
-          <t>Versluys-Humblet, Luce</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E419" s="2"/>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H419" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>78805</v>
+        <v>78808</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Dernier vestige de la sablonnière de l'avenue de Floréal (ciel foncé).</t>
+          <t>Files d'arbres.</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
-          <t>Cels, Albert</t>
+          <t>Clesse,  Louis</t>
         </is>
       </c>
       <c r="E420" s="2"/>
       <c r="F420" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H420" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>79061</v>
+        <v>79576</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>Rayon de soleil après la pluie.</t>
+          <t>La Moisson.</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
-          <t>Juste, Estelle</t>
+          <t>Decoen, Jean</t>
         </is>
       </c>
       <c r="E421" s="2"/>
       <c r="F421" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H421" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>79318</v>
+        <v>78809</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Le pêcheur d'anguilles - Zeebruges</t>
+          <t>Henri Quittelier, Buste de -.</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
-          <t>Viane, Charles</t>
+          <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E422" s="2"/>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H422" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>78807</v>
+        <v>79065</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Le Moulin du Keyenbempt. Image et nature</t>
+          <t>Intérieur - 1963</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
-          <t>Claes, Jean-Pierre</t>
+          <t>Labarre, Raoul</t>
         </is>
       </c>
       <c r="E423" s="2"/>
       <c r="F423" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G423" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G423" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H423" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>79575</v>
+        <v>79321</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Maison blanche.</t>
+          <t>Le dernier voyage. Carpe Diem III</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Virelle, Lucette</t>
         </is>
       </c>
       <c r="E424" s="2"/>
       <c r="F424" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G424" s="2"/>
       <c r="H424" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>78808</v>
+        <v>79577</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>Files d'arbres.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
-          <t>Clesse,  Louis</t>
+          <t>Decoen, Jean</t>
         </is>
       </c>
       <c r="E425" s="2"/>
       <c r="F425" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H425" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>79576</v>
+        <v>79066</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>La Moisson.</t>
+          <t>Nature morte aux objets familiers.</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
-          <t>Decoen, Jean</t>
+          <t>Labarre, Raoul</t>
         </is>
       </c>
       <c r="E426" s="2"/>
       <c r="F426" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H426" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>78809</v>
+        <v>79067</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>Henri Quittelier, Buste de -.</t>
+          <t>Nature morte.</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
-          <t>Cliquet, René</t>
+          <t>Labarre, Raoul</t>
         </is>
       </c>
       <c r="E427" s="2"/>
       <c r="F427" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H427" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>79065</v>
+        <v>79579</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>Intérieur - 1963</t>
+          <t>Fermette au bord du ruisseau.</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D428" s="2" t="inlineStr">
         <is>
-          <t>Labarre, Raoul</t>
+          <t>Heirman, Edmond</t>
         </is>
       </c>
       <c r="E428" s="2"/>
       <c r="F428" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H428" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>79321</v>
+        <v>79068</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>Le dernier voyage. Carpe Diem III</t>
+          <t>Jean Carsoel.</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
-          <t>Virelle, Lucette</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E429" s="2"/>
       <c r="F429" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G429" s="2"/>
+          <t>sculpture, buste</t>
+        </is>
+      </c>
+      <c r="G429" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
       <c r="H429" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>79577</v>
+        <v>79324</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Knokke.</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
-          <t>Decoen, Jean</t>
+          <t>Vosch, Marc</t>
         </is>
       </c>
       <c r="E430" s="2"/>
       <c r="F430" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H430" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>79066</v>
+        <v>78813</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux objets familiers.</t>
+          <t>Le docteur Georges Marlow.</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
-          <t>Labarre, Raoul</t>
+          <t>Cluysenaar, André</t>
         </is>
       </c>
       <c r="E431" s="2"/>
       <c r="F431" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H431" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>79067</v>
+        <v>79069</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>Nature morte.</t>
+          <t>La Défense du Drapeau.</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
-          <t>Labarre, Raoul</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E432" s="2"/>
       <c r="F432" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H432" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>79579</v>
+        <v>79325</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Fermette au bord du ruisseau.</t>
+          <t>Rue à Paris.</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
-          <t>Heirman, Edmond</t>
+          <t>Vosch, Marc</t>
         </is>
       </c>
       <c r="E433" s="2"/>
       <c r="F433" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H433" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>79068</v>
+        <v>78814</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>Jean Carsoel.</t>
+          <t>Mademoiselle Haerens.</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Cluysenaar, André</t>
         </is>
       </c>
       <c r="E434" s="2"/>
       <c r="F434" s="2" t="inlineStr">
         <is>
-          <t>sculpture, buste</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H434" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>79324</v>
+        <v>79070</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Knokke.</t>
+          <t>Pierre Carsoel.</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
-          <t>Vosch, Marc</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E435" s="2"/>
       <c r="F435" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture, buste</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H435" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
-        <v>78813</v>
+        <v>79582</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
-          <t>Le docteur Georges Marlow.</t>
+          <t>Ferme et ruisseau.</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D436" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, André</t>
+          <t>Krasnobaieff, Paul</t>
         </is>
       </c>
       <c r="E436" s="2"/>
       <c r="F436" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H436" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>79069</v>
+        <v>79071</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>La Défense du Drapeau.</t>
+          <t>Turcoaire.</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D437" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Lambert-Cluysenaar, Ghislaine</t>
         </is>
       </c>
       <c r="E437" s="2"/>
       <c r="F437" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G437" s="2"/>
       <c r="H437" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>79325</v>
+        <v>79327</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>Rue à Paris.</t>
+          <t>Les Dunes.</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
-          <t>Vosch, Marc</t>
+          <t>Wagemaekers, Victor</t>
         </is>
       </c>
       <c r="E438" s="2"/>
       <c r="F438" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H438" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>78814</v>
+        <v>79583</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>Mademoiselle Haerens.</t>
+          <t>Barques au port.</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D439" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, André</t>
+          <t>Londot, Charles</t>
         </is>
       </c>
       <c r="E439" s="2"/>
       <c r="F439" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H439" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>79070</v>
+        <v>79328</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>Pierre Carsoel.</t>
+          <t>Les fiancés.</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D440" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E440" s="2"/>
       <c r="F440" s="2" t="inlineStr">
         <is>
-          <t>sculpture, buste</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G440" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>granit</t>
         </is>
       </c>
       <c r="H440" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>79582</v>
+        <v>78817</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>Ferme et ruisseau.</t>
+          <t>Moules et harengs</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D441" s="2" t="inlineStr">
         <is>
-          <t>Krasnobaieff, Paul</t>
+          <t>Cockx, Philibert</t>
         </is>
       </c>
       <c r="E441" s="2"/>
       <c r="F441" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H441" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>79071</v>
+        <v>79585</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>Turcoaire.</t>
+          <t>Arbres et maisons automne.</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D442" s="2" t="inlineStr">
         <is>
-          <t>Lambert-Cluysenaar, Ghislaine</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E442" s="2"/>
       <c r="F442" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G442" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G442" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H442" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>79327</v>
+        <v>79074</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Les Dunes.</t>
+          <t>Souvenirs romains avec vue sur les collines.</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
-          <t>Wagemaekers, Victor</t>
+          <t>Lambillotte, Alain</t>
         </is>
       </c>
       <c r="E443" s="2"/>
       <c r="F443" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G443" s="2"/>
       <c r="H443" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>79583</v>
+        <v>78819</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Barques au port.</t>
+          <t>Chemin creux à Uccle (avenue Dolez).</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D444" s="2" t="inlineStr">
         <is>
-          <t>Londot, Charles</t>
+          <t>Cocq, Suzanne</t>
         </is>
       </c>
       <c r="E444" s="2"/>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G444" s="2"/>
       <c r="H444" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>79328</v>
+        <v>79075</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>Les fiancés.</t>
+          <t>L'ancien carrefour de la rue Edith Cavell et de l'avenue de Fré.</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D445" s="2" t="inlineStr">
         <is>
-          <t>Wansart, Adolphe</t>
+          <t>Lambillotte, Georges</t>
         </is>
       </c>
       <c r="E445" s="2"/>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G445" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H445" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>78817</v>
+        <v>79331</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>Moules et harengs</t>
+          <t>Le guerrier endormi.</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
-          <t>Cockx, Philibert</t>
+          <t>Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E446" s="2"/>
       <c r="F446" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>granit</t>
         </is>
       </c>
       <c r="H446" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>79585</v>
+        <v>79587</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>Arbres et maisons automne.</t>
+          <t>Femme allaitant</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Stievenart, Fernand</t>
         </is>
       </c>
       <c r="E447" s="2"/>
       <c r="F447" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G447" s="2"/>
       <c r="H447" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>79074</v>
+        <v>79077</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs romains avec vue sur les collines.</t>
+          <t>Les Alpes autrichiennes (Semmering).</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D448" s="2" t="inlineStr">
         <is>
-          <t>Lambillotte, Alain</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E448" s="2"/>
       <c r="F448" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G448" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G448" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H448" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>78819</v>
+        <v>79333</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Chemin creux à Uccle (avenue Dolez).</t>
+          <t>Jeune femme en noir.</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D449" s="2" t="inlineStr">
         <is>
-          <t>Cocq, Suzanne</t>
+          <t>Wauters, Emile</t>
         </is>
       </c>
       <c r="E449" s="2"/>
       <c r="F449" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G449" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G449" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H449" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>79075</v>
+        <v>79589</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>L'ancien carrefour de la rue Edith Cavell et de l'avenue de Fré.</t>
+          <t>Vieux Doël.</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D450" s="2" t="inlineStr">
         <is>
-          <t>Lambillotte, Georges</t>
+          <t>Stobbaerts, Pierre - Pieter</t>
         </is>
       </c>
       <c r="E450" s="2"/>
       <c r="F450" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G450" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G450" s="2"/>
       <c r="H450" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>79331</v>
+        <v>79078</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>Le guerrier endormi.</t>
+          <t>Nature morte.</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D451" s="2" t="inlineStr">
         <is>
-          <t>Wansart, Adolphe</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E451" s="2"/>
       <c r="F451" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H451" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>79587</v>
+        <v>79590</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>Femme allaitant</t>
+          <t>La forêt de Soignes.</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D452" s="2" t="inlineStr">
         <is>
-          <t>Stievenart, Fernand</t>
+          <t>Stobbaerts, Pierre - Pieter</t>
         </is>
       </c>
       <c r="E452" s="2"/>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G452" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G452" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H452" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>79077</v>
+        <v>78823</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>Les Alpes autrichiennes (Semmering).</t>
+          <t>Moissons à Quaremont.</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D453" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>Cohen, Sarah-Thérèse</t>
         </is>
       </c>
       <c r="E453" s="2"/>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H453" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
-        <v>79333</v>
+        <v>78824</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme en noir.</t>
+          <t>Ménagère.</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D454" s="2" t="inlineStr">
         <is>
-          <t>Wauters, Emile</t>
+          <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E454" s="2"/>
       <c r="F454" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G454" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H454" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
-        <v>79589</v>
+        <v>79080</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
-          <t>Vieux Doël.</t>
+          <t>Jacqueline.</t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D455" s="2" t="inlineStr">
         <is>
-          <t>Stobbaerts, Pierre - Pieter</t>
+          <t>Lamon, Basil</t>
         </is>
       </c>
       <c r="E455" s="2"/>
       <c r="F455" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...2 lines deleted...]
-      <c r="G455" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G455" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
       <c r="H455" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>79078</v>
+        <v>79592</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
-          <t>Nature morte.</t>
+          <t>Canal.</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D456" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>van de Broek, Pol</t>
         </is>
       </c>
       <c r="E456" s="2"/>
       <c r="F456" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H456" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>79590</v>
+        <v>78825</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>La forêt de Soignes.</t>
+          <t>Tour d'oiseaux. O joie - M142Numéro 93</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D457" s="2" t="inlineStr">
         <is>
-          <t>Stobbaerts, Pierre - Pieter</t>
+          <t>Corbisier-Poelmans, Denise</t>
         </is>
       </c>
       <c r="E457" s="2"/>
       <c r="F457" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H457" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>78823</v>
+        <v>79081</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>Moissons à Quaremont.</t>
+          <t>Le Vieux Presbytère de Saint-Job.</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D458" s="2" t="inlineStr">
         <is>
-          <t>Cohen, Sarah-Thérèse</t>
+          <t>Lantoine, Fernand</t>
         </is>
       </c>
       <c r="E458" s="2"/>
       <c r="F458" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G458" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H458" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
-        <v>78824</v>
+        <v>79337</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
-          <t>Ménagère.</t>
+          <t>Ephèse. Ephèse</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D459" s="2" t="inlineStr">
         <is>
-          <t>Colin, Jean</t>
+          <t>Willequet, André</t>
         </is>
       </c>
       <c r="E459" s="2"/>
       <c r="F459" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G459" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H459" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
-        <v>79080</v>
+        <v>79593</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
-          <t>Jacqueline.</t>
+          <t>Maison sous la neige.</t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D460" s="2" t="inlineStr">
         <is>
-          <t>Lamon, Basil</t>
+          <t>van de Broek, Pol</t>
         </is>
       </c>
       <c r="E460" s="2"/>
       <c r="F460" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G460" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H460" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="1" t="n">
-        <v>79592</v>
+        <v>79082</v>
       </c>
       <c r="B461" s="2" t="inlineStr">
         <is>
-          <t>Canal.</t>
+          <t>Cimenterie au pied de Bou-Cornine.</t>
         </is>
       </c>
       <c r="C461" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D461" s="2" t="inlineStr">
         <is>
-          <t>van de Broek, Pol</t>
+          <t>Lavachery, Jean</t>
         </is>
       </c>
       <c r="E461" s="2"/>
       <c r="F461" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H461" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G461" s="2"/>
+      <c r="H461" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>78825</v>
+        <v>79338</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
-          <t>Tour d'oiseaux. O joie - M142Numéro 93</t>
+          <t>Le Jardin du Vieux Cornet</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D462" s="2" t="inlineStr">
         <is>
-          <t>Corbisier-Poelmans, Denise</t>
+          <t>Werlemann, Carlo</t>
         </is>
       </c>
       <c r="E462" s="2"/>
       <c r="F462" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G462" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
-[...2 lines deleted...]
-      <c r="H462" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H462" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>79081</v>
+        <v>79594</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Presbytère de Saint-Job.</t>
+          <t>Cassiopée.</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D463" s="2" t="inlineStr">
         <is>
-          <t>Lantoine, Fernand</t>
+          <t>Angerer, Eve-Marie</t>
         </is>
       </c>
       <c r="E463" s="2"/>
-      <c r="F463" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F463" s="2"/>
+      <c r="G463" s="2"/>
       <c r="H463" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
-        <v>79337</v>
+        <v>78827</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
-          <t>Ephèse. Ephèse</t>
+          <t>Le Liefkenhoeck</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D464" s="2" t="inlineStr">
         <is>
-          <t>Willequet, André</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E464" s="2"/>
       <c r="F464" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G464" s="2"/>
       <c r="H464" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>79593</v>
+        <v>79595</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
-          <t>Maison sous la neige.</t>
+          <t>Wolvendael - Hercule de Godecharle dans le bois.</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D465" s="2" t="inlineStr">
         <is>
-          <t>van de Broek, Pol</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E465" s="2"/>
       <c r="F465" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H465" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>79082</v>
+        <v>78828</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
-          <t>Cimenterie au pied de Bou-Cornine.</t>
+          <t>Moulin Grandville où habita Louis Thevenet vers 1907.</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D466" s="2" t="inlineStr">
         <is>
-          <t>Lavachery, Jean</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E466" s="2"/>
       <c r="F466" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G466" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H466" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
-        <v>79338</v>
+        <v>79084</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
-          <t>Le Jardin du Vieux Cornet.</t>
+          <t>La pie qui chante. La pie qui chante</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D467" s="2" t="inlineStr">
         <is>
-          <t>Werlemann, Carlo</t>
+          <t>Lebrun, Cécile</t>
         </is>
       </c>
       <c r="E467" s="2"/>
       <c r="F467" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G467" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H467" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="1" t="n">
-        <v>79594</v>
+        <v>79596</v>
       </c>
       <c r="B468" s="2" t="inlineStr">
         <is>
-          <t>Cassiopée.</t>
+          <t>Wolvendael - Entrée du Jardin aux légumes.</t>
         </is>
       </c>
       <c r="C468" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D468" s="2" t="inlineStr">
         <is>
-          <t>Angerer, Eve-Marie</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E468" s="2"/>
-      <c r="F468" s="2"/>
-      <c r="G468" s="2"/>
+      <c r="F468" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
+      <c r="G468" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="H468" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="1" t="n">
-        <v>78827</v>
+        <v>78829</v>
       </c>
       <c r="B469" s="2" t="inlineStr">
         <is>
-          <t>Le Liefkenhoeck</t>
+          <t>Un coin du Kamerdelle à Uccle. Chaumière sous la neige</t>
         </is>
       </c>
       <c r="C469" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D469" s="2" t="inlineStr">
         <is>
           <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E469" s="2"/>
       <c r="F469" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G469" s="2"/>
+      <c r="G469" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
       <c r="H469" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
-        <v>79595</v>
+        <v>79597</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
-          <t>Wolvendael - Hercule de Godecharle dans le bois.</t>
+          <t>Wolvendael - Entrée du bois.</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
           <t>Divers</t>
         </is>
       </c>
       <c r="E470" s="2"/>
       <c r="F470" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G470" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H470" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
-        <v>78828</v>
+        <v>79086</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
-          <t>Moulin Grandville où habita Louis Thevenet vers 1907.</t>
+          <t>Pierre l'Ardoisier.</t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D471" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E471" s="2"/>
       <c r="F471" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G471" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H471" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
-        <v>79084</v>
+        <v>79598</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
-          <t>La pie qui chante. La pie qui chante</t>
+          <t>Wolvendael - Le Château.</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D472" s="2" t="inlineStr">
         <is>
-          <t>Lebrun, Cécile</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E472" s="2"/>
       <c r="F472" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H472" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
-        <v>79596</v>
+        <v>79343</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
-          <t>Wolvendael - Entrée du Jardin aux légumes.</t>
+          <t>Buste de Mme Wollès.</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D473" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Wollès,  Lucien</t>
         </is>
       </c>
       <c r="E473" s="2"/>
       <c r="F473" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G473" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>fusain</t>
         </is>
       </c>
       <c r="H473" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>78829</v>
+        <v>79344</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>Un coin du Kamerdelle à Uccle. Chaumière sous la neige</t>
+          <t>La ferme Saint-Eloi.</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D474" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Wytsman, Rodolphe</t>
         </is>
       </c>
       <c r="E474" s="2"/>
       <c r="F474" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G474" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H474" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>79597</v>
+        <v>79089</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
-          <t>Wolvendael - Entrée du bois.</t>
+          <t>Jean Vander Elst, Bourgmestre.</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D475" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E475" s="2"/>
       <c r="F475" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G475" s="2"/>
       <c r="H475" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>79086</v>
+        <v>79601</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
-          <t>Pierre l'Ardoisier.</t>
+          <t>Jeux de plage.</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D476" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Deramaix, Patrice</t>
         </is>
       </c>
       <c r="E476" s="2"/>
       <c r="F476" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G476" s="2"/>
       <c r="H476" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>79598</v>
+        <v>79090</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>Wolvendael - Le Château.</t>
+          <t>Emile Lecomte - Portrait de l'artiste.</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D477" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E477" s="2"/>
       <c r="F477" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H477" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>79343</v>
+        <v>79602</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
-          <t>Buste de Mme Wollès.</t>
+          <t>Visage estival.</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D478" s="2" t="inlineStr">
         <is>
-          <t>Wollès,  Lucien</t>
+          <t>Ballman, Jacqueline</t>
         </is>
       </c>
       <c r="E478" s="2"/>
       <c r="F478" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
-          <t>fusain</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H478" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>79344</v>
+        <v>78835</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
-          <t>La ferme Saint-Eloi.</t>
+          <t>Hiver à Rhode-Saint-Genèse.</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D479" s="2" t="inlineStr">
         <is>
-          <t>Wytsman, Rodolphe</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E479" s="2"/>
       <c r="F479" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H479" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G479" s="2"/>
+      <c r="H479" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
-        <v>79089</v>
+        <v>79091</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
-          <t>Jean Vander Elst, Bourgmestre.</t>
+          <t>Auguste Danse - Portrait</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D480" s="2" t="inlineStr">
         <is>
           <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E480" s="2"/>
       <c r="F480" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G480" s="2"/>
+      <c r="G480" s="2" t="inlineStr">
+        <is>
+          <t>pastel</t>
+        </is>
+      </c>
       <c r="H480" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>79601</v>
+        <v>79603</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
-          <t>Jeux de plage.</t>
+          <t>La Maison de Maurice en hiver.</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D481" s="2" t="inlineStr">
         <is>
-          <t>Deramaix, Patrice</t>
+          <t>Hostier</t>
         </is>
       </c>
       <c r="E481" s="2"/>
       <c r="F481" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G481" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G481" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H481" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
-        <v>79090</v>
+        <v>78836</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
-          <t>Emile Lecomte - Portrait de l'artiste.</t>
+          <t>Le canal à Bruxelles.</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D482" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E482" s="2"/>
       <c r="F482" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G482" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois, panneau</t>
         </is>
       </c>
       <c r="H482" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>79602</v>
+        <v>79092</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>Visage estival.</t>
+          <t>Étude de mouvement de danseuse.</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D483" s="2" t="inlineStr">
         <is>
-          <t>Ballman, Jacqueline</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E483" s="2"/>
       <c r="F483" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G483" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>sanguine</t>
         </is>
       </c>
       <c r="H483" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>78835</v>
+        <v>79348</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>Hiver à Rhode-Saint-Genèse.</t>
+          <t>Au Vieux Roi d'Espagne.</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D484" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E484" s="2"/>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G484" s="2" t="inlineStr">
+        <is>
+          <t>gouache</t>
+        </is>
+      </c>
+      <c r="H484" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>79091</v>
+        <v>79604</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse - Portrait</t>
+          <t>Charles.Emile…après 14.</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D485" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Craps, Jean-Nicolas</t>
         </is>
       </c>
       <c r="E485" s="2"/>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
-          <t>pastel</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H485" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>79603</v>
+        <v>79605</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
-          <t>La Maison de Maurice en hiver.</t>
+          <t>Non-diagonale.</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
-          <t>Hostier</t>
+          <t>Gossé, Anne</t>
         </is>
       </c>
       <c r="E486" s="2"/>
       <c r="F486" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G486" s="2"/>
       <c r="H486" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>78836</v>
+        <v>78838</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
-          <t>Le canal à Bruxelles.</t>
+          <t>Souvenirs et regrets.</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D487" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis Joseph Désiré</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E487" s="2"/>
       <c r="F487" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H487" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G487" s="2"/>
+      <c r="H487" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
-        <v>79092</v>
+        <v>78840</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
-          <t>Étude de mouvement de danseuse.</t>
+          <t>L'embarquement pour Cythère</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E488" s="2"/>
       <c r="F488" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H488" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G488" s="2"/>
+      <c r="H488" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
-        <v>79348</v>
+        <v>78841</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
-          <t>Au Vieux Roi d'Espagne.</t>
+          <t>L'embarquement pour Cythère.</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D489" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E489" s="2"/>
       <c r="F489" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H489" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G489" s="2"/>
+      <c r="H489" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
-        <v>79604</v>
+        <v>79609</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
-          <t>Charles.Emile…après 14.</t>
+          <t>Quasimodo.</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D490" s="2" t="inlineStr">
         <is>
-          <t>Craps, Jean-Nicolas</t>
+          <t>Herth, Jozsef</t>
         </is>
       </c>
       <c r="E490" s="2"/>
       <c r="F490" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G490" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H490" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="1" t="n">
-        <v>79605</v>
+        <v>79610</v>
       </c>
       <c r="B491" s="2" t="inlineStr">
         <is>
-          <t>Non-diagonale.</t>
+          <t>Jeu d'ombres.</t>
         </is>
       </c>
       <c r="C491" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D491" s="2" t="inlineStr">
         <is>
-          <t>Gossé, Anne</t>
+          <t>Tallier, Charles</t>
         </is>
       </c>
       <c r="E491" s="2"/>
       <c r="F491" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G491" s="2"/>
       <c r="H491" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="1" t="n">
-        <v>78838</v>
+        <v>78843</v>
       </c>
       <c r="B492" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs et regrets.</t>
+          <t>Pierre Paul Rubens.</t>
         </is>
       </c>
       <c r="C492" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D492" s="2" t="inlineStr">
         <is>
           <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E492" s="2"/>
       <c r="F492" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G492" s="2"/>
       <c r="H492" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="1" t="n">
-        <v>78840</v>
+        <v>79099</v>
       </c>
       <c r="B493" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère</t>
+          <t>Lluvia y sol.</t>
         </is>
       </c>
       <c r="C493" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D493" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E493" s="2"/>
       <c r="F493" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G493" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H493" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="1" t="n">
-        <v>78841</v>
+        <v>79355</v>
       </c>
       <c r="B494" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère.</t>
+          <t>Inauguration du Monument aux Morts (ensemble de 8 photos).</t>
         </is>
       </c>
       <c r="C494" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D494" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E494" s="2"/>
-      <c r="F494" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F494" s="2"/>
       <c r="G494" s="2"/>
-      <c r="H494" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H494" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="1" t="n">
-        <v>79609</v>
+        <v>79611</v>
       </c>
       <c r="B495" s="2" t="inlineStr">
         <is>
-          <t>Quasimodo.</t>
+          <t>Claude Desmedt.</t>
         </is>
       </c>
       <c r="C495" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D495" s="2" t="inlineStr">
         <is>
-          <t>Herth, Jozsef</t>
+          <t>Lambert, Nathalie</t>
         </is>
       </c>
       <c r="E495" s="2"/>
-      <c r="F495" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F495" s="2"/>
+      <c r="G495" s="2"/>
       <c r="H495" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="1" t="n">
-        <v>79610</v>
+        <v>79613</v>
       </c>
       <c r="B496" s="2" t="inlineStr">
         <is>
-          <t>Jeu d'ombres.</t>
+          <t>Vertébrale.</t>
         </is>
       </c>
       <c r="C496" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D496" s="2" t="inlineStr">
         <is>
-          <t>Tallier, Charles</t>
+          <t>Carels, Nicole</t>
         </is>
       </c>
       <c r="E496" s="2"/>
       <c r="F496" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G496" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G496" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H496" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="1" t="n">
-        <v>78843</v>
+        <v>79102</v>
       </c>
       <c r="B497" s="2" t="inlineStr">
         <is>
-          <t>Pierre Paul Rubens.</t>
+          <t>Intérieur brugeois.</t>
         </is>
       </c>
       <c r="C497" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D497" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Léonard, Charly</t>
         </is>
       </c>
       <c r="E497" s="2"/>
       <c r="F497" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G497" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H497" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="1" t="n">
-        <v>79099</v>
+        <v>79358</v>
       </c>
       <c r="B498" s="2" t="inlineStr">
         <is>
-          <t>Lluvia y sol.</t>
+          <t>Brevet du sceau communal Saint-Pierre.</t>
         </is>
       </c>
       <c r="C498" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
-      <c r="D498" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D498" s="2"/>
       <c r="E498" s="2"/>
       <c r="F498" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>autre document imprimé</t>
+        </is>
+      </c>
+      <c r="G498" s="2"/>
       <c r="H498" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="1" t="n">
-        <v>79355</v>
+        <v>79359</v>
       </c>
       <c r="B499" s="2" t="inlineStr">
         <is>
-          <t>Inauguration du Monument aux Morts (ensemble de 8 photos).</t>
+          <t>Portrait de Charles Hermans et sa sœur</t>
         </is>
       </c>
       <c r="C499" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D499" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E499" s="2"/>
-      <c r="F499" s="2"/>
-      <c r="G499" s="2"/>
+      <c r="F499" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G499" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H499" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="1" t="n">
-        <v>79611</v>
+        <v>79243</v>
       </c>
       <c r="B500" s="2" t="inlineStr">
         <is>
-          <t>Claude Desmedt.</t>
+          <t>Château d'Uccle - Wolvendael</t>
         </is>
       </c>
       <c r="C500" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D500" s="2" t="inlineStr">
         <is>
-          <t>Lambert, Nathalie</t>
-[...3 lines deleted...]
-      <c r="F500" s="2"/>
+          <t>Stroobant, François</t>
+        </is>
+      </c>
+      <c r="E500" s="2" t="inlineStr">
+        <is>
+          <t>1850 - </t>
+        </is>
+      </c>
+      <c r="F500" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G500" s="2"/>
-      <c r="H500" s="2"/>
+      <c r="H500" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="1" t="n">
-        <v>79613</v>
+        <v>79260</v>
       </c>
       <c r="B501" s="2" t="inlineStr">
         <is>
-          <t>Vertébrale.</t>
+          <t>Homère Goossens.</t>
         </is>
       </c>
       <c r="C501" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D501" s="2" t="inlineStr">
         <is>
-          <t>Carels, Nicole</t>
-[...2 lines deleted...]
-      <c r="E501" s="2"/>
+          <t>Taymans, Louis</t>
+        </is>
+      </c>
+      <c r="E501" s="2" t="inlineStr">
+        <is>
+          <t>1853 - </t>
+        </is>
+      </c>
       <c r="F501" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G501" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H501" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="1" t="n">
-        <v>79102</v>
+        <v>79702</v>
       </c>
       <c r="B502" s="2" t="inlineStr">
         <is>
-          <t>Intérieur brugeois.</t>
+          <t>Ferme Rose</t>
         </is>
       </c>
       <c r="C502" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D502" s="2" t="inlineStr">
         <is>
-          <t>Léonard, Charly</t>
-[...2 lines deleted...]
-      <c r="E502" s="2"/>
+          <t>Scheuffler, H.</t>
+        </is>
+      </c>
+      <c r="E502" s="2" t="inlineStr">
+        <is>
+          <t>1875 - </t>
+        </is>
+      </c>
       <c r="F502" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G502" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H502" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="1" t="n">
-        <v>79358</v>
+        <v>79703</v>
       </c>
       <c r="B503" s="2" t="inlineStr">
         <is>
-          <t>Brevet du sceau communal Saint-Pierre.</t>
+          <t>Uccle, van Clutenberg</t>
         </is>
       </c>
       <c r="C503" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
-      <c r="D503" s="2"/>
-      <c r="E503" s="2"/>
+      <c r="D503" s="2" t="inlineStr">
+        <is>
+          <t>Scheuffler, H.</t>
+        </is>
+      </c>
+      <c r="E503" s="2" t="inlineStr">
+        <is>
+          <t>1875 - </t>
+        </is>
+      </c>
       <c r="F503" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
-[...2 lines deleted...]
-      <c r="G503" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G503" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H503" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="1" t="n">
-        <v>79359</v>
+        <v>79313</v>
       </c>
       <c r="B504" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Hermans et sa sœur</t>
+          <t>Nature morte</t>
         </is>
       </c>
       <c r="C504" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D504" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...2 lines deleted...]
-      <c r="E504" s="2"/>
+          <t>Verhaeren,  Alfred</t>
+        </is>
+      </c>
+      <c r="E504" s="2" t="inlineStr">
+        <is>
+          <t>1875 - </t>
+        </is>
+      </c>
       <c r="F504" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G504" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H504" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="1" t="n">
-        <v>79243</v>
+        <v>78846</v>
       </c>
       <c r="B505" s="2" t="inlineStr">
         <is>
-          <t>Château d'Uccle - Wolvendael</t>
+          <t>Courde ferme à Hyon, Mons.</t>
         </is>
       </c>
       <c r="C505" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D505" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, François</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E505" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F505" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G505" s="2"/>
       <c r="H505" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="1" t="n">
-        <v>79260</v>
+        <v>79245</v>
       </c>
       <c r="B506" s="2" t="inlineStr">
         <is>
-          <t>Homère Goossens.</t>
+          <t>Le village de Saint-Job en juin 1876.</t>
         </is>
       </c>
       <c r="C506" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D506" s="2" t="inlineStr">
         <is>
-          <t>Taymans, Louis</t>
+          <t>Stroobant, Alice</t>
         </is>
       </c>
       <c r="E506" s="2" t="inlineStr">
         <is>
-          <t>1853 - </t>
+          <t>1876 - </t>
         </is>
       </c>
       <c r="F506" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G506" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H506" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="1" t="n">
-        <v>79702</v>
+        <v>79478</v>
       </c>
       <c r="B507" s="2" t="inlineStr">
         <is>
-          <t>Ferme Rose</t>
+          <t>Charge du 9è Régiment de Cuirassiers.</t>
         </is>
       </c>
       <c r="C507" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D507" s="2" t="inlineStr">
         <is>
-          <t>Scheuffler, H.</t>
+          <t>Detaille, d'après</t>
         </is>
       </c>
       <c r="E507" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1877 - </t>
         </is>
       </c>
       <c r="F507" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G507" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G507" s="2"/>
       <c r="H507" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="1" t="n">
-        <v>79703</v>
+        <v>79011</v>
       </c>
       <c r="B508" s="2" t="inlineStr">
         <is>
-          <t>Uccle, van Clutenberg</t>
+          <t>La Femme blonde.</t>
         </is>
       </c>
       <c r="C508" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D508" s="2" t="inlineStr">
         <is>
-          <t>Scheuffler, H.</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E508" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1878 - </t>
         </is>
       </c>
       <c r="F508" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G508" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H508" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="1" t="n">
-        <v>79313</v>
+        <v>79251</v>
       </c>
       <c r="B509" s="2" t="inlineStr">
         <is>
-          <t>Nature morte</t>
+          <t>Le Pays de Beersel.</t>
         </is>
       </c>
       <c r="C509" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D509" s="2" t="inlineStr">
         <is>
-          <t>Verhaeren,  Alfred</t>
+          <t>Taelemans, Jean-François</t>
         </is>
       </c>
       <c r="E509" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F509" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G509" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H509" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="1" t="n">
-        <v>78846</v>
+        <v>78863</v>
       </c>
       <c r="B510" s="2" t="inlineStr">
         <is>
-          <t>Courde ferme à Hyon, Mons.</t>
+          <t>Tête d'enfant (d'après Devos).</t>
         </is>
       </c>
       <c r="C510" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D510" s="2" t="inlineStr">
         <is>
           <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E510" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F510" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G510" s="2"/>
       <c r="H510" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="1" t="n">
-        <v>79245</v>
+        <v>79242</v>
       </c>
       <c r="B511" s="2" t="inlineStr">
         <is>
-          <t>Le village de Saint-Job en juin 1876.</t>
+          <t>La Maison seigneuriale - Uccle (Maison scabinale).</t>
         </is>
       </c>
       <c r="C511" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D511" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, Alice</t>
+          <t>Stroobant, Adeline</t>
         </is>
       </c>
       <c r="E511" s="2" t="inlineStr">
         <is>
-          <t>1876 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F511" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G511" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H511" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="1" t="n">
-        <v>79478</v>
+        <v>78826</v>
       </c>
       <c r="B512" s="2" t="inlineStr">
         <is>
-          <t>Charge du 9è Régiment de Cuirassiers.</t>
+          <t>Au Crabbegat, Uccle 1895</t>
         </is>
       </c>
       <c r="C512" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D512" s="2" t="inlineStr">
         <is>
-          <t>Detaille, d'après</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E512" s="2" t="inlineStr">
         <is>
-          <t>1877 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F512" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G512" s="2"/>
       <c r="H512" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="1" t="n">
-        <v>79011</v>
+        <v>78845</v>
       </c>
       <c r="B513" s="2" t="inlineStr">
         <is>
-          <t>La Femme blonde.</t>
+          <t>Isabelle Brandt</t>
         </is>
       </c>
       <c r="C513" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D513" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E513" s="2" t="inlineStr">
         <is>
-          <t>1878 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F513" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H513" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G513" s="2"/>
+      <c r="H513" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="1" t="n">
-        <v>79251</v>
+        <v>79168</v>
       </c>
       <c r="B514" s="2" t="inlineStr">
         <is>
-          <t>Le Pays de Beersel.</t>
+          <t>M. Tousseyn François Louis.</t>
         </is>
       </c>
       <c r="C514" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D514" s="2" t="inlineStr">
         <is>
-          <t>Taelemans, Jean-François</t>
+          <t>Petit, C.</t>
         </is>
       </c>
       <c r="E514" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F514" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G514" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H514" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="1" t="n">
-        <v>78863</v>
+        <v>78869</v>
       </c>
       <c r="B515" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant (d'après Devos).</t>
+          <t>Canal Isabelle à Knocke.</t>
         </is>
       </c>
       <c r="C515" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D515" s="2" t="inlineStr">
         <is>
           <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E515" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F515" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G515" s="2"/>
       <c r="H515" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="1" t="n">
-        <v>79242</v>
+        <v>79388</v>
       </c>
       <c r="B516" s="2" t="inlineStr">
         <is>
-          <t>La Maison seigneuriale - Uccle (Maison scabinale).</t>
+          <t>L'Impasse.</t>
         </is>
       </c>
       <c r="C516" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D516" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, Adeline</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E516" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F516" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H516" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G516" s="2"/>
+      <c r="H516" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="1" t="n">
-        <v>78826</v>
+        <v>79153</v>
       </c>
       <c r="B517" s="2" t="inlineStr">
         <is>
-          <t>Au Crabbegat, Uccle 1895</t>
+          <t>Louise.</t>
         </is>
       </c>
       <c r="C517" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D517" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E517" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F517" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G517" s="2"/>
-      <c r="H517" s="2"/>
+      <c r="H517" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte, gravure à la pointe-sèche</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="1" t="n">
-        <v>78845</v>
+        <v>79156</v>
       </c>
       <c r="B518" s="2" t="inlineStr">
         <is>
-          <t>Isabelle Brandt</t>
+          <t>Estacade.</t>
         </is>
       </c>
       <c r="C518" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D518" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E518" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F518" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G518" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H518" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="1" t="n">
-        <v>79168</v>
+        <v>79179</v>
       </c>
       <c r="B519" s="2" t="inlineStr">
         <is>
-          <t>M. Tousseyn François Louis.</t>
+          <t>Le Château de Wolvendael.</t>
         </is>
       </c>
       <c r="C519" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D519" s="2" t="inlineStr">
         <is>
-          <t>Petit, C.</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E519" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F519" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H519" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G519" s="2"/>
+      <c r="H519" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="1" t="n">
-        <v>78869</v>
+        <v>79183</v>
       </c>
       <c r="B520" s="2" t="inlineStr">
         <is>
-          <t>Canal Isabelle à Knocke.</t>
+          <t>Le Cabaret du Hoef</t>
         </is>
       </c>
       <c r="C520" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D520" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E520" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F520" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G520" s="2"/>
       <c r="H520" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="1" t="n">
-        <v>79388</v>
+        <v>79185</v>
       </c>
       <c r="B521" s="2" t="inlineStr">
         <is>
-          <t>L'Impasse.</t>
+          <t>La Ferme Rose vue du Galgenberg.</t>
         </is>
       </c>
       <c r="C521" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D521" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E521" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F521" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G521" s="2"/>
       <c r="H521" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="1" t="n">
-        <v>79153</v>
+        <v>79198</v>
       </c>
       <c r="B522" s="2" t="inlineStr">
         <is>
-          <t>Louise.</t>
+          <t>Nature morte.</t>
         </is>
       </c>
       <c r="C522" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D522" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Quonian, Charles</t>
         </is>
       </c>
       <c r="E522" s="2" t="inlineStr">
         <is>
           <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F522" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G522" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H522" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="1" t="n">
-        <v>79156</v>
+        <v>79225</v>
       </c>
       <c r="B523" s="2" t="inlineStr">
         <is>
-          <t>Estacade.</t>
+          <t>Inondation</t>
         </is>
       </c>
       <c r="C523" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D523" s="2" t="inlineStr">
         <is>
-          <t>Oleffe, Auguste</t>
+          <t>Scoupreman, Pierre</t>
         </is>
       </c>
       <c r="E523" s="2" t="inlineStr">
         <is>
           <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F523" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G523" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H523" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="1" t="n">
-        <v>79179</v>
+        <v>79237</v>
       </c>
       <c r="B524" s="2" t="inlineStr">
         <is>
-          <t>Le Château de Wolvendael.</t>
+          <t>Panorama d'Uccle en 1903.</t>
         </is>
       </c>
       <c r="C524" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D524" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Stiévenart, Pol</t>
         </is>
       </c>
       <c r="E524" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F524" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G524" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H524" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="1" t="n">
-        <v>79183</v>
+        <v>79267</v>
       </c>
       <c r="B525" s="2" t="inlineStr">
         <is>
-          <t>Le Cabaret du Hoef</t>
+          <t>Jeune fille.</t>
         </is>
       </c>
       <c r="C525" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D525" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Thiebaut, Edouard</t>
         </is>
       </c>
       <c r="E525" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F525" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G525" s="2" t="inlineStr">
+        <is>
+          <t>sanguine</t>
+        </is>
+      </c>
+      <c r="H525" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="1" t="n">
-        <v>79185</v>
+        <v>78927</v>
       </c>
       <c r="B526" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose vue du Galgenberg.</t>
+          <t>Portrait de l'artiste.</t>
         </is>
       </c>
       <c r="C526" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D526" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Dierickx, José</t>
         </is>
       </c>
       <c r="E526" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F526" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G526" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H526" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="1" t="n">
-        <v>79198</v>
+        <v>78975</v>
       </c>
       <c r="B527" s="2" t="inlineStr">
         <is>
-          <t>Nature morte.</t>
+          <t>Auguste Danse.</t>
         </is>
       </c>
       <c r="C527" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D527" s="2" t="inlineStr">
         <is>
-          <t>Quonian, Charles</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E527" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F527" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G527" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H527" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="1" t="n">
-        <v>79225</v>
+        <v>79264</v>
       </c>
       <c r="B528" s="2" t="inlineStr">
         <is>
-          <t>Inondation</t>
+          <t>Intérieur de la Ferme Rose.</t>
         </is>
       </c>
       <c r="C528" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D528" s="2" t="inlineStr">
         <is>
-          <t>Scoupreman, Pierre</t>
+          <t>Thevenet,  Louis</t>
         </is>
       </c>
       <c r="E528" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F528" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G528" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H528" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="1" t="n">
-        <v>79237</v>
+        <v>79227</v>
       </c>
       <c r="B529" s="2" t="inlineStr">
         <is>
-          <t>Panorama d'Uccle en 1903.</t>
+          <t>La Maison seigneuriale (rue Rouge).</t>
         </is>
       </c>
       <c r="C529" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D529" s="2" t="inlineStr">
         <is>
-          <t>Stiévenart, Pol</t>
+          <t>Scoyer, Paul</t>
         </is>
       </c>
       <c r="E529" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F529" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H529" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G529" s="2"/>
+      <c r="H529" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="1" t="n">
-        <v>79267</v>
+        <v>78974</v>
       </c>
       <c r="B530" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille.</t>
+          <t>Charles Viane.</t>
         </is>
       </c>
       <c r="C530" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D530" s="2" t="inlineStr">
         <is>
-          <t>Thiebaut, Edouard</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E530" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F530" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G530" s="2" t="inlineStr">
         <is>
-          <t>sanguine</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H530" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="1" t="n">
-        <v>78927</v>
+        <v>71156</v>
       </c>
       <c r="B531" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'artiste.</t>
+          <t>Maternité</t>
         </is>
       </c>
       <c r="C531" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D531" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, José</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E531" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F531" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G531" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H531" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="1" t="n">
-        <v>78975</v>
+        <v>78839</v>
       </c>
       <c r="B532" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse.</t>
+          <t>Le moulin du Keyenbempt.</t>
         </is>
       </c>
       <c r="C532" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D532" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E532" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F532" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G532" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
-[...2 lines deleted...]
-      <c r="H532" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H532" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="1" t="n">
-        <v>79264</v>
+        <v>79573</v>
       </c>
       <c r="B533" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la Ferme Rose.</t>
+          <t>Château Seigneurie de Drogenbosch.</t>
         </is>
       </c>
       <c r="C533" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D533" s="2" t="inlineStr">
         <is>
-          <t>Thevenet,  Louis</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E533" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F533" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H533" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G533" s="2"/>
+      <c r="H533" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="1" t="n">
-        <v>79227</v>
+        <v>78946</v>
       </c>
       <c r="B534" s="2" t="inlineStr">
         <is>
-          <t>La Maison seigneuriale (rue Rouge).</t>
+          <t>Le Pont rustique du Crabbegat.</t>
         </is>
       </c>
       <c r="C534" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D534" s="2" t="inlineStr">
         <is>
-          <t>Scoyer, Paul</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E534" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F534" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G534" s="2"/>
       <c r="H534" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="1" t="n">
-        <v>78974</v>
+        <v>78961</v>
       </c>
       <c r="B535" s="2" t="inlineStr">
         <is>
-          <t>Charles Viane.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C535" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D535" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E535" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F535" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G535" s="2"/>
       <c r="H535" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="1" t="n">
-        <v>71156</v>
+        <v>79263</v>
       </c>
       <c r="B536" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>Ce que j'aime.</t>
         </is>
       </c>
       <c r="C536" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D536" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Thevenet,  Louis</t>
         </is>
       </c>
       <c r="E536" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F536" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G536" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H536" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="1" t="n">
-        <v>78839</v>
+        <v>79093</v>
       </c>
       <c r="B537" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt.</t>
+          <t>Monsieur Charles Bernaerts.</t>
         </is>
       </c>
       <c r="C537" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D537" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Lefebvre, Maurice</t>
         </is>
       </c>
       <c r="E537" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F537" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G537" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H537" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="1" t="n">
-        <v>79573</v>
+        <v>78952</v>
       </c>
       <c r="B538" s="2" t="inlineStr">
         <is>
-          <t>Château Seigneurie de Drogenbosch.</t>
+          <t>Distribution de la soupe (St-Job).</t>
         </is>
       </c>
       <c r="C538" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D538" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E538" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1915 - </t>
         </is>
       </c>
       <c r="F538" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G538" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H538" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="1" t="n">
-        <v>78946</v>
+        <v>78955</v>
       </c>
       <c r="B539" s="2" t="inlineStr">
         <is>
-          <t>Le Pont rustique du Crabbegat.</t>
+          <t>Réfectoire Petites Abeilles.</t>
         </is>
       </c>
       <c r="C539" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D539" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E539" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1916 - </t>
         </is>
       </c>
       <c r="F539" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G539" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H539" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="1" t="n">
-        <v>78961</v>
+        <v>78956</v>
       </c>
       <c r="B540" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Réfectoires débiles.</t>
         </is>
       </c>
       <c r="C540" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D540" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E540" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F540" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G540" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G540" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H540" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="1" t="n">
-        <v>79263</v>
+        <v>79236</v>
       </c>
       <c r="B541" s="2" t="inlineStr">
         <is>
-          <t>Ce que j'aime.</t>
+          <t>Vieille abbaye de la Cambre</t>
         </is>
       </c>
       <c r="C541" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D541" s="2" t="inlineStr">
         <is>
-          <t>Thevenet,  Louis</t>
+          <t>Stevan, Jean</t>
         </is>
       </c>
       <c r="E541" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F541" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G541" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plume</t>
         </is>
       </c>
       <c r="H541" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="1" t="n">
-        <v>79093</v>
+        <v>79290</v>
       </c>
       <c r="B542" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Charles Bernaerts.</t>
+          <t>Le moulin du Keyenbempt à Uccle (Moulin à eau du Keyenbempt).</t>
         </is>
       </c>
       <c r="C542" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D542" s="2" t="inlineStr">
         <is>
-          <t>Lefebvre, Maurice</t>
+          <t>van Eyck, Gaston</t>
         </is>
       </c>
       <c r="E542" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F542" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G542" s="2"/>
       <c r="H542" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="1" t="n">
-        <v>78952</v>
+        <v>78954</v>
       </c>
       <c r="B543" s="2" t="inlineStr">
         <is>
-          <t>Distribution de la soupe (St-Job).</t>
+          <t>Magasin communal.</t>
         </is>
       </c>
       <c r="C543" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D543" s="2" t="inlineStr">
         <is>
           <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E543" s="2" t="inlineStr">
         <is>
-          <t>1915 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F543" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G543" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H543" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="1" t="n">
-        <v>78955</v>
+        <v>79578</v>
       </c>
       <c r="B544" s="2" t="inlineStr">
         <is>
-          <t>Réfectoire Petites Abeilles.</t>
+          <t>Chemin de halage.</t>
         </is>
       </c>
       <c r="C544" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D544" s="2" t="inlineStr">
         <is>
           <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E544" s="2" t="inlineStr">
         <is>
-          <t>1916 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F544" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G544" s="2"/>
       <c r="H544" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="1" t="n">
-        <v>78956</v>
+        <v>79591</v>
       </c>
       <c r="B545" s="2" t="inlineStr">
         <is>
-          <t>Réfectoires débiles.</t>
+          <t>Ferme Jacquemijns - ancienne rue des Paroissiens à Uccle.</t>
         </is>
       </c>
       <c r="C545" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D545" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>van Eyck, Gaston</t>
         </is>
       </c>
       <c r="E545" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F545" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G545" s="2"/>
       <c r="H545" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="1" t="n">
-        <v>79236</v>
+        <v>78851</v>
       </c>
       <c r="B546" s="2" t="inlineStr">
         <is>
-          <t>Vieille abbaye de la Cambre</t>
+          <t>Femme nue (sépia).</t>
         </is>
       </c>
       <c r="C546" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D546" s="2" t="inlineStr">
         <is>
-          <t>Stevan, Jean</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E546" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F546" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H546" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G546" s="2"/>
+      <c r="H546" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="1" t="n">
-        <v>79290</v>
+        <v>78929</v>
       </c>
       <c r="B547" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt à Uccle (Moulin à eau du Keyenbempt).</t>
+          <t>Diplôme communal délivré en 1919, dévoués pendant la guerre 1914-1918.</t>
         </is>
       </c>
       <c r="C547" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D547" s="2" t="inlineStr">
         <is>
-          <t>van Eyck, Gaston</t>
+          <t>Dierickx, José</t>
         </is>
       </c>
       <c r="E547" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F547" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G547" s="2"/>
       <c r="H547" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="1" t="n">
-        <v>78954</v>
+        <v>79497</v>
       </c>
       <c r="B548" s="2" t="inlineStr">
         <is>
-          <t>Magasin communal.</t>
+          <t>Germaine.</t>
         </is>
       </c>
       <c r="C548" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D548" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Viane, Charles</t>
         </is>
       </c>
       <c r="E548" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F548" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G548" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H548" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="1" t="n">
-        <v>79578</v>
+        <v>79303</v>
       </c>
       <c r="B549" s="2" t="inlineStr">
         <is>
-          <t>Chemin de halage.</t>
+          <t>Kermesse à Uccle.</t>
         </is>
       </c>
       <c r="C549" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D549" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Van Nieuwenhuyse, J.W.</t>
         </is>
       </c>
       <c r="E549" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F549" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G549" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G549" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H549" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="1" t="n">
-        <v>79591</v>
+        <v>78902</v>
       </c>
       <c r="B550" s="2" t="inlineStr">
         <is>
-          <t>Ferme Jacquemijns - ancienne rue des Paroissiens à Uccle.</t>
+          <t>La rue Basse</t>
         </is>
       </c>
       <c r="C550" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D550" s="2" t="inlineStr">
         <is>
-          <t>van Eyck, Gaston</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E550" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F550" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...3 lines deleted...]
-      <c r="H550" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G550" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H550" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
       <c r="A551" s="1" t="n">
-        <v>78851</v>
+        <v>78995</v>
       </c>
       <c r="B551" s="2" t="inlineStr">
         <is>
-          <t>Femme nue (sépia).</t>
+          <t>Éléphant.</t>
         </is>
       </c>
       <c r="C551" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D551" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Hager, Albert</t>
         </is>
       </c>
       <c r="E551" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F551" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G551" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H551" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="1" t="n">
-        <v>78929</v>
+        <v>79298</v>
       </c>
       <c r="B552" s="2" t="inlineStr">
         <is>
-          <t>Diplôme communal délivré en 1919, dévoués pendant la guerre 1914-1918.</t>
+          <t>Pavillon de Wolvendael.</t>
         </is>
       </c>
       <c r="C552" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D552" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, José</t>
+          <t>Van Holsbeeck, Albert</t>
         </is>
       </c>
       <c r="E552" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F552" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G552" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G552" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H552" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
       <c r="A553" s="1" t="n">
-        <v>79497</v>
+        <v>79559</v>
       </c>
       <c r="B553" s="2" t="inlineStr">
         <is>
-          <t>Germaine.</t>
+          <t>Madame André Cluysenaar.</t>
         </is>
       </c>
       <c r="C553" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D553" s="2" t="inlineStr">
         <is>
-          <t>Viane, Charles</t>
+          <t>Cluysenaar, John</t>
         </is>
       </c>
       <c r="E553" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F553" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G553" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H553" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="1" t="n">
-        <v>79303</v>
+        <v>79584</v>
       </c>
       <c r="B554" s="2" t="inlineStr">
         <is>
-          <t>Kermesse à Uccle.</t>
+          <t>Arbres en prairie.</t>
         </is>
       </c>
       <c r="C554" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D554" s="2" t="inlineStr">
         <is>
-          <t>Van Nieuwenhuyse, J.W.</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E554" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F554" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G554" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H554" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="1" t="n">
-        <v>78902</v>
+        <v>79079</v>
       </c>
       <c r="B555" s="2" t="inlineStr">
         <is>
-          <t>La rue Basse</t>
+          <t>Pierre Scoupreman, le peintre</t>
         </is>
       </c>
       <c r="C555" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D555" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E555" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F555" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G555" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>fusain</t>
+        </is>
+      </c>
+      <c r="H555" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="1" t="n">
-        <v>78995</v>
+        <v>79195</v>
       </c>
       <c r="B556" s="2" t="inlineStr">
         <is>
-          <t>Éléphant.</t>
+          <t>Le Vieux Cornet anno 1570.</t>
         </is>
       </c>
       <c r="C556" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D556" s="2" t="inlineStr">
         <is>
-          <t>Hager, Albert</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E556" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F556" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H556" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G556" s="2"/>
+      <c r="H556" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="1" t="n">
-        <v>79298</v>
+        <v>79330</v>
       </c>
       <c r="B557" s="2" t="inlineStr">
         <is>
-          <t>Pavillon de Wolvendael.</t>
+          <t>Atelier de l'artiste.</t>
         </is>
       </c>
       <c r="C557" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D557" s="2" t="inlineStr">
         <is>
-          <t>Van Holsbeeck, Albert</t>
+          <t>Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E557" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F557" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G557" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H557" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="1" t="n">
-        <v>79559</v>
+        <v>79586</v>
       </c>
       <c r="B558" s="2" t="inlineStr">
         <is>
-          <t>Madame André Cluysenaar.</t>
+          <t>Vieux Cornet Uccle.</t>
         </is>
       </c>
       <c r="C558" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D558" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, John</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E558" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F558" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G558" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>pastel</t>
         </is>
       </c>
       <c r="H558" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="1" t="n">
-        <v>79584</v>
+        <v>78884</v>
       </c>
       <c r="B559" s="2" t="inlineStr">
         <is>
-          <t>Arbres en prairie.</t>
+          <t>Représentation de l'Arlésienne au Théâtre de Verdure.</t>
         </is>
       </c>
       <c r="C559" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D559" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E559" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F559" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G559" s="2"/>
       <c r="H559" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="1" t="n">
-        <v>79079</v>
+        <v>79278</v>
       </c>
       <c r="B560" s="2" t="inlineStr">
         <is>
-          <t>Pierre Scoupreman, le peintre</t>
+          <t>La Chapelle de Stalle, vue de la rue Rittweger.</t>
         </is>
       </c>
       <c r="C560" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D560" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>van de Broek, Pol</t>
         </is>
       </c>
       <c r="E560" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F560" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G560" s="2" t="inlineStr">
         <is>
-          <t>fusain</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H560" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="1" t="n">
-        <v>79195</v>
+        <v>78815</v>
       </c>
       <c r="B561" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet anno 1570.</t>
+          <t>La moisson</t>
         </is>
       </c>
       <c r="C561" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D561" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Cockx, Philibert</t>
         </is>
       </c>
       <c r="E561" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F561" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G561" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H561" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="1" t="n">
-        <v>79330</v>
+        <v>79352</v>
       </c>
       <c r="B562" s="2" t="inlineStr">
         <is>
-          <t>Atelier de l'artiste.</t>
+          <t>Hommage au soldat inconnu.</t>
         </is>
       </c>
       <c r="C562" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D562" s="2" t="inlineStr">
         <is>
-          <t>Wansart, Adolphe</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E562" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F562" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G562" s="2"/>
       <c r="H562" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="1" t="n">
-        <v>79586</v>
+        <v>79167</v>
       </c>
       <c r="B563" s="2" t="inlineStr">
         <is>
-          <t>Vieux Cornet Uccle.</t>
+          <t>Paysage à Rhode.</t>
         </is>
       </c>
       <c r="C563" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D563" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Pietercelie, Alfred</t>
         </is>
       </c>
       <c r="E563" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F563" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G563" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G563" s="2"/>
       <c r="H563" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="1" t="n">
-        <v>78884</v>
+        <v>79537</v>
       </c>
       <c r="B564" s="2" t="inlineStr">
         <is>
-          <t>Représentation de l'Arlésienne au Théâtre de Verdure.</t>
+          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
         </is>
       </c>
       <c r="C564" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D564" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E564" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F564" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G564" s="2"/>
-      <c r="H564" s="2"/>
+      <c r="H564" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="1" t="n">
-        <v>79278</v>
+        <v>79621</v>
       </c>
       <c r="B565" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle, vue de la rue Rittweger.</t>
+          <t>Pierre Carsoel.</t>
         </is>
       </c>
       <c r="C565" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D565" s="2" t="inlineStr">
         <is>
-          <t>van de Broek, Pol</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E565" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1925 - </t>
+        </is>
+      </c>
+      <c r="F565" s="2"/>
+      <c r="G565" s="2"/>
       <c r="H565" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="1" t="n">
-        <v>78815</v>
+        <v>78980</v>
       </c>
       <c r="B566" s="2" t="inlineStr">
         <is>
-          <t>La moisson</t>
+          <t>Les Peupliers de la Grave (Hautes Alpes).</t>
         </is>
       </c>
       <c r="C566" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D566" s="2" t="inlineStr">
         <is>
-          <t>Cockx, Philibert</t>
+          <t>Guilbert, Maurice</t>
         </is>
       </c>
       <c r="E566" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F566" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G566" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H566" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="1" t="n">
-        <v>79352</v>
+        <v>78901</v>
       </c>
       <c r="B567" s="2" t="inlineStr">
         <is>
-          <t>Hommage au soldat inconnu.</t>
+          <t>La rue de Stalle.</t>
         </is>
       </c>
       <c r="C567" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D567" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E567" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F567" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G567" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G567" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H567" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="1" t="n">
-        <v>79167</v>
+        <v>79229</v>
       </c>
       <c r="B568" s="2" t="inlineStr">
         <is>
-          <t>Paysage à Rhode.</t>
+          <t>Ferme Dandoy (Langeveld)</t>
         </is>
       </c>
       <c r="C568" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D568" s="2" t="inlineStr">
         <is>
-          <t>Pietercelie, Alfred</t>
+          <t>Sirtaine, Albert</t>
         </is>
       </c>
       <c r="E568" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F568" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...3 lines deleted...]
-      <c r="H568" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G568" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H568" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="1" t="n">
-        <v>79537</v>
+        <v>79232</v>
       </c>
       <c r="B569" s="2" t="inlineStr">
         <is>
-          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
+          <t>Kermesse à Saint-Job.</t>
         </is>
       </c>
       <c r="C569" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D569" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Sneyers, Emile</t>
         </is>
       </c>
       <c r="E569" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1926 - </t>
+        </is>
+      </c>
+      <c r="F569" s="2"/>
       <c r="G569" s="2"/>
       <c r="H569" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="1" t="n">
-        <v>79621</v>
+        <v>78740</v>
       </c>
       <c r="B570" s="2" t="inlineStr">
         <is>
-          <t>Pierre Carsoel.</t>
+          <t>Une Table couverte de fruits, légumes et poissons.</t>
         </is>
       </c>
       <c r="C570" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D570" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E570" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
-[...3 lines deleted...]
-      <c r="G570" s="2"/>
+          <t>1926 - </t>
+        </is>
+      </c>
+      <c r="F570" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G570" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H570" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="1" t="n">
-        <v>78980</v>
+        <v>79033</v>
       </c>
       <c r="B571" s="2" t="inlineStr">
         <is>
-          <t>Les Peupliers de la Grave (Hautes Alpes).</t>
+          <t>Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C571" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D571" s="2" t="inlineStr">
         <is>
-          <t>Guilbert, Maurice</t>
+          <t>Holst, Frans</t>
         </is>
       </c>
       <c r="E571" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F571" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G571" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain</t>
         </is>
       </c>
       <c r="H571" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="1" t="n">
-        <v>78901</v>
+        <v>79802</v>
       </c>
       <c r="B572" s="2" t="inlineStr">
         <is>
-          <t>La rue de Stalle.</t>
+          <t>La rue de Stalle</t>
         </is>
       </c>
       <c r="C572" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D572" s="2" t="inlineStr">
         <is>
           <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E572" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
-      <c r="F572" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F572" s="2"/>
+      <c r="G572" s="2"/>
       <c r="H572" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="1" t="n">
-        <v>79232</v>
+        <v>78781</v>
       </c>
       <c r="B573" s="2" t="inlineStr">
         <is>
-          <t>Kermesse à Saint-Job.</t>
+          <t>L'enfant.</t>
         </is>
       </c>
       <c r="C573" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D573" s="2" t="inlineStr">
         <is>
-          <t>Sneyers, Emile</t>
+          <t>Buisseret, Louis</t>
         </is>
       </c>
       <c r="E573" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
-      <c r="F573" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="F573" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G573" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H573" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="1" t="n">
-        <v>78740</v>
+        <v>78739</v>
       </c>
       <c r="B574" s="2" t="inlineStr">
         <is>
-          <t>Une Table couverte de fruits, légumes et poissons.</t>
+          <t>L'Étable.</t>
         </is>
       </c>
       <c r="C574" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D574" s="2" t="inlineStr">
         <is>
           <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E574" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1927 - </t>
         </is>
       </c>
       <c r="F574" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G574" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H574" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="1" t="n">
-        <v>79033</v>
+        <v>78963</v>
       </c>
       <c r="B575" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Stalle.</t>
+          <t>La rue Joseph Bens</t>
         </is>
       </c>
       <c r="C575" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D575" s="2" t="inlineStr">
         <is>
-          <t>Holst, Frans</t>
+          <t>Fuchs, Marc</t>
         </is>
       </c>
       <c r="E575" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F575" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G575" s="2" t="inlineStr">
         <is>
-          <t>fusain</t>
-[...2 lines deleted...]
-      <c r="H575" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H575" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="1" t="n">
-        <v>79802</v>
+        <v>79044</v>
       </c>
       <c r="B576" s="2" t="inlineStr">
         <is>
-          <t>La rue de Stalle</t>
+          <t>Procession au Spijtigen duivel</t>
         </is>
       </c>
       <c r="C576" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D576" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Isen-Beck, Théodore</t>
         </is>
       </c>
       <c r="E576" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
-[...4 lines deleted...]
-      <c r="H576" s="2"/>
+          <t>1928 - </t>
+        </is>
+      </c>
+      <c r="F576" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G576" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H576" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="1" t="n">
-        <v>78781</v>
+        <v>79085</v>
       </c>
       <c r="B577" s="2" t="inlineStr">
         <is>
-          <t>L'enfant.</t>
+          <t>Le Papenkasteel.</t>
         </is>
       </c>
       <c r="C577" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D577" s="2" t="inlineStr">
         <is>
-          <t>Buisseret, Louis</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E577" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F577" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G577" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H577" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="1" t="n">
-        <v>78739</v>
+        <v>79105</v>
       </c>
       <c r="B578" s="2" t="inlineStr">
         <is>
-          <t>L'Étable.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C578" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D578" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Logelain, Alphonse</t>
         </is>
       </c>
       <c r="E578" s="2" t="inlineStr">
         <is>
-          <t>1927 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F578" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G578" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H578" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="1" t="n">
-        <v>78963</v>
+        <v>79148</v>
       </c>
       <c r="B579" s="2" t="inlineStr">
         <is>
-          <t>La rue Joseph Bens</t>
+          <t>Kamerdelle</t>
         </is>
       </c>
       <c r="C579" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D579" s="2" t="inlineStr">
         <is>
-          <t>Fuchs, Marc</t>
+          <t>Minne, Jean-Louis</t>
         </is>
       </c>
       <c r="E579" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F579" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G579" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H579" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="1" t="n">
-        <v>79044</v>
+        <v>78792</v>
       </c>
       <c r="B580" s="2" t="inlineStr">
         <is>
-          <t>Procession au Spijtigen duivel</t>
+          <t>Chanteur de rue.</t>
         </is>
       </c>
       <c r="C580" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D580" s="2" t="inlineStr">
         <is>
-          <t>Isen-Beck, Théodore</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E580" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F580" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G580" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H580" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="1" t="n">
-        <v>79085</v>
+        <v>78727</v>
       </c>
       <c r="B581" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel.</t>
+          <t>La plantation de l'Arbre du Centenaire. au square Charles Lagrange</t>
         </is>
       </c>
       <c r="C581" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D581" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E581" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F581" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H581" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G581" s="2"/>
+      <c r="H581" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="1" t="n">
-        <v>79105</v>
+        <v>79346</v>
       </c>
       <c r="B582" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Tête blonde.</t>
         </is>
       </c>
       <c r="C582" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D582" s="2" t="inlineStr">
         <is>
-          <t>Logelain, Alphonse</t>
+          <t>Xhrouet, Maurice</t>
         </is>
       </c>
       <c r="E582" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F582" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G582" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H582" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="1" t="n">
-        <v>78792</v>
+        <v>78953</v>
       </c>
       <c r="B583" s="2" t="inlineStr">
         <is>
-          <t>Chanteur de rue.</t>
+          <t>Rue de la Pêcherie, Uccle Saint-Job</t>
         </is>
       </c>
       <c r="C583" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D583" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E583" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1931 - 1953</t>
         </is>
       </c>
       <c r="F583" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G583" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H583" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H583" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="1" t="n">
-        <v>78727</v>
+        <v>78818</v>
       </c>
       <c r="B584" s="2" t="inlineStr">
         <is>
-          <t>La plantation de l'Arbre du Centenaire. au square Charles Lagrange</t>
+          <t>L'église Saint-Pierre à Uccle.</t>
         </is>
       </c>
       <c r="C584" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D584" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Cocq, Suzanne</t>
         </is>
       </c>
       <c r="E584" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F584" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G584" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H584" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="1" t="n">
-        <v>79346</v>
+        <v>79600</v>
       </c>
       <c r="B585" s="2" t="inlineStr">
         <is>
-          <t>Tête blonde.</t>
+          <t>La reine Elisabeth en visite chez le peintre Léon Londot le 13.07.1932.</t>
         </is>
       </c>
       <c r="C585" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D585" s="2" t="inlineStr">
         <is>
-          <t>Xhrouet, Maurice</t>
+          <t>Londot</t>
         </is>
       </c>
       <c r="E585" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F585" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G585" s="2"/>
       <c r="H585" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="1" t="n">
-        <v>78953</v>
+        <v>79460</v>
       </c>
       <c r="B586" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Pêcherie, Uccle Saint-Job</t>
+          <t>Chat épiant.</t>
         </is>
       </c>
       <c r="C586" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D586" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E586" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1953</t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F586" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G586" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H586" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="1" t="n">
-        <v>78818</v>
+        <v>78780</v>
       </c>
       <c r="B587" s="2" t="inlineStr">
         <is>
-          <t>L'église Saint-Pierre à Uccle.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C587" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D587" s="2" t="inlineStr">
         <is>
-          <t>Cocq, Suzanne</t>
+          <t>Brusselmans, Jean</t>
         </is>
       </c>
       <c r="E587" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F587" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G587" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H587" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="1" t="n">
-        <v>79600</v>
+        <v>79175</v>
       </c>
       <c r="B588" s="2" t="inlineStr">
         <is>
-          <t>La reine Elisabeth en visite chez le peintre Léon Londot le 13.07.1932.</t>
+          <t>Le vallon du Kamerdelle</t>
         </is>
       </c>
       <c r="C588" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D588" s="2" t="inlineStr">
         <is>
-          <t>Londot</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E588" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F588" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H588" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G588" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H588" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="1" t="n">
-        <v>79460</v>
+        <v>79036</v>
       </c>
       <c r="B589" s="2" t="inlineStr">
         <is>
-          <t>Chat épiant.</t>
+          <t>La ferme de Brasschaat.</t>
         </is>
       </c>
       <c r="C589" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D589" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Huygelen, Frans</t>
         </is>
       </c>
       <c r="E589" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F589" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G589" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H589" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="1" t="n">
-        <v>78780</v>
+        <v>79312</v>
       </c>
       <c r="B590" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Le Port d'Ibiza - Les Baléares.</t>
         </is>
       </c>
       <c r="C590" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D590" s="2" t="inlineStr">
         <is>
-          <t>Brusselmans, Jean</t>
+          <t>Verburgh, Médard</t>
         </is>
       </c>
       <c r="E590" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F590" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G590" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H590" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="1" t="n">
-        <v>79175</v>
+        <v>78801</v>
       </c>
       <c r="B591" s="2" t="inlineStr">
         <is>
-          <t>Le vallon du Kamerdelle.</t>
+          <t>Joseph Jongen.</t>
         </is>
       </c>
       <c r="C591" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D591" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Charavel, P.</t>
         </is>
       </c>
       <c r="E591" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
-      <c r="F591" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F591" s="2"/>
+      <c r="G591" s="2"/>
       <c r="H591" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="1" t="n">
-        <v>79036</v>
+        <v>79329</v>
       </c>
       <c r="B592" s="2" t="inlineStr">
         <is>
-          <t>La ferme de Brasschaat.</t>
+          <t>Clochard - Paris 1933.</t>
         </is>
       </c>
       <c r="C592" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D592" s="2" t="inlineStr">
         <is>
-          <t>Huygelen, Frans</t>
+          <t>Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E592" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F592" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G592" s="2"/>
       <c r="H592" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="1" t="n">
-        <v>79312</v>
+        <v>79106</v>
       </c>
       <c r="B593" s="2" t="inlineStr">
         <is>
-          <t>Le Port d'Ibiza - Les Baléares.</t>
+          <t>son Portrait.</t>
         </is>
       </c>
       <c r="C593" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D593" s="2" t="inlineStr">
         <is>
-          <t>Verburgh, Médard</t>
+          <t>Logelain, Henri</t>
         </is>
       </c>
       <c r="E593" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F593" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G593" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>crayon noir</t>
         </is>
       </c>
       <c r="H593" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="1" t="n">
-        <v>78801</v>
+        <v>79224</v>
       </c>
       <c r="B594" s="2" t="inlineStr">
         <is>
-          <t>Joseph Jongen.</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C594" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D594" s="2" t="inlineStr">
         <is>
-          <t>Charavel, P.</t>
+          <t>Scoupreman, Pierre</t>
         </is>
       </c>
       <c r="E594" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
-[...3 lines deleted...]
-      <c r="G594" s="2"/>
+          <t>1935 - </t>
+        </is>
+      </c>
+      <c r="F594" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G594" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H594" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="1" t="n">
-        <v>79329</v>
+        <v>79294</v>
       </c>
       <c r="B595" s="2" t="inlineStr">
         <is>
-          <t>Clochard - Paris 1933.</t>
+          <t>Figure (nu)</t>
         </is>
       </c>
       <c r="C595" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D595" s="2" t="inlineStr">
         <is>
-          <t>Wansart, Adolphe</t>
+          <t>Van Goolen, Tony</t>
         </is>
       </c>
       <c r="E595" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F595" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G595" s="2"/>
+      <c r="G595" s="2" t="inlineStr">
+        <is>
+          <t>sanguine</t>
+        </is>
+      </c>
       <c r="H595" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="1" t="n">
-        <v>79106</v>
+        <v>79339</v>
       </c>
       <c r="B596" s="2" t="inlineStr">
         <is>
-          <t>son Portrait.</t>
+          <t>Mère et enfant - Maternité.</t>
         </is>
       </c>
       <c r="C596" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D596" s="2" t="inlineStr">
         <is>
-          <t>Logelain, Henri</t>
+          <t>Witterwulghe, Joseph</t>
         </is>
       </c>
       <c r="E596" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F596" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G596" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>crayon</t>
         </is>
       </c>
       <c r="H596" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="1" t="n">
-        <v>79224</v>
+        <v>78885</v>
       </c>
       <c r="B597" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Uccle, Kamerdelle.</t>
         </is>
       </c>
       <c r="C597" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D597" s="2" t="inlineStr">
         <is>
-          <t>Scoupreman, Pierre</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E597" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F597" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G597" s="2"/>
       <c r="H597" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="1" t="n">
-        <v>79294</v>
+        <v>79147</v>
       </c>
       <c r="B598" s="2" t="inlineStr">
         <is>
-          <t>Figure (nu)</t>
+          <t>Vivier d'Oie sous la neige, hiver 1937.</t>
         </is>
       </c>
       <c r="C598" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D598" s="2" t="inlineStr">
         <is>
-          <t>Van Goolen, Tony</t>
+          <t>Minne, Jean-Louis</t>
         </is>
       </c>
       <c r="E598" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F598" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G598" s="2" t="inlineStr">
         <is>
-          <t>sanguine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H598" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="1" t="n">
-        <v>79339</v>
+        <v>78895</v>
       </c>
       <c r="B599" s="2" t="inlineStr">
         <is>
-          <t>Mère et enfant - Maternité.</t>
+          <t>Paysage - Champs d'avoine</t>
         </is>
       </c>
       <c r="C599" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D599" s="2" t="inlineStr">
         <is>
-          <t>Witterwulghe, Joseph</t>
+          <t>De Kat, Anne-Pierre</t>
         </is>
       </c>
       <c r="E599" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F599" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G599" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H599" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="1" t="n">
-        <v>78885</v>
+        <v>79509</v>
       </c>
       <c r="B600" s="2" t="inlineStr">
         <is>
-          <t>Uccle, Kamerdelle.</t>
+          <t>Avenue Brugmann, 1937 ….</t>
         </is>
       </c>
       <c r="C600" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D600" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Rigaux, Louis</t>
         </is>
       </c>
       <c r="E600" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F600" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G600" s="2"/>
-      <c r="H600" s="2"/>
+      <c r="H600" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="1" t="n">
-        <v>79147</v>
+        <v>79287</v>
       </c>
       <c r="B601" s="2" t="inlineStr">
         <is>
-          <t>Vivier d'Oie sous la neige, hiver 1937.</t>
+          <t>Le Presbytère d'Uccle Saint-Pierre.</t>
         </is>
       </c>
       <c r="C601" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D601" s="2" t="inlineStr">
         <is>
-          <t>Minne, Jean-Louis</t>
+          <t>Vander Linden,  Irène</t>
         </is>
       </c>
       <c r="E601" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F601" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G601" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H601" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="1" t="n">
-        <v>78895</v>
+        <v>79056</v>
       </c>
       <c r="B602" s="2" t="inlineStr">
         <is>
-          <t>Paysage - Champs d'avoine</t>
+          <t>Nature morte.</t>
         </is>
       </c>
       <c r="C602" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D602" s="2" t="inlineStr">
         <is>
-          <t>De Kat, Anne-Pierre</t>
+          <t>Jorwitz, Ferdinand</t>
         </is>
       </c>
       <c r="E602" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F602" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G602" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H602" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="1" t="n">
-        <v>79509</v>
+        <v>79574</v>
       </c>
       <c r="B603" s="2" t="inlineStr">
         <is>
-          <t>Avenue Brugmann, 1937 ….</t>
+          <t>Les Chérubins</t>
         </is>
       </c>
       <c r="C603" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D603" s="2" t="inlineStr">
         <is>
-          <t>Rigaux, Louis</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E603" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F603" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G603" s="2"/>
       <c r="H603" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="1" t="n">
-        <v>79287</v>
+        <v>79088</v>
       </c>
       <c r="B604" s="2" t="inlineStr">
         <is>
-          <t>Le Presbytère d'Uccle Saint-Pierre.</t>
+          <t>Parvis Saint-Pierre.</t>
         </is>
       </c>
       <c r="C604" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D604" s="2" t="inlineStr">
         <is>
-          <t>Vander Linden,  Irène</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E604" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F604" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G604" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H604" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="1" t="n">
-        <v>79056</v>
+        <v>79101</v>
       </c>
       <c r="B605" s="2" t="inlineStr">
         <is>
-          <t>Nature morte.</t>
+          <t>Une Sentinelle à "Het Sas" Basinghe_Soldat en tenue de campagne.</t>
         </is>
       </c>
       <c r="C605" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D605" s="2" t="inlineStr">
         <is>
-          <t>Jorwitz, Ferdinand</t>
+          <t>Léonard, Charly</t>
         </is>
       </c>
       <c r="E605" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F605" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G605" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H605" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="1" t="n">
-        <v>79574</v>
+        <v>79686</v>
       </c>
       <c r="B606" s="2" t="inlineStr">
         <is>
-          <t>Les Chérubins</t>
+          <t>Artiste peintre.</t>
         </is>
       </c>
       <c r="C606" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D606" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E606" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F606" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G606" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H606" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="1" t="n">
-        <v>79088</v>
+        <v>79495</v>
       </c>
       <c r="B607" s="2" t="inlineStr">
         <is>
-          <t>Parvis Saint-Pierre.</t>
+          <t>Henri Ottevaere.</t>
         </is>
       </c>
       <c r="C607" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D607" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E607" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F607" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G607" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H607" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="1" t="n">
-        <v>79101</v>
+        <v>78779</v>
       </c>
       <c r="B608" s="2" t="inlineStr">
         <is>
-          <t>Une Sentinelle à "Het Sas" Basinghe_Soldat en tenue de campagne.</t>
+          <t>Joseph Jongen.</t>
         </is>
       </c>
       <c r="C608" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D608" s="2" t="inlineStr">
         <is>
-          <t>Léonard, Charly</t>
+          <t>Brackenier, E.</t>
         </is>
       </c>
       <c r="E608" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F608" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G608" s="2"/>
       <c r="H608" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
       <c r="A609" s="1" t="n">
-        <v>79686</v>
+        <v>79319</v>
       </c>
       <c r="B609" s="2" t="inlineStr">
         <is>
-          <t>Artiste peintre.</t>
+          <t>Avenue de Messidor à Uccle.</t>
         </is>
       </c>
       <c r="C609" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D609" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Viane, Charles</t>
         </is>
       </c>
       <c r="E609" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F609" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G609" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H609" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="1" t="n">
-        <v>79495</v>
+        <v>79345</v>
       </c>
       <c r="B610" s="2" t="inlineStr">
         <is>
-          <t>Henri Ottevaere.</t>
+          <t>Yajane.</t>
         </is>
       </c>
       <c r="C610" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D610" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Xhrouet, Maurice</t>
         </is>
       </c>
       <c r="E610" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1940 - 1949</t>
         </is>
       </c>
       <c r="F610" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G610" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H610" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="1" t="n">
-        <v>78779</v>
+        <v>79756</v>
       </c>
       <c r="B611" s="2" t="inlineStr">
         <is>
-          <t>Joseph Jongen.</t>
+          <t>Charles Viane.</t>
         </is>
       </c>
       <c r="C611" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D611" s="2" t="inlineStr">
         <is>
-          <t>Brackenier, E.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E611" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1943 - </t>
         </is>
       </c>
       <c r="F611" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G611" s="2"/>
       <c r="H611" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="1" t="n">
-        <v>79319</v>
+        <v>78775</v>
       </c>
       <c r="B612" s="2" t="inlineStr">
         <is>
-          <t>Avenue de Messidor à Uccle.</t>
+          <t>Vase bleu avec fleurs.</t>
         </is>
       </c>
       <c r="C612" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D612" s="2" t="inlineStr">
         <is>
-          <t>Viane, Charles</t>
+          <t>Bourdon, Maurice</t>
         </is>
       </c>
       <c r="E612" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1943 - </t>
         </is>
       </c>
       <c r="F612" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G612" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H612" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="1" t="n">
-        <v>79345</v>
+        <v>79548</v>
       </c>
       <c r="B613" s="2" t="inlineStr">
         <is>
-          <t>Yajane.</t>
+          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150.</t>
         </is>
       </c>
       <c r="C613" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D613" s="2" t="inlineStr">
         <is>
-          <t>Xhrouet, Maurice</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E613" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1949</t>
+          <t>1944 - </t>
         </is>
       </c>
       <c r="F613" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H613" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G613" s="2"/>
+      <c r="H613" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="1" t="n">
-        <v>79756</v>
+        <v>78816</v>
       </c>
       <c r="B614" s="2" t="inlineStr">
         <is>
-          <t>Charles Viane.</t>
+          <t>Marine (Le pêcheur)</t>
         </is>
       </c>
       <c r="C614" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D614" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Cockx, Philibert</t>
         </is>
       </c>
       <c r="E614" s="2" t="inlineStr">
         <is>
-          <t>1943 - </t>
+          <t>1945 - </t>
         </is>
       </c>
       <c r="F614" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G614" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G614" s="2" t="inlineStr">
+        <is>
+          <t>gouache</t>
+        </is>
+      </c>
       <c r="H614" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="1" t="n">
-        <v>78775</v>
+        <v>79239</v>
       </c>
       <c r="B615" s="2" t="inlineStr">
         <is>
-          <t>Vase bleu avec fleurs.</t>
+          <t>Le Boschelet à Vance - Ardennes.</t>
         </is>
       </c>
       <c r="C615" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D615" s="2" t="inlineStr">
         <is>
-          <t>Bourdon, Maurice</t>
+          <t>Strebelle, Rodolphe</t>
         </is>
       </c>
       <c r="E615" s="2" t="inlineStr">
         <is>
-          <t>1943 - </t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F615" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G615" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H615" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="1" t="n">
-        <v>79548</v>
+        <v>79538</v>
       </c>
       <c r="B616" s="2" t="inlineStr">
         <is>
-          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150.</t>
+          <t>Le Pont d'Uccle Stalle.</t>
         </is>
       </c>
       <c r="C616" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D616" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E616" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F616" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G616" s="2"/>
       <c r="H616" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="1" t="n">
-        <v>78816</v>
+        <v>79296</v>
       </c>
       <c r="B617" s="2" t="inlineStr">
         <is>
-          <t>Marine (Le pêcheur)</t>
+          <t>Mer agitée - Heyst.</t>
         </is>
       </c>
       <c r="C617" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D617" s="2" t="inlineStr">
         <is>
-          <t>Cockx, Philibert</t>
+          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
         </is>
       </c>
       <c r="E617" s="2" t="inlineStr">
         <is>
-          <t>1945 - </t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F617" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G617" s="2" t="inlineStr">
         <is>
-          <t>gouache</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H617" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="1" t="n">
-        <v>79239</v>
+        <v>79096</v>
       </c>
       <c r="B618" s="2" t="inlineStr">
         <is>
-          <t>Le Boschelet à Vance - Ardennes.</t>
+          <t>À terre.</t>
         </is>
       </c>
       <c r="C618" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D618" s="2" t="inlineStr">
         <is>
-          <t>Strebelle, Rodolphe</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E618" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1947 - </t>
         </is>
       </c>
       <c r="F618" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G618" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H618" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="1" t="n">
-        <v>79538</v>
+        <v>78798</v>
       </c>
       <c r="B619" s="2" t="inlineStr">
         <is>
-          <t>Le Pont d'Uccle Stalle.</t>
+          <t>Les Oliviers - février 49.</t>
         </is>
       </c>
       <c r="C619" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D619" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E619" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F619" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G619" s="2"/>
-      <c r="H619" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H619" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="1" t="n">
-        <v>79296</v>
+        <v>79152</v>
       </c>
       <c r="B620" s="2" t="inlineStr">
         <is>
-          <t>Mer agitée - Heyst.</t>
+          <t>Micheline.</t>
         </is>
       </c>
       <c r="C620" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D620" s="2" t="inlineStr">
         <is>
-          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E620" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F620" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H620" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G620" s="2"/>
+      <c r="H620" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte, gravure à la pointe-sèche</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
       <c r="A621" s="1" t="n">
-        <v>79096</v>
+        <v>79063</v>
       </c>
       <c r="B621" s="2" t="inlineStr">
         <is>
-          <t>À terre.</t>
+          <t>Saorge</t>
         </is>
       </c>
       <c r="C621" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D621" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Nardo</t>
+          <t>Juste, Estelle</t>
         </is>
       </c>
       <c r="E621" s="2" t="inlineStr">
         <is>
-          <t>1947 - </t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F621" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G621" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H621" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="1" t="n">
-        <v>78798</v>
+        <v>79076</v>
       </c>
       <c r="B622" s="2" t="inlineStr">
         <is>
-          <t>Les Oliviers - février 49.</t>
+          <t>L'Étal.</t>
         </is>
       </c>
       <c r="C622" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D622" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E622" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F622" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G622" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G622" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H622" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
       <c r="A623" s="1" t="n">
-        <v>79152</v>
+        <v>79532</v>
       </c>
       <c r="B623" s="2" t="inlineStr">
         <is>
-          <t>Micheline.</t>
+          <t>Les Alpilles - Saint-Rémy de Provence.</t>
         </is>
       </c>
       <c r="C623" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D623" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Van Overstraeten, War</t>
         </is>
       </c>
       <c r="E623" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F623" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G623" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H623" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="1" t="n">
-        <v>79063</v>
+        <v>83429</v>
       </c>
       <c r="B624" s="2" t="inlineStr">
         <is>
-          <t>Saorge</t>
+          <t>Sur la plage</t>
         </is>
       </c>
       <c r="C624" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D624" s="2" t="inlineStr">
         <is>
-          <t>Juste, Estelle</t>
+          <t>Patoux, Emile</t>
         </is>
       </c>
       <c r="E624" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F624" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G624" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H624" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="1" t="n">
-        <v>79076</v>
+        <v>79647</v>
       </c>
       <c r="B625" s="2" t="inlineStr">
         <is>
-          <t>L'Étal.</t>
+          <t>Kermesse de St Job - ébauche du projet de l'affiche.</t>
         </is>
       </c>
       <c r="C625" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D625" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E625" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1952 - </t>
         </is>
       </c>
       <c r="F625" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G625" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H625" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="1" t="n">
-        <v>79532</v>
+        <v>79115</v>
       </c>
       <c r="B626" s="2" t="inlineStr">
         <is>
-          <t>Les Alpilles - Saint-Rémy de Provence.</t>
+          <t>Les instruments de musique</t>
         </is>
       </c>
       <c r="C626" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D626" s="2" t="inlineStr">
         <is>
-          <t>Van Overstraeten, War</t>
+          <t>Lyr, Claude</t>
         </is>
       </c>
       <c r="E626" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1953 - </t>
         </is>
       </c>
       <c r="F626" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G626" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H626" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="1" t="n">
-        <v>83429</v>
+        <v>79205</v>
       </c>
       <c r="B627" s="2" t="inlineStr">
         <is>
-          <t>Sur la plage</t>
+          <t>L'ancien moulin de Calevoet.</t>
         </is>
       </c>
       <c r="C627" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D627" s="2" t="inlineStr">
         <is>
-          <t>Patoux, Emile</t>
+          <t>Roidot, Henri</t>
         </is>
       </c>
       <c r="E627" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F627" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G627" s="2"/>
       <c r="H627" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="1" t="n">
-        <v>79647</v>
+        <v>79121</v>
       </c>
       <c r="B628" s="2" t="inlineStr">
         <is>
-          <t>Kermesse de St Job - ébauche du projet de l'affiche.</t>
+          <t>L'entrée de la Ferme Rose en 1957.</t>
         </is>
       </c>
       <c r="C628" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D628" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Maraite, Suzanne</t>
         </is>
       </c>
       <c r="E628" s="2" t="inlineStr">
         <is>
-          <t>1952 - </t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F628" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G628" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H628" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="1" t="n">
-        <v>79115</v>
+        <v>78874</v>
       </c>
       <c r="B629" s="2" t="inlineStr">
         <is>
-          <t>Les instruments de musique</t>
+          <t>Baigneuse se coiffant.</t>
         </is>
       </c>
       <c r="C629" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D629" s="2" t="inlineStr">
         <is>
-          <t>Lyr, Claude</t>
+          <t>Debonnaires, Fernand</t>
         </is>
       </c>
       <c r="E629" s="2" t="inlineStr">
         <is>
-          <t>1953 - </t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F629" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G629" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H629" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
       <c r="A630" s="1" t="n">
-        <v>79205</v>
+        <v>78962</v>
       </c>
       <c r="B630" s="2" t="inlineStr">
         <is>
-          <t>L'ancien moulin de Calevoet.</t>
+          <t>Nature morte, Crabe et poissons.</t>
         </is>
       </c>
       <c r="C630" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D630" s="2" t="inlineStr">
         <is>
-          <t>Roidot, Henri</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E630" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F630" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G630" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G630" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H630" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="1" t="n">
-        <v>79121</v>
+        <v>79534</v>
       </c>
       <c r="B631" s="2" t="inlineStr">
         <is>
-          <t>L'entrée de la Ferme Rose en 1957.</t>
+          <t>Paysage de Woluwé.</t>
         </is>
       </c>
       <c r="C631" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D631" s="2" t="inlineStr">
         <is>
-          <t>Maraite, Suzanne</t>
+          <t>Van Overstraeten, War</t>
         </is>
       </c>
       <c r="E631" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1961 - </t>
         </is>
       </c>
       <c r="F631" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G631" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H631" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="1" t="n">
-        <v>78874</v>
+        <v>79683</v>
       </c>
       <c r="B632" s="2" t="inlineStr">
         <is>
-          <t>Baigneuse se coiffant.</t>
+          <t>L'abandon de la Ferme Rose, nov. 1962</t>
         </is>
       </c>
       <c r="C632" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D632" s="2" t="inlineStr">
         <is>
-          <t>Debonnaires, Fernand</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E632" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F632" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G632" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H632" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H632" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="1" t="n">
-        <v>78962</v>
+        <v>78967</v>
       </c>
       <c r="B633" s="2" t="inlineStr">
         <is>
-          <t>Nature morte, Crabe et poissons.</t>
+          <t>Figure de proue</t>
         </is>
       </c>
       <c r="C633" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D633" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Glorie, Raymond</t>
         </is>
       </c>
       <c r="E633" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F633" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G633" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H633" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H633" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="1" t="n">
-        <v>79534</v>
+        <v>79004</v>
       </c>
       <c r="B634" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Woluwé.</t>
+          <t>Oie caronculée du Japon. Il n'est pas nécessaire d'espérer pour entreprendre ni de réussir pour persévérer</t>
         </is>
       </c>
       <c r="C634" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D634" s="2" t="inlineStr">
         <is>
-          <t>Van Overstraeten, War</t>
+          <t>Hanrez, Paul</t>
         </is>
       </c>
       <c r="E634" s="2" t="inlineStr">
         <is>
-          <t>1961 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F634" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G634" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H634" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="1" t="n">
-        <v>79683</v>
+        <v>79301</v>
       </c>
       <c r="B635" s="2" t="inlineStr">
         <is>
-          <t>L'abandon de la Ferme Rose, nov. 1962.</t>
+          <t>Quartier Churchill. La vie est à monter</t>
         </is>
       </c>
       <c r="C635" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D635" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Van Lent, Maria</t>
         </is>
       </c>
       <c r="E635" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F635" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G635" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H635" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="1" t="n">
-        <v>78967</v>
+        <v>78820</v>
       </c>
       <c r="B636" s="2" t="inlineStr">
         <is>
-          <t>Figure de proue</t>
+          <t>Le grand arbre du domaine abandonné - Hêtre de Boetendael.</t>
         </is>
       </c>
       <c r="C636" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D636" s="2" t="inlineStr">
         <is>
-          <t>Glorie, Raymond</t>
+          <t>Cocq, Suzanne</t>
         </is>
       </c>
       <c r="E636" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F636" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G636" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H636" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="1" t="n">
-        <v>79004</v>
+        <v>78910</v>
       </c>
       <c r="B637" s="2" t="inlineStr">
         <is>
-          <t>Oie caronculée du Japon. Il n'est pas nécessaire d'espérer pour entreprendre ni de réussir pour persévérer</t>
+          <t>Les Enfants Azema.</t>
         </is>
       </c>
       <c r="C637" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D637" s="2" t="inlineStr">
         <is>
-          <t>Hanrez, Paul</t>
+          <t>De Tavernier, Ludo</t>
         </is>
       </c>
       <c r="E637" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F637" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G637" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, papier</t>
         </is>
       </c>
       <c r="H637" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="1" t="n">
-        <v>78820</v>
+        <v>78948</v>
       </c>
       <c r="B638" s="2" t="inlineStr">
         <is>
-          <t>Le grand arbre du domaine abandonné - Hêtre de Boetendael.</t>
+          <t>Ere quotidienne.</t>
         </is>
       </c>
       <c r="C638" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D638" s="2" t="inlineStr">
         <is>
-          <t>Cocq, Suzanne</t>
+          <t>Dufrane, Paul</t>
         </is>
       </c>
       <c r="E638" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F638" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G638" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H638" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="1" t="n">
-        <v>78910</v>
+        <v>79116</v>
       </c>
       <c r="B639" s="2" t="inlineStr">
         <is>
-          <t>Les Enfants Azema.</t>
+          <t>Les fantômes tutélaires</t>
         </is>
       </c>
       <c r="C639" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D639" s="2" t="inlineStr">
         <is>
-          <t>De Tavernier, Ludo</t>
+          <t>Lyr, Claude</t>
         </is>
       </c>
       <c r="E639" s="2" t="inlineStr">
         <is>
-          <t>1963 - </t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F639" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G639" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H639" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="1" t="n">
-        <v>78948</v>
+        <v>78733</v>
       </c>
       <c r="B640" s="2" t="inlineStr">
         <is>
-          <t>Ere quotidienne.</t>
+          <t>Le Pont</t>
         </is>
       </c>
       <c r="C640" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D640" s="2" t="inlineStr">
         <is>
-          <t>Dufrane, Paul</t>
+          <t>Adriaenssens, Désiré</t>
         </is>
       </c>
       <c r="E640" s="2" t="inlineStr">
         <is>
-          <t>1963 - </t>
+          <t>1967 - </t>
         </is>
       </c>
       <c r="F640" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G640" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H640" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H640" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="1" t="n">
-        <v>79116</v>
+        <v>78795</v>
       </c>
       <c r="B641" s="2" t="inlineStr">
         <is>
-          <t>Les fantômes tutélaires</t>
+          <t>Dimanche au bois</t>
         </is>
       </c>
       <c r="C641" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D641" s="2" t="inlineStr">
         <is>
-          <t>Lyr, Claude</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E641" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1967 - </t>
         </is>
       </c>
       <c r="F641" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G641" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H641" s="2"/>
+      <c r="H641" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
       <c r="A642" s="1" t="n">
-        <v>78733</v>
+        <v>79073</v>
       </c>
       <c r="B642" s="2" t="inlineStr">
         <is>
-          <t>Le Pont</t>
+          <t>Giulï la tsigane.</t>
         </is>
       </c>
       <c r="C642" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D642" s="2" t="inlineStr">
         <is>
-          <t>Adriaenssens, Désiré</t>
+          <t>Lambert-Cluysenaar, Ghislaine</t>
         </is>
       </c>
       <c r="E642" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F642" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G642" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H642" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H642" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
       <c r="A643" s="1" t="n">
-        <v>79073</v>
+        <v>79083</v>
       </c>
       <c r="B643" s="2" t="inlineStr">
         <is>
-          <t>Giulï la tsigane.</t>
+          <t>Göreme.</t>
         </is>
       </c>
       <c r="C643" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D643" s="2" t="inlineStr">
         <is>
-          <t>Lambert-Cluysenaar, Ghislaine</t>
+          <t>Lebeau, Jean-Louis</t>
         </is>
       </c>
       <c r="E643" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F643" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G643" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H643" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="1" t="n">
-        <v>79083</v>
+        <v>79098</v>
       </c>
       <c r="B644" s="2" t="inlineStr">
         <is>
-          <t>Göreme.</t>
+          <t>La Seo, Gerona.</t>
         </is>
       </c>
       <c r="C644" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D644" s="2" t="inlineStr">
         <is>
-          <t>Lebeau, Jean-Louis</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E644" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F644" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G644" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H644" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="1" t="n">
-        <v>79098</v>
+        <v>79247</v>
       </c>
       <c r="B645" s="2" t="inlineStr">
         <is>
-          <t>La Seo, Gerona.</t>
+          <t>Les Marais.</t>
         </is>
       </c>
       <c r="C645" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D645" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Nardo</t>
+          <t>Swyngedau, Igor</t>
         </is>
       </c>
       <c r="E645" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
+          <t>1969 - </t>
         </is>
       </c>
       <c r="F645" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G645" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H645" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="1" t="n">
-        <v>79247</v>
+        <v>79174</v>
       </c>
       <c r="B646" s="2" t="inlineStr">
         <is>
-          <t>Les Marais.</t>
+          <t>La Ferme Rose.</t>
         </is>
       </c>
       <c r="C646" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D646" s="2" t="inlineStr">
         <is>
-          <t>Swyngedau, Igor</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E646" s="2" t="inlineStr">
         <is>
-          <t>1969 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F646" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H646" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G646" s="2"/>
+      <c r="H646" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="1" t="n">
-        <v>79140</v>
+        <v>79135</v>
       </c>
       <c r="B647" s="2" t="inlineStr">
         <is>
-          <t>Montagne de Saint-Job.</t>
+          <t>Les petits bonheurs. Les petits bonheurs</t>
         </is>
       </c>
       <c r="C647" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D647" s="2" t="inlineStr">
         <is>
-          <t>Meert, Guy</t>
+          <t>Mattheiem-Szesz, Halina</t>
         </is>
       </c>
       <c r="E647" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F647" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G647" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H647" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="1" t="n">
-        <v>79174</v>
+        <v>79146</v>
       </c>
       <c r="B648" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose.</t>
+          <t>L'Espérance.</t>
         </is>
       </c>
       <c r="C648" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D648" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Minne, José</t>
         </is>
       </c>
       <c r="E648" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F648" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G648" s="2" t="inlineStr">
+        <is>
+          <t>fusain</t>
+        </is>
+      </c>
+      <c r="H648" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="1" t="n">
-        <v>79135</v>
+        <v>78892</v>
       </c>
       <c r="B649" s="2" t="inlineStr">
         <is>
-          <t>Les petits bonheurs. Les petits bonheurs</t>
+          <t>Le cocotier.</t>
         </is>
       </c>
       <c r="C649" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D649" s="2" t="inlineStr">
         <is>
-          <t>Mattheiem-Szesz, Halina</t>
+          <t>De Gobert, Paul</t>
         </is>
       </c>
       <c r="E649" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F649" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G649" s="2"/>
       <c r="H649" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
       <c r="A650" s="1" t="n">
-        <v>79146</v>
+        <v>78893</v>
       </c>
       <c r="B650" s="2" t="inlineStr">
         <is>
-          <t>L'Espérance.</t>
+          <t>Forêt de Soignes</t>
         </is>
       </c>
       <c r="C650" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D650" s="2" t="inlineStr">
         <is>
-          <t>Minne, José</t>
+          <t>De Gobert, Philippe</t>
         </is>
       </c>
       <c r="E650" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F650" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H650" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G650" s="2"/>
+      <c r="H650" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="1" t="n">
-        <v>78892</v>
+        <v>78949</v>
       </c>
       <c r="B651" s="2" t="inlineStr">
         <is>
-          <t>Le cocotier.</t>
+          <t>Le Mannequin Quille - 42.</t>
         </is>
       </c>
       <c r="C651" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D651" s="2" t="inlineStr">
         <is>
-          <t>De Gobert, Paul</t>
+          <t>Dufrane, Paul</t>
         </is>
       </c>
       <c r="E651" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F651" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G651" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G651" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
       <c r="H651" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="1" t="n">
-        <v>78893</v>
+        <v>78760</v>
       </c>
       <c r="B652" s="2" t="inlineStr">
         <is>
-          <t>Forêt de Soignes</t>
+          <t>Sur un graphisme ténu.</t>
         </is>
       </c>
       <c r="C652" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D652" s="2" t="inlineStr">
         <is>
-          <t>De Gobert, Philippe</t>
+          <t>Bertrand, Gaston</t>
         </is>
       </c>
       <c r="E652" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F652" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G652" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H652" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="1" t="n">
-        <v>78949</v>
+        <v>79554</v>
       </c>
       <c r="B653" s="2" t="inlineStr">
         <is>
-          <t>Le Mannequin Quille - 42.</t>
+          <t>Rue Victor Gambier.</t>
         </is>
       </c>
       <c r="C653" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D653" s="2" t="inlineStr">
         <is>
-          <t>Dufrane, Paul</t>
+          <t>Meert, Guy</t>
         </is>
       </c>
       <c r="E653" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F653" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G653" s="2" t="inlineStr">
         <is>
           <t>encre de chine</t>
         </is>
       </c>
       <c r="H653" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="1" t="n">
-        <v>78760</v>
+        <v>79561</v>
       </c>
       <c r="B654" s="2" t="inlineStr">
         <is>
-          <t>Sur un graphisme ténu.</t>
+          <t>Visage imaginaire.</t>
         </is>
       </c>
       <c r="C654" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D654" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Gaston</t>
+          <t>Cluysenaar, John</t>
         </is>
       </c>
       <c r="E654" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F654" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G654" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H654" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="1" t="n">
-        <v>79554</v>
+        <v>79572</v>
       </c>
       <c r="B655" s="2" t="inlineStr">
         <is>
-          <t>Rue Victor Gambier.</t>
+          <t>Forêt de Soignes.</t>
         </is>
       </c>
       <c r="C655" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D655" s="2" t="inlineStr">
         <is>
-          <t>Meert, Guy</t>
+          <t>De Gobert, Philippe</t>
         </is>
       </c>
       <c r="E655" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F655" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H655" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G655" s="2"/>
+      <c r="H655" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
       <c r="A656" s="1" t="n">
-        <v>79561</v>
+        <v>79735</v>
       </c>
       <c r="B656" s="2" t="inlineStr">
         <is>
-          <t>Visage imaginaire.</t>
+          <t>Serment de Jumelage Neuilly-sur-Seine - Uccle - 19.3.1972.</t>
         </is>
       </c>
       <c r="C656" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
-      <c r="D656" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D656" s="2"/>
       <c r="E656" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F656" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>archives</t>
+        </is>
+      </c>
+      <c r="G656" s="2"/>
       <c r="H656" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="1" t="n">
-        <v>79572</v>
+        <v>79140</v>
       </c>
       <c r="B657" s="2" t="inlineStr">
         <is>
-          <t>Forêt de Soignes.</t>
+          <t>Montagne de Saint-Job</t>
         </is>
       </c>
       <c r="C657" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D657" s="2" t="inlineStr">
         <is>
-          <t>De Gobert, Philippe</t>
+          <t>Meert, Guy</t>
         </is>
       </c>
       <c r="E657" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F657" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G657" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G657" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H657" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
       <c r="A658" s="1" t="n">
-        <v>79735</v>
+        <v>79543</v>
       </c>
       <c r="B658" s="2" t="inlineStr">
         <is>
-          <t>Serment de Jumelage Neuilly-sur-Seine - Uccle - 19.3.1972.</t>
+          <t>La Ferme Rose - Uccle - 3/3/46.</t>
         </is>
       </c>
       <c r="C658" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
-      <c r="D658" s="2"/>
+      <c r="D658" s="2" t="inlineStr">
+        <is>
+          <t>Quittelier, Henri</t>
+        </is>
+      </c>
       <c r="E658" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F658" s="2" t="inlineStr">
         <is>
-          <t>archives</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G658" s="2"/>
-      <c r="H658" s="2"/>
+      <c r="H658" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="1" t="n">
-        <v>79543</v>
+        <v>79544</v>
       </c>
       <c r="B659" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose - Uccle - 3/3/46.</t>
+          <t>Ferme Rose, Activités Culturelles.</t>
         </is>
       </c>
       <c r="C659" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D659" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E659" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F659" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G659" s="2"/>
       <c r="H659" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
       <c r="A660" s="1" t="n">
-        <v>79544</v>
+        <v>79094</v>
       </c>
       <c r="B660" s="2" t="inlineStr">
         <is>
-          <t>Ferme Rose, Activités Culturelles.</t>
+          <t>Poésie floréale.</t>
         </is>
       </c>
       <c r="C660" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D660" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Lefèbvre, François</t>
         </is>
       </c>
       <c r="E660" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1975 - </t>
         </is>
       </c>
       <c r="F660" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G660" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H660" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
       <c r="A661" s="1" t="n">
-        <v>79094</v>
+        <v>78978</v>
       </c>
       <c r="B661" s="2" t="inlineStr">
         <is>
-          <t>Poésie floréale.</t>
+          <t>La ferme Saint-Eloi en hiver.</t>
         </is>
       </c>
       <c r="C661" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D661" s="2" t="inlineStr">
         <is>
-          <t>Lefèbvre, François</t>
+          <t>Grimau, Jean</t>
         </is>
       </c>
       <c r="E661" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
+          <t>1976 - </t>
         </is>
       </c>
       <c r="F661" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G661" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H661" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
       <c r="A662" s="1" t="n">
-        <v>78978</v>
+        <v>71161</v>
       </c>
       <c r="B662" s="2" t="inlineStr">
         <is>
-          <t>La ferme Saint-Eloi en hiver.</t>
+          <t>Square Marlow - Uccle</t>
         </is>
       </c>
       <c r="C662" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D662" s="2" t="inlineStr">
         <is>
           <t>Grimau, Jean</t>
         </is>
       </c>
       <c r="E662" s="2" t="inlineStr">
         <is>
-          <t>1976 - </t>
+          <t>1986 - </t>
         </is>
       </c>
       <c r="F662" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G662" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H662" s="2"/>
+      <c r="H662" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="1" t="n">
-        <v>71161</v>
+        <v>78882</v>
       </c>
       <c r="B663" s="2" t="inlineStr">
         <is>
-          <t>Square Marlow - Uccle</t>
+          <t>Le Pays de l'ange.</t>
         </is>
       </c>
       <c r="C663" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D663" s="2" t="inlineStr">
         <is>
-          <t>Grimau, Jean</t>
+          <t>Decelle, Philippe</t>
         </is>
       </c>
       <c r="E663" s="2" t="inlineStr">
         <is>
-          <t>1986 - </t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F663" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G663" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>émail, panneau</t>
+        </is>
+      </c>
+      <c r="H663" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="664">
       <c r="A664" s="1" t="n">
-        <v>78882</v>
+        <v>79392</v>
       </c>
       <c r="B664" s="2" t="inlineStr">
         <is>
-          <t>Le Pays de l'ange.</t>
+          <t>Cap Gris Nez. Suggérer c'est créer, décrire c'est détruire III</t>
         </is>
       </c>
       <c r="C664" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D664" s="2" t="inlineStr">
         <is>
-          <t>Decelle, Philippe</t>
+          <t>Dainville, Philippe</t>
         </is>
       </c>
       <c r="E664" s="2" t="inlineStr">
         <is>
-          <t>1987 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F664" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G664" s="2"/>
       <c r="H664" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
       <c r="A665" s="1" t="n">
-        <v>79392</v>
+        <v>79450</v>
       </c>
       <c r="B665" s="2" t="inlineStr">
         <is>
-          <t>Cap Gris Nez. Suggérer c'est créer, décrire c'est détruire III</t>
+          <t>La gare de Calevoet.</t>
         </is>
       </c>
       <c r="C665" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D665" s="2" t="inlineStr">
         <is>
-          <t>Dainville, Philippe</t>
+          <t>Dierickx, André</t>
         </is>
       </c>
       <c r="E665" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F665" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G665" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G665" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H665" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="1" t="n">
-        <v>79450</v>
+        <v>79535</v>
       </c>
       <c r="B666" s="2" t="inlineStr">
         <is>
-          <t>La gare de Calevoet.</t>
+          <t>Le Château Allard</t>
         </is>
       </c>
       <c r="C666" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D666" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, André</t>
+          <t>Deraef, André</t>
         </is>
       </c>
       <c r="E666" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F666" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G666" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H666" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H666" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="1" t="n">
-        <v>79535</v>
+        <v>79451</v>
       </c>
       <c r="B667" s="2" t="inlineStr">
         <is>
-          <t>Le Château Allard.</t>
+          <t>Le Vieux Cornet Uccle.</t>
         </is>
       </c>
       <c r="C667" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D667" s="2" t="inlineStr">
         <is>
-          <t>Deraef, André</t>
+          <t>Dierickx, André</t>
         </is>
       </c>
       <c r="E667" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F667" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G667" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H667" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="1" t="n">
-        <v>79451</v>
+        <v>79393</v>
       </c>
       <c r="B668" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet Uccle.</t>
+          <t>Avenue Brugmann.</t>
         </is>
       </c>
       <c r="C668" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D668" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, André</t>
+          <t>Dierickx, Jacky</t>
         </is>
       </c>
       <c r="E668" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1993 - </t>
         </is>
       </c>
       <c r="F668" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G668" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H668" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="1" t="n">
-        <v>79393</v>
+        <v>71182</v>
       </c>
       <c r="B669" s="2" t="inlineStr">
         <is>
-          <t>Avenue Brugmann.</t>
+          <t>Binche. Sur les pavés de la rue - III</t>
         </is>
       </c>
       <c r="C669" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D669" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Jacky</t>
+          <t>Arany, Laszlo</t>
         </is>
       </c>
       <c r="E669" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F669" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G669" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H669" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H669" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="670">
       <c r="A670" s="1" t="n">
-        <v>71182</v>
+        <v>79417</v>
       </c>
       <c r="B670" s="2" t="inlineStr">
         <is>
-          <t>Binche. Sur les pavés de la rue - III</t>
+          <t>Le cercle des moutons. Le cercle des moutons</t>
         </is>
       </c>
       <c r="C670" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D670" s="2" t="inlineStr">
         <is>
-          <t>Arany, Laszlo</t>
+          <t>Willot, Roger</t>
         </is>
       </c>
       <c r="E670" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F670" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G670" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G670" s="2"/>
+      <c r="H670" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="671">
       <c r="A671" s="1" t="n">
-        <v>79417</v>
+        <v>79453</v>
       </c>
       <c r="B671" s="2" t="inlineStr">
         <is>
-          <t>Le cercle des moutons. Le cercle des moutons</t>
+          <t>Vers les étoiles.</t>
         </is>
       </c>
       <c r="C671" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D671" s="2" t="inlineStr">
         <is>
-          <t>Willot, Roger</t>
+          <t>Clarence, Michel</t>
         </is>
       </c>
       <c r="E671" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F671" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G671" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G671" s="2" t="inlineStr">
+        <is>
+          <t>émail, panneau</t>
+        </is>
+      </c>
       <c r="H671" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="1" t="n">
-        <v>79453</v>
+        <v>79565</v>
       </c>
       <c r="B672" s="2" t="inlineStr">
         <is>
-          <t>Vers les étoiles.</t>
+          <t>sans titre.</t>
         </is>
       </c>
       <c r="C672" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D672" s="2" t="inlineStr">
         <is>
-          <t>Clarence, Michel</t>
+          <t>Hannaert, Félix</t>
         </is>
       </c>
       <c r="E672" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F672" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G672" s="2" t="inlineStr">
         <is>
-          <t>émail, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H672" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
       <c r="A673" s="1" t="n">
-        <v>79565</v>
+        <v>79492</v>
       </c>
       <c r="B673" s="2" t="inlineStr">
         <is>
-          <t>sans titre.</t>
+          <t>Bleu Phtalo. Le tableau sur le mur…</t>
         </is>
       </c>
       <c r="C673" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D673" s="2" t="inlineStr">
         <is>
-          <t>Hannaert, Félix</t>
+          <t>Dannau, Claire</t>
         </is>
       </c>
       <c r="E673" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F673" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G673" s="2"/>
       <c r="H673" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
       <c r="A674" s="1" t="n">
-        <v>79492</v>
+        <v>79513</v>
       </c>
       <c r="B674" s="2" t="inlineStr">
         <is>
-          <t>Bleu Phtalo. Le tableau sur le mur…</t>
+          <t>Au cœur sont les murmures.</t>
         </is>
       </c>
       <c r="C674" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D674" s="2" t="inlineStr">
         <is>
           <t>Dannau, Claire</t>
         </is>
       </c>
       <c r="E674" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F674" s="2" t="inlineStr">
         <is>
           <t>Technique mixte</t>
         </is>
       </c>
       <c r="G674" s="2"/>
       <c r="H674" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
       <c r="A675" s="1" t="n">
-        <v>79513</v>
+        <v>79521</v>
       </c>
       <c r="B675" s="2" t="inlineStr">
         <is>
-          <t>Au cœur sont les murmures.</t>
+          <t>Le jardin du paradis.</t>
         </is>
       </c>
       <c r="C675" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D675" s="2" t="inlineStr">
         <is>
-          <t>Dannau, Claire</t>
+          <t>Lafontaine, Marcel</t>
         </is>
       </c>
       <c r="E675" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F675" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G675" s="2"/>
       <c r="H675" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="676">
       <c r="A676" s="1" t="n">
-        <v>79521</v>
+        <v>79607</v>
       </c>
       <c r="B676" s="2" t="inlineStr">
         <is>
-          <t>Le jardin du paradis.</t>
+          <t>Sans titre.</t>
         </is>
       </c>
       <c r="C676" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D676" s="2" t="inlineStr">
         <is>
-          <t>Lafontaine, Marcel</t>
+          <t>Skender, Hyseni</t>
         </is>
       </c>
       <c r="E676" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F676" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G676" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G676" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H676" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
       <c r="A677" s="1" t="n">
-        <v>79607</v>
+        <v>79606</v>
       </c>
       <c r="B677" s="2" t="inlineStr">
         <is>
-          <t>Sans titre.</t>
+          <t>Grand morceau d'établi.</t>
         </is>
       </c>
       <c r="C677" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D677" s="2" t="inlineStr">
         <is>
-          <t>Skender, Hyseni</t>
+          <t>Van Nerom, Jacques</t>
         </is>
       </c>
       <c r="E677" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F677" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
-      <c r="G677" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G677" s="2"/>
       <c r="H677" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
       <c r="A678" s="1" t="n">
-        <v>79606</v>
+        <v>79608</v>
       </c>
       <c r="B678" s="2" t="inlineStr">
         <is>
-          <t>Grand morceau d'établi.</t>
+          <t>Portrait en Noir 02.</t>
         </is>
       </c>
       <c r="C678" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D678" s="2" t="inlineStr">
         <is>
-          <t>Van Nerom, Jacques</t>
+          <t>Géray, Mélanie</t>
         </is>
       </c>
       <c r="E678" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F678" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G678" s="2"/>
       <c r="H678" s="2"/>
-    </row>
-[...30 lines deleted...]
-      <c r="H679" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>