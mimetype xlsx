--- v1 (2025-12-26)
+++ v2 (2026-02-26)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H678"/>
+  <dimension ref="A1:H679"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -1675,18945 +1675,19137 @@
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>78872</v>
+        <v>79384</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Pépinière ardennaise. Pépinière ardennaise</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Willot, Roger</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G50" s="2"/>
-      <c r="H50" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>79384</v>
+        <v>78873</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Pépinière ardennaise. Pépinière ardennaise</t>
+          <t>Tête de femme. Tête de femme</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Willot, Roger</t>
+          <t>de Bary, Suzanne</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G51" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G51" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>78873</v>
+        <v>79129</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme. Tête de femme</t>
+          <t>La rue Rouge (rue Colonel Chaltin).</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>de Bary, Suzanne</t>
+          <t>Mareels, Maurice</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>79129</v>
+        <v>79130</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>La rue Rouge (rue Colonel Chaltin).</t>
+          <t>Dragueurs de mines à Ostende.</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Mareels, Maurice</t>
         </is>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>79130</v>
+        <v>79387</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Dragueurs de mines à Ostende.</t>
+          <t>Moulin Granville (Cortenboschmolen) chée de Saint-Job, Le -.</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Mareels, Maurice</t>
+          <t>De Vleeschouwer, Ernest Gustave</t>
         </is>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>79387</v>
+        <v>79132</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Moulin Granville (Cortenboschmolen) chée de Saint-Job, Le -.</t>
+          <t>Nuit phosphorescente à la Panne.</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>De Vleeschouwer, Ernest Gustave</t>
+          <t>Masui, Paul-Auguste</t>
         </is>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G55" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G55" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>79132</v>
+        <v>79133</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Nuit phosphorescente à la Panne.</t>
+          <t>Village andalou.</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Masui, Paul-Auguste</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>79133</v>
+        <v>79134</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Village andalou.</t>
+          <t>Alcazala.</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Masui, Paul-Auguste</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>79134</v>
+        <v>79391</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Alcazala.</t>
+          <t>L'Église russe</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Masui, Paul-Auguste</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H58" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>79391</v>
+        <v>78880</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>L'Église russe</t>
+          <t>Port Rhu (Douarnenez, Finistère).</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Brocas, Maurice</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G59" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>78880</v>
+        <v>79649</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Port Rhu (Douarnenez, Finistère).</t>
+          <t>Le boyau.</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Brocas, Maurice</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H60" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>79649</v>
+        <v>79394</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Le boyau.</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>79394</v>
+        <v>79650</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>L'Observatoire.</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>79650</v>
+        <v>79139</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>L'Observatoire.</t>
+          <t>Le Tapis rouge. Ʊ</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Mayer, Marina</t>
         </is>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>79139</v>
+        <v>79651</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Le Tapis rouge. Ʊ</t>
+          <t>Petit déjeuner.</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Mayer, Marina</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H64" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>79651</v>
+        <v>79652</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Petit déjeuner.</t>
+          <t>Flandres.</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>79652</v>
+        <v>79141</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Flandres.</t>
+          <t>Le rieur fou.</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Meunier, Denis</t>
         </is>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G66" s="2"/>
-      <c r="H66" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>79141</v>
+        <v>79653</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le rieur fou.</t>
+          <t>Le Radeau.</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Denis</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G67" s="2"/>
-      <c r="H67" s="2"/>
+      <c r="H67" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>79653</v>
+        <v>78886</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Le Radeau.</t>
+          <t>Maison chaussée d'Alsemberg (demeure où habitaient les parents du photographe).</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G68" s="2"/>
-      <c r="H68" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>78886</v>
+        <v>79398</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Maison chaussée d'Alsemberg (demeure où habitaient les parents du photographe).</t>
+          <t>Uccle - Le Cornet et L'Église russe</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G69" s="2"/>
-      <c r="H69" s="2"/>
+      <c r="H69" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>79398</v>
+        <v>79654</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Uccle - Le Cornet et L'Église russe</t>
+          <t>Descente de lignes.</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>79654</v>
+        <v>79399</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Descente de lignes.</t>
+          <t>Couverture d'album de 6 eaux-fortes.</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>79399</v>
+        <v>79655</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Couverture d'album de 6 eaux-fortes.</t>
+          <t>C'est long ,,,.</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>79655</v>
+        <v>79400</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>C'est long ,,,.</t>
+          <t>Kamerdelle, Crépuscule</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>79400</v>
+        <v>79656</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Kamerdelle, Crépuscule</t>
+          <t>Le blessé.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E74" s="2"/>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>79656</v>
+        <v>78889</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Le blessé.</t>
+          <t>Le Molenbeek.</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G75" s="2"/>
-      <c r="H75" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>78889</v>
+        <v>79401</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Le Molenbeek.</t>
+          <t>Plein midi, Uccle</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
-[...2 lines deleted...]
-      <c r="E76" s="2"/>
+          <t>Craps, Pol</t>
+        </is>
+      </c>
+      <c r="E76" s="2" t="inlineStr">
+        <is>
+          <t> - 1926</t>
+        </is>
+      </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H76" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G76" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H76" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>79401</v>
+        <v>79657</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Plein midi, Uccle.</t>
+          <t>La Fusée.</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>79657</v>
+        <v>78890</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>La Fusée.</t>
+          <t>La chapelle de Stalle sous la neige.</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G78" s="2"/>
-      <c r="H78" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>78890</v>
+        <v>79402</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>La chapelle de Stalle sous la neige.</t>
+          <t>Vieux (moulin) à Neerstalle.</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G79" s="2"/>
-      <c r="H79" s="2"/>
+      <c r="H79" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>79402</v>
+        <v>79658</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Vieux (moulin) à Neerstalle.</t>
+          <t>Cantonnement.</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>79658</v>
+        <v>79403</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Cantonnement.</t>
+          <t>Intérieur à Calevoet.</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>79403</v>
+        <v>79149</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Intérieur à Calevoet.</t>
+          <t>Coin de rue.</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>79149</v>
+        <v>79661</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Coin de rue.</t>
+          <t>Divers Livre, voir - Anthologie des Artistes Belges Contemporains.</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E83" s="2"/>
-      <c r="F83" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F83" s="2"/>
       <c r="G83" s="2"/>
-      <c r="H83" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>79661</v>
+        <v>78894</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Divers Livre, voir - Anthologie des Artistes Belges Contemporains.</t>
+          <t>Rhodes.</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>de Haas, Annette</t>
         </is>
       </c>
       <c r="E84" s="2"/>
-      <c r="F84" s="2"/>
-      <c r="G84" s="2"/>
+      <c r="F84" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G84" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>78894</v>
+        <v>79406</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Rhodes.</t>
+          <t>Hyon, Mons (cour de ferme).</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>de Haas, Annette</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>79406</v>
+        <v>79662</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Hyon, Mons (cour de ferme).</t>
+          <t>Toilette.</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G86" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G86" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>79662</v>
+        <v>79151</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Toilette.</t>
+          <t>Rue Sainte-Catherine, Bruxelles.</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H87" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>79151</v>
+        <v>79663</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Rue Sainte-Catherine, Bruxelles.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G88" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>79663</v>
+        <v>78896</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>Boulevard de l'Europe à Saint-Gilles</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>De Keyser, Gilbert</t>
         </is>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>78896</v>
+        <v>79408</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Boulevard de l'Europe à Saint-Gilles</t>
+          <t>Catedral, Tarragona.</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>De Keyser, Gilbert</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G90" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G90" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>79408</v>
+        <v>79664</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Catedral, Tarragona.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Nardo</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>79664</v>
+        <v>79409</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>El Promontorio al Alba.</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>79409</v>
+        <v>79665</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>El Promontorio al Alba.</t>
+          <t>Attentif au jeu.</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Nardo</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>79665</v>
+        <v>78898</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Attentif au jeu.</t>
+          <t>Ray Charles.</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Delacroix, Catalina</t>
         </is>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>78898</v>
+        <v>79410</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Ray Charles.</t>
+          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Delacroix, Catalina</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...7 lines deleted...]
-      <c r="H95" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>79410</v>
+        <v>79666</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Statue et verrière de Notre-Dame des Affligés Chapelle d'Uccle-Stalle</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G96" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>79666</v>
+        <v>78899</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>La femme du peintre (Pauline).</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>78899</v>
+        <v>79155</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>La femme du peintre (Pauline).</t>
+          <t>Love in the fields of the Lord. alpha</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Neuman, Bertrand</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>79155</v>
+        <v>79411</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Love in the fields of the Lord. alpha</t>
+          <t>Cicéron.</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Neuman, Bertrand</t>
+          <t>Auquier, Ulysse</t>
         </is>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>79411</v>
+        <v>79667</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Cicéron.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Auquier, Ulysse</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>79667</v>
+        <v>78900</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>Lithographies Collection de 10 - en deux tons de la guerre 1914-1918.</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H101" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H101" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>78900</v>
+        <v>79412</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Lithographies Collection de 10 - en deux tons de la guerre 1914-1918.</t>
+          <t>Vaisseau de l'Art.</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Delgallo, Angelo</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>79412</v>
+        <v>79668</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Vaisseau de l'Art.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Delgallo, Angelo</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>79668</v>
+        <v>79157</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Paerels, Willem</t>
         </is>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>79157</v>
+        <v>79669</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Paerels, Willem</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G105" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G105" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>79669</v>
+        <v>79158</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>La Barque jaune</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Paerels, Willem</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>79158</v>
+        <v>79414</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>La Barque jaune</t>
+          <t>Ma nouvelle petite Sœur.</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Paerels, Willem</t>
+          <t>Wellens, Michel</t>
         </is>
       </c>
       <c r="E107" s="2"/>
-      <c r="F107" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>79414</v>
+        <v>79670</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Ma nouvelle petite Sœur.</t>
+          <t>Chat.</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Wellens, Michel</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E108" s="2"/>
-      <c r="F108" s="2"/>
-      <c r="G108" s="2"/>
+      <c r="F108" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G108" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>79670</v>
+        <v>79415</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Chat.</t>
+          <t>Les saints hommes.</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>van Hille, Alain</t>
         </is>
       </c>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>79415</v>
+        <v>79671</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Les saints hommes.</t>
+          <t>La Proie inaccessible.</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>van Hille, Alain</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G110" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G110" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>79671</v>
+        <v>78904</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>La Proie inaccessible.</t>
+          <t>Don Quichotte.</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Desaeger, Yana</t>
         </is>
       </c>
       <c r="E111" s="2"/>
-      <c r="F111" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F111" s="2"/>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>78904</v>
+        <v>79160</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Don Quichotte.</t>
+          <t>La Péruvienne - Portrait. Omnia vincit amor</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Desaeger, Yana</t>
+          <t>Pasteels, Pierre</t>
         </is>
       </c>
       <c r="E112" s="2"/>
-      <c r="F112" s="2"/>
+      <c r="F112" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>79160</v>
+        <v>79672</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>La Péruvienne - Portrait. Omnia vincit amor</t>
+          <t>Molen Nekkersgat.</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Pasteels, Pierre</t>
+          <t>van Gent, Jeroen</t>
         </is>
       </c>
       <c r="E113" s="2"/>
-      <c r="F113" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>79672</v>
+        <v>78905</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Molen Nekkersgat.</t>
+          <t>Enfant riant.</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>van Gent, Jeroen</t>
+          <t>Desiderio da Settignano</t>
         </is>
       </c>
       <c r="E114" s="2"/>
-      <c r="F114" s="2"/>
-      <c r="G114" s="2"/>
+      <c r="F114" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G114" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>78905</v>
+        <v>78906</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Enfant riant.</t>
+          <t>Chapelle des Pères blancs (Vence).</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Desiderio da Settignano</t>
+          <t>Desmet, Fredy</t>
         </is>
       </c>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>78906</v>
+        <v>79162</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Chapelle des Pères blancs (Vence).</t>
+          <t>Plage à Cadaquès.</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Desmet, Fredy</t>
+          <t>Patoux, Emile</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G116" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G116" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>79162</v>
+        <v>79163</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Plage à Cadaquès.</t>
+          <t>L'exode</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Patoux, Emile</t>
         </is>
       </c>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G117" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>79163</v>
+        <v>79419</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>L'exode</t>
+          <t>Transparence. Transparence</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Patoux, Emile</t>
+          <t>Tallier, Charles</t>
         </is>
       </c>
       <c r="E118" s="2"/>
-      <c r="F118" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F118" s="2"/>
       <c r="G118" s="2"/>
-      <c r="H118" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>79419</v>
+        <v>78908</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Transparence. Transparence</t>
+          <t>Chalets à Verbier.</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Tallier, Charles</t>
+          <t>Desmet, Fredy</t>
         </is>
       </c>
       <c r="E119" s="2"/>
-      <c r="F119" s="2"/>
-      <c r="G119" s="2"/>
+      <c r="F119" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G119" s="2" t="inlineStr">
+        <is>
+          <t>crayon</t>
+        </is>
+      </c>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>78908</v>
+        <v>79164</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Chalets à Verbier.</t>
+          <t>Passeurs d'eau - Bootjes roziers.</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Desmet, Fredy</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>79164</v>
+        <v>78909</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Passeurs d'eau - Bootjes roziers.</t>
+          <t>Carros.</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Desmet, Fredy</t>
         </is>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>78909</v>
+        <v>79165</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Carros.</t>
+          <t>La Sonnette.</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Desmet, Fredy</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>79165</v>
+        <v>79166</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>La Sonnette.</t>
+          <t>La Percée rue Pacheco.</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H123" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G123" s="2"/>
+      <c r="H123" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>79166</v>
+        <v>79422</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>La Percée rue Pacheco.</t>
+          <t>Auguste Danse</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Richir,  Herman</t>
         </is>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G124" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>79422</v>
+        <v>78911</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse</t>
+          <t>La Fin du jour.</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Richir,  Herman</t>
+          <t>De Tavernier, Ludo</t>
         </is>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>78911</v>
+        <v>79423</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>La Fin du jour.</t>
+          <t>Femme. Femme</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>De Tavernier, Ludo</t>
+          <t>Doré, Catherine</t>
         </is>
       </c>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>79423</v>
+        <v>79424</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Femme. Femme</t>
+          <t>Séparation. Le soleil luit pour tout le monde</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Doré, Catherine</t>
+          <t>Rolin, Brigitte</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre de chine, peinture acrylique, papier</t>
         </is>
       </c>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>79424</v>
+        <v>78913</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Séparation. Le soleil luit pour tout le monde</t>
+          <t>Le ravin en face de la Ferme Rose.</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Rolin, Brigitte</t>
+          <t>de Vaucleroy, Pierre</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, peinture acrylique, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>78913</v>
+        <v>79169</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Le ravin en face de la Ferme Rose.</t>
+          <t>Le Pavillon Louis XV au Parc de Wolvendael</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>de Vaucleroy, Pierre</t>
+          <t>Pinot, Albert</t>
         </is>
       </c>
       <c r="E129" s="2"/>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>79169</v>
+        <v>79170</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Le Pavillon Louis XV au Parc de Wolvendael</t>
+          <t>Le Soleil et le Diable.</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Pinot, Albert</t>
+          <t>Pire, Ferdinand</t>
         </is>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G130" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>79170</v>
+        <v>79426</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Le Soleil et le Diable.</t>
+          <t>Projet Salle du Conseil.</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Pire, Ferdinand</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G131" s="2"/>
+      <c r="G131" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>79426</v>
+        <v>79682</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Projet Salle du Conseil.</t>
+          <t>Le Kamerdelle à Uccle.</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H132" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>79682</v>
+        <v>78915</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Le Kamerdelle à Uccle.</t>
+          <t>Moulin Granville, Etang du moulin Granville -.</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Vleeschouwer, Ernest Gustave</t>
         </is>
       </c>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G133" s="2"/>
-      <c r="H133" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>78915</v>
+        <v>79427</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Moulin Granville, Etang du moulin Granville -.</t>
+          <t>Projet Salle du Conseil.</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>De Vleeschouwer, Ernest Gustave</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E134" s="2"/>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G134" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G134" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>79427</v>
+        <v>78916</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Projet Salle du Conseil.</t>
+          <t>Paul Errera.</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E135" s="2"/>
-      <c r="F135" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2"/>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>78916</v>
+        <v>79172</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Paul Errera.</t>
+          <t>Matin à Boitsfort.</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Postel, Jules</t>
         </is>
       </c>
       <c r="E136" s="2"/>
-      <c r="F136" s="2"/>
-      <c r="G136" s="2"/>
+      <c r="F136" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G136" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>79172</v>
+        <v>79428</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Matin à Boitsfort.</t>
+          <t>Projet Salle du Conseil.</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Postel, Jules</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E137" s="2"/>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>79428</v>
+        <v>79684</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Projet Salle du Conseil.</t>
+          <t>Expo 58.</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E138" s="2"/>
-      <c r="F138" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F138" s="2"/>
+      <c r="G138" s="2"/>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>79684</v>
+        <v>78917</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Expo 58.</t>
+          <t>Sceau communal.</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2"/>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>78917</v>
+        <v>79173</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Sceau communal.</t>
+          <t>Bouquet estival</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Pringels,  Léon</t>
         </is>
       </c>
       <c r="E140" s="2"/>
-      <c r="F140" s="2"/>
-      <c r="G140" s="2"/>
+      <c r="F140" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G140" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>79173</v>
+        <v>79685</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Bouquet estival</t>
+          <t>Compagnie Immobilière de Belgique.</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Pringels,  Léon</t>
+          <t>Fischweiler, Gustave</t>
         </is>
       </c>
       <c r="E141" s="2"/>
-      <c r="F141" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F141" s="2"/>
+      <c r="G141" s="2"/>
       <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>79685</v>
+        <v>79176</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Compagnie Immobilière de Belgique.</t>
+          <t>Eglise Saint-Pierre.</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Fischweiler, Gustave</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E142" s="2"/>
-      <c r="F142" s="2"/>
+      <c r="F142" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G142" s="2"/>
-      <c r="H142" s="2"/>
+      <c r="H142" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>79176</v>
+        <v>79432</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre.</t>
+          <t>Tranches d'arbre</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Goldschmidt, Denis</t>
         </is>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G143" s="2"/>
-      <c r="H143" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H143" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>79432</v>
+        <v>79433</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Tranches d'arbre</t>
+          <t>Solitude. Emotion - 2</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Goldschmidt, Denis</t>
+          <t>Van Enis, Henri</t>
         </is>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>79433</v>
+        <v>79689</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Solitude. Emotion - 2</t>
+          <t>Le plateau Avijl vers 1970.</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Van Enis, Henri</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>79689</v>
+        <v>79178</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Le plateau Avijl vers 1970.</t>
+          <t>Le Vieux Cornet en 1921.</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G146" s="2"/>
-      <c r="H146" s="2"/>
+      <c r="H146" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>79178</v>
+        <v>79434</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet en 1921.</t>
+          <t>Notre maison de plage.</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Vereecken, Luciaan</t>
         </is>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G147" s="2"/>
-      <c r="H147" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H147" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>79434</v>
+        <v>78924</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Notre maison de plage.</t>
+          <t>Omega. ͡JC</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Vereecken, Luciaan</t>
+          <t>Devries, Jacques</t>
         </is>
       </c>
       <c r="E148" s="2"/>
-      <c r="F148" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F148" s="2"/>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>78924</v>
+        <v>79180</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Omega. ͡JC</t>
+          <t>Notre dame des Affligés à Uccle Stalle.</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Devries, Jacques</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E149" s="2"/>
-      <c r="F149" s="2"/>
+      <c r="F149" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G149" s="2"/>
-      <c r="H149" s="2"/>
+      <c r="H149" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>79180</v>
+        <v>79436</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Notre dame des Affligés à Uccle Stalle.</t>
+          <t>Hérons à Visé.</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Willot, Roger</t>
         </is>
       </c>
       <c r="E150" s="2"/>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G150" s="2"/>
-      <c r="H150" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>79436</v>
+        <v>79181</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Hérons à Visé.</t>
+          <t>Le Homborch et le Kriekenput.</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Willot, Roger</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G151" s="2"/>
-      <c r="H151" s="2"/>
+      <c r="H151" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>79181</v>
+        <v>79693</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Le Homborch et le Kriekenput.</t>
+          <t>Pétition, Louis Thevenet.</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Farde Pétition</t>
         </is>
       </c>
       <c r="E152" s="2"/>
-      <c r="F152" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F152" s="2"/>
       <c r="G152" s="2"/>
-      <c r="H152" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H152" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>79693</v>
+        <v>78926</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Pétition, Louis Thevenet.</t>
+          <t>Heureux présage.</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Farde Pétition</t>
+          <t>De Wever, A.</t>
         </is>
       </c>
       <c r="E153" s="2"/>
-      <c r="F153" s="2"/>
-      <c r="G153" s="2"/>
+      <c r="F153" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G153" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>78926</v>
+        <v>79438</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Heureux présage.</t>
+          <t>Femme et enfant entourés de fleurs.</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>De Wever, A.</t>
+          <t>École italienne</t>
         </is>
       </c>
       <c r="E154" s="2"/>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>79438</v>
+        <v>79439</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
           <t>Femme et enfant entourés de fleurs.</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>École italienne</t>
         </is>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>79439</v>
+        <v>79184</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Femme et enfant entourés de fleurs.</t>
+          <t>Le Papenkasteel, 1661.</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>École italienne</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H156" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G156" s="2"/>
+      <c r="H156" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>79184</v>
+        <v>79440</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel, 1661.</t>
+          <t>Portrait.</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Neuman, Bertrand</t>
         </is>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G157" s="2"/>
-      <c r="H157" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>79440</v>
+        <v>79696</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Portrait.</t>
+          <t>La Cure à Uccle … rue du Doyenné.</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Neuman, Bertrand</t>
+          <t>De Beys, Paul</t>
         </is>
       </c>
       <c r="E158" s="2"/>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G158" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G158" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>79696</v>
+        <v>79441</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>La Cure à Uccle … rue du Doyenné.</t>
+          <t>Vers le futur.</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>De Beys, Paul</t>
+          <t>Chevalier, Denise</t>
         </is>
       </c>
       <c r="E159" s="2"/>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G159" s="2"/>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>79441</v>
+        <v>79186</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Vers le futur.</t>
+          <t>Neige à Saint-Job.</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Chevalier, Denise</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...2 lines deleted...]
-      <c r="G160" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G160" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>79186</v>
+        <v>79442</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Neige à Saint-Job.</t>
+          <t>Sans titre.</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Copuse, Jorge</t>
         </is>
       </c>
       <c r="E161" s="2"/>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G161" s="2"/>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>79442</v>
+        <v>79187</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Sans titre.</t>
+          <t>Synthèse d'Uccle.</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Copuse, Jorge</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E162" s="2"/>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G162" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G162" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>79187</v>
+        <v>79443</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Synthèse d'Uccle.</t>
+          <t>La petite maison.</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Buelinckx, Lili</t>
         </is>
       </c>
       <c r="E163" s="2"/>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G163" s="2"/>
       <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>79443</v>
+        <v>79699</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>La petite maison.</t>
+          <t>Tête de femme.</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Buelinckx, Lili</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G164" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G164" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>79699</v>
+        <v>78932</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme.</t>
+          <t>La Vierge au village</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Dierickx, Raymond</t>
         </is>
       </c>
       <c r="E165" s="2"/>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>78932</v>
+        <v>79444</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>La Vierge au village</t>
+          <t>Icare en hiver</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Raymond</t>
+          <t>Goldschmidt, Denis</t>
         </is>
       </c>
       <c r="E166" s="2"/>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G166" s="2"/>
       <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>79444</v>
+        <v>79700</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Icare en hiver</t>
+          <t>Jeune fille de 14 ans, sœur de Mlle Dussart.</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Goldschmidt, Denis</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E167" s="2"/>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G167" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G167" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H167" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>79700</v>
+        <v>78933</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille de 14 ans, sœur de Mlle Dussart.</t>
+          <t>Kermesse.</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Dierickx, Raymond</t>
         </is>
       </c>
       <c r="E168" s="2"/>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>pastel</t>
         </is>
       </c>
       <c r="H168" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>78933</v>
+        <v>79189</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Kermesse.</t>
+          <t>Le Presbytère d'Uccle.</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Raymond</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E169" s="2"/>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H169" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G169" s="2"/>
+      <c r="H169" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>79189</v>
+        <v>79445</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Le Presbytère d'Uccle.</t>
+          <t>Avant l'orage.</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Zaeytijd, Jean</t>
         </is>
       </c>
       <c r="E170" s="2"/>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G170" s="2"/>
-      <c r="H170" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>79445</v>
+        <v>79190</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Avant l'orage.</t>
+          <t>Le Vieux Saint-Job en 1908.</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>De Zaeytijd, Jean</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E171" s="2"/>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G171" s="2"/>
-      <c r="H171" s="2"/>
+      <c r="H171" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>79190</v>
+        <v>79446</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Saint-Job en 1908.</t>
+          <t>Maçons.</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Wellens, Michel</t>
         </is>
       </c>
       <c r="E172" s="2"/>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G172" s="2"/>
-      <c r="H172" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H172" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>79446</v>
+        <v>79447</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Maçons.</t>
+          <t>Quiétude.</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Wellens, Michel</t>
+          <t>Meunier, Denis</t>
         </is>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>79447</v>
+        <v>78936</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Quiétude.</t>
+          <t>Léon Vanderkindere.</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Denis</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E174" s="2"/>
-      <c r="F174" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F174" s="2"/>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>78936</v>
+        <v>79448</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Léon Vanderkindere.</t>
+          <t>Pluie.</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Virelle, Lucette</t>
         </is>
       </c>
       <c r="E175" s="2"/>
-      <c r="F175" s="2"/>
+      <c r="F175" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>79448</v>
+        <v>79193</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Pluie.</t>
+          <t>Rue de la Cigogne - 1928.</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Virelle, Lucette</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E176" s="2"/>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G176" s="2"/>
-      <c r="H176" s="2"/>
+      <c r="H176" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>79704</v>
+        <v>79449</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle</t>
+          <t>Le Penseur</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>De Troyer, Marie-Claire</t>
         </is>
       </c>
       <c r="E177" s="2"/>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G177" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, panneau</t>
+        </is>
+      </c>
+      <c r="H177" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>79193</v>
+        <v>78938</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Cigogne - 1928.</t>
+          <t>Le Sablier.</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E178" s="2"/>
-      <c r="F178" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F178" s="2"/>
       <c r="G178" s="2"/>
-      <c r="H178" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H178" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>79449</v>
+        <v>79708</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Le Penseur</t>
+          <t>Au-delà du réel 2.</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>De Troyer, Marie-Claire</t>
+          <t>Dainville, Philippe</t>
         </is>
       </c>
       <c r="E179" s="2"/>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G179" s="2"/>
       <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>79705</v>
+        <v>78941</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle. </t>
+          <t>Maternité.</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>DuBois, A.</t>
         </is>
       </c>
       <c r="E180" s="2"/>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G180" s="2" t="inlineStr">
+        <is>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H180" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>78938</v>
+        <v>78942</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Le Sablier.</t>
+          <t>L'Été.</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Dubois, Paul</t>
         </is>
       </c>
       <c r="E181" s="2"/>
-      <c r="F181" s="2"/>
-      <c r="G181" s="2"/>
+      <c r="F181" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G181" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>79708</v>
+        <v>79199</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Au-delà du réel 2.</t>
+          <t>Portrait.</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Dainville, Philippe</t>
+          <t>Renson, A.</t>
         </is>
       </c>
       <c r="E182" s="2"/>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H182" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G182" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur, carton</t>
+        </is>
+      </c>
+      <c r="H182" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>78941</v>
+        <v>78944</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Maternité.</t>
+          <t>Le Silence.</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>DuBois, A.</t>
+          <t>Dubois, Paul</t>
         </is>
       </c>
       <c r="E183" s="2"/>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H183" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>78942</v>
+        <v>79456</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>L'Été.</t>
+          <t>Roc</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Dubois, Paul</t>
+          <t>De Troyer, Marie-Claire</t>
         </is>
       </c>
       <c r="E184" s="2"/>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
-      <c r="G184" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H184" s="2"/>
+      <c r="G184" s="2"/>
+      <c r="H184" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>79199</v>
+        <v>78945</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Portrait.</t>
+          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Renson, A.</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E185" s="2"/>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G185" s="2"/>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>78944</v>
+        <v>79201</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Le Silence.</t>
+          <t>La maison qu'habita Louis Thevenet à Hal.</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Dubois, Paul</t>
+          <t>Rigaux, Louis</t>
         </is>
       </c>
       <c r="E186" s="2"/>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G186" s="2"/>
       <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>79456</v>
+        <v>79457</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Roc</t>
+          <t>Zimbabwé. Sigilée 1 et 2</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>De Troyer, Marie-Claire</t>
+          <t>Quintart, Sylvie</t>
         </is>
       </c>
       <c r="E187" s="2"/>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
-      <c r="G187" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G187" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H187" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>78945</v>
+        <v>79713</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Crockaert, Uccle - (du Château d'Or).</t>
+          <t>Pont.</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E188" s="2"/>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>79201</v>
+        <v>79458</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>La maison qu'habita Louis Thevenet à Hal.</t>
+          <t>Naissance du Printemps</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Rigaux, Louis</t>
+          <t>Royal, Nicole</t>
         </is>
       </c>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G189" s="2"/>
-      <c r="H189" s="2"/>
+      <c r="H189" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>79457</v>
+        <v>79714</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Zimbabwé. Sigilée 1 et 2</t>
+          <t>Ruelle.</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Quintart, Sylvie</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E190" s="2"/>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H190" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>79713</v>
+        <v>79459</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Pont.</t>
+          <t>Chat couché.</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E191" s="2"/>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G191" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>79458</v>
+        <v>79715</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Naissance du Printemps</t>
+          <t>Piété.</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Royal, Nicole</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E192" s="2"/>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>79714</v>
+        <v>79716</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Ruelle.</t>
+          <t>Rue de la Halle.</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E193" s="2"/>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>79459</v>
+        <v>79461</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Chat couché.</t>
+          <t>Chat jouant.</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E194" s="2"/>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>79715</v>
+        <v>79717</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Piété.</t>
+          <t>Saint-Sauveur.</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>79716</v>
+        <v>79206</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Halle.</t>
+          <t>La diligence d'Uccle</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Rops, Félicien</t>
         </is>
       </c>
       <c r="E196" s="2"/>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G196" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>79461</v>
+        <v>79462</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Chat jouant.</t>
+          <t>Le Jongleur.</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Michiels, Cédric</t>
         </is>
       </c>
       <c r="E197" s="2"/>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>79717</v>
+        <v>79718</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Saint-Sauveur.</t>
+          <t>Notre Dame.</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E198" s="2"/>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>79206</v>
+        <v>79207</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>La diligence d'Uccle</t>
+          <t>L'imagination vagabonde. La chance appartient aux audacieux</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien</t>
+          <t>Roufosse, Jean</t>
         </is>
       </c>
       <c r="E199" s="2"/>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>79462</v>
+        <v>79719</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Le Jongleur.</t>
+          <t>Hopital Saint-Jean.</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Michiels, Cédric</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E200" s="2"/>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H200" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G200" s="2"/>
+      <c r="H200" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>79718</v>
+        <v>79208</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Notre Dame.</t>
+          <t>Buste de Mme Baes (mère de l'artiste Firmin Baes).</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E201" s="2"/>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G201" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H201" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>79207</v>
+        <v>79464</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>L'imagination vagabonde. La chance appartient aux audacieux</t>
+          <t>La Seine en crue.</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Roufosse, Jean</t>
+          <t>Pickard, Marc</t>
         </is>
       </c>
       <c r="E202" s="2"/>
-      <c r="F202" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F202" s="2"/>
+      <c r="G202" s="2"/>
       <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>79719</v>
+        <v>79720</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Hopital Saint-Jean.</t>
+          <t>Roode Poort.</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E203" s="2"/>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>79208</v>
+        <v>79465</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Buste de Mme Baes (mère de l'artiste Firmin Baes).</t>
+          <t>Marais salants à Batz.</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor</t>
+          <t>Hautemanière, André</t>
         </is>
       </c>
       <c r="E204" s="2"/>
-      <c r="F204" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F204" s="2"/>
+      <c r="G204" s="2"/>
       <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>79464</v>
+        <v>79466</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>La Seine en crue.</t>
+          <t>Cartes sur table.</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Pickard, Marc</t>
+          <t>De Zaeytijd, Jean</t>
         </is>
       </c>
       <c r="E205" s="2"/>
-      <c r="F205" s="2"/>
+      <c r="F205" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>79720</v>
+        <v>79211</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Roode Poort.</t>
+          <t>Lave-mains. Lave-main</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Schrobiltgen, Luc</t>
         </is>
       </c>
       <c r="E206" s="2"/>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G206" s="2"/>
-      <c r="H206" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H206" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>79465</v>
+        <v>79467</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Marais salants à Batz.</t>
+          <t>Ipanema.</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Hautemanière, André</t>
+          <t>Fabry, Marie-Thérèse</t>
         </is>
       </c>
       <c r="E207" s="2"/>
       <c r="F207" s="2"/>
       <c r="G207" s="2"/>
       <c r="H207" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>79466</v>
+        <v>79723</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Cartes sur table.</t>
+          <t>Cantilène.</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>De Zaeytijd, Jean</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E208" s="2"/>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G208" s="2"/>
-      <c r="H208" s="2"/>
+      <c r="H208" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>79211</v>
+        <v>79468</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Lave-mains. Lave-main</t>
+          <t>Derniers rayons.</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Schrobiltgen, Luc</t>
+          <t>Buelinckx, Lili</t>
         </is>
       </c>
       <c r="E209" s="2"/>
-      <c r="F209" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F209" s="2"/>
       <c r="G209" s="2"/>
       <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>79467</v>
+        <v>79724</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Ipanema.</t>
+          <t>Lieu de culte. </t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Fabry, Marie-Thérèse</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E210" s="2"/>
-      <c r="F210" s="2"/>
+      <c r="F210" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G210" s="2"/>
-      <c r="H210" s="2"/>
+      <c r="H210" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>79723</v>
+        <v>78957</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Cantilène.</t>
+          <t>La Multiplication des poissons.</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E211" s="2"/>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>79468</v>
+        <v>79725</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Derniers rayons.</t>
+          <t>Ville morte.</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Buelinckx, Lili</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E212" s="2"/>
-      <c r="F212" s="2"/>
+      <c r="F212" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G212" s="2"/>
-      <c r="H212" s="2"/>
+      <c r="H212" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>79724</v>
+        <v>78958</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Lieu de culte. </t>
+          <t>Le Crabbegat vers 1900.</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Eyckelbosch, Jean</t>
         </is>
       </c>
       <c r="E213" s="2"/>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G213" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H213" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>78957</v>
+        <v>79726</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>La Multiplication des poissons.</t>
+          <t>Quai Espagnol.</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E214" s="2"/>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>79725</v>
+        <v>78959</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Ville morte.</t>
+          <t>Victor Allard.</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Fabronius</t>
         </is>
       </c>
       <c r="E215" s="2"/>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G215" s="2"/>
-      <c r="H215" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H215" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>78958</v>
+        <v>79727</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Le Crabbegat vers 1900.</t>
+          <t>Gruuthuuse.</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Eyckelbosch, Jean</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E216" s="2"/>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H216" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G216" s="2"/>
+      <c r="H216" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>79726</v>
+        <v>78960</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Quai Espagnol.</t>
+          <t>Les Chanteurs - Epreuve d'artiste.</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Flament, Maurice</t>
         </is>
       </c>
       <c r="E217" s="2"/>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>78959</v>
+        <v>79472</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Victor Allard.</t>
+          <t>Le Pudleur (d'après Meunier).</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Fabronius</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E218" s="2"/>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G218" s="2"/>
-      <c r="H218" s="2"/>
+      <c r="H218" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>79727</v>
+        <v>79728</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Gruuthuuse.</t>
+          <t>Complainte.</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E219" s="2"/>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>78960</v>
+        <v>79729</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Les Chanteurs - Epreuve d'artiste.</t>
+          <t>Pont Saint-Augustin.</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Flament, Maurice</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E220" s="2"/>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>79472</v>
+        <v>79730</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Le Pudleur (d'après Meunier).</t>
+          <t>Rempart, Porte Sainte-Croix.</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E221" s="2"/>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>79728</v>
+        <v>78964</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Complainte.</t>
+          <t>Au Parc de Wolvendael d'Uccle - Théâtre de Verdure.</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Gheude, Charles</t>
         </is>
       </c>
       <c r="E222" s="2"/>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G222" s="2"/>
-      <c r="H222" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H222" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>79729</v>
+        <v>79476</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Pont Saint-Augustin.</t>
+          <t>Place Saint Job - Carte 1917 Carloo.</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E223" s="2"/>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>cartes géographique</t>
         </is>
       </c>
       <c r="G223" s="2"/>
-      <c r="H223" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H223" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>79730</v>
+        <v>79732</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Rempart, Porte Sainte-Croix.</t>
+          <t>Vestige.</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E224" s="2"/>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>78964</v>
+        <v>78965</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Au Parc de Wolvendael d'Uccle - Théâtre de Verdure.</t>
+          <t>Un soir d'hiver à Verrewinkel.</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Gheude, Charles</t>
+          <t>Gilsoul, Léon</t>
         </is>
       </c>
       <c r="E225" s="2"/>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G225" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G225" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H225" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>79476</v>
+        <v>79221</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Place Saint Job - Carte 1917 Carloo.</t>
+          <t>L'Orient et l'Occident.</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E226" s="2"/>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G226" s="2"/>
-      <c r="H226" s="2"/>
+      <c r="H226" s="2" t="inlineStr">
+        <is>
+          <t>technique de reproduction, eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>79732</v>
+        <v>79479</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Vestige.</t>
+          <t>Concours International de Chant.</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Innchelevici</t>
         </is>
       </c>
       <c r="E227" s="2"/>
-      <c r="F227" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F227" s="2"/>
       <c r="G227" s="2"/>
-      <c r="H227" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H227" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>78965</v>
+        <v>78968</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Un soir d'hiver à Verrewinkel.</t>
+          <t>Étude pour l'anneau</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Gilsoul, Léon</t>
+          <t>Glorie, Raymond</t>
         </is>
       </c>
       <c r="E228" s="2"/>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain</t>
         </is>
       </c>
       <c r="H228" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>79221</v>
+        <v>79481</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>L'Orient et l'Occident.</t>
+          <t>Le Papenkasteel.</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E229" s="2"/>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G229" s="2"/>
-      <c r="H229" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H229" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>79479</v>
+        <v>79226</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Concours International de Chant.</t>
+          <t>Les Meules</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Innchelevici</t>
+          <t>Scoupreman, Pierre</t>
         </is>
       </c>
       <c r="E230" s="2"/>
-      <c r="F230" s="2"/>
-      <c r="G230" s="2"/>
+      <c r="F230" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G230" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H230" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>78968</v>
+        <v>78972</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Étude pour l'anneau</t>
+          <t>Nature morte - Les lilas.</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Glorie, Raymond</t>
+          <t>Goebbels, Charles</t>
         </is>
       </c>
       <c r="E231" s="2"/>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>fusain</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H231" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>79481</v>
+        <v>79740</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel.</t>
+          <t>V - 1940-1945 Médaille commémorative.</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E232" s="2"/>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>79226</v>
+        <v>78973</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Les Meules</t>
+          <t>L'île de Pâques.</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Scoupreman, Pierre</t>
+          <t>Goffin, Marc</t>
         </is>
       </c>
       <c r="E233" s="2"/>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>78972</v>
+        <v>79231</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Nature morte - Les lilas.</t>
+          <t>L'accident de Chemin de fer rue de Stalle.</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Goebbels, Charles</t>
+          <t>Smits, Marcel</t>
         </is>
       </c>
       <c r="E234" s="2"/>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H234" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>79740</v>
+        <v>79487</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>V - 1940-1945 Médaille commémorative.</t>
+          <t>Uccle Illustré.</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E235" s="2"/>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G235" s="2"/>
-      <c r="H235" s="2"/>
+      <c r="H235" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>78973</v>
+        <v>79743</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>L'île de Pâques.</t>
+          <t>Le Pavillon Louis XV.</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Goffin, Marc</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E236" s="2"/>
-      <c r="F236" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F236" s="2"/>
+      <c r="G236" s="2"/>
       <c r="H236" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>79231</v>
+        <v>78976</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>L'accident de Chemin de fer rue de Stalle.</t>
+          <t>L'averse.</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Smits, Marcel</t>
+          <t>Grimau, Jean</t>
         </is>
       </c>
       <c r="E237" s="2"/>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H237" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>79487</v>
+        <v>79488</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Uccle Illustré.</t>
+          <t>Auguste Danse au travail.</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E238" s="2"/>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>79743</v>
+        <v>78977</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Le Pavillon Louis XV.</t>
+          <t>Le pêcheur d'anguilles.</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Grimau, Jean</t>
         </is>
       </c>
       <c r="E239" s="2"/>
-      <c r="F239" s="2"/>
-      <c r="G239" s="2"/>
+      <c r="F239" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G239" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H239" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>78976</v>
+        <v>79234</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>L'averse.</t>
+          <t>Le buste du peintre Rodolphe Strebelle.</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Grimau, Jean</t>
+          <t>Souweine, Josine</t>
         </is>
       </c>
       <c r="E240" s="2"/>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H240" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>79488</v>
+        <v>79490</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse au travail.</t>
+          <t>Lys blanc Tour d'Amour. Fourbis Amour plutôt que glaive</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Danse, Louise (Marie-Louise)</t>
+          <t>Nguyen, Xuan Huu</t>
         </is>
       </c>
       <c r="E241" s="2"/>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G241" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H241" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>78977</v>
+        <v>79235</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Le pêcheur d'anguilles.</t>
+          <t>Vase avec chrysanthèmes</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Grimau, Jean</t>
+          <t>Speetjens, L.</t>
         </is>
       </c>
       <c r="E242" s="2"/>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H242" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>79234</v>
+        <v>79491</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Le buste du peintre Rodolphe Strebelle.</t>
+          <t>Soliflore. Soliflore</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Souweine, Josine</t>
+          <t>De Troyer, Marie-Claire</t>
         </is>
       </c>
       <c r="E243" s="2"/>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pastel</t>
         </is>
       </c>
       <c r="H243" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>79490</v>
+        <v>79493</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Lys blanc Tour d'Amour. Fourbis Amour plutôt que glaive</t>
+          <t>Poisson. Trévidon</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Nguyen, Xuan Huu</t>
+          <t>Robert, Jacques</t>
         </is>
       </c>
       <c r="E244" s="2"/>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>bas-relief</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H244" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>79235</v>
+        <v>78982</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Vase avec chrysanthèmes</t>
+          <t>Vers l'île heureuse.</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Speetjens, L.</t>
+          <t>Gysen, Ferdinand</t>
         </is>
       </c>
       <c r="E245" s="2"/>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H245" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>79491</v>
+        <v>79238</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Soliflore. Soliflore</t>
+          <t>Un Intérieur dans la ville hollandaise Sluis (l'Ecluse).</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>De Troyer, Marie-Claire</t>
+          <t>Stobbaerts, Pierre - Pieter</t>
         </is>
       </c>
       <c r="E246" s="2"/>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>pastel</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H246" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>79493</v>
+        <v>79494</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Poisson. Trévidon</t>
+          <t>Mythe décisif - 2.</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Robert, Jacques</t>
+          <t>Gilman, Véronique</t>
         </is>
       </c>
       <c r="E247" s="2"/>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>bas-relief</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>78982</v>
+        <v>78983</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Vers l'île heureuse.</t>
+          <t>Divers deux vases, voir -.</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Gysen, Ferdinand</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E248" s="2"/>
-      <c r="F248" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F248" s="2"/>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H248" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>79238</v>
+        <v>78984</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Un Intérieur dans la ville hollandaise Sluis (l'Ecluse).</t>
+          <t>Chat jouant à la mouche.</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Stobbaerts, Pierre - Pieter</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E249" s="2"/>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>79494</v>
+        <v>79240</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Mythe décisif - 2.</t>
+          <t>Les amants carrés.</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Gilman, Véronique</t>
+          <t>Strebelle, Olivier</t>
         </is>
       </c>
       <c r="E250" s="2"/>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H250" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>78983</v>
+        <v>79496</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Divers deux vases, voir -.</t>
+          <t>Visage imaginaire.</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Cluysenaar, John</t>
         </is>
       </c>
       <c r="E251" s="2"/>
-      <c r="F251" s="2"/>
+      <c r="F251" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H251" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>78984</v>
+        <v>78985</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Chat jouant à la mouche.</t>
+          <t>Chat fâché.</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E252" s="2"/>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H252" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>79240</v>
+        <v>78986</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Les amants carrés.</t>
+          <t>Nichée - Groupe de trois petits chats.</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Strebelle, Olivier</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E253" s="2"/>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H253" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>79496</v>
+        <v>78987</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Visage imaginaire.</t>
+          <t>Chat marchant.</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, John</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E254" s="2"/>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>78985</v>
+        <v>79499</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Chat fâché.</t>
+          <t>René Gobert.</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Witterwulghe, Joseph</t>
         </is>
       </c>
       <c r="E255" s="2"/>
-      <c r="F255" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F255" s="2"/>
+      <c r="G255" s="2"/>
       <c r="H255" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>78986</v>
+        <v>78988</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Nichée - Groupe de trois petits chats.</t>
+          <t>Chat à la mouche.</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E256" s="2"/>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H256" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>78987</v>
+        <v>79244</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Chat marchant.</t>
+          <t>Chapelle de Stalle en 1847.</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Stroobant, d'après -</t>
         </is>
       </c>
       <c r="E257" s="2"/>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H257" s="2"/>
+          <t>crayon</t>
+        </is>
+      </c>
+      <c r="H257" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>79499</v>
+        <v>79500</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>René Gobert.</t>
+          <t>Les bulles et l'enfant.</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Witterwulghe, Joseph</t>
+          <t>Préat, Gilles</t>
         </is>
       </c>
       <c r="E258" s="2"/>
-      <c r="F258" s="2"/>
+      <c r="F258" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>78988</v>
+        <v>79501</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Chat à la mouche.</t>
+          <t>Chapelle de Ronquières.</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Willot, Roger</t>
         </is>
       </c>
       <c r="E259" s="2"/>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G259" s="2"/>
       <c r="H259" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>79244</v>
+        <v>78734</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Stalle en 1847.</t>
+          <t>Buste du professeur Dupréel.</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, d'après -</t>
+          <t>Aebly, Albert</t>
         </is>
       </c>
       <c r="E260" s="2"/>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H260" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>79500</v>
+        <v>78990</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Les bulles et l'enfant.</t>
+          <t>Tendresse.</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Préat, Gilles</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E261" s="2"/>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G261" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G261" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H261" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>79501</v>
+        <v>79246</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Ronquières.</t>
+          <t>Uccle en 1847 - Eglise Saint-Pierre.</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Willot, Roger</t>
+          <t>Stroobant, d'après -</t>
         </is>
       </c>
       <c r="E262" s="2"/>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>78734</v>
+        <v>79502</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Buste du professeur Dupréel.</t>
+          <t>Connivence. Connivence</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Aebly, Albert</t>
+          <t>Claes, Jean-Pierre</t>
         </is>
       </c>
       <c r="E263" s="2"/>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G263" s="2"/>
       <c r="H263" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>78990</v>
+        <v>79758</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Tendresse.</t>
+          <t>Vue et perspective de la maison de plaisance, paroise de Laque (Laeken) proche la ville de Brux. appartenant à Mons ...</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Harrewyn</t>
         </is>
       </c>
       <c r="E264" s="2"/>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G264" s="2"/>
       <c r="H264" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>79246</v>
+        <v>78735</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Uccle en 1847 - Eglise Saint-Pierre.</t>
+          <t>Tête d'enfant.</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, d'après -</t>
+          <t>Aebly, Albert</t>
         </is>
       </c>
       <c r="E265" s="2"/>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G265" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G265" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
       <c r="H265" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>79502</v>
+        <v>78991</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Connivence. Connivence</t>
+          <t>Convoitise.</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Claes, Jean-Pierre</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E266" s="2"/>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G266" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G266" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H266" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>79758</v>
+        <v>79503</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Vue et perspective de la maison de plaisance, paroise de Laque (Laeken) proche la ville de Brux. appartenant à Mons ...</t>
+          <t>Voie dangereuse.</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Harrewyn</t>
+          <t>Tallier, Charles</t>
         </is>
       </c>
       <c r="E267" s="2"/>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>78735</v>
+        <v>78736</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant.</t>
+          <t>Cavalière.</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>Aebly, Albert</t>
         </is>
       </c>
       <c r="E268" s="2"/>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H268" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>78991</v>
+        <v>78992</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Convoitise.</t>
+          <t>Chat au gros dos.</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E269" s="2"/>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H269" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>79503</v>
+        <v>79248</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Voie dangereuse.</t>
+          <t>Arbre - II.</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Tallier, Charles</t>
+          <t>Swyngedau, Igor</t>
         </is>
       </c>
       <c r="E270" s="2"/>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G270" s="2"/>
-      <c r="H270" s="2"/>
+      <c r="H270" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>78736</v>
+        <v>79504</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Cavalière.</t>
+          <t>La Conversation.</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Aebly, Albert</t>
+          <t>Claes, Jean-Pierre</t>
         </is>
       </c>
       <c r="E271" s="2"/>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G271" s="2"/>
       <c r="H271" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>78992</v>
+        <v>79760</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Chat au gros dos.</t>
+          <t>Vue du Château  4.</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Mascré, Je</t>
         </is>
       </c>
       <c r="E272" s="2"/>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G272" s="2"/>
       <c r="H272" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>79248</v>
+        <v>78737</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Arbre - II.</t>
+          <t>La Chapelle de Stalle vers 1910.</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Swyngedau, Igor</t>
+          <t>Aebly, André</t>
         </is>
       </c>
       <c r="E273" s="2"/>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G273" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H273" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>79504</v>
+        <v>79505</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>La Conversation.</t>
+          <t>Malines sur mer.</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Claes, Jean-Pierre</t>
+          <t>Virelle, Lucette</t>
         </is>
       </c>
       <c r="E274" s="2"/>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>79760</v>
+        <v>79761</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Vue du Château  4.</t>
+          <t>Vue du Château  12.</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>Mascré, Je</t>
         </is>
       </c>
       <c r="E275" s="2"/>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>78737</v>
+        <v>78738</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle vers 1910.</t>
+          <t>Cour de ferme (Brabant).</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Aebly, André</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E276" s="2"/>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H276" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>79505</v>
+        <v>78994</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Malines sur mer.</t>
+          <t>Femme des champs.</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
-          <t>Virelle, Lucette</t>
+          <t>Hageman, Victor</t>
         </is>
       </c>
       <c r="E277" s="2"/>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G277" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G277" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H277" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>79761</v>
+        <v>78996</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Vue du Château  12.</t>
+          <t>Lionne.</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Mascré, Je</t>
+          <t>Hager, Albert</t>
         </is>
       </c>
       <c r="E278" s="2"/>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G278" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G278" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H278" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>78738</v>
+        <v>79508</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Cour de ferme (Brabant).</t>
+          <t>Au fil de l'eau.</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Bouillon, Monique</t>
         </is>
       </c>
       <c r="E279" s="2"/>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G279" s="2"/>
       <c r="H279" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>78994</v>
+        <v>78741</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Femme des champs.</t>
+          <t>Le Pot jaune.</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Hageman, Victor</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E280" s="2"/>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H280" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>78996</v>
+        <v>78997</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Lionne.</t>
+          <t>Deux lionceaux jouant.</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Hager, Albert</t>
         </is>
       </c>
       <c r="E281" s="2"/>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H281" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>79508</v>
+        <v>78743</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Au fil de l'eau.</t>
+          <t>Intérieur de l'Église de Grimbergen.</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Bouillon, Monique</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E282" s="2"/>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G282" s="2"/>
-      <c r="H282" s="2"/>
+      <c r="H282" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>78741</v>
+        <v>78744</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Le Pot jaune.</t>
+          <t>Cadaquès.</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>André, Paule</t>
         </is>
       </c>
       <c r="E283" s="2"/>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H283" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>78997</v>
+        <v>79512</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Deux lionceaux jouant.</t>
+          <t>Départ.</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Hager, Albert</t>
+          <t>Hirsch, Darie</t>
         </is>
       </c>
       <c r="E284" s="2"/>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G284" s="2"/>
       <c r="H284" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>78742</v>
+        <v>78745</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Dandoy.</t>
+          <t>Caille. Le Rouge et le en Noir</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>André, Paule</t>
         </is>
       </c>
       <c r="E285" s="2"/>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H285" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>79510</v>
+        <v>79002</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Uccle - Forêt de Soignes.</t>
+          <t>Petite rieuse.</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Dumont, Paul</t>
+          <t>Hamoir, Amédée</t>
         </is>
       </c>
       <c r="E286" s="2"/>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G286" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G286" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H286" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>78743</v>
+        <v>79514</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'Église de Grimbergen.</t>
+          <t>Morceau d'Ostende - IV.</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Kathelyn, Dina</t>
         </is>
       </c>
       <c r="E287" s="2"/>
       <c r="F287" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G287" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, panneau</t>
+        </is>
+      </c>
+      <c r="H287" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>78744</v>
+        <v>79259</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Cadaquès.</t>
+          <t>Soleil sur l'eau. Dia Ré Fa 1</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>André, Paule</t>
+          <t>Tallier, Charles</t>
         </is>
       </c>
       <c r="E288" s="2"/>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G288" s="2"/>
       <c r="H288" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>79512</v>
+        <v>79515</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Départ.</t>
+          <t>Angelot.</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Hirsch, Darie</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E289" s="2"/>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G289" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G289" s="2" t="inlineStr">
+        <is>
+          <t>plomb</t>
+        </is>
+      </c>
       <c r="H289" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>78745</v>
+        <v>78748</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Caille. Le Rouge et le en Noir</t>
+          <t>Le Nouvel Uccle.</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
-          <t>André, Paule</t>
+          <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E290" s="2"/>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H290" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>79002</v>
+        <v>79516</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Petite rieuse.</t>
+          <t>Angelot.</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Hamoir, Amédée</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E291" s="2"/>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>plomb</t>
         </is>
       </c>
       <c r="H291" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>79514</v>
+        <v>78749</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Morceau d'Ostende - IV.</t>
+          <t>Nuit de Noël (Effet de neige - Place communale d'Uccle sous la neige).</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>Kathelyn, Dina</t>
+          <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E292" s="2"/>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, panneau</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H292" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>79259</v>
+        <v>79517</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Soleil sur l'eau. Dia Ré Fa 1</t>
+          <t>Souffles dans le verre.</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>Tallier, Charles</t>
+          <t>Francois, Michel</t>
         </is>
       </c>
       <c r="E293" s="2"/>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>79515</v>
+        <v>78750</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Angelot.</t>
+          <t>Uccle en 1876.</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E294" s="2"/>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>plomb</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H294" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>78748</v>
+        <v>79006</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Le Nouvel Uccle.</t>
+          <t>Garçonnet (à magrietje chérie).</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Asselbergs, Alphonse</t>
+          <t>Haustrate, Gaston</t>
         </is>
       </c>
       <c r="E295" s="2"/>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H295" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>79516</v>
+        <v>79262</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Angelot.</t>
+          <t>Souvenir de la loi Carton de Wiart.</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Theunis, Pieter</t>
         </is>
       </c>
       <c r="E296" s="2"/>
-      <c r="F296" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F296" s="2"/>
+      <c r="G296" s="2"/>
       <c r="H296" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>78749</v>
+        <v>79518</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Nuit de Noël (Effet de neige - Place communale d'Uccle sous la neige).</t>
+          <t>L'ouverture est là</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
-          <t>Asselbergs, Alphonse</t>
+          <t>Angeles, Mariojosé</t>
         </is>
       </c>
       <c r="E297" s="2"/>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G297" s="2"/>
       <c r="H297" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>79517</v>
+        <v>78751</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Souffles dans le verre.</t>
+          <t>Paysage de montagne</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Francois, Michel</t>
+          <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E298" s="2"/>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...2 lines deleted...]
-      <c r="G298" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G298" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H298" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>78750</v>
+        <v>79007</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Uccle en 1876.</t>
+          <t>Paysage (à Saint-Job).</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
-          <t>Asselbergs, Alphonse</t>
+          <t>Hazledine, Alfred</t>
         </is>
       </c>
       <c r="E299" s="2"/>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H299" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G299" s="2"/>
+      <c r="H299" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>79006</v>
+        <v>79519</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Garçonnet (à magrietje chérie).</t>
+          <t>Le Centenaire - Estaminet.</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Haustrate, Gaston</t>
+          <t>De Busschere, Jacques</t>
         </is>
       </c>
       <c r="E300" s="2"/>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H300" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>79262</v>
+        <v>78752</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Souvenir de la loi Carton de Wiart.</t>
+          <t>Écolière.</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Theunis, Pieter</t>
+          <t>Auquier, Ulysse</t>
         </is>
       </c>
       <c r="E301" s="2"/>
-      <c r="F301" s="2"/>
-      <c r="G301" s="2"/>
+      <c r="F301" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G301" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
       <c r="H301" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>79518</v>
+        <v>79520</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>L'ouverture est là</t>
+          <t>Victor.</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Angeles, Mariojosé</t>
+          <t>Brasseur, Jean-Marc</t>
         </is>
       </c>
       <c r="E302" s="2"/>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>78751</v>
+        <v>78753</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Paysage de montagne</t>
+          <t>Tendresse inquiète.</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
-          <t>Asselbergs, Alphonse</t>
+          <t>Auquier, Ulysse</t>
         </is>
       </c>
       <c r="E303" s="2"/>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H303" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>79007</v>
+        <v>79009</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Paysage (à Saint-Job).</t>
+          <t>Une Actrice devant son miroir</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>Hazledine, Alfred</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E304" s="2"/>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G304" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H304" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>79519</v>
+        <v>78754</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Le Centenaire - Estaminet.</t>
+          <t>Autoportrait</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>De Busschere, Jacques</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E305" s="2"/>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H305" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>78752</v>
+        <v>79522</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Écolière.</t>
+          <t>Cubisme.</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Auquier, Ulysse</t>
+          <t>Watry, Jean-Claude</t>
         </is>
       </c>
       <c r="E306" s="2"/>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G306" s="2"/>
       <c r="H306" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>79520</v>
+        <v>78755</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Victor.</t>
+          <t>La Méhaigne.</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>Brasseur, Jean-Marc</t>
+          <t>Baron, Théodore</t>
         </is>
       </c>
       <c r="E307" s="2"/>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G307" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G307" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H307" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>78753</v>
+        <v>79523</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Tendresse inquiète.</t>
+          <t>Impression de pluie.</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>Auquier, Ulysse</t>
+          <t>Fontaine, Charles</t>
         </is>
       </c>
       <c r="E308" s="2"/>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G308" s="2"/>
       <c r="H308" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>79009</v>
+        <v>78756</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Une Actrice devant son miroir</t>
+          <t>Les Bouleaux (Verrewinkel).</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Baron, Théodore</t>
         </is>
       </c>
       <c r="E309" s="2"/>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H309" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>78754</v>
+        <v>79012</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait</t>
+          <t>Tête de femme.</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E310" s="2"/>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H310" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>79522</v>
+        <v>79524</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Cubisme.</t>
+          <t>Birmanie, Sur le lac Inlé.</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Watry, Jean-Claude</t>
+          <t>Wellens, Michel</t>
         </is>
       </c>
       <c r="E311" s="2"/>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>78755</v>
+        <v>78757</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>La Méhaigne.</t>
+          <t>Torse.</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Baron, Théodore</t>
+          <t>Berchmans, Jules</t>
         </is>
       </c>
       <c r="E312" s="2"/>
       <c r="F312" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H312" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>79523</v>
+        <v>79013</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Impression de pluie.</t>
+          <t>Femme (buste).</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Fontaine, Charles</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E313" s="2"/>
       <c r="F313" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G313" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G313" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H313" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>78756</v>
+        <v>79269</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Les Bouleaux (Verrewinkel).</t>
+          <t>Bois de Verrewinckel.</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
-          <t>Baron, Théodore</t>
+          <t>Thienpond</t>
         </is>
       </c>
       <c r="E314" s="2"/>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H314" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>79012</v>
+        <v>79525</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme.</t>
+          <t>Le laitier.</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Guisgand, Françoise</t>
         </is>
       </c>
       <c r="E315" s="2"/>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G315" s="2"/>
       <c r="H315" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>79524</v>
+        <v>78758</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Birmanie, Sur le lac Inlé.</t>
+          <t>Paysage de neige.</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
-          <t>Wellens, Michel</t>
+          <t>Berckmans, Roger</t>
         </is>
       </c>
       <c r="E316" s="2"/>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G316" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G316" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H316" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>78757</v>
+        <v>79014</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Torse.</t>
+          <t>Martigues.</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
-          <t>Berchmans, Jules</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E317" s="2"/>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>gouache</t>
         </is>
       </c>
       <c r="H317" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>79013</v>
+        <v>79270</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Femme (buste).</t>
+          <t>Paysage à Uccle.</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Tordeur, J.F.</t>
         </is>
       </c>
       <c r="E318" s="2"/>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H318" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>79269</v>
+        <v>79526</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Bois de Verrewinckel.</t>
+          <t>The Ghost.</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Thienpond</t>
+          <t>Duwijn, Jeanne</t>
         </is>
       </c>
       <c r="E319" s="2"/>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G319" s="2"/>
       <c r="H319" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>79525</v>
+        <v>78759</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Le laitier.</t>
+          <t>Le moulin du Keyenbempt.</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Guisgand, Françoise</t>
+          <t>Bergé, A.</t>
         </is>
       </c>
       <c r="E320" s="2"/>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>78758</v>
+        <v>79015</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Paysage de neige.</t>
+          <t>Allégorie</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Berckmans, Roger</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E321" s="2"/>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H321" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>79014</v>
+        <v>79271</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Martigues.</t>
+          <t>Composition</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Turner, Laura</t>
         </is>
       </c>
       <c r="E322" s="2"/>
       <c r="F322" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>gouache</t>
+          <t>crayon</t>
         </is>
       </c>
       <c r="H322" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>79270</v>
+        <v>79527</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Paysage à Uccle.</t>
+          <t>Première neige.</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Tordeur, J.F.</t>
+          <t>Bouillon, Monique</t>
         </is>
       </c>
       <c r="E323" s="2"/>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G323" s="2"/>
       <c r="H323" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>79526</v>
+        <v>79272</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>The Ghost.</t>
+          <t>Trois jeunes filles ukrainiennes.</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Duwijn, Jeanne</t>
+          <t>Turner, Laura</t>
         </is>
       </c>
       <c r="E324" s="2"/>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G324" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G324" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H324" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>78759</v>
+        <v>79528</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt.</t>
+          <t>Vers la Lumière. Vers 1</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Bergé, A.</t>
+          <t>Van Peborgh, Serge</t>
         </is>
       </c>
       <c r="E325" s="2"/>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G325" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G325" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H325" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>79015</v>
+        <v>78761</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Allégorie</t>
+          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Bolle, Marie-Anne</t>
         </is>
       </c>
       <c r="E326" s="2"/>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H326" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G326" s="2"/>
+      <c r="H326" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>79271</v>
+        <v>79273</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Composition</t>
+          <t>L'ancienne Maison des chômeurs.</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>Turner, Laura</t>
         </is>
       </c>
       <c r="E327" s="2"/>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H327" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>79527</v>
+        <v>79529</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Première neige.</t>
+          <t>Aurore. Aurore</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Bouillon, Monique</t>
+          <t>Van de Woestyne, Cathy</t>
         </is>
       </c>
       <c r="E328" s="2"/>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G328" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G328" s="2" t="inlineStr">
+        <is>
+          <t>pastel</t>
+        </is>
+      </c>
       <c r="H328" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>79272</v>
+        <v>79530</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Trois jeunes filles ukrainiennes.</t>
+          <t>Torsion. Torsion</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Turner, Laura</t>
+          <t>Lhonneux, Dominique</t>
         </is>
       </c>
       <c r="E329" s="2"/>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H329" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>79528</v>
+        <v>79275</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Vers la Lumière. Vers 1</t>
+          <t>Portuaire. Pourquoi ? I</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
-          <t>Van Peborgh, Serge</t>
+          <t>Uyttendaele, Simone</t>
         </is>
       </c>
       <c r="E330" s="2"/>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G330" s="2"/>
       <c r="H330" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>78761</v>
+        <v>79531</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Songe (E.A. II) 70 ( Faune ? ).</t>
+          <t>L'Acrobate. Ne pas vendre la peau de l'ours…</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
-          <t>Bolle, Marie-Anne</t>
+          <t>Gutman, Françoise</t>
         </is>
       </c>
       <c r="E331" s="2"/>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G331" s="2" t="inlineStr">
+        <is>
+          <t>pierre, métal</t>
+        </is>
+      </c>
+      <c r="H331" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>79273</v>
+        <v>79021</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>L'ancienne Maison des chômeurs.</t>
+          <t>Chat sur fond de paysage d'hiver</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
-          <t>Turner, Laura</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E332" s="2"/>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H332" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>79529</v>
+        <v>79277</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Aurore. Aurore</t>
+          <t>La Ferme Rose le dimanche.</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
-          <t>Van de Woestyne, Cathy</t>
+          <t>Van Cleemput, Jean</t>
         </is>
       </c>
       <c r="E333" s="2"/>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>pastel</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H333" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>79530</v>
+        <v>79533</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Torsion. Torsion</t>
+          <t>L'Été.</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
-          <t>Lhonneux, Dominique</t>
+          <t>Van Overstraeten, War</t>
         </is>
       </c>
       <c r="E334" s="2"/>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H334" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>79275</v>
+        <v>79022</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Portuaire. Pourquoi ? I</t>
+          <t>Sur la digue à Nice.</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
-          <t>Uyttendaele, Simone</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E335" s="2"/>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G335" s="2"/>
+      <c r="G335" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H335" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>79531</v>
+        <v>79023</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>L'Acrobate. Ne pas vendre la peau de l'ours…</t>
+          <t>Le Lavandou.</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
-          <t>Gutman, Françoise</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E336" s="2"/>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>pierre, métal</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H336" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>79021</v>
+        <v>79024</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Chat sur fond de paysage d'hiver</t>
+          <t>La Sierra Nevada (Grenade)</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E337" s="2"/>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H337" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>79277</v>
+        <v>79536</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose le dimanche.</t>
+          <t>Abysse.</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Van Cleemput, Jean</t>
+          <t>Detry, Monique</t>
         </is>
       </c>
       <c r="E338" s="2"/>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H338" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>79533</v>
+        <v>78769</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>L'Été.</t>
+          <t>René Lyr.</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Van Overstraeten, War</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E339" s="2"/>
-      <c r="F339" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F339" s="2"/>
+      <c r="G339" s="2"/>
       <c r="H339" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>79022</v>
+        <v>79281</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Sur la digue à Nice.</t>
+          <t>Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Léonard</t>
         </is>
       </c>
       <c r="E340" s="2"/>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H340" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>79023</v>
+        <v>79026</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Le Lavandou.</t>
+          <t>La Cour du Cornet.</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E341" s="2"/>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H341" s="2"/>
+      <c r="H341" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>79024</v>
+        <v>78771</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>La Sierra Nevada (Grenade)</t>
+          <t>Jean Herinckx, Bourgmestre 1939-1953.</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E342" s="2"/>
-      <c r="F342" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F342" s="2"/>
+      <c r="G342" s="2"/>
       <c r="H342" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>79536</v>
+        <v>79027</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Abysse.</t>
+          <t>La Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Detry, Monique</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E343" s="2"/>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
-[...2 lines deleted...]
-      <c r="H343" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H343" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>78769</v>
+        <v>78772</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>René Lyr.</t>
+          <t>Nature morte - Fleurs et fruits.</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Bosquet, Andrée</t>
         </is>
       </c>
       <c r="E344" s="2"/>
-      <c r="F344" s="2"/>
-      <c r="G344" s="2"/>
+      <c r="F344" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G344" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H344" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>79025</v>
+        <v>79284</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel.</t>
+          <t>Été à Lasne-Chapelle Saint-Lambert.</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Vandercammen, Edmond</t>
         </is>
       </c>
       <c r="E345" s="2"/>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, papier</t>
+        </is>
+      </c>
+      <c r="H345" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>79281</v>
+        <v>79285</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Stalle.</t>
+          <t>Castel du Kersbeek à Uccle</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
-          <t>Léonard</t>
+          <t>Vanderhecht, G.</t>
         </is>
       </c>
       <c r="E346" s="2"/>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G346" s="2"/>
       <c r="H346" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>79026</v>
+        <v>78774</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>La Cour du Cornet.</t>
+          <t>Rapprochement. Rapprochement</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Bouillon, Monique</t>
         </is>
       </c>
       <c r="E347" s="2"/>
-      <c r="F347" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F347" s="2"/>
+      <c r="G347" s="2"/>
+      <c r="H347" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>78771</v>
+        <v>79286</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Jean Herinckx, Bourgmestre 1939-1953.</t>
+          <t>Le square des Héros en hiver.</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Vander Linden,  Irène</t>
         </is>
       </c>
       <c r="E348" s="2"/>
-      <c r="F348" s="2"/>
-      <c r="G348" s="2"/>
+      <c r="F348" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G348" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H348" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>79027</v>
+        <v>78776</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle.</t>
+          <t>Le Chenal à Ostende</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Bouvier, Arthur</t>
         </is>
       </c>
       <c r="E349" s="2"/>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H349" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H349" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>78772</v>
+        <v>79032</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Nature morte - Fleurs et fruits.</t>
+          <t>Paysage de Campine.</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
-          <t>Bosquet, Andrée</t>
+          <t>Heymans, Adrien-Joseph</t>
         </is>
       </c>
       <c r="E350" s="2"/>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H350" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>79028</v>
+        <v>79288</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Saint-Job.</t>
+          <t>Aurore.</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Van Enis, Henri</t>
         </is>
       </c>
       <c r="E351" s="2"/>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...11 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G351" s="2"/>
+      <c r="H351" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>79284</v>
+        <v>78777</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Été à Lasne-Chapelle Saint-Lambert.</t>
+          <t>Les Falaises d'Etretat</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
-          <t>Vandercammen, Edmond</t>
+          <t>Bouvier, Arthur</t>
         </is>
       </c>
       <c r="E352" s="2"/>
       <c r="F352" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H352" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>79029</v>
+        <v>79289</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Le Chemin de Boetendael.</t>
+          <t>Coquilles. Coquilles</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>Van Enis, Henri</t>
         </is>
       </c>
       <c r="E353" s="2"/>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...11 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G353" s="2"/>
+      <c r="H353" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>79285</v>
+        <v>78778</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Castel du Kersbeek à Uccle</t>
+          <t>Le chenal</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
-          <t>Vanderhecht, G.</t>
+          <t>Bouvier, Arthur</t>
         </is>
       </c>
       <c r="E354" s="2"/>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G354" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G354" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H354" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>78774</v>
+        <v>79035</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Rapprochement. Rapprochement</t>
+          <t>Portrait du roi Albert 1er.</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
-          <t>Bouillon, Monique</t>
+          <t>Huygelen, Frans</t>
         </is>
       </c>
       <c r="E355" s="2"/>
-      <c r="F355" s="2"/>
-      <c r="G355" s="2"/>
+      <c r="F355" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G355" s="2" t="inlineStr">
+        <is>
+          <t>sanguine</t>
+        </is>
+      </c>
       <c r="H355" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>79030</v>
+        <v>79291</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Le Molensteen à Calevoet.</t>
+          <t>Le moulin du Keyenbempt à Uccle en 1915.</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
-          <t>Hermanus, Paul</t>
+          <t>van Eyck, Gaston</t>
         </is>
       </c>
       <c r="E356" s="2"/>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...11 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G356" s="2"/>
+      <c r="H356" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>79286</v>
+        <v>79292</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Le square des Héros en hiver.</t>
+          <t>Vieille ferme, rue Engeland.</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
-          <t>Vander Linden,  Irène</t>
+          <t>Van Gansbeke, Roger</t>
         </is>
       </c>
       <c r="E357" s="2"/>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H357" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>78776</v>
+        <v>79293</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Le Chenal à Ostende</t>
+          <t>La ferme Saint-Eloi à Uccle.</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
-          <t>Bouvier, Arthur</t>
+          <t>Van Gansbeke, Roger</t>
         </is>
       </c>
       <c r="E358" s="2"/>
       <c r="F358" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H358" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>79032</v>
+        <v>78782</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Campine.</t>
+          <t>La bataille de Bastogne.</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
-          <t>Heymans, Adrien-Joseph</t>
+          <t>Bukac, Jean</t>
         </is>
       </c>
       <c r="E359" s="2"/>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H359" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>79288</v>
+        <v>78783</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Aurore.</t>
+          <t>Masque de Napoléon</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
-          <t>Van Enis, Henri</t>
+          <t>Calamatta, Luigi</t>
         </is>
       </c>
       <c r="E360" s="2"/>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G360" s="2"/>
-      <c r="H360" s="2"/>
+      <c r="H360" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>78777</v>
+        <v>79295</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Les Falaises d'Etretat</t>
+          <t>Souvenir de croisière - Mercator.</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
-          <t>Bouvier, Arthur</t>
+          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
         </is>
       </c>
       <c r="E361" s="2"/>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H361" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G361" s="2"/>
+      <c r="H361" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>79289</v>
+        <v>79040</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Coquilles. Coquilles</t>
+          <t>Madame Preumont, grand-mère maternelle de Mlle Dussart</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
-          <t>Van Enis, Henri</t>
+          <t>Élève ou collaborateur de l'École de Navez</t>
         </is>
       </c>
       <c r="E362" s="2"/>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G362" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G362" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H362" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>78778</v>
+        <v>79041</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Le chenal</t>
+          <t>L'Homme en bleu</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
-          <t>Bouvier, Arthur</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E363" s="2"/>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H363" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>79035</v>
+        <v>79297</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Portrait du roi Albert 1er.</t>
+          <t>Le Diablotin. Tout feu tout flamme</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
-          <t>Huygelen, Frans</t>
+          <t>Van Hille, Renée</t>
         </is>
       </c>
       <c r="E364" s="2"/>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>masque</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>sanguine</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H364" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>79291</v>
+        <v>79553</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt à Uccle en 1915.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
-          <t>van Eyck, Gaston</t>
+          <t>Dierickx, Raymond</t>
         </is>
       </c>
       <c r="E365" s="2"/>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G365" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G365" s="2" t="inlineStr">
+        <is>
+          <t>pastel</t>
+        </is>
+      </c>
       <c r="H365" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>79292</v>
+        <v>79042</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Vieille ferme, rue Engeland.</t>
+          <t>Charles Hermans, enfant.</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
-          <t>Van Gansbeke, Roger</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E366" s="2"/>
       <c r="F366" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H366" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>79293</v>
+        <v>79299</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>La ferme Saint-Eloi à Uccle.</t>
+          <t>Paysage. Le tort tue - 1</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>Van Gansbeke, Roger</t>
+          <t>Vanhulst, Georges</t>
         </is>
       </c>
       <c r="E367" s="2"/>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G367" s="2"/>
       <c r="H367" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>78782</v>
+        <v>79555</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>La bataille de Bastogne.</t>
+          <t>Bayon 5.</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
-          <t>Bukac, Jean</t>
+          <t>van Hille, Alain</t>
         </is>
       </c>
       <c r="E368" s="2"/>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H368" s="2"/>
+          <t>papier, panneau</t>
+        </is>
+      </c>
+      <c r="H368" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>78783</v>
+        <v>79556</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Masque de Napoléon</t>
+          <t>Le Chalet-Église du Homborch vers 1930.</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Calamatta, Luigi</t>
+          <t>Anonyme,  / Jorwitz, Ferdinand</t>
         </is>
       </c>
       <c r="E369" s="2"/>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G369" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H369" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>79295</v>
+        <v>79557</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Souvenir de croisière - Mercator.</t>
+          <t>Dans la Poussière_Piscine Longchamp.</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
-          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
+          <t>Préat, Gilles</t>
         </is>
       </c>
       <c r="E370" s="2"/>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G370" s="2"/>
-      <c r="H370" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H370" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>79040</v>
+        <v>79046</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Madame Preumont, grand-mère maternelle de Mlle Dussart</t>
+          <t>La forêt de Soignes.</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Élève ou collaborateur de l'École de Navez</t>
+          <t>Jacobs, Henry</t>
         </is>
       </c>
       <c r="E371" s="2"/>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H371" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>79041</v>
+        <v>79302</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>L'Homme en bleu</t>
+          <t>Vieux pont à Bruges</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Van Neste, Alfred</t>
         </is>
       </c>
       <c r="E372" s="2"/>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H372" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>79297</v>
+        <v>78791</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Le Diablotin. Tout feu tout flamme</t>
+          <t>La Ferme Rose vers 1928.</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
-          <t>Van Hille, Renée</t>
+          <t>Canneel, Jules-Marie</t>
         </is>
       </c>
       <c r="E373" s="2"/>
       <c r="F373" s="2" t="inlineStr">
         <is>
-          <t>masque</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H373" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>79553</v>
+        <v>79048</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Veille de Kermesse</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Raymond</t>
-[...2 lines deleted...]
-      <c r="E374" s="2"/>
+          <t>Jacobs</t>
+        </is>
+      </c>
+      <c r="E374" s="2" t="inlineStr">
+        <is>
+          <t> - 1938</t>
+        </is>
+      </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>pastel</t>
-[...2 lines deleted...]
-      <c r="H374" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H374" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>79042</v>
+        <v>79304</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Charles Hermans, enfant.</t>
+          <t>Birds of paradise.</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Van Noten, Jean</t>
         </is>
       </c>
       <c r="E375" s="2"/>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H375" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>79299</v>
+        <v>78793</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Paysage. Le tort tue - 1</t>
+          <t>La Chorale.</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
-          <t>Vanhulst, Georges</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E376" s="2"/>
       <c r="F376" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G376" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G376" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H376" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>79555</v>
+        <v>79049</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Bayon 5.</t>
+          <t>La Ferme Rose</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D377" s="2" t="inlineStr">
         <is>
-          <t>van Hille, Alain</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E377" s="2"/>
       <c r="F377" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G377" s="2"/>
       <c r="H377" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>79556</v>
+        <v>79305</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>Le Chalet-Église du Homborch vers 1930.</t>
+          <t>Portrait</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Jorwitz, Ferdinand</t>
+          <t>Van Offel, Quentin</t>
         </is>
       </c>
       <c r="E378" s="2"/>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H378" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>78789</v>
+        <v>78794</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Panorama d'Uccle en 1882.</t>
+          <t>Rue de Namur.</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D379" s="2" t="inlineStr">
         <is>
-          <t>Cammaerts, H.E.</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E379" s="2"/>
       <c r="F379" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G379" s="2"/>
       <c r="H379" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>79557</v>
+        <v>79562</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Dans la Poussière_Piscine Longchamp.</t>
+          <t>Uccle- Le Parvis Saint-Pierre et l'Eglise.</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
-          <t>Préat, Gilles</t>
+          <t>Van Bunnen, Louis</t>
         </is>
       </c>
       <c r="E380" s="2"/>
       <c r="F380" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G380" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G380" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H380" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>79046</v>
+        <v>79307</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>La forêt de Soignes.</t>
+          <t>Ici et maintenant. Ici et maintenant</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
-          <t>Jacobs, Henry</t>
+          <t>Vansteenwinckel, Francis</t>
         </is>
       </c>
       <c r="E381" s="2"/>
-      <c r="F381" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F381" s="2"/>
+      <c r="G381" s="2"/>
       <c r="H381" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>79302</v>
+        <v>79563</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>Vieux pont à Bruges</t>
+          <t>Le Cheval blanc.</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
-          <t>Van Neste, Alfred</t>
+          <t>Draye, Bernadette</t>
         </is>
       </c>
       <c r="E382" s="2"/>
       <c r="F382" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H382" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G382" s="2"/>
+      <c r="H382" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>78791</v>
+        <v>78796</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose vers 1928.</t>
+          <t>Intérieur Sossoye.</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
-          <t>Canneel, Jules-Marie</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E383" s="2"/>
       <c r="F383" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H383" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>79047</v>
+        <v>79052</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>Vieux café à Saint-Job.</t>
+          <t>Pavillon Louis XV.</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Janssens, Henri</t>
         </is>
       </c>
       <c r="E384" s="2"/>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G384" s="2"/>
       <c r="H384" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>79048</v>
+        <v>78797</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Veille de Kermesse.</t>
+          <t>Marchande d'oranges.</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E385" s="2"/>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G385" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H385" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>79304</v>
+        <v>79053</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>Birds of paradise.</t>
+          <t>Auguste Danse.</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
-          <t>Van Noten, Jean</t>
+          <t>Jonas, Lucien</t>
         </is>
       </c>
       <c r="E386" s="2"/>
       <c r="F386" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H386" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>78793</v>
+        <v>79309</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>La Chorale.</t>
+          <t>Le Rosier</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D387" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Feyaerts-Van Win, Léontine</t>
         </is>
       </c>
       <c r="E387" s="2"/>
       <c r="F387" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H387" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>79049</v>
+        <v>79054</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose</t>
+          <t>Les piments.</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Jonkmans, Adèle</t>
         </is>
       </c>
       <c r="E388" s="2"/>
       <c r="F388" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G388" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H388" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>79305</v>
+        <v>79310</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Portrait</t>
+          <t>Femme (roses et mains).</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
-          <t>Van Offel, Quentin</t>
+          <t>van Wel, Félix</t>
         </is>
       </c>
       <c r="E389" s="2"/>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H389" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>78794</v>
+        <v>79566</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Rue de Namur.</t>
+          <t>Montpellier, Place de la Comédie.</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Salhen, William</t>
         </is>
       </c>
       <c r="E390" s="2"/>
       <c r="F390" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G390" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G390" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H390" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>79562</v>
+        <v>79055</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>Uccle- Le Parvis Saint-Pierre et l'Eglise.</t>
+          <t>Femme à l'escalier.</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
-          <t>Van Bunnen, Louis</t>
+          <t>Jorno, Hafzia</t>
         </is>
       </c>
       <c r="E391" s="2"/>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H391" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>79307</v>
+        <v>79311</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Ici et maintenant. Ici et maintenant</t>
+          <t>Peinture cire et métal.</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
-          <t>Vansteenwinckel, Francis</t>
+          <t>Velle, Marthe</t>
         </is>
       </c>
       <c r="E392" s="2"/>
-      <c r="F392" s="2"/>
+      <c r="F392" s="2" t="inlineStr">
+        <is>
+          <t>Technique mixte</t>
+        </is>
+      </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>79563</v>
+        <v>79567</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>Le Cheval blanc.</t>
+          <t>D52.</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
-          <t>Draye, Bernadette</t>
+          <t>Grecko, Vincent</t>
         </is>
       </c>
       <c r="E393" s="2"/>
       <c r="F393" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G393" s="2"/>
-      <c r="H393" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H393" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>78796</v>
+        <v>78800</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>Intérieur Sossoye.</t>
+          <t>Le Wolvendael à Uccle</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Chandler, Gladysdaisy</t>
         </is>
       </c>
       <c r="E394" s="2"/>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H394" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>79052</v>
+        <v>79568</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Pavillon Louis XV.</t>
+          <t>D103.</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
-          <t>Janssens, Henri</t>
+          <t>Grecko, Vincent</t>
         </is>
       </c>
       <c r="E395" s="2"/>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G395" s="2"/>
-      <c r="H395" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H395" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>78797</v>
+        <v>79569</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Marchande d'oranges.</t>
+          <t>Voyage autour du monde.</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Grecko, Vincent</t>
         </is>
       </c>
       <c r="E396" s="2"/>
       <c r="F396" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G396" s="2"/>
       <c r="H396" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>79053</v>
+        <v>78802</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse.</t>
+          <t>Paul Du Bois.</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
-          <t>Jonas, Lucien</t>
+          <t>Cels, Albert</t>
         </is>
       </c>
       <c r="E397" s="2"/>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G397" s="2"/>
       <c r="H397" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>79309</v>
+        <v>79314</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Le Rosier</t>
+          <t>Église à Ibiza - San Antonio.</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
-          <t>Feyaerts-Van Win, Léontine</t>
+          <t>Versluys-Humblet, Luce</t>
         </is>
       </c>
       <c r="E398" s="2"/>
       <c r="F398" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H398" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>79054</v>
+        <v>79570</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Les piments.</t>
+          <t>Locquirec N°4 - N°13.</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
-          <t>Jonkmans, Adèle</t>
+          <t>Rodembourg, Roland</t>
         </is>
       </c>
       <c r="E399" s="2"/>
       <c r="F399" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H399" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>79310</v>
+        <v>78803</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Femme (roses et mains).</t>
+          <t>Portrait du peintre Jos Albert</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
-          <t>van Wel, Félix</t>
-[...2 lines deleted...]
-      <c r="E400" s="2"/>
+          <t>Cels, Albert</t>
+        </is>
+      </c>
+      <c r="E400" s="2" t="inlineStr">
+        <is>
+          <t> - 1958</t>
+        </is>
+      </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H400" s="2"/>
+      <c r="H400" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>79566</v>
+        <v>79315</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Montpellier, Place de la Comédie.</t>
+          <t>Fruits de mer.</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
-          <t>Salhen, William</t>
+          <t>Versluys-Humblet, Luce</t>
         </is>
       </c>
       <c r="E401" s="2"/>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H401" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>79055</v>
+        <v>78804</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Femme à l'escalier.</t>
+          <t>Dernier vestige de la sablonnière de l'avenue de Floréal (ciel clair)</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
-          <t>Jorno, Hafzia</t>
+          <t>Cels, Albert</t>
         </is>
       </c>
       <c r="E402" s="2"/>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H402" s="2"/>
+      <c r="H402" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>79311</v>
+        <v>79061</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Peinture cire et métal.</t>
+          <t>Rayon de soleil après la pluie.</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
-          <t>Velle, Marthe</t>
+          <t>Juste, Estelle</t>
         </is>
       </c>
       <c r="E403" s="2"/>
       <c r="F403" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G403" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G403" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H403" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>79567</v>
+        <v>79318</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>D52.</t>
+          <t>Le pêcheur d'anguilles - Zeebruges</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>Grecko, Vincent</t>
+          <t>Viane, Charles</t>
         </is>
       </c>
       <c r="E404" s="2"/>
       <c r="F404" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G404" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G404" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H404" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>78800</v>
+        <v>78807</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Le Wolvendael à Uccle</t>
+          <t>Le Moulin du Keyenbempt. Image et nature</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
-          <t>Chandler, Gladysdaisy</t>
+          <t>Claes, Jean-Pierre</t>
         </is>
       </c>
       <c r="E405" s="2"/>
       <c r="F405" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G405" s="2"/>
       <c r="H405" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>79568</v>
+        <v>79575</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>D103.</t>
+          <t>Maison blanche.</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
-          <t>Grecko, Vincent</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E406" s="2"/>
       <c r="F406" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G406" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G406" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H406" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>79569</v>
+        <v>78808</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Voyage autour du monde.</t>
+          <t>Files d'arbres.</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
-          <t>Grecko, Vincent</t>
+          <t>Clesse,  Louis</t>
         </is>
       </c>
       <c r="E407" s="2"/>
       <c r="F407" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G407" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G407" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H407" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>78802</v>
+        <v>79576</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Paul Du Bois.</t>
+          <t>La Moisson.</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
-          <t>Cels, Albert</t>
+          <t>Decoen, Jean</t>
         </is>
       </c>
       <c r="E408" s="2"/>
       <c r="F408" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G408" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G408" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H408" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>79314</v>
+        <v>78809</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Église à Ibiza - San Antonio.</t>
+          <t>Henri Quittelier, Buste de -</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
-          <t>Versluys-Humblet, Luce</t>
-[...2 lines deleted...]
-      <c r="E409" s="2"/>
+          <t>Cliquet, René</t>
+        </is>
+      </c>
+      <c r="E409" s="2" t="inlineStr">
+        <is>
+          <t> - 1968</t>
+        </is>
+      </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H409" s="2"/>
+          <t>bronze, marbre</t>
+        </is>
+      </c>
+      <c r="H409" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>79570</v>
+        <v>79065</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Locquirec N°4 - N°13.</t>
+          <t>Intérieur - 1963</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Rodembourg, Roland</t>
+          <t>Labarre, Raoul</t>
         </is>
       </c>
       <c r="E410" s="2"/>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H410" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>78803</v>
+        <v>79321</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Jos Albert.</t>
+          <t>Le dernier voyage. Carpe Diem III</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Cels, Albert</t>
+          <t>Virelle, Lucette</t>
         </is>
       </c>
       <c r="E411" s="2"/>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G411" s="2"/>
       <c r="H411" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>79315</v>
+        <v>79577</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Fruits de mer.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
-          <t>Versluys-Humblet, Luce</t>
+          <t>Decoen, Jean</t>
         </is>
       </c>
       <c r="E412" s="2"/>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H412" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>78804</v>
+        <v>79066</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Dernier vestige de la sablonnière de l'avenue de Floréal (ciel clair)</t>
+          <t>Nature morte aux objets familiers.</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
-          <t>Cels, Albert</t>
+          <t>Labarre, Raoul</t>
         </is>
       </c>
       <c r="E413" s="2"/>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H413" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H413" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>79060</v>
+        <v>79067</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Entrée de l'Église Saint-Pierre.</t>
+          <t>Nature morte.</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
-          <t>Juste, Estelle</t>
+          <t>Labarre, Raoul</t>
         </is>
       </c>
       <c r="E414" s="2"/>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H414" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>79316</v>
+        <v>79579</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Ferme du Kriekenput - Uccle 1947.</t>
+          <t>Fermette au bord du ruisseau.</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
-          <t>Versluys-Humblet, Luce</t>
+          <t>Heirman, Edmond</t>
         </is>
       </c>
       <c r="E415" s="2"/>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H415" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>79061</v>
+        <v>79068</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Rayon de soleil après la pluie.</t>
+          <t>Jean Carsoel.</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
-          <t>Juste, Estelle</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E416" s="2"/>
       <c r="F416" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture, buste</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H416" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>79318</v>
+        <v>79324</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Le pêcheur d'anguilles - Zeebruges</t>
+          <t>Knokke.</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
-          <t>Viane, Charles</t>
+          <t>Vosch, Marc</t>
         </is>
       </c>
       <c r="E417" s="2"/>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H417" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>78807</v>
+        <v>79069</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Le Moulin du Keyenbempt. Image et nature</t>
+          <t>La Défense du Drapeau.</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
-          <t>Claes, Jean-Pierre</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E418" s="2"/>
       <c r="F418" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G418" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G418" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H418" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>79575</v>
+        <v>79325</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Maison blanche.</t>
+          <t>Rue à Paris.</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Vosch, Marc</t>
         </is>
       </c>
       <c r="E419" s="2"/>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H419" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>78808</v>
+        <v>78814</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Files d'arbres.</t>
+          <t>Mademoiselle Haerens.</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
-          <t>Clesse,  Louis</t>
+          <t>Cluysenaar, André</t>
         </is>
       </c>
       <c r="E420" s="2"/>
       <c r="F420" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H420" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>79576</v>
+        <v>79070</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>La Moisson.</t>
+          <t>Pierre Carsoel.</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
-          <t>Decoen, Jean</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E421" s="2"/>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture, buste</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H421" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>78809</v>
+        <v>79582</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Henri Quittelier, Buste de -.</t>
+          <t>Ferme et ruisseau.</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
-          <t>Cliquet, René</t>
+          <t>Krasnobaieff, Paul</t>
         </is>
       </c>
       <c r="E422" s="2"/>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H422" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>79065</v>
+        <v>79071</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Intérieur - 1963</t>
+          <t>Turcoaire.</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
-          <t>Labarre, Raoul</t>
+          <t>Lambert-Cluysenaar, Ghislaine</t>
         </is>
       </c>
       <c r="E423" s="2"/>
       <c r="F423" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G423" s="2"/>
       <c r="H423" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>79321</v>
+        <v>79327</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Le dernier voyage. Carpe Diem III</t>
+          <t>Les Dunes.</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
-          <t>Virelle, Lucette</t>
+          <t>Wagemaekers, Victor</t>
         </is>
       </c>
       <c r="E424" s="2"/>
       <c r="F424" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G424" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G424" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H424" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>79577</v>
+        <v>79583</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Barques au port.</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
-          <t>Decoen, Jean</t>
+          <t>Londot, Charles</t>
         </is>
       </c>
       <c r="E425" s="2"/>
       <c r="F425" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H425" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>79066</v>
+        <v>79328</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux objets familiers.</t>
+          <t>Les fiancés</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
-          <t>Labarre, Raoul</t>
+          <t>Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E426" s="2"/>
       <c r="F426" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>granit</t>
         </is>
       </c>
       <c r="H426" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>79067</v>
+        <v>78817</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>Nature morte.</t>
+          <t>Moules et harengs</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
-          <t>Labarre, Raoul</t>
+          <t>Cockx, Philibert</t>
         </is>
       </c>
       <c r="E427" s="2"/>
       <c r="F427" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H427" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>79579</v>
+        <v>79585</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>Fermette au bord du ruisseau.</t>
+          <t>Arbres et maisons automne.</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D428" s="2" t="inlineStr">
         <is>
-          <t>Heirman, Edmond</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E428" s="2"/>
       <c r="F428" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H428" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>79068</v>
+        <v>79074</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>Jean Carsoel.</t>
+          <t>Souvenirs romains avec vue sur les collines.</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Lambillotte, Alain</t>
         </is>
       </c>
       <c r="E429" s="2"/>
       <c r="F429" s="2" t="inlineStr">
         <is>
-          <t>sculpture, buste</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G429" s="2"/>
       <c r="H429" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>79324</v>
+        <v>78819</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Knokke.</t>
+          <t>Chemin creux à Uccle (avenue Dolez).</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
-          <t>Vosch, Marc</t>
+          <t>Cocq, Suzanne</t>
         </is>
       </c>
       <c r="E430" s="2"/>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G430" s="2"/>
       <c r="H430" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>78813</v>
+        <v>79331</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Le docteur Georges Marlow.</t>
+          <t>Le guerrier endormi.</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, André</t>
+          <t>Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E431" s="2"/>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>granit</t>
         </is>
       </c>
       <c r="H431" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>79069</v>
+        <v>79587</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>La Défense du Drapeau.</t>
+          <t>Femme allaitant</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Stievenart, Fernand</t>
         </is>
       </c>
       <c r="E432" s="2"/>
       <c r="F432" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G432" s="2"/>
       <c r="H432" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>79325</v>
+        <v>79077</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Rue à Paris.</t>
+          <t>Les Alpes autrichiennes (Semmering).</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
-          <t>Vosch, Marc</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E433" s="2"/>
       <c r="F433" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H433" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>78814</v>
+        <v>79333</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>Mademoiselle Haerens.</t>
+          <t>Jeune femme en noir.</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, André</t>
+          <t>Wauters, Emile</t>
         </is>
       </c>
       <c r="E434" s="2"/>
       <c r="F434" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H434" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>79070</v>
+        <v>79589</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Pierre Carsoel.</t>
+          <t>Vieux Doël.</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Stobbaerts, Pierre - Pieter</t>
         </is>
       </c>
       <c r="E435" s="2"/>
       <c r="F435" s="2" t="inlineStr">
         <is>
-          <t>sculpture, buste</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G435" s="2"/>
       <c r="H435" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
-        <v>79582</v>
+        <v>79078</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
-          <t>Ferme et ruisseau.</t>
+          <t>Nature morte.</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D436" s="2" t="inlineStr">
         <is>
-          <t>Krasnobaieff, Paul</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E436" s="2"/>
       <c r="F436" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H436" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>79071</v>
+        <v>79590</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>Turcoaire.</t>
+          <t>La forêt de Soignes.</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D437" s="2" t="inlineStr">
         <is>
-          <t>Lambert-Cluysenaar, Ghislaine</t>
+          <t>Stobbaerts, Pierre - Pieter</t>
         </is>
       </c>
       <c r="E437" s="2"/>
       <c r="F437" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G437" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G437" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H437" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>79327</v>
+        <v>78823</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>Les Dunes.</t>
+          <t>Moissons à Quaremont.</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
-          <t>Wagemaekers, Victor</t>
+          <t>Cohen, Sarah-Thérèse</t>
         </is>
       </c>
       <c r="E438" s="2"/>
       <c r="F438" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H438" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>79583</v>
+        <v>78824</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>Barques au port.</t>
+          <t>Ménagère.</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D439" s="2" t="inlineStr">
         <is>
-          <t>Londot, Charles</t>
+          <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E439" s="2"/>
       <c r="F439" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H439" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>79328</v>
+        <v>79080</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>Les fiancés.</t>
+          <t>Jacqueline.</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D440" s="2" t="inlineStr">
         <is>
-          <t>Wansart, Adolphe</t>
+          <t>Lamon, Basil</t>
         </is>
       </c>
       <c r="E440" s="2"/>
       <c r="F440" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G440" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H440" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>78817</v>
+        <v>79592</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>Moules et harengs</t>
+          <t>Canal.</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D441" s="2" t="inlineStr">
         <is>
-          <t>Cockx, Philibert</t>
+          <t>van de Broek, Pol</t>
         </is>
       </c>
       <c r="E441" s="2"/>
       <c r="F441" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H441" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>79585</v>
+        <v>78825</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>Arbres et maisons automne.</t>
+          <t>Tour d'oiseaux. O joie - M142Numéro 93</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D442" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Corbisier-Poelmans, Denise</t>
         </is>
       </c>
       <c r="E442" s="2"/>
       <c r="F442" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H442" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>79074</v>
+        <v>79337</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs romains avec vue sur les collines.</t>
+          <t>Ephèse. Ephèse</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
-          <t>Lambillotte, Alain</t>
+          <t>Willequet, André</t>
         </is>
       </c>
       <c r="E443" s="2"/>
       <c r="F443" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G443" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G443" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H443" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>78819</v>
+        <v>79593</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Chemin creux à Uccle (avenue Dolez).</t>
+          <t>Maison sous la neige.</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D444" s="2" t="inlineStr">
         <is>
-          <t>Cocq, Suzanne</t>
+          <t>van de Broek, Pol</t>
         </is>
       </c>
       <c r="E444" s="2"/>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G444" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G444" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H444" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>79075</v>
+        <v>79082</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>L'ancien carrefour de la rue Edith Cavell et de l'avenue de Fré.</t>
+          <t>Cimenterie au pied de Bou-Cornine.</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D445" s="2" t="inlineStr">
         <is>
-          <t>Lambillotte, Georges</t>
+          <t>Lavachery, Jean</t>
         </is>
       </c>
       <c r="E445" s="2"/>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H445" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G445" s="2"/>
+      <c r="H445" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>79331</v>
+        <v>79338</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>Le guerrier endormi.</t>
+          <t>Le Jardin du Vieux Cornet</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
-          <t>Wansart, Adolphe</t>
+          <t>Werlemann, Carlo</t>
         </is>
       </c>
       <c r="E446" s="2"/>
       <c r="F446" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
-[...2 lines deleted...]
-      <c r="H446" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H446" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>79587</v>
+        <v>79594</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>Femme allaitant</t>
+          <t>Cassiopée.</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
-          <t>Stievenart, Fernand</t>
+          <t>Angerer, Eve-Marie</t>
         </is>
       </c>
       <c r="E447" s="2"/>
-      <c r="F447" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F447" s="2"/>
       <c r="G447" s="2"/>
       <c r="H447" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>79077</v>
+        <v>78827</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
-          <t>Les Alpes autrichiennes (Semmering).</t>
+          <t>Le Liefkenhoeck</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D448" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E448" s="2"/>
       <c r="F448" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G448" s="2"/>
       <c r="H448" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>79333</v>
+        <v>79595</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme en noir.</t>
+          <t>Wolvendael - Hercule de Godecharle dans le bois.</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D449" s="2" t="inlineStr">
         <is>
-          <t>Wauters, Emile</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E449" s="2"/>
       <c r="F449" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H449" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>79589</v>
+        <v>78828</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>Vieux Doël.</t>
+          <t>Moulin Grandville où habita Louis Thevenet vers 1907.</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D450" s="2" t="inlineStr">
         <is>
-          <t>Stobbaerts, Pierre - Pieter</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E450" s="2"/>
       <c r="F450" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...2 lines deleted...]
-      <c r="G450" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G450" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
       <c r="H450" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>79078</v>
+        <v>79084</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>Nature morte.</t>
+          <t>La pie qui chante. La pie qui chante</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D451" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>Lebrun, Cécile</t>
         </is>
       </c>
       <c r="E451" s="2"/>
       <c r="F451" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H451" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>79590</v>
+        <v>79596</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>La forêt de Soignes.</t>
+          <t>Wolvendael - Entrée du Jardin aux légumes.</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D452" s="2" t="inlineStr">
         <is>
-          <t>Stobbaerts, Pierre - Pieter</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E452" s="2"/>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G452" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H452" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>78823</v>
+        <v>79597</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>Moissons à Quaremont.</t>
+          <t>Wolvendael - Entrée du bois.</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D453" s="2" t="inlineStr">
         <is>
-          <t>Cohen, Sarah-Thérèse</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E453" s="2"/>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H453" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
-        <v>78824</v>
+        <v>79086</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
-          <t>Ménagère.</t>
+          <t>Pierre l'Ardoisier.</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D454" s="2" t="inlineStr">
         <is>
-          <t>Colin, Jean</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E454" s="2"/>
       <c r="F454" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G454" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H454" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
-        <v>79080</v>
+        <v>79598</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
-          <t>Jacqueline.</t>
+          <t>Wolvendael - Le Château.</t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D455" s="2" t="inlineStr">
         <is>
-          <t>Lamon, Basil</t>
+          <t>Divers</t>
         </is>
       </c>
       <c r="E455" s="2"/>
       <c r="F455" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G455" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H455" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>79592</v>
+        <v>79343</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
-          <t>Canal.</t>
+          <t>Buste de Mme Wollès.</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D456" s="2" t="inlineStr">
         <is>
-          <t>van de Broek, Pol</t>
+          <t>Wollès,  Lucien</t>
         </is>
       </c>
       <c r="E456" s="2"/>
       <c r="F456" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>fusain</t>
         </is>
       </c>
       <c r="H456" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>78825</v>
+        <v>79344</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>Tour d'oiseaux. O joie - M142Numéro 93</t>
+          <t>La ferme Saint-Eloi.</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D457" s="2" t="inlineStr">
         <is>
-          <t>Corbisier-Poelmans, Denise</t>
+          <t>Wytsman, Rodolphe</t>
         </is>
       </c>
       <c r="E457" s="2"/>
       <c r="F457" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H457" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>79081</v>
+        <v>79089</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Presbytère de Saint-Job.</t>
+          <t>Jean Vander Elst, Bourgmestre.</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D458" s="2" t="inlineStr">
         <is>
-          <t>Lantoine, Fernand</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E458" s="2"/>
       <c r="F458" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G458" s="2"/>
       <c r="H458" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
-        <v>79337</v>
+        <v>79601</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
-          <t>Ephèse. Ephèse</t>
+          <t>Jeux de plage.</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D459" s="2" t="inlineStr">
         <is>
-          <t>Willequet, André</t>
+          <t>Deramaix, Patrice</t>
         </is>
       </c>
       <c r="E459" s="2"/>
       <c r="F459" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G459" s="2"/>
       <c r="H459" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
-        <v>79593</v>
+        <v>79090</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
-          <t>Maison sous la neige.</t>
+          <t>Emile Lecomte - Portrait de l'artiste.</t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D460" s="2" t="inlineStr">
         <is>
-          <t>van de Broek, Pol</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E460" s="2"/>
       <c r="F460" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G460" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H460" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="1" t="n">
-        <v>79082</v>
+        <v>79602</v>
       </c>
       <c r="B461" s="2" t="inlineStr">
         <is>
-          <t>Cimenterie au pied de Bou-Cornine.</t>
+          <t>Visage estival.</t>
         </is>
       </c>
       <c r="C461" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D461" s="2" t="inlineStr">
         <is>
-          <t>Lavachery, Jean</t>
+          <t>Ballman, Jacqueline</t>
         </is>
       </c>
       <c r="E461" s="2"/>
       <c r="F461" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G461" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H461" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>79338</v>
+        <v>78835</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
-          <t>Le Jardin du Vieux Cornet</t>
+          <t>Hiver à Rhode-Saint-Genèse.</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D462" s="2" t="inlineStr">
         <is>
-          <t>Werlemann, Carlo</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E462" s="2"/>
       <c r="F462" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G462" s="2"/>
       <c r="H462" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>79594</v>
+        <v>79091</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>Cassiopée.</t>
+          <t>Auguste Danse - Portrait</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D463" s="2" t="inlineStr">
         <is>
-          <t>Angerer, Eve-Marie</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E463" s="2"/>
-      <c r="F463" s="2"/>
-      <c r="G463" s="2"/>
+      <c r="F463" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G463" s="2" t="inlineStr">
+        <is>
+          <t>pastel</t>
+        </is>
+      </c>
       <c r="H463" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
-        <v>78827</v>
+        <v>79603</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
-          <t>Le Liefkenhoeck</t>
+          <t>La Maison de Maurice en hiver.</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D464" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Hostier</t>
         </is>
       </c>
       <c r="E464" s="2"/>
       <c r="F464" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G464" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G464" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H464" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>79595</v>
+        <v>78836</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
-          <t>Wolvendael - Hercule de Godecharle dans le bois.</t>
+          <t>Le canal à Bruxelles.</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D465" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E465" s="2"/>
       <c r="F465" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>peinture à l'huile, bois, panneau</t>
         </is>
       </c>
       <c r="H465" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>78828</v>
+        <v>79092</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
-          <t>Moulin Grandville où habita Louis Thevenet vers 1907.</t>
+          <t>Étude de mouvement de danseuse.</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D466" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E466" s="2"/>
       <c r="F466" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G466" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>sanguine</t>
         </is>
       </c>
       <c r="H466" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
-        <v>79084</v>
+        <v>79604</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
-          <t>La pie qui chante. La pie qui chante</t>
+          <t>Charles.Emile…après 14.</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D467" s="2" t="inlineStr">
         <is>
-          <t>Lebrun, Cécile</t>
+          <t>Craps, Jean-Nicolas</t>
         </is>
       </c>
       <c r="E467" s="2"/>
       <c r="F467" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G467" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H467" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="1" t="n">
-        <v>79596</v>
+        <v>79605</v>
       </c>
       <c r="B468" s="2" t="inlineStr">
         <is>
-          <t>Wolvendael - Entrée du Jardin aux légumes.</t>
+          <t>Non-diagonale.</t>
         </is>
       </c>
       <c r="C468" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D468" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Gossé, Anne</t>
         </is>
       </c>
       <c r="E468" s="2"/>
       <c r="F468" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G468" s="2"/>
       <c r="H468" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="1" t="n">
-        <v>78829</v>
+        <v>78838</v>
       </c>
       <c r="B469" s="2" t="inlineStr">
         <is>
-          <t>Un coin du Kamerdelle à Uccle. Chaumière sous la neige</t>
+          <t>Souvenirs et regrets.</t>
         </is>
       </c>
       <c r="C469" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D469" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E469" s="2"/>
       <c r="F469" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H469" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G469" s="2"/>
+      <c r="H469" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
-        <v>79597</v>
+        <v>78840</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
-          <t>Wolvendael - Entrée du bois.</t>
+          <t>L'embarquement pour Cythère</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E470" s="2"/>
       <c r="F470" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
-[...7 lines deleted...]
-      <c r="H470" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G470" s="2"/>
+      <c r="H470" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
-        <v>79086</v>
+        <v>78841</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
-          <t>Pierre l'Ardoisier.</t>
+          <t>L'embarquement pour Cythère.</t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D471" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E471" s="2"/>
       <c r="F471" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H471" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G471" s="2"/>
+      <c r="H471" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
-        <v>79598</v>
+        <v>79609</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
-          <t>Wolvendael - Le Château.</t>
+          <t>Quasimodo.</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D472" s="2" t="inlineStr">
         <is>
-          <t>Divers</t>
+          <t>Herth, Jozsef</t>
         </is>
       </c>
       <c r="E472" s="2"/>
       <c r="F472" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H472" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
-        <v>79343</v>
+        <v>79610</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
-          <t>Buste de Mme Wollès.</t>
+          <t>Jeu d'ombres.</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D473" s="2" t="inlineStr">
         <is>
-          <t>Wollès,  Lucien</t>
+          <t>Tallier, Charles</t>
         </is>
       </c>
       <c r="E473" s="2"/>
       <c r="F473" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G473" s="2"/>
       <c r="H473" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>79344</v>
+        <v>78843</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>La ferme Saint-Eloi.</t>
+          <t>Pierre Paul Rubens.</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D474" s="2" t="inlineStr">
         <is>
-          <t>Wytsman, Rodolphe</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E474" s="2"/>
       <c r="F474" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H474" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G474" s="2"/>
+      <c r="H474" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>79089</v>
+        <v>79099</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
-          <t>Jean Vander Elst, Bourgmestre.</t>
+          <t>Lluvia y sol.</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D475" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E475" s="2"/>
       <c r="F475" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G475" s="2"/>
+      <c r="G475" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
       <c r="H475" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>79601</v>
+        <v>79355</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
-          <t>Jeux de plage.</t>
+          <t>Inauguration du Monument aux Morts (ensemble de 8 photos).</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D476" s="2" t="inlineStr">
         <is>
-          <t>Deramaix, Patrice</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E476" s="2"/>
-      <c r="F476" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F476" s="2"/>
       <c r="G476" s="2"/>
       <c r="H476" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>79090</v>
+        <v>79611</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>Emile Lecomte - Portrait de l'artiste.</t>
+          <t>Claude Desmedt.</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D477" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Lambert, Nathalie</t>
         </is>
       </c>
       <c r="E477" s="2"/>
-      <c r="F477" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F477" s="2"/>
+      <c r="G477" s="2"/>
       <c r="H477" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>79602</v>
+        <v>79613</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
-          <t>Visage estival.</t>
+          <t>Vertébrale.</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D478" s="2" t="inlineStr">
         <is>
-          <t>Ballman, Jacqueline</t>
+          <t>Carels, Nicole</t>
         </is>
       </c>
       <c r="E478" s="2"/>
       <c r="F478" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H478" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>78835</v>
+        <v>79102</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
-          <t>Hiver à Rhode-Saint-Genèse.</t>
+          <t>Intérieur brugeois.</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D479" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Léonard, Charly</t>
         </is>
       </c>
       <c r="E479" s="2"/>
       <c r="F479" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G479" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H479" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
-        <v>79091</v>
+        <v>79358</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse - Portrait</t>
+          <t>Brevet du sceau communal Saint-Pierre.</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
-      <c r="D480" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D480" s="2"/>
       <c r="E480" s="2"/>
       <c r="F480" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>autre document imprimé</t>
+        </is>
+      </c>
+      <c r="G480" s="2"/>
       <c r="H480" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>79603</v>
+        <v>79359</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
-          <t>La Maison de Maurice en hiver.</t>
+          <t>Portrait de Charles Hermans et sa sœur</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D481" s="2" t="inlineStr">
         <is>
-          <t>Hostier</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E481" s="2"/>
       <c r="F481" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G481" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H481" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
-        <v>78836</v>
+        <v>79704</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
-          <t>Le canal à Bruxelles.</t>
+          <t>Vue de Stalle</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D482" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis Joseph Désiré</t>
-[...2 lines deleted...]
-      <c r="E482" s="2"/>
+          <t>Collaert, Hans</t>
+        </is>
+      </c>
+      <c r="E482" s="2" t="inlineStr">
+        <is>
+          <t>1575 - 1580</t>
+        </is>
+      </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G482" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois, panneau</t>
-[...2 lines deleted...]
-      <c r="H482" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H482" s="2" t="inlineStr">
+        <is>
+          <t>gravure au burin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>79092</v>
+        <v>79705</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>Étude de mouvement de danseuse.</t>
+          <t>Vue de Stalle depuis le nord</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D483" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
-[...2 lines deleted...]
-      <c r="E483" s="2"/>
+          <t>Collaert, Hans</t>
+        </is>
+      </c>
+      <c r="E483" s="2" t="inlineStr">
+        <is>
+          <t>1575 - 1580</t>
+        </is>
+      </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G483" s="2" t="inlineStr">
         <is>
-          <t>sanguine</t>
-[...2 lines deleted...]
-      <c r="H483" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H483" s="2" t="inlineStr">
+        <is>
+          <t>gravure au burin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>79348</v>
+        <v>79759</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>Au Vieux Roi d'Espagne.</t>
+          <t>Vue du Château de Messire Guillaume van Hamme, Baron de Stalle et Overhem</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D484" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...2 lines deleted...]
-      <c r="E484" s="2"/>
+          <t>Harrewijn, Jacobus</t>
+        </is>
+      </c>
+      <c r="E484" s="2" t="inlineStr">
+        <is>
+          <t>1770 - </t>
+        </is>
+      </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
-          <t>gouache</t>
-[...2 lines deleted...]
-      <c r="H484" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H484" s="2" t="inlineStr">
+        <is>
+          <t>gravure au burin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>79604</v>
+        <v>79243</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>Charles.Emile…après 14.</t>
+          <t>Château d'Uccle - Wolvendael</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D485" s="2" t="inlineStr">
         <is>
-          <t>Craps, Jean-Nicolas</t>
-[...2 lines deleted...]
-      <c r="E485" s="2"/>
+          <t>Stroobant, François</t>
+        </is>
+      </c>
+      <c r="E485" s="2" t="inlineStr">
+        <is>
+          <t>1850 - </t>
+        </is>
+      </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H485" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G485" s="2"/>
+      <c r="H485" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>79605</v>
+        <v>79260</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
-          <t>Non-diagonale.</t>
+          <t>Homère Goossens.</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
-          <t>Gossé, Anne</t>
-[...2 lines deleted...]
-      <c r="E486" s="2"/>
+          <t>Taymans, Louis</t>
+        </is>
+      </c>
+      <c r="E486" s="2" t="inlineStr">
+        <is>
+          <t>1853 - </t>
+        </is>
+      </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G486" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G486" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H486" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>78838</v>
+        <v>79702</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
-          <t>Souvenirs et regrets.</t>
+          <t>Ferme Rose</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D487" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
-[...2 lines deleted...]
-      <c r="E487" s="2"/>
+          <t>Scheuffler, H.</t>
+        </is>
+      </c>
+      <c r="E487" s="2" t="inlineStr">
+        <is>
+          <t>1875 - </t>
+        </is>
+      </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G487" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G487" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H487" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
-        <v>78840</v>
+        <v>79703</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère</t>
+          <t>Uccle, van Clutenberg</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
-[...2 lines deleted...]
-      <c r="E488" s="2"/>
+          <t>Scheuffler, H.</t>
+        </is>
+      </c>
+      <c r="E488" s="2" t="inlineStr">
+        <is>
+          <t>1875 - </t>
+        </is>
+      </c>
       <c r="F488" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G488" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G488" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H488" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
-        <v>78841</v>
+        <v>79313</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
-          <t>L'embarquement pour Cythère.</t>
+          <t>Nature morte</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D489" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
-[...2 lines deleted...]
-      <c r="E489" s="2"/>
+          <t>Verhaeren,  Alfred</t>
+        </is>
+      </c>
+      <c r="E489" s="2" t="inlineStr">
+        <is>
+          <t>1875 - </t>
+        </is>
+      </c>
       <c r="F489" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G489" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H489" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
-        <v>79609</v>
+        <v>78846</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
-          <t>Quasimodo.</t>
+          <t>Courde ferme à Hyon, Mons.</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D490" s="2" t="inlineStr">
         <is>
-          <t>Herth, Jozsef</t>
-[...2 lines deleted...]
-      <c r="E490" s="2"/>
+          <t>Danse, Auguste</t>
+        </is>
+      </c>
+      <c r="E490" s="2" t="inlineStr">
+        <is>
+          <t>1875 - </t>
+        </is>
+      </c>
       <c r="F490" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H490" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G490" s="2"/>
+      <c r="H490" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="1" t="n">
-        <v>79610</v>
+        <v>79245</v>
       </c>
       <c r="B491" s="2" t="inlineStr">
         <is>
-          <t>Jeu d'ombres.</t>
+          <t>Le village de Saint-Job en juin 1876.</t>
         </is>
       </c>
       <c r="C491" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D491" s="2" t="inlineStr">
         <is>
-          <t>Tallier, Charles</t>
-[...2 lines deleted...]
-      <c r="E491" s="2"/>
+          <t>Stroobant, Alice</t>
+        </is>
+      </c>
+      <c r="E491" s="2" t="inlineStr">
+        <is>
+          <t>1876 - </t>
+        </is>
+      </c>
       <c r="F491" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G491" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G491" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H491" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="1" t="n">
-        <v>78843</v>
+        <v>79478</v>
       </c>
       <c r="B492" s="2" t="inlineStr">
         <is>
-          <t>Pierre Paul Rubens.</t>
+          <t>Charge du 9è Régiment de Cuirassiers.</t>
         </is>
       </c>
       <c r="C492" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D492" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
-[...2 lines deleted...]
-      <c r="E492" s="2"/>
+          <t>Detaille, d'après</t>
+        </is>
+      </c>
+      <c r="E492" s="2" t="inlineStr">
+        <is>
+          <t>1877 - </t>
+        </is>
+      </c>
       <c r="F492" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G492" s="2"/>
-      <c r="H492" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H492" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="1" t="n">
-        <v>79099</v>
+        <v>78829</v>
       </c>
       <c r="B493" s="2" t="inlineStr">
         <is>
-          <t>Lluvia y sol.</t>
+          <t>Un coin du Kamerdelle à Uccle</t>
         </is>
       </c>
       <c r="C493" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D493" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Nardo</t>
-[...2 lines deleted...]
-      <c r="E493" s="2"/>
+          <t>Craps, Pol</t>
+        </is>
+      </c>
+      <c r="E493" s="2" t="inlineStr">
+        <is>
+          <t>1877 - 1939</t>
+        </is>
+      </c>
       <c r="F493" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G493" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
-[...2 lines deleted...]
-      <c r="H493" s="2"/>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H493" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="1" t="n">
-        <v>79355</v>
+        <v>79011</v>
       </c>
       <c r="B494" s="2" t="inlineStr">
         <is>
-          <t>Inauguration du Monument aux Morts (ensemble de 8 photos).</t>
+          <t>La Femme blonde.</t>
         </is>
       </c>
       <c r="C494" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D494" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...4 lines deleted...]
-      <c r="G494" s="2"/>
+          <t>Hermans, Charles</t>
+        </is>
+      </c>
+      <c r="E494" s="2" t="inlineStr">
+        <is>
+          <t>1878 - </t>
+        </is>
+      </c>
+      <c r="F494" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G494" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H494" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="1" t="n">
-        <v>79611</v>
+        <v>79251</v>
       </c>
       <c r="B495" s="2" t="inlineStr">
         <is>
-          <t>Claude Desmedt.</t>
+          <t>Le Pays de Beersel.</t>
         </is>
       </c>
       <c r="C495" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D495" s="2" t="inlineStr">
         <is>
-          <t>Lambert, Nathalie</t>
-[...4 lines deleted...]
-      <c r="G495" s="2"/>
+          <t>Taelemans, Jean-François</t>
+        </is>
+      </c>
+      <c r="E495" s="2" t="inlineStr">
+        <is>
+          <t>1887 - </t>
+        </is>
+      </c>
+      <c r="F495" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G495" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H495" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="1" t="n">
-        <v>79613</v>
+        <v>78863</v>
       </c>
       <c r="B496" s="2" t="inlineStr">
         <is>
-          <t>Vertébrale.</t>
+          <t>Tête d'enfant (d'après Devos).</t>
         </is>
       </c>
       <c r="C496" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D496" s="2" t="inlineStr">
         <is>
-          <t>Carels, Nicole</t>
-[...2 lines deleted...]
-      <c r="E496" s="2"/>
+          <t>Danse, Auguste</t>
+        </is>
+      </c>
+      <c r="E496" s="2" t="inlineStr">
+        <is>
+          <t>1893 - </t>
+        </is>
+      </c>
       <c r="F496" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...7 lines deleted...]
-      <c r="H496" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G496" s="2"/>
+      <c r="H496" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="1" t="n">
-        <v>79102</v>
+        <v>79242</v>
       </c>
       <c r="B497" s="2" t="inlineStr">
         <is>
-          <t>Intérieur brugeois.</t>
+          <t>La Maison seigneuriale - Uccle (Maison scabinale).</t>
         </is>
       </c>
       <c r="C497" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D497" s="2" t="inlineStr">
         <is>
-          <t>Léonard, Charly</t>
-[...2 lines deleted...]
-      <c r="E497" s="2"/>
+          <t>Stroobant, Adeline</t>
+        </is>
+      </c>
+      <c r="E497" s="2" t="inlineStr">
+        <is>
+          <t>1895 - </t>
+        </is>
+      </c>
       <c r="F497" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G497" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H497" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="1" t="n">
-        <v>79358</v>
+        <v>78826</v>
       </c>
       <c r="B498" s="2" t="inlineStr">
         <is>
-          <t>Brevet du sceau communal Saint-Pierre.</t>
+          <t>Au Crabbegat, Uccle 1895</t>
         </is>
       </c>
       <c r="C498" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
-      <c r="D498" s="2"/>
-      <c r="E498" s="2"/>
+      <c r="D498" s="2" t="inlineStr">
+        <is>
+          <t>Craps, Pol</t>
+        </is>
+      </c>
+      <c r="E498" s="2" t="inlineStr">
+        <is>
+          <t>1895 - </t>
+        </is>
+      </c>
       <c r="F498" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G498" s="2"/>
       <c r="H498" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="1" t="n">
-        <v>79359</v>
+        <v>78845</v>
       </c>
       <c r="B499" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Hermans et sa sœur</t>
+          <t>Isabelle Brandt</t>
         </is>
       </c>
       <c r="C499" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D499" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...2 lines deleted...]
-      <c r="E499" s="2"/>
+          <t>Danse, Auguste</t>
+        </is>
+      </c>
+      <c r="E499" s="2" t="inlineStr">
+        <is>
+          <t>1895 - </t>
+        </is>
+      </c>
       <c r="F499" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H499" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G499" s="2"/>
+      <c r="H499" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="1" t="n">
-        <v>79243</v>
+        <v>79168</v>
       </c>
       <c r="B500" s="2" t="inlineStr">
         <is>
-          <t>Château d'Uccle - Wolvendael</t>
+          <t>M. Tousseyn François Louis.</t>
         </is>
       </c>
       <c r="C500" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D500" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, François</t>
+          <t>Petit, C.</t>
         </is>
       </c>
       <c r="E500" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F500" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G500" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H500" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="1" t="n">
-        <v>79260</v>
+        <v>79025</v>
       </c>
       <c r="B501" s="2" t="inlineStr">
         <is>
-          <t>Homère Goossens.</t>
+          <t>Le Papenkasteel</t>
         </is>
       </c>
       <c r="C501" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D501" s="2" t="inlineStr">
         <is>
-          <t>Taymans, Louis</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E501" s="2" t="inlineStr">
         <is>
-          <t>1853 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F501" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G501" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H501" s="2"/>
+      <c r="H501" s="2" t="inlineStr">
+        <is>
+          <t>marouflé, peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="1" t="n">
-        <v>79702</v>
+        <v>79028</v>
       </c>
       <c r="B502" s="2" t="inlineStr">
         <is>
-          <t>Ferme Rose</t>
+          <t>Le Vieux Saint-Job</t>
         </is>
       </c>
       <c r="C502" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D502" s="2" t="inlineStr">
         <is>
-          <t>Scheuffler, H.</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E502" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F502" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G502" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H502" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H502" s="2" t="inlineStr">
+        <is>
+          <t>marouflé, peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="1" t="n">
-        <v>79703</v>
+        <v>79029</v>
       </c>
       <c r="B503" s="2" t="inlineStr">
         <is>
-          <t>Uccle, van Clutenberg</t>
+          <t>Le Chemin de Boetendael</t>
         </is>
       </c>
       <c r="C503" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D503" s="2" t="inlineStr">
         <is>
-          <t>Scheuffler, H.</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E503" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F503" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G503" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H503" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H503" s="2" t="inlineStr">
+        <is>
+          <t>marouflé, peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="1" t="n">
-        <v>79313</v>
+        <v>79030</v>
       </c>
       <c r="B504" s="2" t="inlineStr">
         <is>
-          <t>Nature morte</t>
+          <t>Le Molensteen à Calevoet</t>
         </is>
       </c>
       <c r="C504" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D504" s="2" t="inlineStr">
         <is>
-          <t>Verhaeren,  Alfred</t>
+          <t>Hermanus, Paul</t>
         </is>
       </c>
       <c r="E504" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F504" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G504" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H504" s="2"/>
+      <c r="H504" s="2" t="inlineStr">
+        <is>
+          <t>marouflé, peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="1" t="n">
-        <v>78846</v>
+        <v>79348</v>
       </c>
       <c r="B505" s="2" t="inlineStr">
         <is>
-          <t>Courde ferme à Hyon, Mons.</t>
+          <t>Zwyn Maakt Macht. Au Vieux Roi d'Espagne</t>
         </is>
       </c>
       <c r="C505" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D505" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E505" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F505" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G505" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G505" s="2" t="inlineStr">
+        <is>
+          <t>gouache, aquarelle, fusain, encre, papier</t>
+        </is>
+      </c>
       <c r="H505" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="1" t="n">
-        <v>79245</v>
+        <v>78869</v>
       </c>
       <c r="B506" s="2" t="inlineStr">
         <is>
-          <t>Le village de Saint-Job en juin 1876.</t>
+          <t>Canal Isabelle à Knocke.</t>
         </is>
       </c>
       <c r="C506" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D506" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, Alice</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E506" s="2" t="inlineStr">
         <is>
-          <t>1876 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F506" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H506" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G506" s="2"/>
+      <c r="H506" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="1" t="n">
-        <v>79478</v>
+        <v>79388</v>
       </c>
       <c r="B507" s="2" t="inlineStr">
         <is>
-          <t>Charge du 9è Régiment de Cuirassiers.</t>
+          <t>L'Impasse.</t>
         </is>
       </c>
       <c r="C507" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D507" s="2" t="inlineStr">
         <is>
-          <t>Detaille, d'après</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E507" s="2" t="inlineStr">
         <is>
-          <t>1877 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F507" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G507" s="2"/>
-      <c r="H507" s="2"/>
+      <c r="H507" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="1" t="n">
-        <v>79011</v>
+        <v>79153</v>
       </c>
       <c r="B508" s="2" t="inlineStr">
         <is>
-          <t>La Femme blonde.</t>
+          <t>Louise.</t>
         </is>
       </c>
       <c r="C508" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D508" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Charles</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E508" s="2" t="inlineStr">
         <is>
-          <t>1878 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F508" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H508" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G508" s="2"/>
+      <c r="H508" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte, gravure à la pointe-sèche</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="1" t="n">
-        <v>79251</v>
+        <v>79156</v>
       </c>
       <c r="B509" s="2" t="inlineStr">
         <is>
-          <t>Le Pays de Beersel.</t>
+          <t>Estacade.</t>
         </is>
       </c>
       <c r="C509" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D509" s="2" t="inlineStr">
         <is>
-          <t>Taelemans, Jean-François</t>
+          <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E509" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1900 - 1909</t>
         </is>
       </c>
       <c r="F509" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G509" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H509" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="1" t="n">
-        <v>78863</v>
+        <v>79179</v>
       </c>
       <c r="B510" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant (d'après Devos).</t>
+          <t>Le Château de Wolvendael.</t>
         </is>
       </c>
       <c r="C510" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D510" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E510" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F510" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G510" s="2"/>
       <c r="H510" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="1" t="n">
-        <v>79242</v>
+        <v>79183</v>
       </c>
       <c r="B511" s="2" t="inlineStr">
         <is>
-          <t>La Maison seigneuriale - Uccle (Maison scabinale).</t>
+          <t>Le Cabaret du Hoef</t>
         </is>
       </c>
       <c r="C511" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D511" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, Adeline</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E511" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F511" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H511" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G511" s="2"/>
+      <c r="H511" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="1" t="n">
-        <v>78826</v>
+        <v>79185</v>
       </c>
       <c r="B512" s="2" t="inlineStr">
         <is>
-          <t>Au Crabbegat, Uccle 1895</t>
+          <t>La Ferme Rose vue du Galgenberg.</t>
         </is>
       </c>
       <c r="C512" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D512" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E512" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F512" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G512" s="2"/>
-      <c r="H512" s="2"/>
+      <c r="H512" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="1" t="n">
-        <v>78845</v>
+        <v>79198</v>
       </c>
       <c r="B513" s="2" t="inlineStr">
         <is>
-          <t>Isabelle Brandt</t>
+          <t>Nature morte.</t>
         </is>
       </c>
       <c r="C513" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D513" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Quonian, Charles</t>
         </is>
       </c>
       <c r="E513" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F513" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G513" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H513" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="1" t="n">
-        <v>79168</v>
+        <v>78789</v>
       </c>
       <c r="B514" s="2" t="inlineStr">
         <is>
-          <t>M. Tousseyn François Louis.</t>
+          <t>Panorama d'Uccle</t>
         </is>
       </c>
       <c r="C514" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D514" s="2" t="inlineStr">
         <is>
-          <t>Petit, C.</t>
+          <t>Cammaert, Henri Egide</t>
         </is>
       </c>
       <c r="E514" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F514" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G514" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H514" s="2"/>
+      <c r="H514" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="1" t="n">
-        <v>78869</v>
+        <v>79237</v>
       </c>
       <c r="B515" s="2" t="inlineStr">
         <is>
-          <t>Canal Isabelle à Knocke.</t>
+          <t>Panorama d'Uccle en 1903.</t>
         </is>
       </c>
       <c r="C515" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D515" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Stiévenart, Pol</t>
         </is>
       </c>
       <c r="E515" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F515" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G515" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H515" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="1" t="n">
-        <v>79388</v>
+        <v>79267</v>
       </c>
       <c r="B516" s="2" t="inlineStr">
         <is>
-          <t>L'Impasse.</t>
+          <t>Jeune fille.</t>
         </is>
       </c>
       <c r="C516" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D516" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Thiebaut, Edouard</t>
         </is>
       </c>
       <c r="E516" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F516" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G516" s="2" t="inlineStr">
+        <is>
+          <t>sanguine</t>
+        </is>
+      </c>
+      <c r="H516" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="1" t="n">
-        <v>79153</v>
+        <v>78927</v>
       </c>
       <c r="B517" s="2" t="inlineStr">
         <is>
-          <t>Louise.</t>
+          <t>Portrait de l'artiste.</t>
         </is>
       </c>
       <c r="C517" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D517" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Dierickx, José</t>
         </is>
       </c>
       <c r="E517" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F517" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G517" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H517" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="1" t="n">
-        <v>79156</v>
+        <v>78975</v>
       </c>
       <c r="B518" s="2" t="inlineStr">
         <is>
-          <t>Estacade.</t>
+          <t>Auguste Danse.</t>
         </is>
       </c>
       <c r="C518" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D518" s="2" t="inlineStr">
         <is>
-          <t>Oleffe, Auguste</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E518" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F518" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G518" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H518" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="1" t="n">
-        <v>79179</v>
+        <v>79264</v>
       </c>
       <c r="B519" s="2" t="inlineStr">
         <is>
-          <t>Le Château de Wolvendael.</t>
+          <t>Intérieur de la Ferme Rose.</t>
         </is>
       </c>
       <c r="C519" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D519" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Thevenet,  Louis</t>
         </is>
       </c>
       <c r="E519" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F519" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G519" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H519" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="1" t="n">
-        <v>79183</v>
+        <v>79227</v>
       </c>
       <c r="B520" s="2" t="inlineStr">
         <is>
-          <t>Le Cabaret du Hoef</t>
+          <t>La Maison seigneuriale (rue Rouge).</t>
         </is>
       </c>
       <c r="C520" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D520" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Scoyer, Paul</t>
         </is>
       </c>
       <c r="E520" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F520" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G520" s="2"/>
       <c r="H520" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="1" t="n">
-        <v>79185</v>
+        <v>78974</v>
       </c>
       <c r="B521" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose vue du Galgenberg.</t>
+          <t>Charles Viane.</t>
         </is>
       </c>
       <c r="C521" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D521" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E521" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F521" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G521" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H521" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="1" t="n">
-        <v>79198</v>
+        <v>71156</v>
       </c>
       <c r="B522" s="2" t="inlineStr">
         <is>
-          <t>Nature morte.</t>
+          <t>Maternité</t>
         </is>
       </c>
       <c r="C522" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D522" s="2" t="inlineStr">
         <is>
-          <t>Quonian, Charles</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E522" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F522" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G522" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H522" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="1" t="n">
-        <v>79225</v>
+        <v>78839</v>
       </c>
       <c r="B523" s="2" t="inlineStr">
         <is>
-          <t>Inondation</t>
+          <t>Le moulin du Keyenbempt.</t>
         </is>
       </c>
       <c r="C523" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D523" s="2" t="inlineStr">
         <is>
-          <t>Scoupreman, Pierre</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E523" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F523" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G523" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H523" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H523" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="1" t="n">
-        <v>79237</v>
+        <v>79573</v>
       </c>
       <c r="B524" s="2" t="inlineStr">
         <is>
-          <t>Panorama d'Uccle en 1903.</t>
+          <t>Château Seigneurie de Drogenbosch.</t>
         </is>
       </c>
       <c r="C524" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D524" s="2" t="inlineStr">
         <is>
-          <t>Stiévenart, Pol</t>
+          <t>Craps, Pol</t>
         </is>
       </c>
       <c r="E524" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F524" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H524" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G524" s="2"/>
+      <c r="H524" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="1" t="n">
-        <v>79267</v>
+        <v>78946</v>
       </c>
       <c r="B525" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille.</t>
+          <t>Le Pont rustique du Crabbegat.</t>
         </is>
       </c>
       <c r="C525" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D525" s="2" t="inlineStr">
         <is>
-          <t>Thiebaut, Edouard</t>
+          <t>DuBois, Julien</t>
         </is>
       </c>
       <c r="E525" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F525" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...7 lines deleted...]
-      <c r="H525" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G525" s="2"/>
+      <c r="H525" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="1" t="n">
-        <v>78927</v>
+        <v>78961</v>
       </c>
       <c r="B526" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'artiste.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C526" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D526" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, José</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E526" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F526" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G526" s="2"/>
       <c r="H526" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="1" t="n">
-        <v>78975</v>
+        <v>79263</v>
       </c>
       <c r="B527" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse.</t>
+          <t>Ce que j'aime.</t>
         </is>
       </c>
       <c r="C527" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D527" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Thevenet,  Louis</t>
         </is>
       </c>
       <c r="E527" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F527" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G527" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H527" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="1" t="n">
-        <v>79264</v>
+        <v>79093</v>
       </c>
       <c r="B528" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la Ferme Rose.</t>
+          <t>Monsieur Charles Bernaerts.</t>
         </is>
       </c>
       <c r="C528" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D528" s="2" t="inlineStr">
         <is>
-          <t>Thevenet,  Louis</t>
+          <t>Lefebvre, Maurice</t>
         </is>
       </c>
       <c r="E528" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F528" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G528" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H528" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="1" t="n">
-        <v>79227</v>
+        <v>78952</v>
       </c>
       <c r="B529" s="2" t="inlineStr">
         <is>
-          <t>La Maison seigneuriale (rue Rouge).</t>
+          <t>Distribution de la soupe (Saint-Job)</t>
         </is>
       </c>
       <c r="C529" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D529" s="2" t="inlineStr">
         <is>
-          <t>Scoyer, Paul</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E529" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
+          <t>1915 - </t>
         </is>
       </c>
       <c r="F529" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G529" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G529" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H529" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="1" t="n">
-        <v>78974</v>
+        <v>78955</v>
       </c>
       <c r="B530" s="2" t="inlineStr">
         <is>
-          <t>Charles Viane.</t>
+          <t>Réfectoire Petites Abeilles.</t>
         </is>
       </c>
       <c r="C530" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D530" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E530" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
+          <t>1916 - </t>
         </is>
       </c>
       <c r="F530" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G530" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H530" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="1" t="n">
-        <v>71156</v>
+        <v>78956</v>
       </c>
       <c r="B531" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>Réfectoires débiles.</t>
         </is>
       </c>
       <c r="C531" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D531" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E531" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F531" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G531" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H531" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="1" t="n">
-        <v>78839</v>
+        <v>79236</v>
       </c>
       <c r="B532" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt.</t>
+          <t>Vieille abbaye de la Cambre</t>
         </is>
       </c>
       <c r="C532" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D532" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Stevan, Jean</t>
         </is>
       </c>
       <c r="E532" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F532" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G532" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>plume</t>
+        </is>
+      </c>
+      <c r="H532" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="1" t="n">
-        <v>79573</v>
+        <v>79290</v>
       </c>
       <c r="B533" s="2" t="inlineStr">
         <is>
-          <t>Château Seigneurie de Drogenbosch.</t>
+          <t>Le moulin du Keyenbempt à Uccle (Moulin à eau du Keyenbempt).</t>
         </is>
       </c>
       <c r="C533" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D533" s="2" t="inlineStr">
         <is>
-          <t>Craps, Pol</t>
+          <t>van Eyck, Gaston</t>
         </is>
       </c>
       <c r="E533" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F533" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G533" s="2"/>
-      <c r="H533" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H533" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="1" t="n">
-        <v>78946</v>
+        <v>78954</v>
       </c>
       <c r="B534" s="2" t="inlineStr">
         <is>
-          <t>Le Pont rustique du Crabbegat.</t>
+          <t>Magasin communal.</t>
         </is>
       </c>
       <c r="C534" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D534" s="2" t="inlineStr">
         <is>
-          <t>DuBois, Julien</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E534" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F534" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G534" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H534" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="1" t="n">
-        <v>78961</v>
+        <v>79578</v>
       </c>
       <c r="B535" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Chemin de halage.</t>
         </is>
       </c>
       <c r="C535" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D535" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E535" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F535" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G535" s="2"/>
       <c r="H535" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="1" t="n">
-        <v>79263</v>
+        <v>79591</v>
       </c>
       <c r="B536" s="2" t="inlineStr">
         <is>
-          <t>Ce que j'aime.</t>
+          <t>Ferme Jacquemijns - ancienne rue des Paroissiens à Uccle.</t>
         </is>
       </c>
       <c r="C536" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D536" s="2" t="inlineStr">
         <is>
-          <t>Thevenet,  Louis</t>
+          <t>van Eyck, Gaston</t>
         </is>
       </c>
       <c r="E536" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F536" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G536" s="2"/>
       <c r="H536" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="1" t="n">
-        <v>79093</v>
+        <v>78851</v>
       </c>
       <c r="B537" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Charles Bernaerts.</t>
+          <t>Femme nue (sépia).</t>
         </is>
       </c>
       <c r="C537" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D537" s="2" t="inlineStr">
         <is>
-          <t>Lefebvre, Maurice</t>
+          <t>Danse, Auguste</t>
         </is>
       </c>
       <c r="E537" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F537" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H537" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G537" s="2"/>
+      <c r="H537" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="1" t="n">
-        <v>78952</v>
+        <v>78929</v>
       </c>
       <c r="B538" s="2" t="inlineStr">
         <is>
-          <t>Distribution de la soupe (St-Job).</t>
+          <t>Diplôme communal délivré en 1919, dévoués pendant la guerre 1914-1918.</t>
         </is>
       </c>
       <c r="C538" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D538" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Dierickx, José</t>
         </is>
       </c>
       <c r="E538" s="2" t="inlineStr">
         <is>
-          <t>1915 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F538" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G538" s="2"/>
       <c r="H538" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="1" t="n">
-        <v>78955</v>
+        <v>79497</v>
       </c>
       <c r="B539" s="2" t="inlineStr">
         <is>
-          <t>Réfectoire Petites Abeilles.</t>
+          <t>Germaine.</t>
         </is>
       </c>
       <c r="C539" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D539" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Viane, Charles</t>
         </is>
       </c>
       <c r="E539" s="2" t="inlineStr">
         <is>
-          <t>1916 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F539" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G539" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H539" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="1" t="n">
-        <v>78956</v>
+        <v>79303</v>
       </c>
       <c r="B540" s="2" t="inlineStr">
         <is>
-          <t>Réfectoires débiles.</t>
+          <t>Kermesse à Uccle</t>
         </is>
       </c>
       <c r="C540" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D540" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Van Nieuwenhuyse, Jan Walter</t>
         </is>
       </c>
       <c r="E540" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F540" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G540" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H540" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H540" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="1" t="n">
-        <v>79236</v>
+        <v>78872</v>
       </c>
       <c r="B541" s="2" t="inlineStr">
         <is>
-          <t>Vieille abbaye de la Cambre</t>
+          <t>Auguste Danse au travail</t>
         </is>
       </c>
       <c r="C541" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D541" s="2" t="inlineStr">
         <is>
-          <t>Stevan, Jean</t>
+          <t>Danse, Louise (Marie-Louise)</t>
         </is>
       </c>
       <c r="E541" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F541" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G541" s="2" t="inlineStr">
         <is>
-          <t>plume</t>
-[...2 lines deleted...]
-      <c r="H541" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H541" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="1" t="n">
-        <v>79290</v>
+        <v>78902</v>
       </c>
       <c r="B542" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Keyenbempt à Uccle (Moulin à eau du Keyenbempt).</t>
+          <t>La rue Basse</t>
         </is>
       </c>
       <c r="C542" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D542" s="2" t="inlineStr">
         <is>
-          <t>van Eyck, Gaston</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E542" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F542" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...3 lines deleted...]
-      <c r="H542" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G542" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H542" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="1" t="n">
-        <v>78954</v>
+        <v>78995</v>
       </c>
       <c r="B543" s="2" t="inlineStr">
         <is>
-          <t>Magasin communal.</t>
+          <t>Éléphant.</t>
         </is>
       </c>
       <c r="C543" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D543" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Hager, Albert</t>
         </is>
       </c>
       <c r="E543" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F543" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G543" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H543" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="1" t="n">
-        <v>79578</v>
+        <v>79298</v>
       </c>
       <c r="B544" s="2" t="inlineStr">
         <is>
-          <t>Chemin de halage.</t>
+          <t>Pavillon de Wolvendael.</t>
         </is>
       </c>
       <c r="C544" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D544" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Van Holsbeeck, Albert</t>
         </is>
       </c>
       <c r="E544" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F544" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G544" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G544" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H544" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="1" t="n">
-        <v>79591</v>
+        <v>79559</v>
       </c>
       <c r="B545" s="2" t="inlineStr">
         <is>
-          <t>Ferme Jacquemijns - ancienne rue des Paroissiens à Uccle.</t>
+          <t>Madame André Cluysenaar.</t>
         </is>
       </c>
       <c r="C545" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D545" s="2" t="inlineStr">
         <is>
-          <t>van Eyck, Gaston</t>
+          <t>Cluysenaar, John</t>
         </is>
       </c>
       <c r="E545" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F545" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G545" s="2"/>
+      <c r="G545" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
       <c r="H545" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="1" t="n">
-        <v>78851</v>
+        <v>79584</v>
       </c>
       <c r="B546" s="2" t="inlineStr">
         <is>
-          <t>Femme nue (sépia).</t>
+          <t>Arbres en prairie.</t>
         </is>
       </c>
       <c r="C546" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D546" s="2" t="inlineStr">
         <is>
-          <t>Danse, Auguste</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E546" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F546" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G546" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H546" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="1" t="n">
-        <v>78929</v>
+        <v>79079</v>
       </c>
       <c r="B547" s="2" t="inlineStr">
         <is>
-          <t>Diplôme communal délivré en 1919, dévoués pendant la guerre 1914-1918.</t>
+          <t>Pierre Scoupreman, le peintre</t>
         </is>
       </c>
       <c r="C547" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D547" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, José</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E547" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F547" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G547" s="2"/>
+      <c r="G547" s="2" t="inlineStr">
+        <is>
+          <t>fusain</t>
+        </is>
+      </c>
       <c r="H547" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="1" t="n">
-        <v>79497</v>
+        <v>79195</v>
       </c>
       <c r="B548" s="2" t="inlineStr">
         <is>
-          <t>Germaine.</t>
+          <t>Le Vieux Cornet anno 1570.</t>
         </is>
       </c>
       <c r="C548" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D548" s="2" t="inlineStr">
         <is>
-          <t>Viane, Charles</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E548" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F548" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H548" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G548" s="2"/>
+      <c r="H548" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="1" t="n">
-        <v>79303</v>
+        <v>78813</v>
       </c>
       <c r="B549" s="2" t="inlineStr">
         <is>
-          <t>Kermesse à Uccle.</t>
+          <t>Portrait du docteur Georges Marlow</t>
         </is>
       </c>
       <c r="C549" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D549" s="2" t="inlineStr">
         <is>
-          <t>Van Nieuwenhuyse, J.W.</t>
+          <t>Cluysenaar, André</t>
         </is>
       </c>
       <c r="E549" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1921 - 1939</t>
         </is>
       </c>
       <c r="F549" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G549" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H549" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H549" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="1" t="n">
-        <v>78902</v>
+        <v>79330</v>
       </c>
       <c r="B550" s="2" t="inlineStr">
         <is>
-          <t>La rue Basse</t>
+          <t>Atelier de l'artiste.</t>
         </is>
       </c>
       <c r="C550" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D550" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E550" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F550" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G550" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H550" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H550" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
       <c r="A551" s="1" t="n">
-        <v>78995</v>
+        <v>79586</v>
       </c>
       <c r="B551" s="2" t="inlineStr">
         <is>
-          <t>Éléphant.</t>
+          <t>Vieux Cornet Uccle.</t>
         </is>
       </c>
       <c r="C551" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D551" s="2" t="inlineStr">
         <is>
-          <t>Hager, Albert</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E551" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F551" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G551" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pastel</t>
         </is>
       </c>
       <c r="H551" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="1" t="n">
-        <v>79298</v>
+        <v>78884</v>
       </c>
       <c r="B552" s="2" t="inlineStr">
         <is>
-          <t>Pavillon de Wolvendael.</t>
+          <t>Représentation de l'Arlésienne au Théâtre de Verdure.</t>
         </is>
       </c>
       <c r="C552" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D552" s="2" t="inlineStr">
         <is>
-          <t>Van Holsbeeck, Albert</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E552" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F552" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G552" s="2"/>
       <c r="H552" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
       <c r="A553" s="1" t="n">
-        <v>79559</v>
+        <v>79278</v>
       </c>
       <c r="B553" s="2" t="inlineStr">
         <is>
-          <t>Madame André Cluysenaar.</t>
+          <t>La Chapelle de Stalle, vue de la rue Rittweger.</t>
         </is>
       </c>
       <c r="C553" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D553" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, John</t>
+          <t>van de Broek, Pol</t>
         </is>
       </c>
       <c r="E553" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F553" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G553" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H553" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="1" t="n">
-        <v>79584</v>
+        <v>79319</v>
       </c>
       <c r="B554" s="2" t="inlineStr">
         <is>
-          <t>Arbres en prairie.</t>
+          <t>Avenue de Messidor à Uccle</t>
         </is>
       </c>
       <c r="C554" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D554" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Viane, Charles</t>
         </is>
       </c>
       <c r="E554" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F554" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G554" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H554" s="2"/>
+      <c r="H554" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="1" t="n">
-        <v>79079</v>
+        <v>78815</v>
       </c>
       <c r="B555" s="2" t="inlineStr">
         <is>
-          <t>Pierre Scoupreman, le peintre</t>
+          <t>La moisson</t>
         </is>
       </c>
       <c r="C555" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D555" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>Cockx, Philibert</t>
         </is>
       </c>
       <c r="E555" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F555" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G555" s="2" t="inlineStr">
         <is>
-          <t>fusain</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H555" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="1" t="n">
-        <v>79195</v>
+        <v>79352</v>
       </c>
       <c r="B556" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet anno 1570.</t>
+          <t>Hommage au soldat inconnu.</t>
         </is>
       </c>
       <c r="C556" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D556" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E556" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F556" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G556" s="2"/>
-      <c r="H556" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H556" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="1" t="n">
-        <v>79330</v>
+        <v>79167</v>
       </c>
       <c r="B557" s="2" t="inlineStr">
         <is>
-          <t>Atelier de l'artiste.</t>
+          <t>Paysage à Rhode.</t>
         </is>
       </c>
       <c r="C557" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D557" s="2" t="inlineStr">
         <is>
-          <t>Wansart, Adolphe</t>
+          <t>Pietercelie, Alfred</t>
         </is>
       </c>
       <c r="E557" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F557" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G557" s="2"/>
       <c r="H557" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="1" t="n">
-        <v>79586</v>
+        <v>79537</v>
       </c>
       <c r="B558" s="2" t="inlineStr">
         <is>
-          <t>Vieux Cornet Uccle.</t>
+          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
         </is>
       </c>
       <c r="C558" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D558" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E558" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F558" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G558" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H558" s="2"/>
+      <c r="G558" s="2"/>
+      <c r="H558" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="1" t="n">
-        <v>78884</v>
+        <v>79060</v>
       </c>
       <c r="B559" s="2" t="inlineStr">
         <is>
-          <t>Représentation de l'Arlésienne au Théâtre de Verdure.</t>
+          <t>Entrée de l'église Saint-Pierre</t>
         </is>
       </c>
       <c r="C559" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D559" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Juste, Estelle</t>
         </is>
       </c>
       <c r="E559" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1924 - 1938</t>
         </is>
       </c>
       <c r="F559" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H559" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G559" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, papier</t>
+        </is>
+      </c>
+      <c r="H559" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="1" t="n">
-        <v>79278</v>
+        <v>79621</v>
       </c>
       <c r="B560" s="2" t="inlineStr">
         <is>
-          <t>La Chapelle de Stalle, vue de la rue Rittweger.</t>
+          <t>Pierre Carsoel.</t>
         </is>
       </c>
       <c r="C560" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D560" s="2" t="inlineStr">
         <is>
-          <t>van de Broek, Pol</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E560" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1925 - </t>
+        </is>
+      </c>
+      <c r="F560" s="2"/>
+      <c r="G560" s="2"/>
       <c r="H560" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="1" t="n">
-        <v>78815</v>
+        <v>78980</v>
       </c>
       <c r="B561" s="2" t="inlineStr">
         <is>
-          <t>La moisson</t>
+          <t>Les Peupliers de la Grave (Hautes Alpes).</t>
         </is>
       </c>
       <c r="C561" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D561" s="2" t="inlineStr">
         <is>
-          <t>Cockx, Philibert</t>
+          <t>Guilbert, Maurice</t>
         </is>
       </c>
       <c r="E561" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F561" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G561" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H561" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="1" t="n">
-        <v>79352</v>
+        <v>78901</v>
       </c>
       <c r="B562" s="2" t="inlineStr">
         <is>
-          <t>Hommage au soldat inconnu.</t>
+          <t>La rue de Stalle.</t>
         </is>
       </c>
       <c r="C562" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D562" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E562" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F562" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G562" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G562" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H562" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="1" t="n">
-        <v>79167</v>
+        <v>79229</v>
       </c>
       <c r="B563" s="2" t="inlineStr">
         <is>
-          <t>Paysage à Rhode.</t>
+          <t>Ferme Dandoy (Langeveld)</t>
         </is>
       </c>
       <c r="C563" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D563" s="2" t="inlineStr">
         <is>
-          <t>Pietercelie, Alfred</t>
+          <t>Sirtaine, Albert</t>
         </is>
       </c>
       <c r="E563" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F563" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...3 lines deleted...]
-      <c r="H563" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G563" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H563" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="1" t="n">
-        <v>79537</v>
+        <v>79232</v>
       </c>
       <c r="B564" s="2" t="inlineStr">
         <is>
-          <t>Chapelle d'Uccle - Stalle - XIVe S..</t>
+          <t>Kermesse à Saint-Job</t>
         </is>
       </c>
       <c r="C564" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D564" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Sneyers, Emile</t>
         </is>
       </c>
       <c r="E564" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F564" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G564" s="2"/>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G564" s="2" t="inlineStr">
+        <is>
+          <t>pastel, crayon de couleur, papier</t>
+        </is>
+      </c>
       <c r="H564" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>lithographie, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="1" t="n">
-        <v>79621</v>
+        <v>78740</v>
       </c>
       <c r="B565" s="2" t="inlineStr">
         <is>
-          <t>Pierre Carsoel.</t>
+          <t>Une Table couverte de fruits, légumes et poissons.</t>
         </is>
       </c>
       <c r="C565" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D565" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E565" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
-[...3 lines deleted...]
-      <c r="G565" s="2"/>
+          <t>1926 - </t>
+        </is>
+      </c>
+      <c r="F565" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G565" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H565" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="1" t="n">
-        <v>78980</v>
+        <v>79033</v>
       </c>
       <c r="B566" s="2" t="inlineStr">
         <is>
-          <t>Les Peupliers de la Grave (Hautes Alpes).</t>
+          <t>Chapelle de Stalle.</t>
         </is>
       </c>
       <c r="C566" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D566" s="2" t="inlineStr">
         <is>
-          <t>Guilbert, Maurice</t>
+          <t>Holst, Frans</t>
         </is>
       </c>
       <c r="E566" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F566" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G566" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain</t>
         </is>
       </c>
       <c r="H566" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="1" t="n">
-        <v>78901</v>
+        <v>79802</v>
       </c>
       <c r="B567" s="2" t="inlineStr">
         <is>
-          <t>La rue de Stalle.</t>
+          <t>La rue de Stalle</t>
         </is>
       </c>
       <c r="C567" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D567" s="2" t="inlineStr">
         <is>
           <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E567" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
-      <c r="F567" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F567" s="2"/>
+      <c r="G567" s="2"/>
       <c r="H567" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="1" t="n">
-        <v>79229</v>
+        <v>78781</v>
       </c>
       <c r="B568" s="2" t="inlineStr">
         <is>
-          <t>Ferme Dandoy (Langeveld)</t>
+          <t>L'enfant.</t>
         </is>
       </c>
       <c r="C568" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D568" s="2" t="inlineStr">
         <is>
-          <t>Sirtaine, Albert</t>
+          <t>Buisseret, Louis</t>
         </is>
       </c>
       <c r="E568" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F568" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G568" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H568" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="1" t="n">
-        <v>79232</v>
+        <v>78739</v>
       </c>
       <c r="B569" s="2" t="inlineStr">
         <is>
-          <t>Kermesse à Saint-Job.</t>
+          <t>L'Étable.</t>
         </is>
       </c>
       <c r="C569" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D569" s="2" t="inlineStr">
         <is>
-          <t>Sneyers, Emile</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E569" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
-[...8 lines deleted...]
-      </c>
+          <t>1927 - </t>
+        </is>
+      </c>
+      <c r="F569" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G569" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H569" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="1" t="n">
-        <v>78740</v>
+        <v>78963</v>
       </c>
       <c r="B570" s="2" t="inlineStr">
         <is>
-          <t>Une Table couverte de fruits, légumes et poissons.</t>
+          <t>La rue Joseph Bens</t>
         </is>
       </c>
       <c r="C570" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D570" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Fuchs, Marc</t>
         </is>
       </c>
       <c r="E570" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F570" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G570" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H570" s="2"/>
+      <c r="H570" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="1" t="n">
-        <v>79033</v>
+        <v>79044</v>
       </c>
       <c r="B571" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Stalle.</t>
+          <t>Procession au Spijtigen duivel</t>
         </is>
       </c>
       <c r="C571" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D571" s="2" t="inlineStr">
         <is>
-          <t>Holst, Frans</t>
+          <t>Isen-Beck, Théodore</t>
         </is>
       </c>
       <c r="E571" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F571" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G571" s="2" t="inlineStr">
         <is>
-          <t>fusain</t>
-[...2 lines deleted...]
-      <c r="H571" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H571" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="1" t="n">
-        <v>79802</v>
+        <v>79081</v>
       </c>
       <c r="B572" s="2" t="inlineStr">
         <is>
-          <t>La rue de Stalle</t>
+          <t>Le Vieux Presbytère de Saint-Job</t>
         </is>
       </c>
       <c r="C572" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D572" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Lantoine, Fernand</t>
         </is>
       </c>
       <c r="E572" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
-[...4 lines deleted...]
-      <c r="H572" s="2"/>
+          <t>1928 - </t>
+        </is>
+      </c>
+      <c r="F572" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G572" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H572" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="1" t="n">
-        <v>78781</v>
+        <v>79085</v>
       </c>
       <c r="B573" s="2" t="inlineStr">
         <is>
-          <t>L'enfant.</t>
+          <t>Le Papenkasteel.</t>
         </is>
       </c>
       <c r="C573" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D573" s="2" t="inlineStr">
         <is>
-          <t>Buisseret, Louis</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E573" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F573" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G573" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H573" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="1" t="n">
-        <v>78739</v>
+        <v>79105</v>
       </c>
       <c r="B574" s="2" t="inlineStr">
         <is>
-          <t>L'Étable.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C574" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D574" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Logelain, Alphonse</t>
         </is>
       </c>
       <c r="E574" s="2" t="inlineStr">
         <is>
-          <t>1927 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F574" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G574" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H574" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="1" t="n">
-        <v>78963</v>
+        <v>79148</v>
       </c>
       <c r="B575" s="2" t="inlineStr">
         <is>
-          <t>La rue Joseph Bens</t>
+          <t>Kamerdelle</t>
         </is>
       </c>
       <c r="C575" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D575" s="2" t="inlineStr">
         <is>
-          <t>Fuchs, Marc</t>
+          <t>Minne, Jean-Louis</t>
         </is>
       </c>
       <c r="E575" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F575" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G575" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H575" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="1" t="n">
-        <v>79044</v>
+        <v>78792</v>
       </c>
       <c r="B576" s="2" t="inlineStr">
         <is>
-          <t>Procession au Spijtigen duivel</t>
+          <t>Chanteur de rue.</t>
         </is>
       </c>
       <c r="C576" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D576" s="2" t="inlineStr">
         <is>
-          <t>Isen-Beck, Théodore</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E576" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F576" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G576" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H576" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="1" t="n">
-        <v>79085</v>
+        <v>78727</v>
       </c>
       <c r="B577" s="2" t="inlineStr">
         <is>
-          <t>Le Papenkasteel.</t>
+          <t>La plantation de l'Arbre du Centenaire. au square Charles Lagrange</t>
         </is>
       </c>
       <c r="C577" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D577" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E577" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F577" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H577" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G577" s="2"/>
+      <c r="H577" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="1" t="n">
-        <v>79105</v>
+        <v>79346</v>
       </c>
       <c r="B578" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Tête blonde.</t>
         </is>
       </c>
       <c r="C578" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D578" s="2" t="inlineStr">
         <is>
-          <t>Logelain, Alphonse</t>
+          <t>Xhrouet, Maurice</t>
         </is>
       </c>
       <c r="E578" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F578" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G578" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H578" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="1" t="n">
-        <v>79148</v>
+        <v>78953</v>
       </c>
       <c r="B579" s="2" t="inlineStr">
         <is>
-          <t>Kamerdelle</t>
+          <t>Rue de la Pêcherie, Uccle Saint-Job</t>
         </is>
       </c>
       <c r="C579" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D579" s="2" t="inlineStr">
         <is>
-          <t>Minne, Jean-Louis</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E579" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1931 - 1953</t>
         </is>
       </c>
       <c r="F579" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G579" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H579" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="1" t="n">
-        <v>78792</v>
+        <v>78818</v>
       </c>
       <c r="B580" s="2" t="inlineStr">
         <is>
-          <t>Chanteur de rue.</t>
+          <t>L'église Saint-Pierre à Uccle.</t>
         </is>
       </c>
       <c r="C580" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D580" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Cocq, Suzanne</t>
         </is>
       </c>
       <c r="E580" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F580" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G580" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H580" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="1" t="n">
-        <v>78727</v>
+        <v>79600</v>
       </c>
       <c r="B581" s="2" t="inlineStr">
         <is>
-          <t>La plantation de l'Arbre du Centenaire. au square Charles Lagrange</t>
+          <t>La reine Elisabeth en visite chez le peintre Léon Londot le 13.07.1932.</t>
         </is>
       </c>
       <c r="C581" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D581" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Londot</t>
         </is>
       </c>
       <c r="E581" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F581" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G581" s="2"/>
-      <c r="H581" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H581" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="1" t="n">
-        <v>79346</v>
+        <v>79460</v>
       </c>
       <c r="B582" s="2" t="inlineStr">
         <is>
-          <t>Tête blonde.</t>
+          <t>Chat épiant.</t>
         </is>
       </c>
       <c r="C582" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D582" s="2" t="inlineStr">
         <is>
-          <t>Xhrouet, Maurice</t>
+          <t>Haerens, Louisa</t>
         </is>
       </c>
       <c r="E582" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F582" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G582" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H582" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="1" t="n">
-        <v>78953</v>
+        <v>79225</v>
       </c>
       <c r="B583" s="2" t="inlineStr">
         <is>
-          <t>Rue de la Pêcherie, Uccle Saint-Job</t>
+          <t>Inondation</t>
         </is>
       </c>
       <c r="C583" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D583" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Scoupreman, Pierre</t>
         </is>
       </c>
       <c r="E583" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1953</t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F583" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G583" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H583" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H583" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="1" t="n">
-        <v>78818</v>
+        <v>78780</v>
       </c>
       <c r="B584" s="2" t="inlineStr">
         <is>
-          <t>L'église Saint-Pierre à Uccle.</t>
+          <t>Paysage.</t>
         </is>
       </c>
       <c r="C584" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D584" s="2" t="inlineStr">
         <is>
-          <t>Cocq, Suzanne</t>
+          <t>Brusselmans, Jean</t>
         </is>
       </c>
       <c r="E584" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F584" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G584" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H584" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="1" t="n">
-        <v>79600</v>
+        <v>79175</v>
       </c>
       <c r="B585" s="2" t="inlineStr">
         <is>
-          <t>La reine Elisabeth en visite chez le peintre Léon Londot le 13.07.1932.</t>
+          <t>Le vallon du Kamerdelle</t>
         </is>
       </c>
       <c r="C585" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D585" s="2" t="inlineStr">
         <is>
-          <t>Londot</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E585" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F585" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H585" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G585" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H585" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="1" t="n">
-        <v>79460</v>
+        <v>79036</v>
       </c>
       <c r="B586" s="2" t="inlineStr">
         <is>
-          <t>Chat épiant.</t>
+          <t>La ferme de Brasschaat.</t>
         </is>
       </c>
       <c r="C586" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D586" s="2" t="inlineStr">
         <is>
-          <t>Haerens, Louisa</t>
+          <t>Huygelen, Frans</t>
         </is>
       </c>
       <c r="E586" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F586" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G586" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H586" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="1" t="n">
-        <v>78780</v>
+        <v>79312</v>
       </c>
       <c r="B587" s="2" t="inlineStr">
         <is>
-          <t>Paysage.</t>
+          <t>Le Port d'Ibiza - Les Baléares.</t>
         </is>
       </c>
       <c r="C587" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D587" s="2" t="inlineStr">
         <is>
-          <t>Brusselmans, Jean</t>
+          <t>Verburgh, Médard</t>
         </is>
       </c>
       <c r="E587" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F587" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G587" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H587" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="1" t="n">
-        <v>79175</v>
+        <v>78801</v>
       </c>
       <c r="B588" s="2" t="inlineStr">
         <is>
-          <t>Le vallon du Kamerdelle</t>
+          <t>Joseph Jongen.</t>
         </is>
       </c>
       <c r="C588" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D588" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Charavel, P.</t>
         </is>
       </c>
       <c r="E588" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
-      <c r="F588" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F588" s="2"/>
+      <c r="G588" s="2"/>
+      <c r="H588" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="1" t="n">
-        <v>79036</v>
+        <v>79329</v>
       </c>
       <c r="B589" s="2" t="inlineStr">
         <is>
-          <t>La ferme de Brasschaat.</t>
+          <t>Clochard - Paris 1933.</t>
         </is>
       </c>
       <c r="C589" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D589" s="2" t="inlineStr">
         <is>
-          <t>Huygelen, Frans</t>
+          <t>Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E589" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F589" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G589" s="2"/>
       <c r="H589" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="1" t="n">
-        <v>79312</v>
+        <v>79106</v>
       </c>
       <c r="B590" s="2" t="inlineStr">
         <is>
-          <t>Le Port d'Ibiza - Les Baléares.</t>
+          <t>son Portrait.</t>
         </is>
       </c>
       <c r="C590" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D590" s="2" t="inlineStr">
         <is>
-          <t>Verburgh, Médard</t>
+          <t>Logelain, Henri</t>
         </is>
       </c>
       <c r="E590" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F590" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G590" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>crayon noir</t>
         </is>
       </c>
       <c r="H590" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="1" t="n">
-        <v>78801</v>
+        <v>79224</v>
       </c>
       <c r="B591" s="2" t="inlineStr">
         <is>
-          <t>Joseph Jongen.</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C591" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D591" s="2" t="inlineStr">
         <is>
-          <t>Charavel, P.</t>
+          <t>Scoupreman, Pierre</t>
         </is>
       </c>
       <c r="E591" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
-[...3 lines deleted...]
-      <c r="G591" s="2"/>
+          <t>1935 - </t>
+        </is>
+      </c>
+      <c r="F591" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G591" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H591" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="1" t="n">
-        <v>79329</v>
+        <v>79294</v>
       </c>
       <c r="B592" s="2" t="inlineStr">
         <is>
-          <t>Clochard - Paris 1933.</t>
+          <t>Figure (nu)</t>
         </is>
       </c>
       <c r="C592" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D592" s="2" t="inlineStr">
         <is>
-          <t>Wansart, Adolphe</t>
+          <t>Van Goolen, Tony</t>
         </is>
       </c>
       <c r="E592" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F592" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G592" s="2"/>
+      <c r="G592" s="2" t="inlineStr">
+        <is>
+          <t>sanguine</t>
+        </is>
+      </c>
       <c r="H592" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="1" t="n">
-        <v>79106</v>
+        <v>79339</v>
       </c>
       <c r="B593" s="2" t="inlineStr">
         <is>
-          <t>son Portrait.</t>
+          <t>Mère et enfant - Maternité.</t>
         </is>
       </c>
       <c r="C593" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D593" s="2" t="inlineStr">
         <is>
-          <t>Logelain, Henri</t>
+          <t>Witterwulghe, Joseph</t>
         </is>
       </c>
       <c r="E593" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F593" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G593" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>crayon</t>
         </is>
       </c>
       <c r="H593" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="1" t="n">
-        <v>79224</v>
+        <v>78885</v>
       </c>
       <c r="B594" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Uccle, Kamerdelle.</t>
         </is>
       </c>
       <c r="C594" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D594" s="2" t="inlineStr">
         <is>
-          <t>Scoupreman, Pierre</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E594" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F594" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G594" s="2"/>
       <c r="H594" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="1" t="n">
-        <v>79294</v>
+        <v>79147</v>
       </c>
       <c r="B595" s="2" t="inlineStr">
         <is>
-          <t>Figure (nu)</t>
+          <t>Vivier d'Oie sous la neige, hiver 1937.</t>
         </is>
       </c>
       <c r="C595" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D595" s="2" t="inlineStr">
         <is>
-          <t>Van Goolen, Tony</t>
+          <t>Minne, Jean-Louis</t>
         </is>
       </c>
       <c r="E595" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F595" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G595" s="2" t="inlineStr">
         <is>
-          <t>sanguine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H595" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="1" t="n">
-        <v>79339</v>
+        <v>78895</v>
       </c>
       <c r="B596" s="2" t="inlineStr">
         <is>
-          <t>Mère et enfant - Maternité.</t>
+          <t>Paysage - Champs d'avoine</t>
         </is>
       </c>
       <c r="C596" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D596" s="2" t="inlineStr">
         <is>
-          <t>Witterwulghe, Joseph</t>
+          <t>De Kat, Anne-Pierre</t>
         </is>
       </c>
       <c r="E596" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F596" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G596" s="2" t="inlineStr">
         <is>
-          <t>crayon</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H596" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="1" t="n">
-        <v>78885</v>
+        <v>79509</v>
       </c>
       <c r="B597" s="2" t="inlineStr">
         <is>
-          <t>Uccle, Kamerdelle.</t>
+          <t>Avenue Brugmann 1937!...</t>
         </is>
       </c>
       <c r="C597" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D597" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Rigaux, Louis</t>
         </is>
       </c>
       <c r="E597" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1937 - </t>
         </is>
       </c>
       <c r="F597" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H597" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G597" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H597" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="1" t="n">
-        <v>79147</v>
+        <v>79287</v>
       </c>
       <c r="B598" s="2" t="inlineStr">
         <is>
-          <t>Vivier d'Oie sous la neige, hiver 1937.</t>
+          <t>Le Presbytère d'Uccle Saint-Pierre.</t>
         </is>
       </c>
       <c r="C598" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D598" s="2" t="inlineStr">
         <is>
-          <t>Minne, Jean-Louis</t>
+          <t>Vander Linden,  Irène</t>
         </is>
       </c>
       <c r="E598" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F598" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G598" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H598" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="1" t="n">
-        <v>78895</v>
+        <v>79056</v>
       </c>
       <c r="B599" s="2" t="inlineStr">
         <is>
-          <t>Paysage - Champs d'avoine</t>
+          <t>Nature morte.</t>
         </is>
       </c>
       <c r="C599" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D599" s="2" t="inlineStr">
         <is>
-          <t>De Kat, Anne-Pierre</t>
+          <t>Jorwitz, Ferdinand</t>
         </is>
       </c>
       <c r="E599" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F599" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G599" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H599" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="1" t="n">
-        <v>79509</v>
+        <v>79574</v>
       </c>
       <c r="B600" s="2" t="inlineStr">
         <is>
-          <t>Avenue Brugmann, 1937 ….</t>
+          <t>Les Chérubins</t>
         </is>
       </c>
       <c r="C600" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D600" s="2" t="inlineStr">
         <is>
-          <t>Rigaux, Louis</t>
+          <t>De Pauw, Willem</t>
         </is>
       </c>
       <c r="E600" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F600" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G600" s="2"/>
       <c r="H600" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="1" t="n">
-        <v>79287</v>
+        <v>79088</v>
       </c>
       <c r="B601" s="2" t="inlineStr">
         <is>
-          <t>Le Presbytère d'Uccle Saint-Pierre.</t>
+          <t>Parvis Saint-Pierre.</t>
         </is>
       </c>
       <c r="C601" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D601" s="2" t="inlineStr">
         <is>
-          <t>Vander Linden,  Irène</t>
+          <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E601" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F601" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G601" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H601" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="1" t="n">
-        <v>79056</v>
+        <v>79047</v>
       </c>
       <c r="B602" s="2" t="inlineStr">
         <is>
-          <t>Nature morte.</t>
+          <t>Vieux café à Saint-Job</t>
         </is>
       </c>
       <c r="C602" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D602" s="2" t="inlineStr">
         <is>
-          <t>Jorwitz, Ferdinand</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E602" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F602" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G602" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H602" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H602" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="1" t="n">
-        <v>79574</v>
+        <v>79101</v>
       </c>
       <c r="B603" s="2" t="inlineStr">
         <is>
-          <t>Les Chérubins</t>
+          <t>Une Sentinelle à "Het Sas" Basinghe_Soldat en tenue de campagne.</t>
         </is>
       </c>
       <c r="C603" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D603" s="2" t="inlineStr">
         <is>
-          <t>De Pauw, Willem</t>
+          <t>Léonard, Charly</t>
         </is>
       </c>
       <c r="E603" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F603" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G603" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H603" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="1" t="n">
-        <v>79088</v>
+        <v>79686</v>
       </c>
       <c r="B604" s="2" t="inlineStr">
         <is>
-          <t>Parvis Saint-Pierre.</t>
+          <t>Artiste peintre.</t>
         </is>
       </c>
       <c r="C604" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D604" s="2" t="inlineStr">
         <is>
-          <t>Lecomte, Émile</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E604" s="2" t="inlineStr">
         <is>
-          <t>1937 - </t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F604" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G604" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H604" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="1" t="n">
-        <v>79101</v>
+        <v>79495</v>
       </c>
       <c r="B605" s="2" t="inlineStr">
         <is>
-          <t>Une Sentinelle à "Het Sas" Basinghe_Soldat en tenue de campagne.</t>
+          <t>Henri Ottevaere.</t>
         </is>
       </c>
       <c r="C605" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D605" s="2" t="inlineStr">
         <is>
-          <t>Léonard, Charly</t>
+          <t>Grandmoulin, Léandre</t>
         </is>
       </c>
       <c r="E605" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F605" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G605" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H605" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="1" t="n">
-        <v>79686</v>
+        <v>78779</v>
       </c>
       <c r="B606" s="2" t="inlineStr">
         <is>
-          <t>Artiste peintre.</t>
+          <t>Joseph Jongen.</t>
         </is>
       </c>
       <c r="C606" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D606" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Brackenier, E.</t>
         </is>
       </c>
       <c r="E606" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F606" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
-      <c r="G606" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G606" s="2"/>
       <c r="H606" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="1" t="n">
-        <v>79495</v>
+        <v>79075</v>
       </c>
       <c r="B607" s="2" t="inlineStr">
         <is>
-          <t>Henri Ottevaere.</t>
+          <t>L'ancien carrefour de la rue Edith Cavell et de l'avenue de Fré</t>
         </is>
       </c>
       <c r="C607" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D607" s="2" t="inlineStr">
         <is>
-          <t>Grandmoulin, Léandre</t>
+          <t>Lambillotte, Georges</t>
         </is>
       </c>
       <c r="E607" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1940 - 1945</t>
         </is>
       </c>
       <c r="F607" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G607" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H607" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H607" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="1" t="n">
-        <v>78779</v>
+        <v>79345</v>
       </c>
       <c r="B608" s="2" t="inlineStr">
         <is>
-          <t>Joseph Jongen.</t>
+          <t>Yajane.</t>
         </is>
       </c>
       <c r="C608" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D608" s="2" t="inlineStr">
         <is>
-          <t>Brackenier, E.</t>
+          <t>Xhrouet, Maurice</t>
         </is>
       </c>
       <c r="E608" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1940 - 1949</t>
         </is>
       </c>
       <c r="F608" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
-      <c r="G608" s="2"/>
+      <c r="G608" s="2" t="inlineStr">
+        <is>
+          <t>pierre</t>
+        </is>
+      </c>
       <c r="H608" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
       <c r="A609" s="1" t="n">
-        <v>79319</v>
+        <v>79756</v>
       </c>
       <c r="B609" s="2" t="inlineStr">
         <is>
-          <t>Avenue de Messidor à Uccle.</t>
+          <t>Charles Viane.</t>
         </is>
       </c>
       <c r="C609" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D609" s="2" t="inlineStr">
         <is>
-          <t>Viane, Charles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E609" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1943 - </t>
         </is>
       </c>
       <c r="F609" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G609" s="2"/>
       <c r="H609" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="1" t="n">
-        <v>79345</v>
+        <v>78775</v>
       </c>
       <c r="B610" s="2" t="inlineStr">
         <is>
-          <t>Yajane.</t>
+          <t>Vase bleu avec fleurs.</t>
         </is>
       </c>
       <c r="C610" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D610" s="2" t="inlineStr">
         <is>
-          <t>Xhrouet, Maurice</t>
+          <t>Bourdon, Maurice</t>
         </is>
       </c>
       <c r="E610" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1949</t>
+          <t>1943 - </t>
         </is>
       </c>
       <c r="F610" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G610" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H610" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="1" t="n">
-        <v>79756</v>
+        <v>79548</v>
       </c>
       <c r="B611" s="2" t="inlineStr">
         <is>
-          <t>Charles Viane.</t>
+          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150</t>
         </is>
       </c>
       <c r="C611" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D611" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E611" s="2" t="inlineStr">
         <is>
-          <t>1943 - </t>
+          <t>1944 - </t>
         </is>
       </c>
       <c r="F611" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H611" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G611" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H611" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="1" t="n">
-        <v>78775</v>
+        <v>78816</v>
       </c>
       <c r="B612" s="2" t="inlineStr">
         <is>
-          <t>Vase bleu avec fleurs.</t>
+          <t>Marine (Le pêcheur)</t>
         </is>
       </c>
       <c r="C612" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D612" s="2" t="inlineStr">
         <is>
-          <t>Bourdon, Maurice</t>
+          <t>Cockx, Philibert</t>
         </is>
       </c>
       <c r="E612" s="2" t="inlineStr">
         <is>
-          <t>1943 - </t>
+          <t>1945 - </t>
         </is>
       </c>
       <c r="F612" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G612" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>gouache</t>
         </is>
       </c>
       <c r="H612" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="1" t="n">
-        <v>79548</v>
+        <v>79239</v>
       </c>
       <c r="B613" s="2" t="inlineStr">
         <is>
-          <t>t Hof ten Hove début du XIVe Laiterie de la Ferme Rose Uccle - 47/150.</t>
+          <t>Le Boschelet à Vance - Ardennes.</t>
         </is>
       </c>
       <c r="C613" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D613" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Strebelle, Rodolphe</t>
         </is>
       </c>
       <c r="E613" s="2" t="inlineStr">
         <is>
-          <t>1944 - </t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F613" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G613" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H613" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="1" t="n">
-        <v>78816</v>
+        <v>79538</v>
       </c>
       <c r="B614" s="2" t="inlineStr">
         <is>
-          <t>Marine (Le pêcheur)</t>
+          <t>Le Pont d'Uccle Stalle.</t>
         </is>
       </c>
       <c r="C614" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D614" s="2" t="inlineStr">
         <is>
-          <t>Cockx, Philibert</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E614" s="2" t="inlineStr">
         <is>
-          <t>1945 - </t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F614" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H614" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G614" s="2"/>
+      <c r="H614" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="1" t="n">
-        <v>79239</v>
+        <v>79296</v>
       </c>
       <c r="B615" s="2" t="inlineStr">
         <is>
-          <t>Le Boschelet à Vance - Ardennes.</t>
+          <t>Mer agitée - Heyst.</t>
         </is>
       </c>
       <c r="C615" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D615" s="2" t="inlineStr">
         <is>
-          <t>Strebelle, Rodolphe</t>
+          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
         </is>
       </c>
       <c r="E615" s="2" t="inlineStr">
         <is>
           <t>1946 - </t>
         </is>
       </c>
       <c r="F615" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G615" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H615" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="1" t="n">
-        <v>79538</v>
+        <v>79316</v>
       </c>
       <c r="B616" s="2" t="inlineStr">
         <is>
-          <t>Le Pont d'Uccle Stalle.</t>
+          <t>Uccle, Vieilles maisons, Vallées de St Job (la ferme du Kriekenput - Uccle 1947)</t>
         </is>
       </c>
       <c r="C616" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D616" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Versluys-Humblet, Luce</t>
         </is>
       </c>
       <c r="E616" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1947 - </t>
         </is>
       </c>
       <c r="F616" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G616" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G616" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H616" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="1" t="n">
-        <v>79296</v>
+        <v>79096</v>
       </c>
       <c r="B617" s="2" t="inlineStr">
         <is>
-          <t>Mer agitée - Heyst.</t>
+          <t>À terre.</t>
         </is>
       </c>
       <c r="C617" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D617" s="2" t="inlineStr">
         <is>
-          <t>Van Her (Van Herbruggen), Carlo (Charles)</t>
+          <t>Lenaerts, Nardo</t>
         </is>
       </c>
       <c r="E617" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1947 - </t>
         </is>
       </c>
       <c r="F617" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G617" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H617" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="1" t="n">
-        <v>79096</v>
+        <v>78798</v>
       </c>
       <c r="B618" s="2" t="inlineStr">
         <is>
-          <t>À terre.</t>
+          <t>Les Oliviers - février 49.</t>
         </is>
       </c>
       <c r="C618" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D618" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Nardo</t>
+          <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E618" s="2" t="inlineStr">
         <is>
-          <t>1947 - </t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F618" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G618" s="2"/>
       <c r="H618" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="1" t="n">
-        <v>78798</v>
+        <v>79152</v>
       </c>
       <c r="B619" s="2" t="inlineStr">
         <is>
-          <t>Les Oliviers - février 49.</t>
+          <t>Micheline.</t>
         </is>
       </c>
       <c r="C619" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D619" s="2" t="inlineStr">
         <is>
-          <t>Carte, Ghislain Victor</t>
+          <t>Mortiaux, Henri</t>
         </is>
       </c>
       <c r="E619" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F619" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G619" s="2"/>
-      <c r="H619" s="2"/>
+      <c r="H619" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte, gravure à la pointe-sèche</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="1" t="n">
-        <v>79152</v>
+        <v>79063</v>
       </c>
       <c r="B620" s="2" t="inlineStr">
         <is>
-          <t>Micheline.</t>
+          <t>Saorge</t>
         </is>
       </c>
       <c r="C620" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D620" s="2" t="inlineStr">
         <is>
-          <t>Mortiaux, Henri</t>
+          <t>Juste, Estelle</t>
         </is>
       </c>
       <c r="E620" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F620" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G620" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H620" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
       <c r="A621" s="1" t="n">
-        <v>79063</v>
+        <v>79076</v>
       </c>
       <c r="B621" s="2" t="inlineStr">
         <is>
-          <t>Saorge</t>
+          <t>L'Étal.</t>
         </is>
       </c>
       <c r="C621" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D621" s="2" t="inlineStr">
         <is>
-          <t>Juste, Estelle</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E621" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F621" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G621" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H621" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="1" t="n">
-        <v>79076</v>
+        <v>79532</v>
       </c>
       <c r="B622" s="2" t="inlineStr">
         <is>
-          <t>L'Étal.</t>
+          <t>Les Alpilles - Saint-Rémy de Provence.</t>
         </is>
       </c>
       <c r="C622" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D622" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>Van Overstraeten, War</t>
         </is>
       </c>
       <c r="E622" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F622" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G622" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H622" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
       <c r="A623" s="1" t="n">
-        <v>79532</v>
+        <v>83429</v>
       </c>
       <c r="B623" s="2" t="inlineStr">
         <is>
-          <t>Les Alpilles - Saint-Rémy de Provence.</t>
+          <t>Sur la plage</t>
         </is>
       </c>
       <c r="C623" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D623" s="2" t="inlineStr">
         <is>
-          <t>Van Overstraeten, War</t>
+          <t>Patoux, Emile</t>
         </is>
       </c>
       <c r="E623" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F623" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G623" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H623" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="1" t="n">
-        <v>83429</v>
+        <v>79647</v>
       </c>
       <c r="B624" s="2" t="inlineStr">
         <is>
-          <t>Sur la plage</t>
+          <t>Kermesse de St Job - ébauche du projet de l'affiche.</t>
         </is>
       </c>
       <c r="C624" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D624" s="2" t="inlineStr">
         <is>
-          <t>Patoux, Emile</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E624" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1952 - </t>
         </is>
       </c>
       <c r="F624" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G624" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H624" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="1" t="n">
-        <v>79647</v>
+        <v>79115</v>
       </c>
       <c r="B625" s="2" t="inlineStr">
         <is>
-          <t>Kermesse de St Job - ébauche du projet de l'affiche.</t>
+          <t>Les instruments de musique</t>
         </is>
       </c>
       <c r="C625" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D625" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Lyr, Claude</t>
         </is>
       </c>
       <c r="E625" s="2" t="inlineStr">
         <is>
-          <t>1952 - </t>
+          <t>1953 - </t>
         </is>
       </c>
       <c r="F625" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G625" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H625" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="1" t="n">
-        <v>79115</v>
+        <v>79205</v>
       </c>
       <c r="B626" s="2" t="inlineStr">
         <is>
-          <t>Les instruments de musique</t>
+          <t>L'ancien moulin de Calevoet.</t>
         </is>
       </c>
       <c r="C626" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D626" s="2" t="inlineStr">
         <is>
-          <t>Lyr, Claude</t>
+          <t>Roidot, Henri</t>
         </is>
       </c>
       <c r="E626" s="2" t="inlineStr">
         <is>
-          <t>1953 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F626" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G626" s="2"/>
       <c r="H626" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="1" t="n">
-        <v>79205</v>
+        <v>79121</v>
       </c>
       <c r="B627" s="2" t="inlineStr">
         <is>
-          <t>L'ancien moulin de Calevoet.</t>
+          <t>L'entrée de la Ferme Rose en 1957.</t>
         </is>
       </c>
       <c r="C627" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D627" s="2" t="inlineStr">
         <is>
-          <t>Roidot, Henri</t>
+          <t>Maraite, Suzanne</t>
         </is>
       </c>
       <c r="E627" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F627" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G627" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G627" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H627" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="1" t="n">
-        <v>79121</v>
+        <v>78874</v>
       </c>
       <c r="B628" s="2" t="inlineStr">
         <is>
-          <t>L'entrée de la Ferme Rose en 1957.</t>
+          <t>Baigneuse se coiffant.</t>
         </is>
       </c>
       <c r="C628" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D628" s="2" t="inlineStr">
         <is>
-          <t>Maraite, Suzanne</t>
+          <t>Debonnaires, Fernand</t>
         </is>
       </c>
       <c r="E628" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F628" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G628" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H628" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="1" t="n">
-        <v>78874</v>
+        <v>78962</v>
       </c>
       <c r="B629" s="2" t="inlineStr">
         <is>
-          <t>Baigneuse se coiffant.</t>
+          <t>Nature morte, Crabe et poissons.</t>
         </is>
       </c>
       <c r="C629" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D629" s="2" t="inlineStr">
         <is>
-          <t>Debonnaires, Fernand</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E629" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F629" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G629" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H629" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
       <c r="A630" s="1" t="n">
-        <v>78962</v>
+        <v>79534</v>
       </c>
       <c r="B630" s="2" t="inlineStr">
         <is>
-          <t>Nature morte, Crabe et poissons.</t>
+          <t>Paysage de Woluwé.</t>
         </is>
       </c>
       <c r="C630" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D630" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Van Overstraeten, War</t>
         </is>
       </c>
       <c r="E630" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1961 - </t>
         </is>
       </c>
       <c r="F630" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G630" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H630" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="1" t="n">
-        <v>79534</v>
+        <v>79683</v>
       </c>
       <c r="B631" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Woluwé.</t>
+          <t>L'abandon de la Ferme Rose, nov. 1962</t>
         </is>
       </c>
       <c r="C631" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D631" s="2" t="inlineStr">
         <is>
-          <t>Van Overstraeten, War</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E631" s="2" t="inlineStr">
         <is>
-          <t>1961 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F631" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G631" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H631" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H631" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="1" t="n">
-        <v>79683</v>
+        <v>78967</v>
       </c>
       <c r="B632" s="2" t="inlineStr">
         <is>
-          <t>L'abandon de la Ferme Rose, nov. 1962</t>
+          <t>Figure de proue</t>
         </is>
       </c>
       <c r="C632" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D632" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Glorie, Raymond</t>
         </is>
       </c>
       <c r="E632" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F632" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G632" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H632" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="1" t="n">
-        <v>78967</v>
+        <v>79004</v>
       </c>
       <c r="B633" s="2" t="inlineStr">
         <is>
-          <t>Figure de proue</t>
+          <t>Oie caronculée du Japon. Il n'est pas nécessaire d'espérer pour entreprendre ni de réussir pour persévérer</t>
         </is>
       </c>
       <c r="C633" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D633" s="2" t="inlineStr">
         <is>
-          <t>Glorie, Raymond</t>
+          <t>Hanrez, Paul</t>
         </is>
       </c>
       <c r="E633" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F633" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G633" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H633" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H633" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="1" t="n">
-        <v>79004</v>
+        <v>79301</v>
       </c>
       <c r="B634" s="2" t="inlineStr">
         <is>
-          <t>Oie caronculée du Japon. Il n'est pas nécessaire d'espérer pour entreprendre ni de réussir pour persévérer</t>
+          <t>Quartier Churchill. La vie est à monter</t>
         </is>
       </c>
       <c r="C634" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D634" s="2" t="inlineStr">
         <is>
-          <t>Hanrez, Paul</t>
+          <t>Van Lent, Maria</t>
         </is>
       </c>
       <c r="E634" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F634" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G634" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H634" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="1" t="n">
-        <v>79301</v>
+        <v>78820</v>
       </c>
       <c r="B635" s="2" t="inlineStr">
         <is>
-          <t>Quartier Churchill. La vie est à monter</t>
+          <t>Le grand arbre du domaine abandonné - Hêtre de Boetendael.</t>
         </is>
       </c>
       <c r="C635" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D635" s="2" t="inlineStr">
         <is>
-          <t>Van Lent, Maria</t>
+          <t>Cocq, Suzanne</t>
         </is>
       </c>
       <c r="E635" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F635" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G635" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H635" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="1" t="n">
-        <v>78820</v>
+        <v>78910</v>
       </c>
       <c r="B636" s="2" t="inlineStr">
         <is>
-          <t>Le grand arbre du domaine abandonné - Hêtre de Boetendael.</t>
+          <t>Les Enfants Azema.</t>
         </is>
       </c>
       <c r="C636" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D636" s="2" t="inlineStr">
         <is>
-          <t>Cocq, Suzanne</t>
+          <t>De Tavernier, Ludo</t>
         </is>
       </c>
       <c r="E636" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F636" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G636" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, papier</t>
         </is>
       </c>
       <c r="H636" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="1" t="n">
-        <v>78910</v>
+        <v>78948</v>
       </c>
       <c r="B637" s="2" t="inlineStr">
         <is>
-          <t>Les Enfants Azema.</t>
+          <t>Ere quotidienne.</t>
         </is>
       </c>
       <c r="C637" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D637" s="2" t="inlineStr">
         <is>
-          <t>De Tavernier, Ludo</t>
+          <t>Dufrane, Paul</t>
         </is>
       </c>
       <c r="E637" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F637" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G637" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, papier</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H637" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="1" t="n">
-        <v>78948</v>
+        <v>79116</v>
       </c>
       <c r="B638" s="2" t="inlineStr">
         <is>
-          <t>Ere quotidienne.</t>
+          <t>Les fantômes tutélaires</t>
         </is>
       </c>
       <c r="C638" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D638" s="2" t="inlineStr">
         <is>
-          <t>Dufrane, Paul</t>
+          <t>Lyr, Claude</t>
         </is>
       </c>
       <c r="E638" s="2" t="inlineStr">
         <is>
-          <t>1963 - </t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F638" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G638" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H638" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="1" t="n">
-        <v>79116</v>
+        <v>78733</v>
       </c>
       <c r="B639" s="2" t="inlineStr">
         <is>
-          <t>Les fantômes tutélaires</t>
+          <t>Le Pont</t>
         </is>
       </c>
       <c r="C639" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D639" s="2" t="inlineStr">
         <is>
-          <t>Lyr, Claude</t>
+          <t>Adriaenssens, Désiré</t>
         </is>
       </c>
       <c r="E639" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1967 - </t>
         </is>
       </c>
       <c r="F639" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G639" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H639" s="2"/>
+      <c r="H639" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="1" t="n">
-        <v>78733</v>
+        <v>78742</v>
       </c>
       <c r="B640" s="2" t="inlineStr">
         <is>
-          <t>Le Pont</t>
+          <t>La Ferme Dandoy</t>
         </is>
       </c>
       <c r="C640" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D640" s="2" t="inlineStr">
         <is>
-          <t>Adriaenssens, Désiré</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E640" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
+          <t>1967 - 1968</t>
         </is>
       </c>
       <c r="F640" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G640" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H640" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="1" t="n">
         <v>78795</v>
       </c>
       <c r="B641" s="2" t="inlineStr">
         <is>
           <t>Dimanche au bois</t>
         </is>
       </c>
       <c r="C641" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D641" s="2" t="inlineStr">
         <is>
           <t>Carte, Ghislain Victor</t>
         </is>
       </c>
       <c r="E641" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
@@ -20759,502 +20951,506 @@
       </c>
       <c r="D645" s="2" t="inlineStr">
         <is>
           <t>Swyngedau, Igor</t>
         </is>
       </c>
       <c r="E645" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F645" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G645" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H645" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="1" t="n">
-        <v>79174</v>
+        <v>79135</v>
       </c>
       <c r="B646" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose.</t>
+          <t>Les petits bonheurs. Les petits bonheurs</t>
         </is>
       </c>
       <c r="C646" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D646" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Mattheiem-Szesz, Halina</t>
         </is>
       </c>
       <c r="E646" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F646" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G646" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H646" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="1" t="n">
-        <v>79135</v>
+        <v>79146</v>
       </c>
       <c r="B647" s="2" t="inlineStr">
         <is>
-          <t>Les petits bonheurs. Les petits bonheurs</t>
+          <t>L'Espérance.</t>
         </is>
       </c>
       <c r="C647" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D647" s="2" t="inlineStr">
         <is>
-          <t>Mattheiem-Szesz, Halina</t>
+          <t>Minne, José</t>
         </is>
       </c>
       <c r="E647" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F647" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G647" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain</t>
         </is>
       </c>
       <c r="H647" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="1" t="n">
-        <v>79146</v>
+        <v>78892</v>
       </c>
       <c r="B648" s="2" t="inlineStr">
         <is>
-          <t>L'Espérance.</t>
+          <t>Le cocotier.</t>
         </is>
       </c>
       <c r="C648" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D648" s="2" t="inlineStr">
         <is>
-          <t>Minne, José</t>
+          <t>De Gobert, Paul</t>
         </is>
       </c>
       <c r="E648" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F648" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G648" s="2"/>
       <c r="H648" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="1" t="n">
-        <v>78892</v>
+        <v>78893</v>
       </c>
       <c r="B649" s="2" t="inlineStr">
         <is>
-          <t>Le cocotier.</t>
+          <t>Forêt de Soignes</t>
         </is>
       </c>
       <c r="C649" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D649" s="2" t="inlineStr">
         <is>
-          <t>De Gobert, Paul</t>
+          <t>De Gobert, Philippe</t>
         </is>
       </c>
       <c r="E649" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F649" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G649" s="2"/>
-      <c r="H649" s="2"/>
+      <c r="H649" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
       <c r="A650" s="1" t="n">
-        <v>78893</v>
+        <v>78949</v>
       </c>
       <c r="B650" s="2" t="inlineStr">
         <is>
-          <t>Forêt de Soignes</t>
+          <t>Le Mannequin Quille - 42.</t>
         </is>
       </c>
       <c r="C650" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D650" s="2" t="inlineStr">
         <is>
-          <t>De Gobert, Philippe</t>
+          <t>Dufrane, Paul</t>
         </is>
       </c>
       <c r="E650" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F650" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G650" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H650" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="1" t="n">
-        <v>78949</v>
+        <v>78760</v>
       </c>
       <c r="B651" s="2" t="inlineStr">
         <is>
-          <t>Le Mannequin Quille - 42.</t>
+          <t>Sur un graphisme ténu.</t>
         </is>
       </c>
       <c r="C651" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D651" s="2" t="inlineStr">
         <is>
-          <t>Dufrane, Paul</t>
+          <t>Bertrand, Gaston</t>
         </is>
       </c>
       <c r="E651" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F651" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G651" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H651" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="1" t="n">
-        <v>78760</v>
+        <v>79554</v>
       </c>
       <c r="B652" s="2" t="inlineStr">
         <is>
-          <t>Sur un graphisme ténu.</t>
+          <t>Rue Victor Gambier.</t>
         </is>
       </c>
       <c r="C652" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D652" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Gaston</t>
+          <t>Meert, Guy</t>
         </is>
       </c>
       <c r="E652" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F652" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G652" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H652" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="1" t="n">
-        <v>79554</v>
+        <v>79561</v>
       </c>
       <c r="B653" s="2" t="inlineStr">
         <is>
-          <t>Rue Victor Gambier.</t>
+          <t>Visage imaginaire.</t>
         </is>
       </c>
       <c r="C653" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D653" s="2" t="inlineStr">
         <is>
-          <t>Meert, Guy</t>
+          <t>Cluysenaar, John</t>
         </is>
       </c>
       <c r="E653" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F653" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G653" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H653" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="1" t="n">
-        <v>79561</v>
+        <v>79572</v>
       </c>
       <c r="B654" s="2" t="inlineStr">
         <is>
-          <t>Visage imaginaire.</t>
+          <t>Forêt de Soignes.</t>
         </is>
       </c>
       <c r="C654" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D654" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, John</t>
+          <t>De Gobert, Philippe</t>
         </is>
       </c>
       <c r="E654" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F654" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...7 lines deleted...]
-      <c r="H654" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G654" s="2"/>
+      <c r="H654" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="1" t="n">
-        <v>79572</v>
+        <v>79735</v>
       </c>
       <c r="B655" s="2" t="inlineStr">
         <is>
-          <t>Forêt de Soignes.</t>
+          <t>Serment de Jumelage Neuilly-sur-Seine - Uccle - 19.3.1972.</t>
         </is>
       </c>
       <c r="C655" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
-      <c r="D655" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D655" s="2"/>
       <c r="E655" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F655" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>archives</t>
         </is>
       </c>
       <c r="G655" s="2"/>
-      <c r="H655" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H655" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
       <c r="A656" s="1" t="n">
-        <v>79735</v>
+        <v>79140</v>
       </c>
       <c r="B656" s="2" t="inlineStr">
         <is>
-          <t>Serment de Jumelage Neuilly-sur-Seine - Uccle - 19.3.1972.</t>
+          <t>Montagne de Saint-Job</t>
         </is>
       </c>
       <c r="C656" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
-      <c r="D656" s="2"/>
+      <c r="D656" s="2" t="inlineStr">
+        <is>
+          <t>Meert, Guy</t>
+        </is>
+      </c>
       <c r="E656" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F656" s="2" t="inlineStr">
         <is>
-          <t>archives</t>
-[...3 lines deleted...]
-      <c r="H656" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G656" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H656" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="1" t="n">
-        <v>79140</v>
+        <v>79543</v>
       </c>
       <c r="B657" s="2" t="inlineStr">
         <is>
-          <t>Montagne de Saint-Job</t>
+          <t>La Ferme Rose - Uccle - 3/3/46.</t>
         </is>
       </c>
       <c r="C657" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D657" s="2" t="inlineStr">
         <is>
-          <t>Meert, Guy</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E657" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F657" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G657" s="2"/>
       <c r="H657" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
       <c r="A658" s="1" t="n">
-        <v>79543</v>
+        <v>79174</v>
       </c>
       <c r="B658" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose - Uccle - 3/3/46.</t>
+          <t>Uccle, “Ferme Rose” (la partie restaurée, déc. 1974)</t>
         </is>
       </c>
       <c r="C658" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D658" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E658" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F658" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G658" s="2"/>
+      <c r="G658" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H658" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="1" t="n">
         <v>79544</v>
       </c>
       <c r="B659" s="2" t="inlineStr">
         <is>
           <t>Ferme Rose, Activités Culturelles.</t>
         </is>
       </c>
       <c r="C659" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D659" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
@@ -21515,115 +21711,123 @@
           <t>1989 - </t>
         </is>
       </c>
       <c r="F666" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G666" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H666" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="1" t="n">
         <v>79451</v>
       </c>
       <c r="B667" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Cornet Uccle.</t>
+          <t>Le Vieux Cornet Uccle</t>
         </is>
       </c>
       <c r="C667" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D667" s="2" t="inlineStr">
         <is>
           <t>Dierickx, André</t>
         </is>
       </c>
       <c r="E667" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F667" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G667" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H667" s="2"/>
+      <c r="H667" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="1" t="n">
         <v>79393</v>
       </c>
       <c r="B668" s="2" t="inlineStr">
         <is>
-          <t>Avenue Brugmann.</t>
+          <t>Avenue Brugmann</t>
         </is>
       </c>
       <c r="C668" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D668" s="2" t="inlineStr">
         <is>
           <t>Dierickx, Jacky</t>
         </is>
       </c>
       <c r="E668" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F668" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G668" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
-      <c r="H668" s="2"/>
+      <c r="H668" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="1" t="n">
         <v>71182</v>
       </c>
       <c r="B669" s="2" t="inlineStr">
         <is>
           <t>Binche. Sur les pavés de la rue - III</t>
         </is>
       </c>
       <c r="C669" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D669" s="2" t="inlineStr">
         <is>
           <t>Arany, Laszlo</t>
         </is>
       </c>
       <c r="E669" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
@@ -21691,279 +21895,319 @@
       </c>
       <c r="D671" s="2" t="inlineStr">
         <is>
           <t>Clarence, Michel</t>
         </is>
       </c>
       <c r="E671" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F671" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G671" s="2" t="inlineStr">
         <is>
           <t>émail, panneau</t>
         </is>
       </c>
       <c r="H671" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="1" t="n">
-        <v>79565</v>
+        <v>79510</v>
       </c>
       <c r="B672" s="2" t="inlineStr">
         <is>
-          <t>sans titre.</t>
+          <t>Uccle - Forêt de Soignes</t>
         </is>
       </c>
       <c r="C672" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D672" s="2" t="inlineStr">
         <is>
-          <t>Hannaert, Félix</t>
+          <t>Dumont, Paul</t>
         </is>
       </c>
       <c r="E672" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F672" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G672" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H672" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H672" s="2" t="inlineStr">
+        <is>
+          <t>linogravure, technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
       <c r="A673" s="1" t="n">
-        <v>79492</v>
+        <v>79565</v>
       </c>
       <c r="B673" s="2" t="inlineStr">
         <is>
-          <t>Bleu Phtalo. Le tableau sur le mur…</t>
+          <t>sans titre.</t>
         </is>
       </c>
       <c r="C673" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D673" s="2" t="inlineStr">
         <is>
-          <t>Dannau, Claire</t>
+          <t>Hannaert, Félix</t>
         </is>
       </c>
       <c r="E673" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F673" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...2 lines deleted...]
-      <c r="G673" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G673" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H673" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
       <c r="A674" s="1" t="n">
-        <v>79513</v>
+        <v>79492</v>
       </c>
       <c r="B674" s="2" t="inlineStr">
         <is>
-          <t>Au cœur sont les murmures.</t>
+          <t>Bleu Phtalo. Le tableau sur le mur…</t>
         </is>
       </c>
       <c r="C674" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D674" s="2" t="inlineStr">
         <is>
           <t>Dannau, Claire</t>
         </is>
       </c>
       <c r="E674" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F674" s="2" t="inlineStr">
         <is>
           <t>Technique mixte</t>
         </is>
       </c>
       <c r="G674" s="2"/>
       <c r="H674" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
       <c r="A675" s="1" t="n">
-        <v>79521</v>
+        <v>79513</v>
       </c>
       <c r="B675" s="2" t="inlineStr">
         <is>
-          <t>Le jardin du paradis.</t>
+          <t>Au cœur sont les murmures.</t>
         </is>
       </c>
       <c r="C675" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D675" s="2" t="inlineStr">
         <is>
-          <t>Lafontaine, Marcel</t>
+          <t>Dannau, Claire</t>
         </is>
       </c>
       <c r="E675" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F675" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G675" s="2"/>
       <c r="H675" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="676">
       <c r="A676" s="1" t="n">
-        <v>79607</v>
+        <v>79521</v>
       </c>
       <c r="B676" s="2" t="inlineStr">
         <is>
-          <t>Sans titre.</t>
+          <t>Le jardin du paradis.</t>
         </is>
       </c>
       <c r="C676" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D676" s="2" t="inlineStr">
         <is>
-          <t>Skender, Hyseni</t>
+          <t>Lafontaine, Marcel</t>
         </is>
       </c>
       <c r="E676" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F676" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G676" s="2"/>
       <c r="H676" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
       <c r="A677" s="1" t="n">
-        <v>79606</v>
+        <v>79607</v>
       </c>
       <c r="B677" s="2" t="inlineStr">
         <is>
-          <t>Grand morceau d'établi.</t>
+          <t>Sans titre.</t>
         </is>
       </c>
       <c r="C677" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D677" s="2" t="inlineStr">
         <is>
-          <t>Van Nerom, Jacques</t>
+          <t>Skender, Hyseni</t>
         </is>
       </c>
       <c r="E677" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F677" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
-      <c r="G677" s="2"/>
+      <c r="G677" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H677" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
       <c r="A678" s="1" t="n">
-        <v>79608</v>
+        <v>79606</v>
       </c>
       <c r="B678" s="2" t="inlineStr">
         <is>
-          <t>Portrait en Noir 02.</t>
+          <t>Grand morceau d'établi.</t>
         </is>
       </c>
       <c r="C678" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D678" s="2" t="inlineStr">
         <is>
-          <t>Géray, Mélanie</t>
+          <t>Van Nerom, Jacques</t>
         </is>
       </c>
       <c r="E678" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F678" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G678" s="2"/>
       <c r="H678" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
+      <c r="A679" s="1" t="n">
+        <v>79608</v>
+      </c>
+      <c r="B679" s="2" t="inlineStr">
+        <is>
+          <t>Portrait en Noir 02.</t>
+        </is>
+      </c>
+      <c r="C679" s="2" t="inlineStr">
+        <is>
+          <t>Commune d'Uccle</t>
+        </is>
+      </c>
+      <c r="D679" s="2" t="inlineStr">
+        <is>
+          <t>Géray, Mélanie</t>
+        </is>
+      </c>
+      <c r="E679" s="2" t="inlineStr">
+        <is>
+          <t>2015 - </t>
+        </is>
+      </c>
+      <c r="F679" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G679" s="2"/>
+      <c r="H679" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>