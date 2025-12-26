--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -877,51 +877,51 @@
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>inox, pierre, résine</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>64708</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Anges</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Société du Logement de la Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Glowinski, Vincent / Entropie Production</t>
+          <t>Glowinski, Vincent / Entropie Production,  / (Vincent Glowinski), BONOM</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>peinture monumentale, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">