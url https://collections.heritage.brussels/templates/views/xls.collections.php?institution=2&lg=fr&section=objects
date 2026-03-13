--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -188,24143 +188,24143 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>103169</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Ange et enfant</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>104705</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Jardin</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>104706</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Plage de Floride</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>103172</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Champ</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>103175</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>103177</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage avec ciel jaune</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>40203</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>porcelaine, faïence</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>101134</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Portrait d'homme (face) - Portrait de femme (revers)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>101157</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Intérieur</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>101159</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Paysage inachevé</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>104504</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Étude d'arbre</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>77374</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Le port de New Amsterdam</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t> - 1662</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>100933</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Maison</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>100934</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Monochrome jaune</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>100936</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Nature morte (vase avec fleurs)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>100938</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>100940</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Paysage avec chemin et arbres</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>104524</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>104525</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Composition florale avec anémones</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>100950</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Personnages</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>Technique mixte</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>101215</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>100960</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>104552</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>100972</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>La plage</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, peinture à l'huile</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>100975</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Femme âgée qui lit</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>100976</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, peinture à l'huile</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>100977</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Nature morte (assiette avec une orange)</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>100978</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Sans titre – Maison de campagne</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>104563</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Fruits</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>100980</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Monsieur</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, crayon, pastel</t>
         </is>
       </c>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
         <v>100981</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Les plantes</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>100982</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Clair de lune</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>102774</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage avec tours</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
         <v>103289</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Végétation entre les maisons</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>103290</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>104570</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Scène de village</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>103291</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Mère et enfant</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
         <v>102780</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Buste de femme de profil</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>103292</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Copilco</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
         <v>103804</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Verger</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>102781</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Intérieur d'église</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
         <v>102782</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Windmill Pier</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier, gouache, crayon noir</t>
         </is>
       </c>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
         <v>103294</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
         <v>103295</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>103807</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Nature morte</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
         <v>102784</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>Études de chats</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
         <v>102785</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>Étude de ville</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>104577</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Végétation</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
         <v>101250</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>Seidō and Kanda river from Shōhei Bridge</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Hiroshige I</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
         <v>102786</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Étude de théière</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
         <v>103298</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs dans un medaillon</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
         <v>102787</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Études de théières et de chats</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
         <v>103299</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
         <v>102788</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de Cannes</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
         <v>104580</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vieux chêne</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>103301</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Deux femmes au panier</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
         <v>103815</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
         <v>103048</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
           <t>La Bourse de Rotterdam</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
         <v>103304</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Famille sur le départ</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
         <v>103049</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Portrait</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>103305</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Couple aux bouquets de fleurs</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
         <v>103050</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Route d'Hilversum</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>103306</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage du Mexique</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
         <v>103051</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Fruits sur une table</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>103307</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Femmes et enfants</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
         <v>103308</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage près d'Atlanta</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
         <v>103053</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
           <t>Médaille octogonale "Porteuse de fleurs"</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Turin, Pierre</t>
         </is>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
         <v>103310</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>103312</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Scène de marché au Mexique</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H70" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
         <v>103058</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Femme et enfant sur une route de campagne</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, gouache</t>
         </is>
       </c>
       <c r="H71" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
         <v>103061</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Virtus Concordia Fides</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
         <v>103829</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>104858</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage avec moulin</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
         <v>101277</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Chrysanthèmes</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
       <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
         <v>101278</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Portrait de vieil homme</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
         <v>101023</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
           <t>Le repos en forest</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
         <v>101279</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Mère et enfant</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
         <v>103071</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Arbre en bord de mer</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
         <v>101280</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Iris</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
         <v>101281</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Portrait d'homme</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Bacon, John Henry Frederick</t>
         </is>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
         <v>103073</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de roses</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H82" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
         <v>101026</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
           <t>Les montagnes</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier, pastel</t>
         </is>
       </c>
       <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
         <v>101282</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Portrait d'homme</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
         <v>101027</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Ciel coloré</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique, carton, toile</t>
         </is>
       </c>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
         <v>101028</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Les pensées bleues</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, peinture à l'huile</t>
         </is>
       </c>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
         <v>103076</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bateaux à quai</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
         <v>101029</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
           <t>Bouquet de narcisses</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
         <v>104870</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
         <v>101031</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Le chemin</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Lowe, Auguste</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, peinture à l'huile</t>
         </is>
       </c>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
         <v>102823</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Sans titre: cactus et plantes grasses</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>crayon noir, panneau aggloméré</t>
         </is>
       </c>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>103847</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Pêcheurs en train de réparer les filets</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
         <v>102824</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
           <t>Chat sur une chaise (face) - Paysage (revers)</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
         <v>103080</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Composition florale</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
         <v>101033</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
           <t>Les rues</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
         <v>102825</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
           <t>Études de chats</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
         <v>103081</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Narcisses</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
         <v>103849</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de bord de mer</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>102826</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Étude de nu</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>103850</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de bord de mer</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
         <v>101036</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
           <t>Femme qui lit (Portrait d'Hannah van Dantzig)</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
         <v>103854</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>103855</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Chat dans un intérieur</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
         <v>103860</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage avec moulin</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>101813</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Buste d'homme de profil</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
         <v>103349</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Scène de village</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
         <v>103094</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Arbres au bord de l'eau</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
         <v>101047</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
           <t>Fleurs</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>103095</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Pêcheurs sur les berges</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
         <v>103351</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
         <v>103863</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Berges d'un village</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
         <v>101048</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>Homme assis</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau de contreplaqué</t>
         </is>
       </c>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
         <v>103096</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Berges</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
         <v>103352</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Coupe de fruits et plante verte sur fond coloré</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>103864</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
         <v>103097</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Pêcheurs à Moret-sur-Loing</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
         <v>103353</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de montagnes</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
         <v>103354</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
         <v>103099</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Croquis de Venise</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
         <v>103355</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
         <v>102333</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Orang-outan</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>statuette</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
         <v>103357</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Cours d'eau</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
         <v>102334</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Deux singes enlacés</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>statuette</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
         <v>103360</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Ruisseau entre les maisons</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
         <v>103361</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Laguna Beach</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
         <v>103362</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Ferme</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
         <v>102851</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
           <t>Études de singe</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
         <v>103363</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Ville sur la colline</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
         <v>102852</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
           <t>Blason van Buren</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
         <v>102853</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Buste d'homme lisant</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>103365</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de Californie</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
         <v>102854</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Église derrière un arbre</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
         <v>103111</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Femmes et enfants dans un jardin en Floride</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
         <v>103113</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Champs</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2"/>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
         <v>103369</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage au bord de l'eau</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2"/>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
         <v>103370</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village au bord de l'eau</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2"/>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
         <v>103115</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Collines</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
         <v>103116</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Côte rocheuse</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
         <v>102861</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Homme de profil</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
         <v>103117</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Maisons au milieu des champs</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2"/>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
         <v>102351</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
           <t>Paire de vases</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2"/>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
         <v>102863</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Portrait d'homme</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H142" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
         <v>103119</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Hameau</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H143" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
         <v>103120</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Maisons</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>103122</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage autour de Taos</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
         <v>103123</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Collines</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H146" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
         <v>77268</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
           <t>Le passeur</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Collin,  Louis</t>
         </is>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>pastel, papier</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
         <v>103124</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Collines des environs de Bruxelles</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
         <v>103125</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vallée</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2"/>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H149" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
         <v>103127</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2"/>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon noir</t>
         </is>
       </c>
       <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
         <v>103129</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de Pérouse</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
         <v>103130</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Hameau des environs de Bruxelles</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H152" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
         <v>103131</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Tampa</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2"/>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>toile, peinture</t>
         </is>
       </c>
       <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
         <v>104667</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Étude de paysage</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2"/>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
         <v>103132</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Maison à Pertuis</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
         <v>103133</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Ferme</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>toile, peinture</t>
         </is>
       </c>
       <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
         <v>103134</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bord de mer à Cape Cod</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
         <v>104670</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Palmiers</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2"/>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
         <v>103135</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Une cour à Paris</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2"/>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
         <v>104671</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de roses</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Baxter, Blanche</t>
         </is>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
         <v>103136</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vendeuses du bord de mer</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2"/>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
         <v>103138</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vaison-la-Romaine</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2"/>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
         <v>104675</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Parc en ville</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2"/>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
         <v>103396</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
           <t>Immaculée conception</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Sadeler, Jan I / Wägmann, Hans Heinrich</t>
         </is>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
         <v>103142</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bord de mer en Floride</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
         <v>103145</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Cheval de cirque</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2"/>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>toile, peinture</t>
         </is>
       </c>
       <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
         <v>103146</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Mas provençal</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2"/>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H167" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
         <v>103147</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village au bord de l'eau</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2"/>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H168" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
         <v>104684</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Nature morte aux pommes</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2"/>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H169" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
         <v>103150</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2"/>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
         <v>102895</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>Études de perroquets et de singes</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2"/>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H171" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
         <v>104687</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage avec petit pont</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2"/>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H172" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
         <v>102896</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Tempête</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Van Cleef</t>
         </is>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>carton</t>
         </is>
       </c>
       <c r="H173" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
         <v>103152</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de village</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2"/>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
         <v>103664</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E175" s="2"/>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
         <v>104688</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Palmiers</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2"/>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H176" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
         <v>102897</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Soleil spirituel</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E177" s="2"/>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>papier, encre, crayon de couleur</t>
         </is>
       </c>
       <c r="H177" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
         <v>104689</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Végetation</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2"/>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H178" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
         <v>103666</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Monnickendam</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2"/>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
         <v>103155</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village au bord de l'eau</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2"/>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H180" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
         <v>103667</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Fleurs</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2"/>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
         <v>104691</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Verger en pente</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2"/>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
         <v>104692</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Fruits</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2"/>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H183" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
         <v>102901</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2"/>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
         <v>104693</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Étude de chats</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2"/>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H185" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
         <v>102903</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rivage</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Van Cleef</t>
         </is>
       </c>
       <c r="E186" s="2"/>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>carton</t>
         </is>
       </c>
       <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
         <v>104695</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Plage de station balnéaire</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2"/>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H187" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
         <v>102904</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Voilier à quai</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2"/>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H188" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
         <v>104696</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Dunes</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H189" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
         <v>102905</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
           <t>Étude de colonnade</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2"/>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H190" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
         <v>103161</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Église</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2"/>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
         <v>104697</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Pommier</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2"/>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
         <v>102906</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
           <t>Étude de bustes</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2"/>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>crayon noir, encre, papier</t>
         </is>
       </c>
       <c r="H193" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
         <v>104698</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Passage voûté</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2"/>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
         <v>102395</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
           <t>Trois carreaux de terre cuite à décor polychrome</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2"/>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
         <v>102907</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Phénix</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Van Cleef</t>
         </is>
       </c>
       <c r="E196" s="2"/>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>carton</t>
         </is>
       </c>
       <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
         <v>104699</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage (face) / Étude de singes (revers)</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2"/>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
         <v>102908</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme (face) - Portrait d'homme (revers)</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2"/>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré</t>
         </is>
       </c>
       <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
         <v>104700</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de village</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2"/>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
         <v>103165</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Portrait de femme</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2"/>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
         <v>104701</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Études de chats</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2"/>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>papier, encre, crayon noir</t>
         </is>
       </c>
       <c r="H201" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
         <v>102910</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Calèches dans un parc</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Van Cleef</t>
         </is>
       </c>
       <c r="E202" s="2"/>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
         <v>104702</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Études de chats</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2"/>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H203" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
         <v>77296</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
           <t>Vierge à l'enfant</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Van Cleve,  Joos</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1485 - 1540</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
         <v>77280</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
           <t>Mise au tombeau du Christ</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Isenbrant, Adrian</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1490 - 1551</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
         <v>77404</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
           <t>Lucrèce</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Metsijs, Jan / Van Hemessen, Jan</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1500 - 1600</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>panneau, chêne, peinture à l'huile</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
         <v>77306</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
           <t>Christ enchaîné</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
         <v>77362</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
           <t>Calvaire</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>van Leyden, Lucas</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1517 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
         <v>77376</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
           <t>L'Arrestation</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>Bononi, Carlo / Morazzone, Pier Francesco</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1550 - 1650</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
         <v>77385</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
           <t>La chute d'Icare</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>Bruegel,  Pieter I</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1550 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
         <v>77364</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
           <t>Plan de la ville de Gouda</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>Braun, Georg</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1581 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>plan d'urbanisme</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
         <v>77363</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
           <t>Plan de la ville de Gouda dans “Civitates orbis terrarum”</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>Hogenberg, Frans / Braun, Georg</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1585 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>plan d'urbanisme</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
         <v>77292</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
           <t>Paysage au torrent</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Seghers,  Hercules</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1589 - 1635</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
         <v>77310</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
           <t>Paysage de rivière</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Seghers,  Hercules</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1589 - 1635</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
         <v>77291</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
           <t>Intérieur de l'Eglise Saint-Bavon de Haarlem</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Saenredam,  Pieter Jansz</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1597 - 1665</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
         <v>11275</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor fleuri</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
         <v>11277</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
           <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
         <v>11278</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
           <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
         <v>11279</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
           <t>Assiette au décor de personnages dits Immortels</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
         <v>11280</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor de fleurs et de canards</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
         <v>11282</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
           <t>Petite assiette au décor de personnage dit "Immortel"</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>assiette, vaisselle décorative</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
         <v>11285</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
         <v>11286</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F223" s="2"/>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
         <v>11288</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine de Chine au décor de cavalier</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
         <v>11345</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
           <t>Ensemble de trois bols à boire en porcelaine au décor de personnages dits </t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
         <v>11346</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
           <t>Ensemble de trois pochons en porcelaine de Chine au décor de fleurs</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
         <v>11347</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
           <t>Ensemble de trois pochons en porcelaine au décor de fleurs et de feuilles</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
         <v>11348</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
           <t>Pochon en porcelaine au décor de pêcheurs</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
         <v>11362</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
         <v>11364</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
           <t>Bol en porcelaine au décor de fleurs polychromes</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
         <v>11365</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
           <t>Bol en porcelaine au décor de dragon</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
         <v>86652</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
           <t>Cruche en grès de type « Bartman »</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>cruche</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
         <v>86653</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
           <t>Pot en grès au décor en camaïeu bleu</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
         <v>77282</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux légumes</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Brueghel,  Jan II</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1601 - 1678</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
         <v>77360</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
           <t>Le Christ devant Pilate</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Rembrandt, Harmensz van Rijn</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1636 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>eau-forte, gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
         <v>77361</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
           <t>La Pièce aux cent florins</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Rembrandt, Harmensz van Rijn</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1648 - 1649</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>eau-forte, gravure au burin, gravure à la pointe-sèche</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
         <v>11276</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1650 - 1701</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
         <v>40291</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>Bol en porcelaine chinoise</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1662 - 1722</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
         <v>86643</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
           <t>Paire de potiches couvertes au décor Imari de fleurs</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1675 - 1700</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>porcelaine, peinture</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
         <v>11264</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1680 - 1700</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
         <v>11265</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1700 - 1725</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
         <v>11341</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
           <t>Paire de plats pisciformes</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1700 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
         <v>11266</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
         <v>11267</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
         <v>11268</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
           <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
         <v>11269</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décors de tiges fleuries</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
         <v>11270</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
         <v>11271</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
         <v>11273</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
         <v>11274</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
         <v>11283</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de fleurs</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
         <v>11284</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>assiette, vaisselle décorative</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
         <v>11287</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor de bambou et de fleurs</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
         <v>11342</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
           <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
         <v>11343</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
           <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
         <v>86639</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
           <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
           <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
         <v>86640</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
           <t>Kaststel en faïence de Delft au décor d’un paysan avec une vache et une chèvre en bleu de grand feu</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
         <v>86641</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
           <t>Paire de vases couverts en faïence de Delft au décor d’une chinoise et d’un vase fleuri en bleu de grand feu</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
         <v>86642</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
           <t>Paire de vases couverts en faïence de Delft au décor de bâtiments et de fleurs en bleu de grand feu</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
         <v>86647</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
         <v>86648</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor polychrome de grand feu figurant un cerf</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
         <v>86649</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
         <v>86650</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome de deux vases fleuris</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
         <v>86655</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
           <t>Carreau ou assiette rodée en faïence de Delft au décor de scène galante</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
         <v>86656</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
           <t>Plat festonné en faïence de Delft au décor de quatre réserves de fleurs</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
         <v>86657</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
           <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
         <v>86658</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
           <t>Plat festonné en faïence de Delft au décor de cinq réserves de fleurs et de lambrequins</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
         <v>86659</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vases fleuris</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
         <v>86660</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor de panier fleuri</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
         <v>86661</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de barrière fleurie et d’oiseaux</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
         <v>86663</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome d’un jeté de fleurs</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
         <v>86664</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
         <v>86665</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
           <t>Compotier festonné en faïence de Delft au décor polychrome de deux jardinières et d’un oiseau</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
         <v>86666</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
         <v>86667</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
         <v>86668</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor de branches fleuries et d’un oiseau</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
         <v>86669</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
         <v>86670</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome de fleurs et de huit réserves de fruits</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
         <v>86671</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
         <v>86677</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor polychrome d’un vase fleuri et d’un oiseau</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
         <v>11155</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
           <t>Horloge astronomique</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>du Chesne, Johannes</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1730 - 1750</t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>horloge</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>bronze, bois de rose, noyer</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
         <v>86672</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine au décor polychrome de médaillons fleuris</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1735 - 1796</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
         <v>102393</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine au décor polychrome de fleurs</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1735 - 1795</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
         <v>11272</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1750 - 1800</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
         <v>86645</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
         <v>86651</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor polychrome de sept paniers fleuris dans des réserves</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>Dextra, Jan Theunis</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1751 - 1800</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
         <v>86646</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
           <t>Fraisier sur présentoir en faïence de Delft au décor d’un cerf</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Van Den Brie-Elling [manufacture]</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1759 - 1771</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
         <v>86644</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
           <t>Assiette en faïence de Delft au décor polychrome d’une barrière fleurie</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
         <v>77366</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
           <t>Le menuet de la mariée</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Debucourt, Philibert</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1786 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
         <v>86662</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor d’un jeté de fleurs et d’un angelot</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1800 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
         <v>77356</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
           <t>Fleurs</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>toile, papier, encre</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
         <v>77357</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
           <t>Fleurs</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>papier, toile, encre</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
         <v>11339</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
           <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>chandelier</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
         <v>11340</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
           <t>Paire de corbeilles en faïence blanche</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>Joseph Sewell &amp; co.</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
         <v>11371</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
         <v>86675</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine au décor polychrome de barrière fleurie et d’un oiseau</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
         <v>11156</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
           <t>Paire de chandeliers en faïence anglaise</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Wedgwood</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>chandelier</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
         <v>86676</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine au décor polychrome de vase et de jardinière fleuris</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
         <v>77338</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
           <t>Paysage de rivière avec moulins à vent</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Gabriël, Paul Joseph Constantin</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1828 - 1903</t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau, bois</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
         <v>101032</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
           <t>Profil de jeune fille</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>Henner, Jean-Jacques</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1829 - 1905</t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, panneau aggloméré</t>
         </is>
       </c>
       <c r="H300" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
         <v>77358</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
           <t>Poème de Sangi Takamura (Pêcheurs et femmes nageant)</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>Katsushika Hokusai</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1835 - 1836</t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
         <v>40288</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
           <t>Portrait de Martin van Buren</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1838 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
         <v>101042</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
           <t>Architecture (Deux études)</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>De Braekeleer,  Henri</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1840 - 1888</t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H303" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
         <v>77269</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
           <t>Femme en intérieur</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>De Braekeleer,  Henri</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1840 - 1888</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
         <v>11369</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
           <t>argent, cristal</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
           <t>gravé [verre], taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
         <v>101040</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
           <t>Nature morte</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Oyens,  David</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1842 - 1902</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H306" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
         <v>77285</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
           <t>La table à dessin</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Oyens,  David</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1842 - 1902</t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
         <v>77286</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>Pantazis,  Périclès</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1849 - 1884</t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
         <v>11281</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
           <t>Assiette en porcelaine au décor de fleurs</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative, assiette</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
         <v>11321</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
           <t>Tapis du Caucase</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
         <v>11336</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
           <t>tapis de la chambre</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
         <v>11367</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
           <t>coupe à fruits</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
         <v>11368</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
           <t>Paire de bocaux à sucre en cristal</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>sucrier</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
         <v>11373</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
           <t>coupe à fruits</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
           <t>argent, verre</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
         <v>86673</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
           <t>Vase à deux anses en faïence dite de "Talavera” au décor d’un lièvre et d’un oiseau</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
         <v>40281</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
           <t>Le baiser</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>Van Gogh, Vincent</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1853 - 1890</t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
         <v>11159</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
           <t>Vieille femme</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Van Gogh, Vincent</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1853 - 1890</t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
         <v>77316</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
           <t>Vase bleu aux roses</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
           <t>Voerman, Jan</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1857 - 1941</t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
         <v>77359</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
           <t>Vue de Kiribata : paysage nocturne sous la pluie à Akasaka</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
           <t>Hiroshige II</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1859 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
         <v>77308</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
           <t>Scène de marché</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
           <t>Portaels, Jean</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1860 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
         <v>77309</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
           <t>Mère et enfant dans une église</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
           <t>Portaels, Jean</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1860 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
         <v>77304</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
           <t>Portrait de Monsieur David van Buuren</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1861 - 1937</t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
         <v>11363</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
           <t>Bol en porcelaine avec anse en argent</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>argent, porcelaine</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
         <v>77278</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
           <t>Trois pêches</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
         <v>101034</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
           <t>Vase de capucines</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
           <t>van Schooten, Jan Antonius</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1870 - 1933</t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, panneau aggloméré</t>
         </is>
       </c>
       <c r="H325" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
         <v>77319</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
           <t>Fleurs</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>Jefferys, Marcel</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1872 - 1924</t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle, gouache, papier</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
         <v>77270</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
           <t>Nature morte</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>Dehoy, Charles</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1872 - 1940</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
         <v>77275</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
           <t>Roses jaunes</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1872 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
         <v>40205</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
           <t>Le Christ et les bergers</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Beauck, François</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1876 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
         <v>77271</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
           <t>Le modèle se chauffant</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>De Smet, Gustave</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1877 - 1943</t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
         <v>77272</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
           <t>Jeune femme au miroir</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>De Smet, Gustave</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1877 - 1943</t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
         <v>77281</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
           <t>Paysage</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>Jongkind, Johan Barthold</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
         <v>100983</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
           <t>Les palmiers</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>Roque, Jean</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1880 - 1925</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H333" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
         <v>77276</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
           <t>Vase de fleurs</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1880 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
         <v>40263</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
           <t>Coin de la rue Broca à Paris</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>Smith,  Francis</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1881 - 1961</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
           <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
         <v>77298</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
           <t>Nature morte au dahlia dans pot blanc</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1881 - 1947</t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
         <v>103178</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de Californie</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H337" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
         <v>101390</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Scène de marché</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
       <c r="H338" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
         <v>101391</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de montagne</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H339" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
         <v>101393</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Maisons en bord de mer</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H340" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
         <v>101394</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Femmes, enfant et oiseaux avec paniers de fruits</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H341" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
         <v>77333</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
           <t>Paysage de Salem (Virginie, États-Unis)</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
         <v>101397</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H343" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
         <v>77334</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
           <t>Paysage des États-Unis d’Amérique</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
         <v>77335</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
           <t>Parvis d’église</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
         <v>77336</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
           <t>Paysage de Taxco de Alarcón (Mexique) avec église</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
         <v>77378</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
           <t>Les barques de pêche</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>Braque, Georges</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1882 - 1963</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
         <v>77381</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
           <t>Paysage des États-Unis d’Amérique</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
         <v>103287</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H349" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
         <v>103288</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Copilco</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H350" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
         <v>103293</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Peggy's Cove</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H351" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
         <v>103296</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Taxco</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H352" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
         <v>103297</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Copilco</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H353" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
         <v>103300</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Lake Atitlán</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H354" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
         <v>103309</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de Cooperstown</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H355" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
         <v>103311</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Marché aux animaux de Chichicastenango, Guatemala</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H356" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
         <v>11164</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
           <t>La rieuse</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>Fonderie Nationale des Bronzes,  / Wouters, Rik</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
           <t>1882 - 1916</t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
           <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
         <v>103356</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Femmes aux paniers de fruits</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H358" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
         <v>103358</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Fermiers</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H359" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
         <v>103359</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bord de lac</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H360" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
         <v>103364</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vallée</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H361" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
         <v>103366</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Étalages</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H362" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
         <v>103367</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage avec maisons</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H363" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
         <v>103368</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Portrait de femme</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
           <t>toile, bois</t>
         </is>
       </c>
       <c r="H364" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
         <v>103121</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H365" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
         <v>103126</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village au bord de l'eau</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H366" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
         <v>103139</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Plage</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H367" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
         <v>103143</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Végétation tropicale</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>toile, peinture</t>
         </is>
       </c>
       <c r="H368" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
         <v>103144</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Parc en bord de rivière à Tampa</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
           <t>toile, peinture</t>
         </is>
       </c>
       <c r="H369" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
         <v>103149</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Fleuristes</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H370" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
         <v>103158</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Maisons</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H371" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
         <v>103159</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Femmes et enfant avec paniers</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H372" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
         <v>103160</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Chemin vers la rive</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H373" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
         <v>103166</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Canal</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>1882 - 1950</t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H374" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
         <v>11378</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
           <t>louche</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
           <t>couvert de service</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
           <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
         <v>101041</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
           <t>Nature morte</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
           <t>Van Den Berghe, Frits</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
           <t>1883 - 1939</t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H376" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
         <v>102646</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
           <t>Médaille Léon François</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D377" s="2" t="inlineStr">
         <is>
           <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>1883 - 1973</t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G377" s="2"/>
       <c r="H377" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
         <v>77367</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
           <t>La Légende de Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
           <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
         <v>77368</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
           <t>Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D379" s="2" t="inlineStr">
         <is>
           <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
           <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
           <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
         <v>77369</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
           <t>Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
           <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
           <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
         <v>77372</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
           <t>Le Carnaval</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
           <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E381" s="2" t="inlineStr">
         <is>
           <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
           <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
         <v>77327</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
           <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>1886 - 1912</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
         <v>77328</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
           <t>Le chat endormi</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E383" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
         <v>79888</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
           <t>Dessins du peintre David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
           <t>papier, crayon, encre</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
         <v>77329</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
           <t>Vue de Bruxelles</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
         <v>77330</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
           <t>Anémones</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
         <v>77331</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
           <t>Paysage forestier</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D387" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E387" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
         <v>77380</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
           <t>Portrait de garçon</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
           <t>panneau, bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
         <v>100942</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
           <t>Vase avec roses jaunes </t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H389" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
         <v>100944</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
           <t>Paysage</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H390" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
         <v>100971</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Fleurs</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, peinture à l'huile</t>
         </is>
       </c>
       <c r="H391" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
         <v>100985</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
           <t>Femme</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
           <t>papier, pastel</t>
         </is>
       </c>
       <c r="H392" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
         <v>86678</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
           <t>Portrait d’Hannah van Dantzig (1850-1912), mère de l’artiste</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
           <t>1886 - 1912</t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
           <t>crayon, fusain, papier</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
         <v>11162</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
           <t>Maternité</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
           <t>Minne, George</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>1886 - 1941</t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
         <v>77295</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
           <t>Paysage</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
         <v>103671</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
           <t>Portrait de Gustave van de Woestijne</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H396" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
         <v>102649</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
           <t>Médaille Victor Tourneur</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
           <t>Rau, Marcel</t>
         </is>
       </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
           <t>1886 - 1966</t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
         <v>77402</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
           <t>Nu féminin</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
           <t>Creten-George,  / Creten, Georges</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
           <t>1887 - 1966</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
           <t>papier, peinture à l'huile</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
         <v>77315</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux fleurs</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
           <t>Plato,  Alice</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>1889 - 1961</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
         <v>40255</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
           <t>Tournesols</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
           <t>Plato,  Alice</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>1889 - 1961</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
         <v>77277</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
           <t>Raisins et pêches</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
         <v>77370</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
           <t>La Gamme d’amour</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>1890 - 1976</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
         <v>101024</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
           <t>Paysage avec maisons</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
           <t>De Beer, Gaston</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>1890 - 1953</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H403" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
         <v>86654</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
           <t>Théière en faïence à décor polychrome de fleurettes</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>1891 - 1930</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>théière</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
         <v>77274</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
           <t>Coucher de soleil</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
           <t>Ernst, Max</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>1891 - 1976</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
           <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
         <v>77273</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
           <t>Vue d'Ostende</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
           <t>Ensor, James</t>
         </is>
       </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>1893 - </t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
         <v>101156</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
           <t>Paysage avec maisons</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
           <t>Burkhalter, Jean</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1895 - 1982</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H407" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
         <v>100952</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
           <t>Bord de lac</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
           <t>Burkhalter, Jean</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>1895 - 1982</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
           <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H408" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
         <v>101631</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
           <t>Oiseau</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>1896 - 1966</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H409" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
         <v>77384</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
           <t>Cafetière et capucines</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
           <t>Evenepoel, Henri</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
         <v>102647</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
           <t>Médaille Marcel Barzin</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
           <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>1899 - 1977</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G411" s="2"/>
       <c r="H411" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
         <v>79885</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
           <t>Malle de voyage</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>coffre</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
           <t>métal, bois, cuir</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
         <v>77375</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
           <t>Paysage portuaire</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
         <v>79887</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
           <t>Matériel de travail du peintre David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>matériel d'artiste</t>
         </is>
       </c>
       <c r="G414" s="2"/>
       <c r="H414" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
         <v>11289</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
           <t>Service en porcelaine à décor de frise de lierre</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
           <t>Königliche Porzellan-Manufaktur</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>assiette, service de table</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
           <t>doré, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
         <v>11290</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
           <t>Assiette à dessert à bord doré</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
           <t>Etablissements Demeuldre</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>doré, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
         <v>77341</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
           <t>Le lilas</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
         <v>77342</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
           <t>Portrait de vieillard</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
         <v>11370</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
           <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
         <v>11375</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
           <t>Knabel, Hans</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
           <t>argent, cristal</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
         <v>11376</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
           <t>verres</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>or, verre</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
           <t>doré, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
         <v>11379</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
           <t>cuillère</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
           <t>cuillère</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
         <v>100974</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bateau</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
           <t>Bomhals, Suzanne</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>1902 - 2000</t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H423" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
         <v>101025</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
           <t>Le pont en ville</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
           <t>Iserentant, Mayou</t>
         </is>
       </c>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1903 - 1978</t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H424" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
         <v>77340</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
           <t>Les lapins</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
           <t>Mankes, Jan</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
         <v>77290</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
           <t>La voile rouge</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
           <t>Permeke, Constant</t>
         </is>
       </c>
       <c r="E426" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
           <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
         <v>77395</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
           <t>Maturité</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
         <v>77396</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
           <t>Le berger</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D428" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E428" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
         <v>100984</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Les oiseaux</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
           <t>1910 - 2006</t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
           <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
         <v>11160</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
           <t>L'agenouillé</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
           <t>Fonderie Batardy,  / Minne, George</t>
         </is>
       </c>
       <c r="E430" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
         <v>77392</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
           <t>La cour de sainte Agnès</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
         <v>77288</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
           <t>Le chien</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
           <t>Permeke, Constant</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
         <v>77289</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
           <t>Le chat</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
           <t>Permeke, Constant</t>
         </is>
       </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
         <v>77287</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
           <t>Marine</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
           <t>Permeke, Constant</t>
         </is>
       </c>
       <c r="E434" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
         <v>77302</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
           <t>Le semeur</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E435" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
           <t>toile, gouache</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
         <v>77305</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
           <t>L'automne à Boitsfort</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D436" s="2" t="inlineStr">
         <is>
           <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E436" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H436" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
         <v>77318</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux fleurs et aux fruits</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D437" s="2" t="inlineStr">
         <is>
           <t>Baksteen, Gerard</t>
         </is>
       </c>
       <c r="E437" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F437" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G437" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H437" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
         <v>77379</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
           <t>Les pêches</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
           <t>Wouters, Rik</t>
         </is>
       </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H438" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
         <v>77325</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
           <t>Portrait de Siegfried Pols</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D439" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E439" s="2" t="inlineStr">
         <is>
           <t>1915 - </t>
         </is>
       </c>
       <c r="F439" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H439" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
         <v>100930</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Prairies</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D440" s="2" t="inlineStr">
         <is>
           <t>De Beer, Gaston</t>
         </is>
       </c>
       <c r="E440" s="2" t="inlineStr">
         <is>
           <t>1916 - </t>
         </is>
       </c>
       <c r="F440" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G440" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H440" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
         <v>77317</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux fleurs</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D441" s="2" t="inlineStr">
         <is>
           <t>De Beer, Gaston</t>
         </is>
       </c>
       <c r="E441" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H441" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
         <v>100973</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
           <t>Paysage avec maison et église </t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D442" s="2" t="inlineStr">
         <is>
           <t>De Beer, Gaston</t>
         </is>
       </c>
       <c r="E442" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H442" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
         <v>77293</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
           <t>Vase de fleurs</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
           <t>Signac,  Paul</t>
         </is>
       </c>
       <c r="E443" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
           <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
         <v>77399</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux roses rouges</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D444" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E444" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G444" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
         <v>77301</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
           <t>La table des enfants</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D445" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E445" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G445" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H445" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
         <v>77324</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E446" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
         <v>77339</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
           <t>Le passeur</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
           <t>Lebrun</t>
         </is>
       </c>
       <c r="E447" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
         <v>11292</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
           <t>Buste féminin</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D448" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E448" s="2" t="inlineStr">
         <is>
           <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H448" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
         <v>11303</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D449" s="2" t="inlineStr">
         <is>
           <t>Württembergische Metallwarenfabrik</t>
         </is>
       </c>
       <c r="E449" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
           <t>émail, laiton</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
           <t>technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
         <v>77351</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
           <t>Faisan</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D450" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E450" s="2" t="inlineStr">
         <is>
           <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
         <v>11305</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
           <t>Table basse à double plateau avec pochette à livres</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
           <t>table basse</t>
         </is>
       </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
           <t>bronze, acajou</t>
         </is>
       </c>
       <c r="H451" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
         <v>11306</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
           <t>Guéridon à double plateau circulaire</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
           <t>table basse</t>
         </is>
       </c>
       <c r="G452" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H452" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
         <v>11314</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
           <t>palissandre, ivoire, cuivre</t>
         </is>
       </c>
       <c r="H453" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
         <v>11316</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
           <t>Table vitrine à trois vantaux rabattables et deux paires de tables gigognes</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D454" s="2" t="inlineStr">
         <is>
           <t>Franco, Johan</t>
         </is>
       </c>
       <c r="E454" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F454" s="2" t="inlineStr">
         <is>
           <t>table, vitrine</t>
         </is>
       </c>
       <c r="G454" s="2" t="inlineStr">
         <is>
           <t>métal, verre, acajou</t>
         </is>
       </c>
       <c r="H454" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
         <v>11317</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D455" s="2" t="inlineStr">
         <is>
           <t>Mère, Clément</t>
         </is>
       </c>
       <c r="E455" s="2" t="inlineStr">
         <is>
           <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F455" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G455" s="2" t="inlineStr">
         <is>
           <t>parchemin, cuir, ivoire, palissandre</t>
         </is>
       </c>
       <c r="H455" s="2" t="inlineStr">
         <is>
           <t>couture, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
         <v>11320</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F456" s="2" t="inlineStr">
         <is>
           <t>banc</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H456" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
         <v>77371</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
           <t>Prélude</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D457" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E457" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F457" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H457" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
         <v>11330</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
           <t>Linge de table brodé (grande et petite nappes, serviette)</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="inlineStr">
         <is>
           <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F458" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G458" s="2"/>
       <c r="H458" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
         <v>11331</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
           <t>Linge de table brodé et ajouré (grande et petite nappes, serviette)</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="inlineStr">
         <is>
           <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F459" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G459" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H459" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
         <v>11332</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
           <t>Linge de table brodé aux initiales de David Van Buuren (nappe et serviette)</t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2" t="inlineStr">
         <is>
           <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F460" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G460" s="2"/>
       <c r="H460" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="1" t="n">
         <v>11333</v>
       </c>
       <c r="B461" s="2" t="inlineStr">
         <is>
           <t>Nappe brodée aux initiales de David Van Buuren</t>
         </is>
       </c>
       <c r="C461" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="inlineStr">
         <is>
           <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F461" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G461" s="2"/>
       <c r="H461" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
         <v>11337</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
           <t>Service à café à décor de fleurs</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D462" s="2" t="inlineStr">
         <is>
           <t>A. Lanternier &amp; Co.</t>
         </is>
       </c>
       <c r="E462" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F462" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G462" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H462" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
         <v>11344</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
           <t>Onze assiettes de forme carrée à glaçure jaune</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F463" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G463" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H463" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
         <v>77394</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
           <t>Gustave van de Woestyne devant sa fenêtre</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D464" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E464" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F464" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G464" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H464" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
         <v>11350</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
           <t>Vase aux perruches</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D465" s="2" t="inlineStr">
         <is>
           <t>Lalique, René</t>
         </is>
       </c>
       <c r="E465" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F465" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H465" s="2" t="inlineStr">
         <is>
           <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
         <v>11351</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
           <t>Paire de lampes en forme de pagode</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2" t="inlineStr">
         <is>
           <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F466" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G466" s="2" t="inlineStr">
         <is>
           <t>bois, cuivre, cristal</t>
         </is>
       </c>
       <c r="H466" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
         <v>11352</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F467" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G467" s="2" t="inlineStr">
         <is>
           <t>bois, céramique</t>
         </is>
       </c>
       <c r="H467" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="1" t="n">
         <v>11353</v>
       </c>
       <c r="B468" s="2" t="inlineStr">
         <is>
           <t>Ensemble de trois ronds de serviettes aux initiales des Van Buuren</t>
         </is>
       </c>
       <c r="C468" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F468" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G468" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H468" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="1" t="n">
         <v>77401</v>
       </c>
       <c r="B469" s="2" t="inlineStr">
         <is>
           <t>Annonciation</t>
         </is>
       </c>
       <c r="C469" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D469" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E469" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F469" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G469" s="2" t="inlineStr">
         <is>
           <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H469" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
         <v>11354</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
           <t>Service de verres en cristal</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
           <t>Saint-Louis [cristalleries]</t>
         </is>
       </c>
       <c r="E470" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F470" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G470" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H470" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
         <v>11355</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 8 verres à sherry</t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F471" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G471" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H471" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
         <v>11356</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 18 coupes à champagne en cristal</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D472" s="2" t="inlineStr">
         <is>
           <t>Saint-Louis [cristalleries]</t>
         </is>
       </c>
       <c r="E472" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F472" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H472" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
         <v>11357</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F473" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G473" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H473" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
         <v>11358</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F474" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G474" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H474" s="2" t="inlineStr">
         <is>
           <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
         <v>11359</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
           <t>verre à vin</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G475" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
         <v>11360</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G476" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H476" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
         <v>11361</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
           <t>sonnette de table</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
           <t>sonnette de table</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
           <t>métal, cristal</t>
         </is>
       </c>
       <c r="H477" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
         <v>11366</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
           <t>seau à glace</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F478" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
           <t>argent, cristal</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
         <v>11372</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
           <t>sucrier</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F479" s="2" t="inlineStr">
         <is>
           <t>sucrier</t>
         </is>
       </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
           <t>gravé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
         <v>11374</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F480" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G480" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H480" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
         <v>11377</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
           <t>couvert</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F481" s="2" t="inlineStr">
         <is>
           <t>couvert de service</t>
         </is>
       </c>
       <c r="G481" s="2" t="inlineStr">
         <is>
           <t>acier, bois</t>
         </is>
       </c>
       <c r="H481" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
         <v>86674</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
           <t>vase décoratif</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G482" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H482" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
         <v>11163</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
           <t>Squalers</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D483" s="2" t="inlineStr">
         <is>
           <t>Fonderie Batardy,  / Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E483" s="2" t="inlineStr">
         <is>
           <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G483" s="2" t="inlineStr">
         <is>
           <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H483" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
         <v>77284</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
           <t>Femme nue</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D484" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E484" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H484" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
         <v>11318</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
           <t>Piano quart de queue et son tabouret</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D485" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André / Blüthner, Julius</t>
         </is>
       </c>
       <c r="E485" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
           <t>instrument à corde</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
           <t>métal, acajou</t>
         </is>
       </c>
       <c r="H485" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
         <v>11325</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
           <t>coussin</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
           <t>Delaunay, Sonia</t>
         </is>
       </c>
       <c r="E486" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
           <t>coussin</t>
         </is>
       </c>
       <c r="G486" s="2"/>
       <c r="H486" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
         <v>11326</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
           <t>coussin</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D487" s="2" t="inlineStr">
         <is>
           <t>Delaunay, Sonia</t>
         </is>
       </c>
       <c r="E487" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
           <t>coussin</t>
         </is>
       </c>
       <c r="G487" s="2"/>
       <c r="H487" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
         <v>11327</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
           <t>coussin</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
           <t>Delaunay, Sonia</t>
         </is>
       </c>
       <c r="E488" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F488" s="2" t="inlineStr">
         <is>
           <t>coussin</t>
         </is>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
         <v>11328</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
           <t>coussin</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D489" s="2" t="inlineStr">
         <is>
           <t>Delaunay, Sonia</t>
         </is>
       </c>
       <c r="E489" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F489" s="2" t="inlineStr">
         <is>
           <t>coussin</t>
         </is>
       </c>
       <c r="G489" s="2"/>
       <c r="H489" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
         <v>103662</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
           <t>Portrait d'Alice van Buuren</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F490" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G490" s="2" t="inlineStr">
         <is>
           <t>papier photographique, papier</t>
         </is>
       </c>
       <c r="H490" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="1" t="n">
         <v>77349</v>
       </c>
       <c r="B491" s="2" t="inlineStr">
         <is>
           <t>La baigneuse, dite danseuse nue</t>
         </is>
       </c>
       <c r="C491" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D491" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E491" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F491" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G491" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H491" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="1" t="n">
         <v>103084</v>
       </c>
       <c r="B492" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue du lac Léman</t>
         </is>
       </c>
       <c r="C492" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D492" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E492" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F492" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G492" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H492" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="1" t="n">
         <v>77267</v>
       </c>
       <c r="B493" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C493" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D493" s="2" t="inlineStr">
         <is>
           <t>Carpentier,  Felix</t>
         </is>
       </c>
       <c r="E493" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F493" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G493" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H493" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="1" t="n">
         <v>103070</v>
       </c>
       <c r="B494" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Végétation</t>
         </is>
       </c>
       <c r="C494" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D494" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E494" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F494" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G494" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H494" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="1" t="n">
         <v>77279</v>
       </c>
       <c r="B495" s="2" t="inlineStr">
         <is>
           <t>Amour</t>
         </is>
       </c>
       <c r="C495" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D495" s="2" t="inlineStr">
         <is>
           <t>Foujita, Tsugouharu</t>
         </is>
       </c>
       <c r="E495" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F495" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G495" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H495" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="1" t="n">
         <v>77283</v>
       </c>
       <c r="B496" s="2" t="inlineStr">
         <is>
           <t>Le baiser</t>
         </is>
       </c>
       <c r="C496" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D496" s="2" t="inlineStr">
         <is>
           <t>Mambour, Auguste</t>
         </is>
       </c>
       <c r="E496" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F496" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G496" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H496" s="2" t="inlineStr">
         <is>
           <t>lithographie, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="1" t="n">
         <v>77297</v>
       </c>
       <c r="B497" s="2" t="inlineStr">
         <is>
           <t>Nature morte au globe terrestre</t>
         </is>
       </c>
       <c r="C497" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D497" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E497" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F497" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G497" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H497" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="1" t="n">
         <v>11157</v>
       </c>
       <c r="B498" s="2" t="inlineStr">
         <is>
           <t>Lampe de table</t>
         </is>
       </c>
       <c r="C498" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D498" s="2" t="inlineStr">
         <is>
           <t>Gaspard, Maurice</t>
         </is>
       </c>
       <c r="E498" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F498" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G498" s="2" t="inlineStr">
         <is>
           <t>or, laiton, bronze</t>
         </is>
       </c>
       <c r="H498" s="2" t="inlineStr">
         <is>
           <t>damasquiné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="1" t="n">
         <v>77300</v>
       </c>
       <c r="B499" s="2" t="inlineStr">
         <is>
           <t>Amour pur, Amour impur</t>
         </is>
       </c>
       <c r="C499" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D499" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E499" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F499" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G499" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à la détrempe</t>
         </is>
       </c>
       <c r="H499" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="1" t="n">
         <v>77400</v>
       </c>
       <c r="B500" s="2" t="inlineStr">
         <is>
           <t>Portrait de Mme Alice van Buuren</t>
         </is>
       </c>
       <c r="C500" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D500" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E500" s="2" t="inlineStr">
         <is>
           <t>1926 - 1940</t>
         </is>
       </c>
       <c r="F500" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G500" s="2" t="inlineStr">
         <is>
           <t>crayon, toile</t>
         </is>
       </c>
       <c r="H500" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="1" t="n">
         <v>11161</v>
       </c>
       <c r="B501" s="2" t="inlineStr">
         <is>
           <t>Buste de jeune fille</t>
         </is>
       </c>
       <c r="C501" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D501" s="2" t="inlineStr">
         <is>
           <t>Minne, George</t>
         </is>
       </c>
       <c r="E501" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F501" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G501" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H501" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="1" t="n">
         <v>77323</v>
       </c>
       <c r="B502" s="2" t="inlineStr">
         <is>
           <t>Chez la chapelière</t>
         </is>
       </c>
       <c r="C502" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D502" s="2" t="inlineStr">
         <is>
           <t>Van De Woestyne, Mary</t>
         </is>
       </c>
       <c r="E502" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F502" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G502" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H502" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="1" t="n">
         <v>101158</v>
       </c>
       <c r="B503" s="2" t="inlineStr">
         <is>
           <t>Femmes devant une maison</t>
         </is>
       </c>
       <c r="C503" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D503" s="2" t="inlineStr">
         <is>
           <t>Van De Woestyne, Mary</t>
         </is>
       </c>
       <c r="E503" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F503" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G503" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H503" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="1" t="n">
         <v>102313</v>
       </c>
       <c r="B504" s="2" t="inlineStr">
         <is>
           <t>La nuit étoilée</t>
         </is>
       </c>
       <c r="C504" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D504" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E504" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F504" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G504" s="2"/>
       <c r="H504" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="1" t="n">
         <v>103387</v>
       </c>
       <c r="B505" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Vresse</t>
         </is>
       </c>
       <c r="C505" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D505" s="2" t="inlineStr">
         <is>
           <t>Titz, Louis</t>
         </is>
       </c>
       <c r="E505" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F505" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G505" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H505" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="1" t="n">
         <v>79877</v>
       </c>
       <c r="B506" s="2" t="inlineStr">
         <is>
           <t>Lampe</t>
         </is>
       </c>
       <c r="C506" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D506" s="2"/>
       <c r="E506" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F506" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G506" s="2" t="inlineStr">
         <is>
           <t>métal, parchemin</t>
         </is>
       </c>
       <c r="H506" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="1" t="n">
         <v>79878</v>
       </c>
       <c r="B507" s="2" t="inlineStr">
         <is>
           <t>Lampe du bureau de David Van Buuren</t>
         </is>
       </c>
       <c r="C507" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D507" s="2" t="inlineStr">
         <is>
           <t>S. Robert Schwartz &amp; Bro</t>
         </is>
       </c>
       <c r="E507" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F507" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G507" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H507" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="1" t="n">
         <v>79882</v>
       </c>
       <c r="B508" s="2" t="inlineStr">
         <is>
           <t>Miroir</t>
         </is>
       </c>
       <c r="C508" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F508" s="2" t="inlineStr">
         <is>
           <t>miroir</t>
         </is>
       </c>
       <c r="G508" s="2" t="inlineStr">
         <is>
           <t>métal, bois, verre</t>
         </is>
       </c>
       <c r="H508" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="1" t="n">
         <v>79891</v>
       </c>
       <c r="B509" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C509" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D509" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap / De Saedeleer,  Elisabeth</t>
         </is>
       </c>
       <c r="E509" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F509" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G509" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H509" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="1" t="n">
         <v>79892</v>
       </c>
       <c r="B510" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C510" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D510" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap / De Saedeleer,  Elisabeth</t>
         </is>
       </c>
       <c r="E510" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F510" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G510" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H510" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="1" t="n">
         <v>79894</v>
       </c>
       <c r="B511" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C511" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D511" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap / De Saedeleer,  Elisabeth</t>
         </is>
       </c>
       <c r="E511" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F511" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G511" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H511" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="1" t="n">
         <v>11299</v>
       </c>
       <c r="B512" s="2" t="inlineStr">
         <is>
           <t>Table de salon</t>
         </is>
       </c>
       <c r="C512" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D512" s="2" t="inlineStr">
         <is>
           <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E512" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F512" s="2" t="inlineStr">
         <is>
           <t>table basse</t>
         </is>
       </c>
       <c r="G512" s="2" t="inlineStr">
         <is>
           <t>noyer</t>
         </is>
       </c>
       <c r="H512" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="1" t="n">
         <v>11300</v>
       </c>
       <c r="B513" s="2" t="inlineStr">
         <is>
           <t>Piédestal pour vase</t>
         </is>
       </c>
       <c r="C513" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D513" s="2" t="inlineStr">
         <is>
           <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E513" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F513" s="2" t="inlineStr">
         <is>
           <t>sellette</t>
         </is>
       </c>
       <c r="G513" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H513" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="1" t="n">
         <v>11301</v>
       </c>
       <c r="B514" s="2" t="inlineStr">
         <is>
           <t>lampadaire</t>
         </is>
       </c>
       <c r="C514" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D514" s="2" t="inlineStr">
         <is>
           <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E514" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F514" s="2" t="inlineStr">
         <is>
           <t>lampadaire</t>
         </is>
       </c>
       <c r="G514" s="2" t="inlineStr">
         <is>
           <t>bronze, sycomore</t>
         </is>
       </c>
       <c r="H514" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="1" t="n">
         <v>11302</v>
       </c>
       <c r="B515" s="2" t="inlineStr">
         <is>
           <t>guéridon</t>
         </is>
       </c>
       <c r="C515" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D515" s="2" t="inlineStr">
         <is>
           <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E515" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F515" s="2" t="inlineStr">
         <is>
           <t>sellette</t>
         </is>
       </c>
       <c r="G515" s="2" t="inlineStr">
         <is>
           <t>noyer, sycomore</t>
         </is>
       </c>
       <c r="H515" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="1" t="n">
         <v>11304</v>
       </c>
       <c r="B516" s="2" t="inlineStr">
         <is>
           <t>Guéridon au plateau à neuf côtés sur pied à trois faces concaves</t>
         </is>
       </c>
       <c r="C516" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D516" s="2" t="inlineStr">
         <is>
           <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E516" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F516" s="2" t="inlineStr">
         <is>
           <t>table basse</t>
         </is>
       </c>
       <c r="G516" s="2" t="inlineStr">
         <is>
           <t>bronze, palissandre</t>
         </is>
       </c>
       <c r="H516" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="1" t="n">
         <v>11307</v>
       </c>
       <c r="B517" s="2" t="inlineStr">
         <is>
           <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C517" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D517" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André / Franco, Johan</t>
         </is>
       </c>
       <c r="E517" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F517" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G517" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H517" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="1" t="n">
         <v>11308</v>
       </c>
       <c r="B518" s="2" t="inlineStr">
         <is>
           <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C518" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D518" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E518" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F518" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G518" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H518" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="1" t="n">
         <v>11309</v>
       </c>
       <c r="B519" s="2" t="inlineStr">
         <is>
           <t>Fauteuil "Bien-aimé"</t>
         </is>
       </c>
       <c r="C519" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D519" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E519" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F519" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G519" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H519" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="1" t="n">
         <v>11310</v>
       </c>
       <c r="B520" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 5 chaises traîneau</t>
         </is>
       </c>
       <c r="C520" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D520" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Franco, Johan / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E520" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F520" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G520" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H520" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="1" t="n">
         <v>11311</v>
       </c>
       <c r="B521" s="2" t="inlineStr">
         <is>
           <t>Chaise</t>
         </is>
       </c>
       <c r="C521" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D521" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E521" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F521" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G521" s="2" t="inlineStr">
         <is>
           <t>bois, crin</t>
         </is>
       </c>
       <c r="H521" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="1" t="n">
         <v>11312</v>
       </c>
       <c r="B522" s="2" t="inlineStr">
         <is>
           <t>Canapé "cosy-corner"</t>
         </is>
       </c>
       <c r="C522" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D522" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E522" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F522" s="2" t="inlineStr">
         <is>
           <t>canapé, divan</t>
         </is>
       </c>
       <c r="G522" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H522" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="1" t="n">
         <v>11313</v>
       </c>
       <c r="B523" s="2" t="inlineStr">
         <is>
           <t>Guéridon à trois plateaux pour lampe</t>
         </is>
       </c>
       <c r="C523" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D523" s="2" t="inlineStr">
         <is>
           <t>Franco, Johan / Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E523" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F523" s="2" t="inlineStr">
         <is>
           <t>sellette</t>
         </is>
       </c>
       <c r="G523" s="2" t="inlineStr">
         <is>
           <t>acajou</t>
         </is>
       </c>
       <c r="H523" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="1" t="n">
         <v>11315</v>
       </c>
       <c r="B524" s="2" t="inlineStr">
         <is>
           <t>Cendrier à double boite à cigarettes incorporée</t>
         </is>
       </c>
       <c r="C524" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D524" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E524" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F524" s="2" t="inlineStr">
         <is>
           <t>cendrier</t>
         </is>
       </c>
       <c r="G524" s="2" t="inlineStr">
         <is>
           <t>métal, acajou</t>
         </is>
       </c>
       <c r="H524" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="1" t="n">
         <v>11319</v>
       </c>
       <c r="B525" s="2" t="inlineStr">
         <is>
           <t>Tabouret de bureau</t>
         </is>
       </c>
       <c r="C525" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D525" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E525" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F525" s="2" t="inlineStr">
         <is>
           <t>tabouret</t>
         </is>
       </c>
       <c r="G525" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H525" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="1" t="n">
         <v>11322</v>
       </c>
       <c r="B526" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C526" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D526" s="2" t="inlineStr">
         <is>
           <t>De Saedeleer,  Elisabeth / Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E526" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F526" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G526" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H526" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="1" t="n">
         <v>11323</v>
       </c>
       <c r="B527" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C527" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D527" s="2" t="inlineStr">
         <is>
           <t>De Saedeleer,  Elisabeth / Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E527" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F527" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G527" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H527" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="1" t="n">
         <v>11324</v>
       </c>
       <c r="B528" s="2" t="inlineStr">
         <is>
           <t>Couverture de piano</t>
         </is>
       </c>
       <c r="C528" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D528" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E528" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F528" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G528" s="2" t="inlineStr">
         <is>
           <t>bois, soie</t>
         </is>
       </c>
       <c r="H528" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="1" t="n">
         <v>11334</v>
       </c>
       <c r="B529" s="2" t="inlineStr">
         <is>
           <t>Ensemble de tentures</t>
         </is>
       </c>
       <c r="C529" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D529" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E529" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F529" s="2" t="inlineStr">
         <is>
           <t>tenture</t>
         </is>
       </c>
       <c r="G529" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H529" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="1" t="n">
         <v>77382</v>
       </c>
       <c r="B530" s="2" t="inlineStr">
         <is>
           <t>Le printemps</t>
         </is>
       </c>
       <c r="C530" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D530" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E530" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F530" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G530" s="2" t="inlineStr">
         <is>
           <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H530" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="1" t="n">
         <v>11335</v>
       </c>
       <c r="B531" s="2" t="inlineStr">
         <is>
           <t>napperon</t>
         </is>
       </c>
       <c r="C531" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D531" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E531" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F531" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G531" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H531" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="1" t="n">
         <v>77386</v>
       </c>
       <c r="B532" s="2" t="inlineStr">
         <is>
           <t>Les absents - Petit déjeuner à la mer</t>
         </is>
       </c>
       <c r="C532" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D532" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E532" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F532" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G532" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H532" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="1" t="n">
         <v>77387</v>
       </c>
       <c r="B533" s="2" t="inlineStr">
         <is>
           <t>Gloxinias et verre de vin</t>
         </is>
       </c>
       <c r="C533" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D533" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E533" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F533" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G533" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H533" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="1" t="n">
         <v>86616</v>
       </c>
       <c r="B534" s="2" t="inlineStr">
         <is>
           <t>Baguette de lecture</t>
         </is>
       </c>
       <c r="C534" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D534" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Maison Dominique,  / Genevrière, Marcel</t>
         </is>
       </c>
       <c r="E534" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F534" s="2" t="inlineStr">
         <is>
           <t>objet pour écrire ou de bureau</t>
         </is>
       </c>
       <c r="G534" s="2" t="inlineStr">
         <is>
           <t>bois, galuchat</t>
         </is>
       </c>
       <c r="H534" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="1" t="n">
         <v>86628</v>
       </c>
       <c r="B535" s="2" t="inlineStr">
         <is>
           <t>Paire de cache-radiateurs</t>
         </is>
       </c>
       <c r="C535" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D535" s="2" t="inlineStr">
         <is>
           <t>André / Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E535" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F535" s="2" t="inlineStr">
         <is>
           <t>radiateur</t>
         </is>
       </c>
       <c r="G535" s="2" t="inlineStr">
         <is>
           <t>métal, bois, marbre</t>
         </is>
       </c>
       <c r="H535" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="1" t="n">
         <v>100730</v>
       </c>
       <c r="B536" s="2" t="inlineStr">
         <is>
           <t>Affection</t>
         </is>
       </c>
       <c r="C536" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D536" s="2" t="inlineStr">
         <is>
           <t>Ledel, Dolf</t>
         </is>
       </c>
       <c r="E536" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F536" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G536" s="2"/>
       <c r="H536" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="1" t="n">
         <v>11153</v>
       </c>
       <c r="B537" s="2" t="inlineStr">
         <is>
           <t>Secrétaire à tambour</t>
         </is>
       </c>
       <c r="C537" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D537" s="2" t="inlineStr">
         <is>
           <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E537" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F537" s="2" t="inlineStr">
         <is>
           <t>secrétaire</t>
         </is>
       </c>
       <c r="G537" s="2" t="inlineStr">
         <is>
           <t>palissandre, érable</t>
         </is>
       </c>
       <c r="H537" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="1" t="n">
         <v>11154</v>
       </c>
       <c r="B538" s="2" t="inlineStr">
         <is>
           <t>Guéridon à deux tablettes</t>
         </is>
       </c>
       <c r="C538" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D538" s="2" t="inlineStr">
         <is>
           <t>Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E538" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F538" s="2" t="inlineStr">
         <is>
           <t>sellette</t>
         </is>
       </c>
       <c r="G538" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H538" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="1" t="n">
         <v>11158</v>
       </c>
       <c r="B539" s="2" t="inlineStr">
         <is>
           <t>Lampe articulable sur guéridon à trois plateaux</t>
         </is>
       </c>
       <c r="C539" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D539" s="2" t="inlineStr">
         <is>
           <t>Aublet, Félix / Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E539" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F539" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G539" s="2" t="inlineStr">
         <is>
           <t>palissandre, étain</t>
         </is>
       </c>
       <c r="H539" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="1" t="n">
         <v>102314</v>
       </c>
       <c r="B540" s="2" t="inlineStr">
         <is>
           <t>Verrière aux motifs géométriques</t>
         </is>
       </c>
       <c r="C540" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D540" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E540" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F540" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G540" s="2" t="inlineStr">
         <is>
           <t>bois, verre, plomb, métal</t>
         </is>
       </c>
       <c r="H540" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="1" t="n">
         <v>77266</v>
       </c>
       <c r="B541" s="2" t="inlineStr">
         <is>
           <t>lustre</t>
         </is>
       </c>
       <c r="C541" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D541" s="2" t="inlineStr">
         <is>
           <t>Eisenloeffel,  Jan</t>
         </is>
       </c>
       <c r="E541" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F541" s="2" t="inlineStr">
         <is>
           <t>lustre</t>
         </is>
       </c>
       <c r="G541" s="2" t="inlineStr">
         <is>
           <t>bronze, verre</t>
         </is>
       </c>
       <c r="H541" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="1" t="n">
         <v>79841</v>
       </c>
       <c r="B542" s="2" t="inlineStr">
         <is>
           <t>Guéridon-cendrier</t>
         </is>
       </c>
       <c r="C542" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D542" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E542" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F542" s="2" t="inlineStr">
         <is>
           <t>cendrier, table basse</t>
         </is>
       </c>
       <c r="G542" s="2" t="inlineStr">
         <is>
           <t>noyer, métal</t>
         </is>
       </c>
       <c r="H542" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="1" t="n">
         <v>79842</v>
       </c>
       <c r="B543" s="2" t="inlineStr">
         <is>
           <t>Organiseur de bureau</t>
         </is>
       </c>
       <c r="C543" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D543" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E543" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F543" s="2" t="inlineStr">
         <is>
           <t>plumier, objet pour écrire ou de bureau</t>
         </is>
       </c>
       <c r="G543" s="2" t="inlineStr">
         <is>
           <t>noyer, métal, galuchat</t>
         </is>
       </c>
       <c r="H543" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="1" t="n">
         <v>79843</v>
       </c>
       <c r="B544" s="2" t="inlineStr">
         <is>
           <t>Bureau</t>
         </is>
       </c>
       <c r="C544" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F544" s="2" t="inlineStr">
         <is>
           <t>bureau</t>
         </is>
       </c>
       <c r="G544" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H544" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="1" t="n">
         <v>79856</v>
       </c>
       <c r="B545" s="2" t="inlineStr">
         <is>
           <t>Guéridon</t>
         </is>
       </c>
       <c r="C545" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F545" s="2" t="inlineStr">
         <is>
           <t>table basse</t>
         </is>
       </c>
       <c r="G545" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H545" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="1" t="n">
         <v>79858</v>
       </c>
       <c r="B546" s="2" t="inlineStr">
         <is>
           <t>Fauteuil</t>
         </is>
       </c>
       <c r="C546" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D546" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E546" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F546" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G546" s="2" t="inlineStr">
         <is>
           <t>bois, cuir</t>
         </is>
       </c>
       <c r="H546" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="1" t="n">
         <v>79859</v>
       </c>
       <c r="B547" s="2" t="inlineStr">
         <is>
           <t>Fauteuil du bureau de David Van Buuren</t>
         </is>
       </c>
       <c r="C547" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D547" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E547" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F547" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G547" s="2" t="inlineStr">
         <is>
           <t>bois, cuir</t>
         </is>
       </c>
       <c r="H547" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="1" t="n">
         <v>79860</v>
       </c>
       <c r="B548" s="2" t="inlineStr">
         <is>
           <t>Paire de fauteuils</t>
         </is>
       </c>
       <c r="C548" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D548" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E548" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F548" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G548" s="2" t="inlineStr">
         <is>
           <t>bois, cuir, métal</t>
         </is>
       </c>
       <c r="H548" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="1" t="n">
         <v>79862</v>
       </c>
       <c r="B549" s="2" t="inlineStr">
         <is>
           <t>Chaise</t>
         </is>
       </c>
       <c r="C549" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D549" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E549" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F549" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G549" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H549" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="1" t="n">
         <v>79863</v>
       </c>
       <c r="B550" s="2" t="inlineStr">
         <is>
           <t>Paire de chaises</t>
         </is>
       </c>
       <c r="C550" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D550" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E550" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F550" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G550" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H550" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
       <c r="A551" s="1" t="n">
         <v>79865</v>
       </c>
       <c r="B551" s="2" t="inlineStr">
         <is>
           <t>Paire de repose-pieds</t>
         </is>
       </c>
       <c r="C551" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D551" s="2" t="inlineStr">
         <is>
           <t>Domin, André / Genevrière, Marcel / Maison Dominique</t>
         </is>
       </c>
       <c r="E551" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F551" s="2" t="inlineStr">
         <is>
           <t>repose-pied</t>
         </is>
       </c>
       <c r="G551" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H551" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="1" t="n">
         <v>77307</v>
       </c>
       <c r="B552" s="2" t="inlineStr">
         <is>
           <t>Les quatres éléments</t>
         </is>
       </c>
       <c r="C552" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D552" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E552" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F552" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G552" s="2"/>
       <c r="H552" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
       <c r="A553" s="1" t="n">
         <v>40199</v>
       </c>
       <c r="B553" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="C553" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F553" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G553" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H553" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="1" t="n">
         <v>77320</v>
       </c>
       <c r="B554" s="2" t="inlineStr">
         <is>
           <t>Nature morte à la bouteille de vin, pain et beurre</t>
         </is>
       </c>
       <c r="C554" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D554" s="2" t="inlineStr">
         <is>
           <t>Lowe, Auguste</t>
         </is>
       </c>
       <c r="E554" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F554" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G554" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H554" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="1" t="n">
         <v>40200</v>
       </c>
       <c r="B555" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="C555" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F555" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G555" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H555" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="1" t="n">
         <v>40201</v>
       </c>
       <c r="B556" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="C556" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F556" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G556" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H556" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="1" t="n">
         <v>40202</v>
       </c>
       <c r="B557" s="2" t="inlineStr">
         <is>
           <t>chaise 12</t>
         </is>
       </c>
       <c r="C557" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F557" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G557" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H557" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="1" t="n">
         <v>11293</v>
       </c>
       <c r="B558" s="2" t="inlineStr">
         <is>
           <t>Esprit du feu</t>
         </is>
       </c>
       <c r="C558" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D558" s="2" t="inlineStr">
         <is>
           <t>Ledel, Dolf</t>
         </is>
       </c>
       <c r="E558" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F558" s="2" t="inlineStr">
         <is>
           <t>chenet</t>
         </is>
       </c>
       <c r="G558" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H558" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="1" t="n">
         <v>11294</v>
       </c>
       <c r="B559" s="2" t="inlineStr">
         <is>
           <t>buffet</t>
         </is>
       </c>
       <c r="C559" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D559" s="2" t="inlineStr">
         <is>
           <t>Wijnants, Josef</t>
         </is>
       </c>
       <c r="E559" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F559" s="2" t="inlineStr">
         <is>
           <t>buffet</t>
         </is>
       </c>
       <c r="G559" s="2" t="inlineStr">
         <is>
           <t>marbre, sycomore</t>
         </is>
       </c>
       <c r="H559" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="1" t="n">
         <v>11295</v>
       </c>
       <c r="B560" s="2" t="inlineStr">
         <is>
           <t>Vaisselier surmonté d'une vitrine</t>
         </is>
       </c>
       <c r="C560" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D560" s="2" t="inlineStr">
         <is>
           <t>Wijnants, Josef</t>
         </is>
       </c>
       <c r="E560" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F560" s="2" t="inlineStr">
         <is>
           <t>vitrine</t>
         </is>
       </c>
       <c r="G560" s="2" t="inlineStr">
         <is>
           <t>sycomore</t>
         </is>
       </c>
       <c r="H560" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="1" t="n">
         <v>11296</v>
       </c>
       <c r="B561" s="2" t="inlineStr">
         <is>
           <t>Double armoire surmontée de vitrines</t>
         </is>
       </c>
       <c r="C561" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D561" s="2" t="inlineStr">
         <is>
           <t>Wijnants, Josef</t>
         </is>
       </c>
       <c r="E561" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F561" s="2" t="inlineStr">
         <is>
           <t>vitrine</t>
         </is>
       </c>
       <c r="G561" s="2" t="inlineStr">
         <is>
           <t>sycomore</t>
         </is>
       </c>
       <c r="H561" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="1" t="n">
         <v>11297</v>
       </c>
       <c r="B562" s="2" t="inlineStr">
         <is>
           <t>Grande table de la salle à manger</t>
         </is>
       </c>
       <c r="C562" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D562" s="2" t="inlineStr">
         <is>
           <t>Wijnants, Josef</t>
         </is>
       </c>
       <c r="E562" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F562" s="2" t="inlineStr">
         <is>
           <t>table</t>
         </is>
       </c>
       <c r="G562" s="2" t="inlineStr">
         <is>
           <t>sycomore</t>
         </is>
       </c>
       <c r="H562" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="1" t="n">
         <v>11298</v>
       </c>
       <c r="B563" s="2" t="inlineStr">
         <is>
           <t>Petite table de la salle à manger</t>
         </is>
       </c>
       <c r="C563" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D563" s="2" t="inlineStr">
         <is>
           <t>Wijnants, Josef</t>
         </is>
       </c>
       <c r="E563" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F563" s="2" t="inlineStr">
         <is>
           <t>table</t>
         </is>
       </c>
       <c r="G563" s="2" t="inlineStr">
         <is>
           <t>sycomore</t>
         </is>
       </c>
       <c r="H563" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="1" t="n">
         <v>103057</v>
       </c>
       <c r="B564" s="2" t="inlineStr">
         <is>
           <t>Médaille plaquette Joseph Wauters</t>
         </is>
       </c>
       <c r="C564" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D564" s="2" t="inlineStr">
         <is>
           <t>Ledel, Dolf</t>
         </is>
       </c>
       <c r="E564" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F564" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G564" s="2"/>
       <c r="H564" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="1" t="n">
         <v>101601</v>
       </c>
       <c r="B565" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 3 plafonniers</t>
         </is>
       </c>
       <c r="C565" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D565" s="2" t="inlineStr">
         <is>
           <t>Liefkes, Hans</t>
         </is>
       </c>
       <c r="E565" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F565" s="2" t="inlineStr">
         <is>
           <t>plafonnier</t>
         </is>
       </c>
       <c r="G565" s="2" t="inlineStr">
         <is>
           <t>bronze, verre</t>
         </is>
       </c>
       <c r="H565" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="1" t="n">
         <v>77303</v>
       </c>
       <c r="B566" s="2" t="inlineStr">
         <is>
           <t>Paysage à Saint-Ghislain</t>
         </is>
       </c>
       <c r="C566" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D566" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E566" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F566" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G566" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H566" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="1" t="n">
         <v>77343</v>
       </c>
       <c r="B567" s="2" t="inlineStr">
         <is>
           <t>Portrait d’Alice Piette-Van Buuren (1890-1973)</t>
         </is>
       </c>
       <c r="C567" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D567" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E567" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F567" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G567" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H567" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="1" t="n">
         <v>77346</v>
       </c>
       <c r="B568" s="2" t="inlineStr">
         <is>
           <t>Portrait du banquier Jacques Cassel</t>
         </is>
       </c>
       <c r="C568" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D568" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E568" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F568" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G568" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H568" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="1" t="n">
         <v>77347</v>
       </c>
       <c r="B569" s="2" t="inlineStr">
         <is>
           <t>Portrait de David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C569" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D569" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E569" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F569" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G569" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H569" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="1" t="n">
         <v>77350</v>
       </c>
       <c r="B570" s="2" t="inlineStr">
         <is>
           <t>Portrait du peintre David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C570" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D570" s="2" t="inlineStr">
         <is>
           <t>Deprest, A.</t>
         </is>
       </c>
       <c r="E570" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F570" s="2" t="inlineStr">
         <is>
           <t>plaque commémorative, relief</t>
         </is>
       </c>
       <c r="G570" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H570" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="1" t="n">
         <v>11329</v>
       </c>
       <c r="B571" s="2" t="inlineStr">
         <is>
           <t>Huit modèles différents de serviettes de table brodées aux initiales de David Van Buuren</t>
         </is>
       </c>
       <c r="C571" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D571" s="2"/>
       <c r="E571" s="2" t="inlineStr">
         <is>
           <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F571" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G571" s="2"/>
       <c r="H571" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="1" t="n">
         <v>77388</v>
       </c>
       <c r="B572" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux bananes</t>
         </is>
       </c>
       <c r="C572" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D572" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E572" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F572" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G572" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H572" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="1" t="n">
         <v>77294</v>
       </c>
       <c r="B573" s="2" t="inlineStr">
         <is>
           <t>Le clown musicien</t>
         </is>
       </c>
       <c r="C573" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D573" s="2" t="inlineStr">
         <is>
           <t>Tytgat, Edgard</t>
         </is>
       </c>
       <c r="E573" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F573" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G573" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H573" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="1" t="n">
         <v>40196</v>
       </c>
       <c r="B574" s="2" t="inlineStr">
         <is>
           <t>Terrain à bâtir</t>
         </is>
       </c>
       <c r="C574" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D574" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E574" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F574" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G574" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H574" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="1" t="n">
         <v>77322</v>
       </c>
       <c r="B575" s="2" t="inlineStr">
         <is>
           <t>La cavalière</t>
         </is>
       </c>
       <c r="C575" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D575" s="2" t="inlineStr">
         <is>
           <t>Van De Woestyne, Mary</t>
         </is>
       </c>
       <c r="E575" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F575" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G575" s="2" t="inlineStr">
         <is>
           <t>toile, gouache, crayon, peinture à l'huile</t>
         </is>
       </c>
       <c r="H575" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="1" t="n">
         <v>77348</v>
       </c>
       <c r="B576" s="2" t="inlineStr">
         <is>
           <t>Nu de femme, dit de l’U.A.M</t>
         </is>
       </c>
       <c r="C576" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D576" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E576" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F576" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G576" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H576" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="1" t="n">
         <v>77389</v>
       </c>
       <c r="B577" s="2" t="inlineStr">
         <is>
           <t>L'opulence de la Flandre</t>
         </is>
       </c>
       <c r="C577" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D577" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E577" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F577" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G577" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H577" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="1" t="n">
         <v>77390</v>
       </c>
       <c r="B578" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux tomates</t>
         </is>
       </c>
       <c r="C578" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D578" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E578" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F578" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G578" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H578" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="1" t="n">
         <v>77391</v>
       </c>
       <c r="B579" s="2" t="inlineStr">
         <is>
           <t>La saucière</t>
         </is>
       </c>
       <c r="C579" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D579" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E579" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F579" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G579" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H579" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="1" t="n">
         <v>77299</v>
       </c>
       <c r="B580" s="2" t="inlineStr">
         <is>
           <t>Nature morte sur fond or</t>
         </is>
       </c>
       <c r="C580" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D580" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E580" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F580" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G580" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H580" s="2" t="inlineStr">
         <is>
           <t>doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="1" t="n">
         <v>77321</v>
       </c>
       <c r="B581" s="2" t="inlineStr">
         <is>
           <t>Les pivoines</t>
         </is>
       </c>
       <c r="C581" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D581" s="2" t="inlineStr">
         <is>
           <t>Van de Woestijne, David</t>
         </is>
       </c>
       <c r="E581" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F581" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G581" s="2" t="inlineStr">
         <is>
           <t>crayon, gouache, carton</t>
         </is>
       </c>
       <c r="H581" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="1" t="n">
         <v>77393</v>
       </c>
       <c r="B582" s="2" t="inlineStr">
         <is>
           <t>Le paysan riche et le paysan pauvre</t>
         </is>
       </c>
       <c r="C582" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D582" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E582" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F582" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G582" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H582" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="1" t="n">
         <v>77397</v>
       </c>
       <c r="B583" s="2" t="inlineStr">
         <is>
           <t>L'Annonciation au milieu d'un paysage</t>
         </is>
       </c>
       <c r="C583" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D583" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E583" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F583" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G583" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H583" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="1" t="n">
         <v>102815</v>
       </c>
       <c r="B584" s="2" t="inlineStr">
         <is>
           <t>Médaille Chambre de Commerce de Bruxelles</t>
         </is>
       </c>
       <c r="C584" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D584" s="2" t="inlineStr">
         <is>
           <t>De Bremaecker, Eugène Jean</t>
         </is>
       </c>
       <c r="E584" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F584" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G584" s="2"/>
       <c r="H584" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="1" t="n">
         <v>102816</v>
       </c>
       <c r="B585" s="2" t="inlineStr">
         <is>
           <t>Médaille plaquette Max-Léo Gérard</t>
         </is>
       </c>
       <c r="C585" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D585" s="2" t="inlineStr">
         <is>
           <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E585" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F585" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G585" s="2"/>
       <c r="H585" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="1" t="n">
         <v>102820</v>
       </c>
       <c r="B586" s="2" t="inlineStr">
         <is>
           <t>Médaille Pierre-Théodore Verhaegen</t>
         </is>
       </c>
       <c r="C586" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D586" s="2" t="inlineStr">
         <is>
           <t>Mauquoy, Alfons</t>
         </is>
       </c>
       <c r="E586" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F586" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G586" s="2"/>
       <c r="H586" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="1" t="n">
         <v>103083</v>
       </c>
       <c r="B587" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de Saint-Paul</t>
         </is>
       </c>
       <c r="C587" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D587" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E587" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F587" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G587" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H587" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="1" t="n">
         <v>77344</v>
       </c>
       <c r="B588" s="2" t="inlineStr">
         <is>
           <t>Portrait de David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C588" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D588" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E588" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F588" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G588" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H588" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="1" t="n">
         <v>77345</v>
       </c>
       <c r="B589" s="2" t="inlineStr">
         <is>
           <t>Portrait de David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C589" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D589" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E589" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F589" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G589" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H589" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="1" t="n">
         <v>77383</v>
       </c>
       <c r="B590" s="2" t="inlineStr">
         <is>
           <t>Portrait de David van Buuren</t>
         </is>
       </c>
       <c r="C590" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D590" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E590" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F590" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G590" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H590" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="1" t="n">
         <v>11349</v>
       </c>
       <c r="B591" s="2" t="inlineStr">
         <is>
           <t>Service argenterie "Mona Lisa"</t>
         </is>
       </c>
       <c r="C591" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D591" s="2" t="inlineStr">
         <is>
           <t>Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E591" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F591" s="2" t="inlineStr">
         <is>
           <t>couvert de service</t>
         </is>
       </c>
       <c r="G591" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H591" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="1" t="n">
         <v>40302</v>
       </c>
       <c r="B592" s="2" t="inlineStr">
         <is>
           <t>Le Bébé</t>
         </is>
       </c>
       <c r="C592" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D592" s="2" t="inlineStr">
         <is>
           <t>Ianchelevici, Idel</t>
         </is>
       </c>
       <c r="E592" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F592" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G592" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H592" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="1" t="n">
         <v>102817</v>
       </c>
       <c r="B593" s="2" t="inlineStr">
         <is>
           <t>Médaille plaquette de l'Exposition universelle et internationale de 1935</t>
         </is>
       </c>
       <c r="C593" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D593" s="2" t="inlineStr">
         <is>
           <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E593" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F593" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G593" s="2"/>
       <c r="H593" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="1" t="n">
         <v>102821</v>
       </c>
       <c r="B594" s="2" t="inlineStr">
         <is>
           <t>Médaille plaquette Sofina</t>
         </is>
       </c>
       <c r="C594" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D594" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E594" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F594" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G594" s="2"/>
       <c r="H594" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="1" t="n">
         <v>103110</v>
       </c>
       <c r="B595" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue d'Erba</t>
         </is>
       </c>
       <c r="C595" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D595" s="2"/>
       <c r="E595" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F595" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G595" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H595" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="1" t="n">
         <v>103112</v>
       </c>
       <c r="B596" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de San Gimignano</t>
         </is>
       </c>
       <c r="C596" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D596" s="2"/>
       <c r="E596" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F596" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G596" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H596" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="1" t="n">
         <v>103114</v>
       </c>
       <c r="B597" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Collines d'Uccle</t>
         </is>
       </c>
       <c r="C597" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D597" s="2"/>
       <c r="E597" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F597" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G597" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H597" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="1" t="n">
         <v>103151</v>
       </c>
       <c r="B598" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Jardin potager</t>
         </is>
       </c>
       <c r="C598" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D598" s="2"/>
       <c r="E598" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F598" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G598" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H598" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="1" t="n">
         <v>104515</v>
       </c>
       <c r="B599" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Grenoble</t>
         </is>
       </c>
       <c r="C599" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D599" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E599" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F599" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G599" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H599" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="1" t="n">
         <v>103811</v>
       </c>
       <c r="B600" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Dordrecht</t>
         </is>
       </c>
       <c r="C600" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D600" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E600" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F600" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G600" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H600" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="1" t="n">
         <v>103072</v>
       </c>
       <c r="B601" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bord de mer avec palmiers</t>
         </is>
       </c>
       <c r="C601" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D601" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E601" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F601" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G601" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H601" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="1" t="n">
         <v>103848</v>
       </c>
       <c r="B602" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de la côte à Palma de Majorque</t>
         </is>
       </c>
       <c r="C602" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D602" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E602" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F602" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G602" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H602" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="1" t="n">
         <v>103098</v>
       </c>
       <c r="B603" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de Grenoble</t>
         </is>
       </c>
       <c r="C603" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D603" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E603" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F603" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G603" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H603" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="1" t="n">
         <v>103118</v>
       </c>
       <c r="B604" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue d'Assise</t>
         </is>
       </c>
       <c r="C604" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D604" s="2"/>
       <c r="E604" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F604" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G604" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H604" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="1" t="n">
         <v>103128</v>
       </c>
       <c r="B605" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Scène de marché aux Andelys</t>
         </is>
       </c>
       <c r="C605" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D605" s="2"/>
       <c r="E605" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F605" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G605" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H605" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="1" t="n">
         <v>77326</v>
       </c>
       <c r="B606" s="2" t="inlineStr">
         <is>
           <t>Portrait d’homme moustachu</t>
         </is>
       </c>
       <c r="C606" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D606" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E606" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F606" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G606" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H606" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="1" t="n">
         <v>40256</v>
       </c>
       <c r="B607" s="2" t="inlineStr">
         <is>
           <t>Le jardinier</t>
         </is>
       </c>
       <c r="C607" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D607" s="2" t="inlineStr">
         <is>
           <t>Rivera,  Diego</t>
         </is>
       </c>
       <c r="E607" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F607" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G607" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H607" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="1" t="n">
         <v>104522</v>
       </c>
       <c r="B608" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Portrait de jeune femme</t>
         </is>
       </c>
       <c r="C608" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F608" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G608" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H608" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
       <c r="A609" s="1" t="n">
         <v>103074</v>
       </c>
       <c r="B609" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Village</t>
         </is>
       </c>
       <c r="C609" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D609" s="2" t="inlineStr">
         <is>
           <t>Baxter, Blanche</t>
         </is>
       </c>
       <c r="E609" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F609" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G609" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H609" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="1" t="n">
         <v>103853</v>
       </c>
       <c r="B610" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Route à Dulwich</t>
         </is>
       </c>
       <c r="C610" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D610" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E610" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F610" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G610" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H610" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="1" t="n">
         <v>103867</v>
       </c>
       <c r="B611" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Route à Cernay</t>
         </is>
       </c>
       <c r="C611" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D611" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E611" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F611" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G611" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H611" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="1" t="n">
         <v>77373</v>
       </c>
       <c r="B612" s="2" t="inlineStr">
         <is>
           <t>La loge du clown</t>
         </is>
       </c>
       <c r="C612" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D612" s="2" t="inlineStr">
         <is>
           <t>Baltus, Jean-Ado</t>
         </is>
       </c>
       <c r="E612" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F612" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G612" s="2" t="inlineStr">
         <is>
           <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H612" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="1" t="n">
         <v>103068</v>
       </c>
       <c r="B613" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de Venise</t>
         </is>
       </c>
       <c r="C613" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D613" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E613" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F613" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G613" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H613" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="1" t="n">
         <v>103069</v>
       </c>
       <c r="B614" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de Faido</t>
         </is>
       </c>
       <c r="C614" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D614" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E614" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F614" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G614" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H614" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="1" t="n">
         <v>101030</v>
       </c>
       <c r="B615" s="2" t="inlineStr">
         <is>
           <t>Le soleil rose</t>
         </is>
       </c>
       <c r="C615" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D615" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E615" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F615" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G615" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H615" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="1" t="n">
         <v>103851</v>
       </c>
       <c r="B616" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Arbres à Mougins</t>
         </is>
       </c>
       <c r="C616" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D616" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E616" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F616" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G616" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon de couleur</t>
         </is>
       </c>
       <c r="H616" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="1" t="n">
         <v>103861</v>
       </c>
       <c r="B617" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Un canal de Venise</t>
         </is>
       </c>
       <c r="C617" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D617" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E617" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F617" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G617" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H617" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="1" t="n">
         <v>103100</v>
       </c>
       <c r="B618" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Route sous les arbres</t>
         </is>
       </c>
       <c r="C618" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D618" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E618" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F618" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G618" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H618" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="1" t="n">
         <v>103868</v>
       </c>
       <c r="B619" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Croquis du marché à Venise</t>
         </is>
       </c>
       <c r="C619" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D619" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E619" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F619" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G619" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H619" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="1" t="n">
         <v>102822</v>
       </c>
       <c r="B620" s="2" t="inlineStr">
         <is>
           <t>Médaille Maurice Ansiaux</t>
         </is>
       </c>
       <c r="C620" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D620" s="2" t="inlineStr">
         <is>
           <t>Ledel, Dolf</t>
         </is>
       </c>
       <c r="E620" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F620" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G620" s="2"/>
       <c r="H620" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
       <c r="A621" s="1" t="n">
         <v>103137</v>
       </c>
       <c r="B621" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Hudson River près de Peekskill</t>
         </is>
       </c>
       <c r="C621" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D621" s="2"/>
       <c r="E621" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F621" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G621" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H621" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="1" t="n">
         <v>103060</v>
       </c>
       <c r="B622" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue côtière</t>
         </is>
       </c>
       <c r="C622" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2" t="inlineStr">
         <is>
           <t>1940 - </t>
         </is>
       </c>
       <c r="F622" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G622" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H622" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
       <c r="A623" s="1" t="n">
         <v>104582</v>
       </c>
       <c r="B623" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C623" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D623" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E623" s="2" t="inlineStr">
         <is>
           <t>1941 - </t>
         </is>
       </c>
       <c r="F623" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G623" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H623" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="1" t="n">
         <v>103064</v>
       </c>
       <c r="B624" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Sieste sous les arbres</t>
         </is>
       </c>
       <c r="C624" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D624" s="2" t="inlineStr">
         <is>
           <t>Nef, Irène</t>
         </is>
       </c>
       <c r="E624" s="2" t="inlineStr">
         <is>
           <t>1941 - </t>
         </is>
       </c>
       <c r="F624" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G624" s="2" t="inlineStr">
         <is>
           <t>papier, gouache</t>
         </is>
       </c>
       <c r="H624" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="1" t="n">
         <v>104704</v>
       </c>
       <c r="B625" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Arbres au bord de l'eau</t>
         </is>
       </c>
       <c r="C625" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D625" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E625" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F625" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G625" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H625" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="1" t="n">
         <v>104523</v>
       </c>
       <c r="B626" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Corbeille de fruits</t>
         </is>
       </c>
       <c r="C626" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D626" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E626" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F626" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G626" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H626" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="1" t="n">
         <v>104527</v>
       </c>
       <c r="B627" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage à Philadelphie</t>
         </is>
       </c>
       <c r="C627" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D627" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E627" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F627" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G627" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H627" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="1" t="n">
         <v>104556</v>
       </c>
       <c r="B628" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Assiette de fruits</t>
         </is>
       </c>
       <c r="C628" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D628" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E628" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F628" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G628" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H628" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="1" t="n">
         <v>103805</v>
       </c>
       <c r="B629" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Chemin à Philadelphie</t>
         </is>
       </c>
       <c r="C629" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D629" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E629" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F629" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G629" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H629" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
       <c r="A630" s="1" t="n">
         <v>104573</v>
       </c>
       <c r="B630" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs devant une fenêtre</t>
         </is>
       </c>
       <c r="C630" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D630" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E630" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F630" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G630" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H630" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="1" t="n">
         <v>104574</v>
       </c>
       <c r="B631" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de Central Park</t>
         </is>
       </c>
       <c r="C631" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D631" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E631" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F631" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G631" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H631" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="1" t="n">
         <v>104575</v>
       </c>
       <c r="B632" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Plage de St. Petersburg, Floride</t>
         </is>
       </c>
       <c r="C632" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D632" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E632" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F632" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G632" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H632" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="1" t="n">
         <v>103818</v>
       </c>
       <c r="B633" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Parc au milieu des gratte-ciels</t>
         </is>
       </c>
       <c r="C633" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D633" s="2" t="inlineStr">
         <is>
           <t>Baxter, Blanche</t>
         </is>
       </c>
       <c r="E633" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F633" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G633" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H633" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="1" t="n">
         <v>104865</v>
       </c>
       <c r="B634" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Patio de la Nouvelle-Orleans</t>
         </is>
       </c>
       <c r="C634" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D634" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E634" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F634" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G634" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H634" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="1" t="n">
         <v>104674</v>
       </c>
       <c r="B635" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Grappe de raisin</t>
         </is>
       </c>
       <c r="C635" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D635" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E635" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F635" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G635" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H635" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="1" t="n">
         <v>104677</v>
       </c>
       <c r="B636" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Route de Pennsylvanie</t>
         </is>
       </c>
       <c r="C636" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D636" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E636" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F636" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G636" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H636" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="1" t="n">
         <v>104680</v>
       </c>
       <c r="B637" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage autour de Philadelphie</t>
         </is>
       </c>
       <c r="C637" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D637" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E637" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F637" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G637" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H637" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="1" t="n">
         <v>104686</v>
       </c>
       <c r="B638" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de Pennsylvanie</t>
         </is>
       </c>
       <c r="C638" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D638" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E638" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F638" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G638" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H638" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="1" t="n">
         <v>77337</v>
       </c>
       <c r="B639" s="2" t="inlineStr">
         <is>
           <t>Mère et enfant au panier de fruits</t>
         </is>
       </c>
       <c r="C639" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D639" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E639" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F639" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G639" s="2" t="inlineStr">
         <is>
           <t>papier, encre, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H639" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="1" t="n">
         <v>104526</v>
       </c>
       <c r="B640" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C640" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D640" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E640" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F640" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G640" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H640" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="1" t="n">
         <v>102779</v>
       </c>
       <c r="B641" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Étalage de fruits</t>
         </is>
       </c>
       <c r="C641" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D641" s="2" t="inlineStr">
         <is>
           <t>Franco-van Buuren, Martha</t>
         </is>
       </c>
       <c r="E641" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F641" s="2" t="inlineStr">
         <is>
           <t>Technique mixte</t>
         </is>
       </c>
       <c r="G641" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H641" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
       <c r="A642" s="1" t="n">
         <v>104579</v>
       </c>
       <c r="B642" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de Salesbury, Connecticut</t>
         </is>
       </c>
       <c r="C642" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D642" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E642" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F642" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G642" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H642" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
       <c r="A643" s="1" t="n">
         <v>103066</v>
       </c>
       <c r="B643" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C643" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D643" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E643" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F643" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G643" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H643" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="1" t="n">
         <v>104860</v>
       </c>
       <c r="B644" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Maison dans la verdure</t>
         </is>
       </c>
       <c r="C644" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D644" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E644" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F644" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G644" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H644" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="1" t="n">
         <v>103857</v>
       </c>
       <c r="B645" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage de Floride</t>
         </is>
       </c>
       <c r="C645" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D645" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E645" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F645" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G645" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H645" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="1" t="n">
         <v>103092</v>
       </c>
       <c r="B646" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Végétation</t>
         </is>
       </c>
       <c r="C646" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D646" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E646" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F646" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G646" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H646" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="1" t="n">
         <v>104683</v>
       </c>
       <c r="B647" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Végétation en Floride</t>
         </is>
       </c>
       <c r="C647" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D647" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E647" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F647" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G647" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H647" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="1" t="n">
         <v>104685</v>
       </c>
       <c r="B648" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de roses</t>
         </is>
       </c>
       <c r="C648" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D648" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E648" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F648" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G648" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H648" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="1" t="n">
         <v>104694</v>
       </c>
       <c r="B649" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Plage de Pass-a-Grille</t>
         </is>
       </c>
       <c r="C649" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D649" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E649" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F649" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G649" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H649" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
       <c r="A650" s="1" t="n">
         <v>104703</v>
       </c>
       <c r="B650" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Paysage près de Philadelphie</t>
         </is>
       </c>
       <c r="C650" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D650" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E650" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F650" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G650" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H650" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="1" t="n">
         <v>77398</v>
       </c>
       <c r="B651" s="2" t="inlineStr">
         <is>
           <t>Nature morte au panier à poires et aux anémones</t>
         </is>
       </c>
       <c r="C651" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D651" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E651" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F651" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G651" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H651" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="1" t="n">
         <v>104584</v>
       </c>
       <c r="B652" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase d'anémones sur un tabouret </t>
         </is>
       </c>
       <c r="C652" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D652" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E652" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F652" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G652" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H652" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="1" t="n">
         <v>104859</v>
       </c>
       <c r="B653" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Composition florale (face) - Esquisse de bateau (revers)</t>
         </is>
       </c>
       <c r="C653" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D653" s="2" t="inlineStr">
         <is>
           <t>Baxter, Blanche</t>
         </is>
       </c>
       <c r="E653" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F653" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G653" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H653" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="1" t="n">
         <v>103075</v>
       </c>
       <c r="B654" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rivière</t>
         </is>
       </c>
       <c r="C654" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D654" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E654" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F654" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G654" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H654" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="1" t="n">
         <v>104678</v>
       </c>
       <c r="B655" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C655" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D655" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E655" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F655" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G655" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H655" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
       <c r="A656" s="1" t="n">
         <v>104690</v>
       </c>
       <c r="B656" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Crique</t>
         </is>
       </c>
       <c r="C656" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D656" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E656" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F656" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G656" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H656" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="1" t="n">
         <v>77332</v>
       </c>
       <c r="B657" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux fruits, champagne et café</t>
         </is>
       </c>
       <c r="C657" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D657" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E657" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F657" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G657" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H657" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
       <c r="A658" s="1" t="n">
         <v>104565</v>
       </c>
       <c r="B658" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C658" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D658" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E658" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F658" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G658" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H658" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="1" t="n">
         <v>104566</v>
       </c>
       <c r="B659" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bouquet de roses blanches</t>
         </is>
       </c>
       <c r="C659" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D659" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E659" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F659" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G659" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H659" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
       <c r="A660" s="1" t="n">
         <v>104568</v>
       </c>
       <c r="B660" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Roses rouges et jaunes</t>
         </is>
       </c>
       <c r="C660" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D660" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E660" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F660" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G660" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H660" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
       <c r="A661" s="1" t="n">
         <v>104571</v>
       </c>
       <c r="B661" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C661" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D661" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E661" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F661" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G661" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H661" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
       <c r="A662" s="1" t="n">
         <v>104868</v>
       </c>
       <c r="B662" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue marine</t>
         </is>
       </c>
       <c r="C662" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D662" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E662" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F662" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G662" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H662" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="1" t="n">
         <v>104665</v>
       </c>
       <c r="B663" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bouquet de fleurs</t>
         </is>
       </c>
       <c r="C663" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D663" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E663" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F663" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G663" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H663" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="664">
       <c r="A664" s="1" t="n">
         <v>104682</v>
       </c>
       <c r="B664" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de roses</t>
         </is>
       </c>
       <c r="C664" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D664" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E664" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F664" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G664" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H664" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
       <c r="A665" s="1" t="n">
         <v>103862</v>
       </c>
       <c r="B665" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Roses dans un vase</t>
         </is>
       </c>
       <c r="C665" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D665" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E665" s="2" t="inlineStr">
         <is>
           <t>1946 - </t>
         </is>
       </c>
       <c r="F665" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G665" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H665" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="1" t="n">
         <v>103866</v>
       </c>
       <c r="B666" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Bouquet d'anémones</t>
         </is>
       </c>
       <c r="C666" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D666" s="2"/>
       <c r="E666" s="2" t="inlineStr">
         <is>
           <t>1946 - </t>
         </is>
       </c>
       <c r="F666" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G666" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H666" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="1" t="n">
         <v>104679</v>
       </c>
       <c r="B667" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Nature morte à la rose et au pinceau</t>
         </is>
       </c>
       <c r="C667" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D667" s="2"/>
       <c r="E667" s="2" t="inlineStr">
         <is>
           <t>1946 - </t>
         </is>
       </c>
       <c r="F667" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G667" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H667" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="1" t="n">
         <v>77377</v>
       </c>
       <c r="B668" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux harengs et à la lampe</t>
         </is>
       </c>
       <c r="C668" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D668" s="2" t="inlineStr">
         <is>
           <t>Brusselmans, Jean</t>
         </is>
       </c>
       <c r="E668" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F668" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G668" s="2" t="inlineStr">
         <is>
           <t>papier, fusain, crayon, gouache</t>
         </is>
       </c>
       <c r="H668" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="1" t="n">
         <v>103093</v>
       </c>
       <c r="B669" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue des Andelys</t>
         </is>
       </c>
       <c r="C669" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D669" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E669" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F669" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G669" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H669" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="670">
       <c r="A670" s="1" t="n">
         <v>104567</v>
       </c>
       <c r="B670" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de Paris</t>
         </is>
       </c>
       <c r="C670" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D670" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E670" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F670" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G670" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H670" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="671">
       <c r="A671" s="1" t="n">
         <v>77265</v>
       </c>
       <c r="B671" s="2" t="inlineStr">
         <is>
           <t>Les yeux d'Ensor</t>
         </is>
       </c>
       <c r="C671" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D671" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E671" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F671" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G671" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H671" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="1" t="n">
         <v>104666</v>
       </c>
       <c r="B672" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue de la Seine à Paris</t>
         </is>
       </c>
       <c r="C672" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D672" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E672" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F672" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G672" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H672" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
       <c r="A673" s="1" t="n">
         <v>102652</v>
       </c>
       <c r="B673" s="2" t="inlineStr">
         <is>
           <t>Médaille René Marcq</t>
         </is>
       </c>
       <c r="C673" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D673" s="2" t="inlineStr">
         <is>
           <t>Courtens, Alfred</t>
         </is>
       </c>
       <c r="E673" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F673" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G673" s="2"/>
       <c r="H673" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
       <c r="A674" s="1" t="n">
         <v>103670</v>
       </c>
       <c r="B674" s="2" t="inlineStr">
         <is>
           <t>Portrait posthume de Martha Franco</t>
         </is>
       </c>
       <c r="C674" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F674" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G674" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H674" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
       <c r="A675" s="1" t="n">
         <v>11291</v>
       </c>
       <c r="B675" s="2" t="inlineStr">
         <is>
           <t>The American scene</t>
         </is>
       </c>
       <c r="C675" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D675" s="2" t="inlineStr">
         <is>
           <t>Dehn, Adolf / B. Altman &amp; Co.</t>
         </is>
       </c>
       <c r="E675" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F675" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G675" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H675" s="2" t="inlineStr">
         <is>
           <t>doré, technique d'impression, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="676">
       <c r="A676" s="1" t="n">
         <v>102818</v>
       </c>
       <c r="B676" s="2" t="inlineStr">
         <is>
           <t>Médaille Albert Devèze</t>
         </is>
       </c>
       <c r="C676" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D676" s="2" t="inlineStr">
         <is>
           <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E676" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F676" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G676" s="2"/>
       <c r="H676" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
       <c r="A677" s="1" t="n">
         <v>102902</v>
       </c>
       <c r="B677" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Étude de rue</t>
         </is>
       </c>
       <c r="C677" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D677" s="2"/>
       <c r="E677" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F677" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G677" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H677" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
       <c r="A678" s="1" t="n">
         <v>11338</v>
       </c>
       <c r="B678" s="2" t="inlineStr">
         <is>
           <t>Service à café "Napoleon Ivy"</t>
         </is>
       </c>
       <c r="C678" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D678" s="2" t="inlineStr">
         <is>
           <t>Wedgwood</t>
         </is>
       </c>
       <c r="E678" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F678" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G678" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H678" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
       <c r="A679" s="1" t="n">
         <v>102819</v>
       </c>
       <c r="B679" s="2" t="inlineStr">
         <is>
           <t>Médaille commémorative du Mariage du Roi Baudouin et de Fabiola de Mora y Aragon</t>
         </is>
       </c>
       <c r="C679" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D679" s="2" t="inlineStr">
         <is>
           <t>Courtens, Alfred</t>
         </is>
       </c>
       <c r="E679" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F679" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G679" s="2"/>
       <c r="H679" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="680">
       <c r="A680" s="1" t="n">
         <v>77365</v>
       </c>
       <c r="B680" s="2" t="inlineStr">
         <is>
           <t>L'abandon de la ferme (La Ferme Rose à Uccle)</t>
         </is>
       </c>
       <c r="C680" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D680" s="2" t="inlineStr">
         <is>
           <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E680" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F680" s="2" t="inlineStr">
         <is>
           <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G680" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H680" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="681">
       <c r="A681" s="1" t="n">
         <v>102900</v>
       </c>
       <c r="B681" s="2" t="inlineStr">
         <is>
           <t>Le chat botté</t>
         </is>
       </c>
       <c r="C681" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D681" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E681" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F681" s="2" t="inlineStr">
         <is>
           <t>Technique mixte</t>
         </is>
       </c>
       <c r="G681" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H681" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="682">
       <c r="A682" s="1" t="n">
         <v>103383</v>
       </c>
       <c r="B682" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Le mur occidental</t>
         </is>
       </c>
       <c r="C682" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D682" s="2" t="inlineStr">
         <is>
           <t>Ross, Joseph</t>
         </is>
       </c>
       <c r="E682" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F682" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G682" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H682" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="683">
       <c r="A683" s="1" t="n">
         <v>100864</v>
       </c>
       <c r="B683" s="2" t="inlineStr">
         <is>
           <t>Elle est un féerique Jardin scellé</t>
         </is>
       </c>
       <c r="C683" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D683" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E683" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F683" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G683" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H683" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="684">
       <c r="A684" s="1" t="n">
         <v>101038</v>
       </c>
       <c r="B684" s="2" t="inlineStr">
         <is>
           <t>Banc commémoratif</t>
         </is>
       </c>
       <c r="C684" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D684" s="2"/>
       <c r="E684" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F684" s="2" t="inlineStr">
         <is>
           <t>Oeuvres mémorielles</t>
         </is>
       </c>
       <c r="G684" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H684" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="685">
       <c r="A685" s="1" t="n">
         <v>100844</v>
       </c>
       <c r="B685" s="2" t="inlineStr">
         <is>
           <t>Je suis le Lys de la Vallée</t>
         </is>
       </c>
       <c r="C685" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D685" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E685" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F685" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G685" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H685" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="686">
       <c r="A686" s="1" t="n">
         <v>100845</v>
       </c>
       <c r="B686" s="2" t="inlineStr">
         <is>
           <t>La Sulamite</t>
         </is>
       </c>
       <c r="C686" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D686" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E686" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F686" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G686" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H686" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="687">
       <c r="A687" s="1" t="n">
         <v>100846</v>
       </c>
       <c r="B687" s="2" t="inlineStr">
         <is>
           <t>Elle est pure comme le soleil</t>
         </is>
       </c>
       <c r="C687" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D687" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E687" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F687" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G687" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H687" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="688">
       <c r="A688" s="1" t="n">
         <v>100861</v>
       </c>
       <c r="B688" s="2" t="inlineStr">
         <is>
           <t>Je suis la Rose de Saron</t>
         </is>
       </c>
       <c r="C688" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D688" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E688" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F688" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G688" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H688" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="689">
       <c r="A689" s="1" t="n">
         <v>100862</v>
       </c>
       <c r="B689" s="2" t="inlineStr">
         <is>
           <t>Le parfum de ton souffle ...</t>
         </is>
       </c>
       <c r="C689" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D689" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E689" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F689" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G689" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H689" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="690">
       <c r="A690" s="1" t="n">
         <v>100863</v>
       </c>
       <c r="B690" s="2" t="inlineStr">
         <is>
           <t>La tour du Liban ...</t>
         </is>
       </c>
       <c r="C690" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D690" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E690" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F690" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G690" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H690" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="691">
       <c r="A691" s="1" t="n">
         <v>40301</v>
       </c>
       <c r="B691" s="2" t="inlineStr">
         <is>
           <t>La Sulamite</t>
         </is>
       </c>
       <c r="C691" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D691" s="2" t="inlineStr">
         <is>
           <t>Ianchelevici, Idel</t>
         </is>
       </c>
       <c r="E691" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F691" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G691" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H691" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="692">
       <c r="A692" s="1" t="n">
         <v>102648</v>
       </c>
       <c r="B692" s="2" t="inlineStr">
         <is>
           <t>Médaille Jean Baugniet</t>
         </is>
       </c>
       <c r="C692" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D692" s="2" t="inlineStr">
         <is>
           <t>Kreitz, Willy</t>
         </is>
       </c>
       <c r="E692" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F692" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G692" s="2"/>
       <c r="H692" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="693">
       <c r="A693" s="1" t="n">
         <v>102783</v>
       </c>
       <c r="B693" s="2" t="inlineStr">
         <is>
           <t>Labyrinthe du coeur</t>
         </is>
       </c>
       <c r="C693" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D693" s="2" t="inlineStr">
         <is>
           <t>Jean Milo, (Jean Emile Van Gindertael)</t>
         </is>
       </c>
       <c r="E693" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F693" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G693" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H693" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="694">
       <c r="A694" s="1" t="n">
         <v>102650</v>
       </c>
       <c r="B694" s="2" t="inlineStr">
         <is>
           <t>Médaille Johan Franco</t>
         </is>
       </c>
       <c r="C694" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D694" s="2" t="inlineStr">
         <is>
           <t>Koskinen, Pauli</t>
         </is>
       </c>
       <c r="E694" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F694" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G694" s="2"/>
       <c r="H694" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="695">
       <c r="A695" s="1" t="n">
         <v>102651</v>
       </c>
       <c r="B695" s="2" t="inlineStr">
         <is>
           <t>Médaille "La Pomme"</t>
         </is>
       </c>
       <c r="C695" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D695" s="2" t="inlineStr">
         <is>
           <t>Ianchelevici, Idel</t>
         </is>
       </c>
       <c r="E695" s="2" t="inlineStr">
         <is>
           <t>1984 - 1989</t>
         </is>
       </c>
       <c r="F695" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G695" s="2"/>
       <c r="H695" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="696">
       <c r="A696" s="1" t="n">
         <v>101022</v>
       </c>
       <c r="B696" s="2" t="inlineStr">
         <is>
           <t>Visages colorés</t>
         </is>
       </c>
       <c r="C696" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D696" s="2" t="inlineStr">
         <is>
           <t>Cappello Angellotti, Rita</t>
         </is>
       </c>
       <c r="E696" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F696" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G696" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H696" s="2"/>
     </row>
   </sheetData>