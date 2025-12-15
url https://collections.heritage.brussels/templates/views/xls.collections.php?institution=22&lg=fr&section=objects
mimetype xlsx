--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -7253,51 +7253,51 @@
           <t>soie</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
         <v>30646</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Martin, René Etienne</t>
+          <t>Dom Martin O.S.B., René Etienne</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1934 - 1934</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>argent, or, pierre</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>