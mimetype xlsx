--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -7243,66 +7243,66 @@
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
         <v>30646</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Dom Martin O.S.B., René Etienne</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1934 - 1934</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>argent, or, pierre</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>