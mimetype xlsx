--- v0 (2025-11-16)
+++ v1 (2026-01-10)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H316"/>
+  <dimension ref="A1:H323"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -507,9531 +507,9747 @@
         <is>
           <t>Bruxelles ville dessinée</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>De Keyser, Bert</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>83731</v>
+        <v>83983</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Hussard</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Flasschoen, Gustave</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E13" s="2"/>
-      <c r="F13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>83987</v>
+        <v>83731</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Deux femmes</t>
+          <t>Hussard</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Flasschoen, Gustave</t>
         </is>
       </c>
       <c r="E14" s="2"/>
-      <c r="F14" s="2"/>
+      <c r="F14" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>83732</v>
+        <v>83987</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Accordéon désaccordé</t>
+          <t>Deux femmes</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Brichet, Francis</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H15" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>83990</v>
+        <v>83732</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Accordéon désaccordé</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Brichet, Francis</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>83736</v>
+        <v>83734</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Vue de Paris</t>
+          <t>Porteuse d'eau</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Iserentant, Mayou</t>
+          <t>Dupagne, Arthur</t>
         </is>
       </c>
       <c r="E17" s="2"/>
-      <c r="F17" s="2"/>
+      <c r="F17" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H17" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>83737</v>
+        <v>83990</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Profond intérieur - Gisèle Van Lange</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Creuz, Serge</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>83996</v>
+        <v>83736</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>A l'abri</t>
+          <t>Vue de Paris</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Iserentant, Mayou</t>
         </is>
       </c>
       <c r="E19" s="2"/>
-      <c r="F19" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>83742</v>
+        <v>83737</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le moulin du Nekkersgat</t>
+          <t>Profond intérieur - Gisèle Van Lange</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Creuz, Serge</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>83743</v>
+        <v>83996</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Rose et noir</t>
+          <t>A l'abri</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Iserbyt, Georgette</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E21" s="2"/>
-      <c r="F21" s="2"/>
+      <c r="F21" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H21" s="2"/>
+          <t>encre</t>
+        </is>
+      </c>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>83744</v>
+        <v>83742</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Léopold Ier</t>
+          <t>Le moulin du Nekkersgat</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Baugniet, Charles</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
-      <c r="G22" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G22" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>83747</v>
+        <v>83743</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La roulotte rouge</t>
+          <t>Rose et noir</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Dormont, Jacques</t>
+          <t>Iserbyt, Georgette</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>83748</v>
+        <v>83744</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Uccle illustré</t>
+          <t>Portrait de Léopold Ier</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Baugniet, Charles</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>83749</v>
+        <v>83747</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Crépuscule à Fiesole</t>
+          <t>La roulotte rouge</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Joseph Dit José</t>
+          <t>Dormont, Jacques</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>83750</v>
+        <v>83748</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Le jardin</t>
+          <t>Uccle illustré</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Leduc, Paul</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
-      <c r="G26" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>83752</v>
+        <v>83749</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>La femme blonde</t>
+          <t>Crépuscule à Fiesole</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Dierickx, Joseph Dit José</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>83753</v>
+        <v>83750</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Mer d'or</t>
+          <t>Le jardin</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Lacroix, Marguerite</t>
+          <t>Leduc, Paul</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>83754</v>
+        <v>83752</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Composito</t>
+          <t>La femme blonde</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Massaert, Jean-Jacques</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E29" s="2"/>
-      <c r="F29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F29" s="2"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>84011</v>
+        <v>83753</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Le troupeau</t>
+          <t>Mer d'or</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Lacroix, Marguerite</t>
         </is>
       </c>
       <c r="E30" s="2"/>
-      <c r="F30" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>stylo-bille, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>83758</v>
+        <v>83754</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Enveloppe et coquille</t>
+          <t>Composito</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Belgeonne, Gabriel</t>
+          <t>Massaert, Jean-Jacques</t>
         </is>
       </c>
       <c r="E31" s="2"/>
-      <c r="F31" s="2"/>
-      <c r="G31" s="2"/>
+      <c r="F31" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G31" s="2" t="inlineStr">
+        <is>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>83760</v>
+        <v>84011</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Avionpuy / Esneux</t>
+          <t>Le troupeau</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Michiels, P. G.</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E32" s="2"/>
-      <c r="F32" s="2"/>
+      <c r="F32" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H32" s="2"/>
+          <t>stylo-bille, encre</t>
+        </is>
+      </c>
+      <c r="H32" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>84016</v>
+        <v>83756</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Beauté, mon doux souci</t>
+          <t>Eric</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Boyadjian, Micheline</t>
         </is>
       </c>
       <c r="E33" s="2"/>
-      <c r="F33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F33" s="2"/>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>83763</v>
+        <v>83758</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>L'église de la Madeleine</t>
+          <t>Enveloppe et coquille</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Logelain, Henri</t>
+          <t>Belgeonne, Gabriel</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
-      <c r="G34" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>83764</v>
+        <v>83760</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Pêcheurs</t>
+          <t>Avionpuy / Esneux</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Michiels, P. G.</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>83768</v>
+        <v>84016</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Le moulin de Lindekemaele</t>
+          <t>Beauté, mon doux souci</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Dany</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H36" s="2"/>
+          <t>encre</t>
+        </is>
+      </c>
+      <c r="H36" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>83769</v>
+        <v>83763</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi - 1929 - Petite Ile</t>
+          <t>L'église de la Madeleine</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Logelain, Henri</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
-      <c r="G37" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G37" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>83770</v>
+        <v>83764</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Trudy au Rouge-cloître</t>
+          <t>Pêcheurs</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Haine, Désiré</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>83771</v>
+        <v>83765</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Banlieue bruxelloise</t>
+          <t>Intérieur espagnol</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Dasnoy, Albert</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>83774</v>
+        <v>83768</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille au bol</t>
+          <t>Le moulin de Lindekemaele</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Colin, Jean</t>
+          <t>Gilson, Dany</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H40" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>84030</v>
+        <v>83769</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Confidence</t>
+          <t>Travaux au canal de Charleroi - 1929 - Petite Ile</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Courtens, Jacques</t>
+          <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E41" s="2"/>
-      <c r="F41" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>83776</v>
+        <v>83770</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Intérieur au bouquet</t>
+          <t>Trudy au Rouge-cloître</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Schirren, Ferdinand</t>
+          <t>Haine, Désiré</t>
         </is>
       </c>
       <c r="E42" s="2"/>
-      <c r="F42" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F42" s="2"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>84032</v>
+        <v>83771</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>L'impasse St-Jacques</t>
+          <t>Banlieue bruxelloise</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>De Moor, Louis</t>
+          <t>Dasnoy, Albert</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>83777</v>
+        <v>83774</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>La femme à la tache rouge</t>
+          <t>Jeune fille au bol</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Van Romphey, Pascale</t>
+          <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>84033</v>
+        <v>84030</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Le lavabo blanc</t>
+          <t>Confidence</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Dehaan, Roger</t>
+          <t>Courtens, Jacques</t>
         </is>
       </c>
       <c r="E45" s="2"/>
-      <c r="F45" s="2"/>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>83778</v>
+        <v>83776</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Parapluies sur fond vert</t>
+          <t>Intérieur au bouquet</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Coulon, Berthe</t>
+          <t>Schirren, Ferdinand</t>
         </is>
       </c>
       <c r="E46" s="2"/>
-      <c r="F46" s="2"/>
+      <c r="F46" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H46" s="2"/>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H46" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>84034</v>
+        <v>84032</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Wimbledon sous la brume</t>
+          <t>L'impasse St-Jacques</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Delaet, Aloïs</t>
+          <t>De Moor, Louis</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>84035</v>
+        <v>83777</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Femme en prière</t>
+          <t>La femme à la tache rouge</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Delville, Jean</t>
+          <t>Van Romphey, Pascale</t>
         </is>
       </c>
       <c r="E48" s="2"/>
-      <c r="F48" s="2"/>
+      <c r="F48" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
-[...2 lines deleted...]
-      <c r="H48" s="2"/>
+          <t>peinture acrylique, papier</t>
+        </is>
+      </c>
+      <c r="H48" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>83781</v>
+        <v>84033</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Femme assise</t>
+          <t>Le lavabo blanc</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Cornez-Daumerie, N.</t>
+          <t>Dehaan, Roger</t>
         </is>
       </c>
       <c r="E49" s="2"/>
-      <c r="F49" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>84037</v>
+        <v>83778</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les oiseaux</t>
+          <t>Parapluies sur fond vert</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Denonne, Alex</t>
+          <t>Coulon, Berthe</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
-      <c r="G50" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G50" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>83782</v>
+        <v>84034</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>En l'honneur du Brabant</t>
+          <t>Wimbledon sous la brume</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Delaet, Aloïs</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, or</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>83783</v>
+        <v>84035</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Le Triomphe du Brabant</t>
+          <t>Femme en prière</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Somville, Roger / Dubrunfaut, Edmond</t>
+          <t>Delville, Jean</t>
         </is>
       </c>
       <c r="E52" s="2"/>
-      <c r="F52" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2" t="inlineStr">
+        <is>
+          <t>fusain, papier</t>
+        </is>
+      </c>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>84039</v>
+        <v>83781</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Procession sur le pont</t>
+          <t>Femme assise</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, José</t>
+          <t>Cornez-Daumerie, N.</t>
         </is>
       </c>
       <c r="E53" s="2"/>
-      <c r="F53" s="2"/>
+      <c r="F53" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H53" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H53" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>83784</v>
+        <v>84037</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>L'industrie</t>
+          <t>Les oiseaux</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Somville, Roger / Dubrunfaut, Edmond</t>
+          <t>Denonne, Alex</t>
         </is>
       </c>
       <c r="E54" s="2"/>
-      <c r="F54" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F54" s="2"/>
       <c r="G54" s="2"/>
-      <c r="H54" s="2"/>
+      <c r="H54" s="2" t="inlineStr">
+        <is>
+          <t>dentelle</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>84040</v>
+        <v>83782</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Portrait en pied de Léopold II</t>
+          <t>En l'honneur du Brabant</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Albert</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau, or</t>
         </is>
       </c>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>83785</v>
+        <v>83783</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Les mères</t>
+          <t>Le Triomphe du Brabant</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Somville, Roger / Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>84041</v>
+        <v>84039</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Portrait en pied de Léopold Ier</t>
+          <t>Procession sur le pont</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Albert</t>
+          <t>Dierickx, José</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>83786</v>
+        <v>83784</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Les paysans</t>
+          <t>L'industrie</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Somville, Roger / Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>84042</v>
+        <v>84040</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Mare aux canards</t>
+          <t>Portrait en pied de Léopold II</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Doppee, Jacques</t>
+          <t>Dillens, Albert</t>
         </is>
       </c>
       <c r="E59" s="2"/>
-      <c r="F59" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>83787</v>
+        <v>83785</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>L'électricité</t>
+          <t>Les mères</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Somville, Roger / Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>84043</v>
+        <v>84041</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Adi Tanga</t>
+          <t>Portrait en pied de Léopold Ier</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Dormont, Jacques</t>
+          <t>Dillens, Albert</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>83788</v>
+        <v>83786</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Le bâtiment</t>
+          <t>Les paysans</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Somville, Roger / Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>83789</v>
+        <v>84042</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>L'amour conjugal</t>
+          <t>Mare aux canards</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, Jean-Jacques</t>
+          <t>Doppee, Jacques</t>
         </is>
       </c>
       <c r="E63" s="2"/>
-      <c r="F63" s="2"/>
+      <c r="F63" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H63" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H63" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>83790</v>
+        <v>83787</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Baigneuses</t>
+          <t>L'électricité</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Timmermans,  Jean</t>
+          <t>Somville, Roger / Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E64" s="2"/>
-      <c r="F64" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F64" s="2" t="inlineStr">
+        <is>
+          <t>tapisserie</t>
+        </is>
+      </c>
+      <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>83792</v>
+        <v>84043</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Coucher de soleil à  Zeebruges</t>
+          <t>Adi Tanga</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Tilleux, Jos</t>
+          <t>Dormont, Jacques</t>
         </is>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>83793</v>
+        <v>83788</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Portrait du président Edouard Poullet</t>
+          <t>Le bâtiment</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>André, Francoise</t>
+          <t>Somville, Roger / Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E66" s="2"/>
-      <c r="F66" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F66" s="2" t="inlineStr">
+        <is>
+          <t>tapisserie</t>
+        </is>
+      </c>
+      <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>83794</v>
+        <v>83789</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>À ceux qui sont morts pour que nous puissions vivre</t>
+          <t>L'amour conjugal</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Van Thienen, Paul</t>
+          <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E67" s="2"/>
-      <c r="F67" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>83795</v>
+        <v>83790</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>Baigneuses</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Lismonde, Jules</t>
+          <t>Timmermans,  Jean</t>
         </is>
       </c>
       <c r="E68" s="2"/>
-      <c r="F68" s="2" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>84053</v>
+        <v>83792</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Venise côté coeur</t>
+          <t>Coucher de soleil à  Zeebruges</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Fresco, André</t>
+          <t>Tilleux, Jos</t>
         </is>
       </c>
       <c r="E69" s="2"/>
-      <c r="F69" s="2" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>83798</v>
+        <v>83793</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Gardien des légendes</t>
+          <t>Portrait du président Edouard Poullet</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Leroy, Lucienne</t>
+          <t>André, Francoise</t>
         </is>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H70" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>83799</v>
+        <v>83794</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>La fillette au piano</t>
+          <t>À ceux qui sont morts pour que nous puissions vivre</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Dormont, Jacques</t>
+          <t>Van Thienen, Paul</t>
         </is>
       </c>
       <c r="E71" s="2"/>
-      <c r="F71" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F71" s="2" t="inlineStr">
+        <is>
+          <t>fenêtre / vitrail</t>
+        </is>
+      </c>
+      <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>84058</v>
+        <v>83795</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>L'escalier</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Latinis, Georges</t>
+          <t>Lismonde, Jules</t>
         </is>
       </c>
       <c r="E72" s="2"/>
-      <c r="F72" s="2"/>
-[...5 lines deleted...]
-      <c r="H72" s="2"/>
+      <c r="F72" s="2" t="inlineStr">
+        <is>
+          <t>fenêtre / vitrail</t>
+        </is>
+      </c>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2" t="inlineStr">
+        <is>
+          <t>technique du vitrail</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>83805</v>
+        <v>84053</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux prunes</t>
+          <t>Venise côté coeur</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Albert, Jos</t>
+          <t>Fresco, André</t>
         </is>
       </c>
       <c r="E73" s="2"/>
-      <c r="F73" s="2"/>
-[...5 lines deleted...]
-      <c r="H73" s="2"/>
+      <c r="F73" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>84061</v>
+        <v>83798</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Bernard Prince</t>
+          <t>Gardien des légendes</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Huppen, Hermann</t>
+          <t>Leroy, Lucienne</t>
         </is>
       </c>
       <c r="E74" s="2"/>
-      <c r="F74" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2" t="inlineStr">
+        <is>
+          <t>lin</t>
+        </is>
+      </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>batik</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>84062</v>
+        <v>83799</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Bois Maury</t>
+          <t>La fillette au piano</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Huppen, Hermann</t>
+          <t>Dormont, Jacques</t>
         </is>
       </c>
       <c r="E75" s="2"/>
-      <c r="F75" s="2" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>83807</v>
+        <v>84058</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Le silence</t>
+          <t>L'escalier</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Antoine, Marguerite</t>
+          <t>Latinis, Georges</t>
         </is>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain</t>
         </is>
       </c>
       <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>84064</v>
+        <v>83805</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Comanche</t>
+          <t>Nature morte aux prunes</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Huppen, Hermann</t>
+          <t>Albert, Jos</t>
         </is>
       </c>
       <c r="E77" s="2"/>
-      <c r="F77" s="2" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>83809</v>
+        <v>84061</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Les fleurs</t>
+          <t>Bernard Prince</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Aubry, M. L.</t>
+          <t>Huppen, Hermann</t>
         </is>
       </c>
       <c r="E78" s="2"/>
-      <c r="F78" s="2"/>
+      <c r="F78" s="2" t="inlineStr">
+        <is>
+          <t>dessin, bande dessinée</t>
+        </is>
+      </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>églomisé</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>84065</v>
+        <v>84062</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Bois Maury</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Iserentant, Mayou</t>
+          <t>Huppen, Hermann</t>
         </is>
       </c>
       <c r="E79" s="2"/>
-      <c r="F79" s="2"/>
-[...5 lines deleted...]
-      <c r="H79" s="2"/>
+      <c r="F79" s="2" t="inlineStr">
+        <is>
+          <t>dessin, bande dessinée</t>
+        </is>
+      </c>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>84067</v>
+        <v>83807</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Vente publique</t>
+          <t>Le silence</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Lacroix, Marguerite</t>
+          <t>Antoine, Marguerite</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H80" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>84068</v>
+        <v>84064</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>L'homme aux lunettes</t>
+          <t>Comanche</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>Huppen, Hermann</t>
         </is>
       </c>
       <c r="E81" s="2"/>
-      <c r="F81" s="2"/>
-[...5 lines deleted...]
-      <c r="H81" s="2"/>
+      <c r="F81" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>84069</v>
+        <v>83809</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Le beau porche</t>
+          <t>Les fleurs</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Langaskens, Maurice</t>
+          <t>Aubry, M. L.</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>83815</v>
+        <v>84065</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>La tombe</t>
+          <t>Paris</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Iserentant, Mayou</t>
         </is>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
-      <c r="G83" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G83" s="2" t="inlineStr">
+        <is>
+          <t>fusain</t>
+        </is>
+      </c>
+      <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>84071</v>
+        <v>84067</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Plis contraires</t>
+          <t>Vente publique</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
+          <t>Lacroix, Marguerite</t>
         </is>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
-      <c r="G84" s="2"/>
+      <c r="G84" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>102759</v>
+        <v>84068</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Monsieur Rachid Madrane,  président honoraire</t>
+          <t>L'homme aux lunettes</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
-      <c r="D85" s="2"/>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Lamblot, Albert</t>
+        </is>
+      </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
-      <c r="G85" s="2"/>
+      <c r="G85" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>84073</v>
+        <v>84069</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>Le beau porche</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
+          <t>Langaskens, Maurice</t>
         </is>
       </c>
       <c r="E86" s="2"/>
-      <c r="F86" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>84074</v>
+        <v>83815</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>La tombe</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E87" s="2"/>
-      <c r="F87" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>84075</v>
+        <v>84071</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>Plis contraires</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E88" s="2"/>
-      <c r="F88" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F88" s="2"/>
       <c r="G88" s="2"/>
-      <c r="H88" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>83820</v>
+        <v>102759</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Portrait de jeune fille</t>
+          <t>Portrait de Monsieur Rachid Madrane,  président honoraire</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
-      <c r="D89" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
-      <c r="G89" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>83822</v>
+        <v>84073</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Le chandail vert</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Bosquet, Andrée</t>
+          <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G90" s="2"/>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>84078</v>
+        <v>84074</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Recueillement</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Damadian, Maya</t>
+          <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G91" s="2"/>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>83567</v>
+        <v>84075</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Composition F IV-17</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Staritsky, Anna</t>
+          <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E92" s="2"/>
-      <c r="F92" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F92" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G92" s="2"/>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>83823</v>
+        <v>83820</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Le pique-notes</t>
+          <t>Portrait de jeune fille</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Brocas, Maurice</t>
+          <t>Biebuyck, Monique</t>
         </is>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>83825</v>
+        <v>83822</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Pilotis</t>
+          <t>Le chandail vert</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Clayette, N.</t>
+          <t>Bosquet, Andrée</t>
         </is>
       </c>
       <c r="E94" s="2"/>
-      <c r="F94" s="2"/>
+      <c r="F94" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H94" s="2"/>
+          <t>peinture à l'huile, carton</t>
+        </is>
+      </c>
+      <c r="H94" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>83826</v>
+        <v>84078</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Complainte de Séville</t>
+          <t>Recueillement</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaars, Alfons</t>
+          <t>Damadian, Maya</t>
         </is>
       </c>
       <c r="E95" s="2"/>
-      <c r="F95" s="2"/>
+      <c r="F95" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H95" s="2"/>
+          <t>encre</t>
+        </is>
+      </c>
+      <c r="H95" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>83827</v>
+        <v>83567</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>L'hiver</t>
+          <t>Composition F IV-17</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Colin, Jean</t>
+          <t>Staritsky, Anna</t>
         </is>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H96" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H96" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>84083</v>
+        <v>83823</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Ferme au Rouge-Cloître</t>
+          <t>Le pique-notes</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Michiels, H.</t>
+          <t>Brocas, Maurice</t>
         </is>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>83828</v>
+        <v>83825</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Le lac de Nemi</t>
+          <t>Pilotis</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Colmant, P.</t>
+          <t>Clayette, N.</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>84084</v>
+        <v>83826</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Froide ébullition</t>
+          <t>Complainte de Séville</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Jean Milo, (Jean Emile Van Gindertael)</t>
+          <t>Cluysenaars, Alfons</t>
         </is>
       </c>
       <c r="E99" s="2"/>
-      <c r="F99" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F99" s="2"/>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>83573</v>
+        <v>83827</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Le grand séchoir / De grote visdroger</t>
+          <t>L'hiver</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Camus, Gustave</t>
+          <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>83832</v>
+        <v>84083</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Paysans aux champs</t>
+          <t>Ferme au Rouge-Cloître</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Michiels, H.</t>
         </is>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>84088</v>
+        <v>83828</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles d'en haut</t>
+          <t>Le lac de Nemi</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Nemirowsky, Claudine</t>
+          <t>Colmant, P.</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>83577</v>
+        <v>84084</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Cardinal</t>
+          <t>Froide ébullition</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Jean Milo, (Jean Emile Van Gindertael)</t>
         </is>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, gouache, carton</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>84089</v>
+        <v>83573</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Rue Jacques de Lalaing</t>
+          <t>Le grand séchoir / De grote visdroger</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Pétré, Victor</t>
+          <t>Camus, Gustave</t>
         </is>
       </c>
       <c r="E104" s="2"/>
-      <c r="F104" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F104" s="2"/>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>83578</v>
+        <v>83832</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Enlèvement</t>
+          <t>Paysans aux champs</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H105" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H105" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>84090</v>
+        <v>84088</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme en pied</t>
+          <t>Bruxelles d'en haut</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Pinot, Albert</t>
+          <t>Nemirowsky, Claudine</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>83579</v>
+        <v>83577</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Composition</t>
+          <t>Cardinal</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>De Backer, Herman</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E107" s="2"/>
-      <c r="F107" s="2"/>
-      <c r="G107" s="2"/>
+      <c r="F107" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G107" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine, gouache, carton</t>
+        </is>
+      </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>84091</v>
+        <v>84089</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Le port de Bruxelles</t>
+          <t>Rue Jacques de Lalaing</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Pinot, Albert</t>
+          <t>Pétré, Victor</t>
         </is>
       </c>
       <c r="E108" s="2"/>
-      <c r="F108" s="2"/>
+      <c r="F108" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H108" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H108" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>83582</v>
+        <v>83578</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>La rue d'une personne</t>
+          <t>Enlèvement</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Delmelle, Michel</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E109" s="2"/>
-      <c r="F109" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F109" s="2"/>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>83584</v>
+        <v>84090</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Venise côté coeur (2)</t>
+          <t>Portrait de femme en pied</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Fresco, André</t>
+          <t>Pinot, Albert</t>
         </is>
       </c>
       <c r="E110" s="2"/>
-      <c r="F110" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F110" s="2"/>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>83585</v>
+        <v>83579</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Dans un parc</t>
+          <t>Composition</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Gilbert, Willy</t>
+          <t>De Backer, Herman</t>
         </is>
       </c>
       <c r="E111" s="2"/>
-      <c r="F111" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>84097</v>
+        <v>84091</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>L'homme au foulard rouge</t>
+          <t>Le port de Bruxelles</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Scouflaire, Fernand</t>
+          <t>Pinot, Albert</t>
         </is>
       </c>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>83586</v>
+        <v>83582</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Pont</t>
+          <t>La rue d'une personne</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Gilbert, Willy</t>
+          <t>Delmelle, Michel</t>
         </is>
       </c>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>83587</v>
+        <v>83584</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Aimée Martin</t>
+          <t>Venise côté coeur (2)</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Lacroix, Marguerite</t>
+          <t>Fresco, André</t>
         </is>
       </c>
       <c r="E114" s="2"/>
-      <c r="F114" s="2"/>
+      <c r="F114" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H114" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H114" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>84099</v>
+        <v>83585</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Vieux coin à Evere</t>
+          <t>Dans un parc</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Stiellemans, Henri Victor</t>
+          <t>Gilbert, Willy</t>
         </is>
       </c>
       <c r="E115" s="2"/>
-      <c r="F115" s="2"/>
+      <c r="F115" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H115" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H115" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>83588</v>
+        <v>84097</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Le peintre Krasnabaïeff</t>
+          <t>L'homme au foulard rouge</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Lamblot, Albert</t>
+          <t>Scouflaire, Fernand</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>84100</v>
+        <v>83586</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Bouquet jaune</t>
+          <t>Pont</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Van Aarschot, Louis</t>
+          <t>Gilbert, Willy</t>
         </is>
       </c>
       <c r="E117" s="2"/>
-      <c r="F117" s="2"/>
+      <c r="F117" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H117" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H117" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>84101</v>
+        <v>83587</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Nature morte à la conque</t>
+          <t>Aimée Martin</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Van Hove, Joseph</t>
+          <t>Lacroix, Marguerite</t>
         </is>
       </c>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>83590</v>
+        <v>84099</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>La coupe</t>
+          <t>Vieux coin à Evere</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Lyr, Claude</t>
+          <t>Stiellemans, Henri Victor</t>
         </is>
       </c>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>83846</v>
+        <v>83588</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Barbara</t>
+          <t>Le peintre Krasnabaïeff</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Lamblot, Albert</t>
         </is>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
-      <c r="G120" s="2"/>
+      <c r="G120" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>84102</v>
+        <v>84100</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>La forêt rouge</t>
+          <t>Bouquet jaune</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>van Vlaanderen, Karel</t>
+          <t>Van Aarschot, Louis</t>
         </is>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>83592</v>
+        <v>84101</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Auderghem</t>
+          <t>Nature morte à la conque</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Navez, Geo</t>
+          <t>Van Hove, Joseph</t>
         </is>
       </c>
       <c r="E122" s="2"/>
-      <c r="F122" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F122" s="2"/>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>83848</v>
+        <v>83590</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Avila</t>
+          <t>La coupe</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Lyr, Claude</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>84104</v>
+        <v>83846</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Bouquet de fleurs</t>
+          <t>Barbara</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>van Vlaanderen, Karel</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E124" s="2"/>
-      <c r="F124" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F124" s="2"/>
+      <c r="G124" s="2"/>
+      <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>83593</v>
+        <v>84102</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Ciel bleu</t>
+          <t>La forêt rouge</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Plas, Henri</t>
+          <t>van Vlaanderen, Karel</t>
         </is>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>83849</v>
+        <v>83592</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Deux marins</t>
+          <t>Auderghem</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Navez, Geo</t>
         </is>
       </c>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>84105</v>
+        <v>83848</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Portrait en pied de Léopold Ier</t>
+          <t>Avila</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Verwée, Louis</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H127" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H127" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>84106</v>
+        <v>84104</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Charles Wad</t>
+          <t>Bouquet de fleurs</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Wad, ps.</t>
+          <t>van Vlaanderen, Karel</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
-[...3 lines deleted...]
-      <c r="H128" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G128" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H128" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>83595</v>
+        <v>83593</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Le déjeuner</t>
+          <t>Ciel bleu</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Schirren, Ferdinand</t>
+          <t>Plas, Henri</t>
         </is>
       </c>
       <c r="E129" s="2"/>
-      <c r="F129" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F129" s="2"/>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H129" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>83851</v>
+        <v>83849</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>D'entre les morts</t>
+          <t>Deux marins</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E130" s="2"/>
-      <c r="F130" s="2"/>
+      <c r="F130" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>84107</v>
+        <v>84105</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>sans-titre</t>
+          <t>Portrait en pied de Léopold Ier</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Wad, ps.</t>
+          <t>Verwée, Louis</t>
         </is>
       </c>
       <c r="E131" s="2"/>
-      <c r="F131" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G131" s="2"/>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>83596</v>
+        <v>84106</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Paysage urbain</t>
+          <t>Charles Wad</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Schirren, Ferdinand</t>
+          <t>Wad, ps.</t>
         </is>
       </c>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...11 lines deleted...]
-      </c>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>83597</v>
+        <v>83595</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>A city trip - Av. Leopold II Laan - Brussels</t>
+          <t>Le déjeuner</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Van Grieken, Jef</t>
+          <t>Schirren, Ferdinand</t>
         </is>
       </c>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>83853</v>
+        <v>83851</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>La plage</t>
+          <t>D'entre les morts</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E134" s="2"/>
-      <c r="F134" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F134" s="2"/>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>83598</v>
+        <v>84107</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Lettre d'amour de Mohamed à Caroline /Loveletter I</t>
+          <t>sans-titre</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Delvoye, Wim</t>
+          <t>Wad, ps.</t>
         </is>
       </c>
       <c r="E135" s="2"/>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...11 lines deleted...]
-      </c>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G135" s="2"/>
+      <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>84110</v>
+        <v>83596</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Lex provincialis</t>
+          <t>Paysage urbain</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Schirren, Ferdinand</t>
         </is>
       </c>
       <c r="E136" s="2"/>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>bas-relief</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>83599</v>
+        <v>83597</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Lignes de vie</t>
+          <t>A city trip - Av. Leopold II Laan - Brussels</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Assbane, Yasmina</t>
+          <t>Van Grieken, Jef</t>
         </is>
       </c>
       <c r="E137" s="2"/>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>peinture, panneau</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>84111</v>
+        <v>83853</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Commémoration du centenaire des provinces belges</t>
+          <t>La plage</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Bonnetain, Armand</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>encre de chine, aquarelle</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>83600</v>
+        <v>83598</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>The Brussels Ring road</t>
+          <t>Lettre d'amour de Mohamed à Caroline /Loveletter I</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Day, Paul</t>
+          <t>Delvoye, Wim</t>
         </is>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>bas-relief</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>83601</v>
+        <v>84110</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>The Berlaymont Building site</t>
+          <t>Lex provincialis</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Day, Paul</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E140" s="2"/>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>bas-relief</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>83857</v>
+        <v>83599</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Buste vu de dos</t>
+          <t>Lignes de vie</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Assbane, Yasmina</t>
         </is>
       </c>
       <c r="E141" s="2"/>
-      <c r="F141" s="2"/>
+      <c r="F141" s="2" t="inlineStr">
+        <is>
+          <t>peinture murale</t>
+        </is>
+      </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture, panneau</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique d'impression, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>84113</v>
+        <v>84111</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Buste du roi Baudouin</t>
+          <t>Commémoration du centenaire des provinces belges</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Cliquet, René</t>
+          <t>Bonnetain, Armand</t>
         </is>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>83602</v>
+        <v>83600</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Galerie de portraits bruxellois</t>
+          <t>The Brussels Ring road</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Willem, Julien</t>
+          <t>Day, Paul</t>
         </is>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>bas-relief</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>métal, papier</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>83603</v>
+        <v>83601</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Nothing circled, twice</t>
+          <t>The Berlaymont Building site</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Kosuth, Joseph</t>
+          <t>Day, Paul</t>
         </is>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>installation</t>
-[...3 lines deleted...]
-      <c r="H144" s="2"/>
+          <t>bas-relief</t>
+        </is>
+      </c>
+      <c r="G144" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H144" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>83859</v>
+        <v>83857</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Buste vu de dos</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2"/>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>84115</v>
+        <v>84113</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Buste du peintre Wolvens</t>
+          <t>Buste du roi Baudouin</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, John</t>
+          <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>83604</v>
+        <v>83602</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Construction oblique</t>
+          <t>Galerie de portraits bruxellois</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Baugniet, Marcel-Louis</t>
+          <t>Willem, Julien</t>
         </is>
       </c>
       <c r="E147" s="2"/>
-      <c r="F147" s="2"/>
+      <c r="F147" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H147" s="2"/>
+          <t>métal, papier</t>
+        </is>
+      </c>
+      <c r="H147" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>83606</v>
+        <v>83603</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>[Le mur de rencontre]</t>
+          <t>Nothing circled, twice</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Bogaerts, Rudi</t>
+          <t>Kosuth, Joseph</t>
         </is>
       </c>
       <c r="E148" s="2"/>
-      <c r="F148" s="2"/>
-[...9 lines deleted...]
-      </c>
+      <c r="F148" s="2" t="inlineStr">
+        <is>
+          <t>installation</t>
+        </is>
+      </c>
+      <c r="G148" s="2"/>
+      <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>83607</v>
+        <v>83859</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Reflets</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Leclercq, Guy</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E149" s="2"/>
       <c r="F149" s="2"/>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>83863</v>
+        <v>84115</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Buste du peintre Wolvens</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Cluysenaar, John</t>
         </is>
       </c>
       <c r="E150" s="2"/>
-      <c r="F150" s="2"/>
+      <c r="F150" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>83608</v>
+        <v>83604</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Echelle 1/1</t>
+          <t>Construction oblique</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Venlet, Richard</t>
+          <t>Baugniet, Marcel-Louis</t>
         </is>
       </c>
       <c r="E151" s="2"/>
-      <c r="F151" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F151" s="2"/>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>peinture, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>84120</v>
+        <v>83606</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>[Le mur de rencontre]</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Willequet, André</t>
+          <t>Bogaerts, Rudi</t>
         </is>
       </c>
       <c r="E152" s="2"/>
-      <c r="F152" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F152" s="2"/>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>fusain, papier, porcelaine</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>84122</v>
+        <v>83607</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Tendresse</t>
+          <t>Reflets</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Dumont-Hauzeur, N.</t>
+          <t>Leclercq, Guy</t>
         </is>
       </c>
       <c r="E153" s="2"/>
-      <c r="F153" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F153" s="2"/>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>83611</v>
+        <v>83863</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>L'arc-en-ciel - Auray (Morbihan)</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Poreau, Oswald</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E154" s="2"/>
       <c r="F154" s="2"/>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H154" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H154" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>84124</v>
+        <v>83608</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Bacchus</t>
+          <t>Echelle 1/1</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Anonyme, N.</t>
+          <t>Venlet, Richard</t>
         </is>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture murale</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>peinture, panneau</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>83613</v>
+        <v>84120</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>L'annonciation</t>
+          <t>Maternité</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Willequet, André</t>
         </is>
       </c>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
-[...2 lines deleted...]
-      <c r="H156" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H156" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>83870</v>
+        <v>84122</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Paysanne assise</t>
+          <t>Tendresse</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Dumont-Hauzeur, N.</t>
         </is>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>granit</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>83616</v>
+        <v>83611</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Carrousel</t>
+          <t>L'arc-en-ciel - Auray (Morbihan)</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Coumans, R.</t>
+          <t>Poreau, Oswald</t>
         </is>
       </c>
       <c r="E158" s="2"/>
       <c r="F158" s="2"/>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>83617</v>
+        <v>84124</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Le pigeon mort</t>
+          <t>Bacchus</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Anonyme, N.</t>
         </is>
       </c>
       <c r="E159" s="2"/>
-      <c r="F159" s="2"/>
+      <c r="F159" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H159" s="2"/>
+          <t>cuivre</t>
+        </is>
+      </c>
+      <c r="H159" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>83619</v>
+        <v>83613</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Le verger</t>
+          <t>L'annonciation</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Sauer, Walter</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E160" s="2"/>
-      <c r="F160" s="2"/>
+      <c r="F160" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>83876</v>
+        <v>83870</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Paysan assis mangeant</t>
+          <t>Paysanne assise</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E161" s="2"/>
-      <c r="F161" s="2"/>
+      <c r="F161" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>83621</v>
+        <v>83616</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Les horizons immobiles</t>
+          <t>Carrousel</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Lismonde, Jules</t>
+          <t>Coumans, R.</t>
         </is>
       </c>
       <c r="E162" s="2"/>
-      <c r="F162" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F162" s="2"/>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>83877</v>
+        <v>83617</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Chevaux</t>
+          <t>Le pigeon mort</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E163" s="2"/>
       <c r="F163" s="2"/>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>84134</v>
+        <v>84129</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>L'oiseau</t>
+          <t>L'apprenti</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>van Albada, Henri</t>
+          <t>Melde, N.</t>
         </is>
       </c>
       <c r="E164" s="2"/>
-      <c r="F164" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F164" s="2"/>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>83624</v>
+        <v>83619</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Parc à Seilles</t>
+          <t>Le verger</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Degrüne, A.</t>
+          <t>Sauer, Walter</t>
         </is>
       </c>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>84137</v>
+        <v>83876</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>La danse</t>
+          <t>Paysan assis mangeant</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Vriens, Antoine</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E166" s="2"/>
-      <c r="F166" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F166" s="2"/>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>84139</v>
+        <v>83621</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Le gardien</t>
+          <t>Les horizons immobiles</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Geluck, Philippe</t>
+          <t>Lismonde, Jules</t>
         </is>
       </c>
       <c r="E167" s="2"/>
-      <c r="F167" s="2"/>
-      <c r="G167" s="2"/>
+      <c r="F167" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G167" s="2" t="inlineStr">
+        <is>
+          <t>fusain, papier</t>
+        </is>
+      </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>83629</v>
+        <v>83877</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Bords de la Woluwe</t>
+          <t>Chevaux</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Gérard, Robert Uldéric</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E168" s="2"/>
       <c r="F168" s="2"/>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H168" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H168" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>83885</v>
+        <v>84134</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Le chantier</t>
+          <t>L'oiseau</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>van Albada, Henri</t>
         </is>
       </c>
       <c r="E169" s="2"/>
-      <c r="F169" s="2"/>
+      <c r="F169" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>84141</v>
+        <v>83624</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Allégorie de la sagesse</t>
+          <t>Parc à Seilles</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Vandevoorde, Georges</t>
+          <t>Degrüne, A.</t>
         </is>
       </c>
       <c r="E170" s="2"/>
-      <c r="F170" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F170" s="2"/>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>84142</v>
+        <v>84137</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>L'agriculteur</t>
+          <t>La danse</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Vandevoorde, Georges</t>
+          <t>Vriens, Antoine</t>
         </is>
       </c>
       <c r="E171" s="2"/>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>84143</v>
+        <v>84138</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Baudelaire de 1 à 7</t>
+          <t>Tête de Léon Devos</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Derick, L.</t>
+          <t>(Marguerite Acarin), Akarova</t>
         </is>
       </c>
       <c r="E172" s="2"/>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G172" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G172" s="2" t="inlineStr">
+        <is>
+          <t>pierre</t>
+        </is>
+      </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>photo-montage</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>83632</v>
+        <v>84139</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>La moisson</t>
+          <t>Le gardien</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Legrand, Marguerite</t>
+          <t>Geluck, Philippe</t>
         </is>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2"/>
-      <c r="G173" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>84144</v>
+        <v>83629</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Ingespaurren</t>
+          <t>Bords de la Woluwe</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Gees, P.</t>
+          <t>Gérard, Robert Uldéric</t>
         </is>
       </c>
       <c r="E174" s="2"/>
-      <c r="F174" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F174" s="2"/>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>pierre, fer</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>83889</v>
+        <v>83885</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>La pêche</t>
+          <t>Le chantier</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E175" s="2"/>
       <c r="F175" s="2"/>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H175" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H175" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>83891</v>
+        <v>84141</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>L'usine</t>
+          <t>Allégorie de la sagesse</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Vandevoorde, Georges</t>
         </is>
       </c>
       <c r="E176" s="2"/>
-      <c r="F176" s="2"/>
-[...1 lines deleted...]
-      <c r="H176" s="2"/>
+      <c r="F176" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G176" s="2" t="inlineStr">
+        <is>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H176" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>84148</v>
+        <v>84142</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Les ailes d'Icare</t>
+          <t>L'agriculteur</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, Dominique</t>
+          <t>Vandevoorde, Georges</t>
         </is>
       </c>
       <c r="E177" s="2"/>
-      <c r="F177" s="2"/>
-      <c r="G177" s="2"/>
+      <c r="F177" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G177" s="2" t="inlineStr">
+        <is>
+          <t>pierre</t>
+        </is>
+      </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>83638</v>
+        <v>84143</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Chevaux blancs</t>
+          <t>Baudelaire de 1 à 7</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Menguy, Frédéric</t>
+          <t>Derick, L.</t>
         </is>
       </c>
       <c r="E178" s="2"/>
-      <c r="F178" s="2"/>
-[...5 lines deleted...]
-      <c r="H178" s="2"/>
+      <c r="F178" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G178" s="2"/>
+      <c r="H178" s="2" t="inlineStr">
+        <is>
+          <t>photo-montage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>83895</v>
+        <v>83632</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Le délégué permanent</t>
+          <t>La moisson</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Legrand, Marguerite</t>
         </is>
       </c>
       <c r="E179" s="2"/>
       <c r="F179" s="2"/>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>84152</v>
+        <v>84144</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme</t>
+          <t>Ingespaurren</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Ghobert, Bernard</t>
+          <t>Gees, P.</t>
         </is>
       </c>
       <c r="E180" s="2"/>
-      <c r="F180" s="2"/>
+      <c r="F180" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>pastel</t>
-[...2 lines deleted...]
-      <c r="H180" s="2"/>
+          <t>pierre, fer</t>
+        </is>
+      </c>
+      <c r="H180" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>83641</v>
+        <v>83889</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Echelle du 10ème Monde</t>
+          <t>La pêche</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Helholc, Serge</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E181" s="2"/>
       <c r="F181" s="2"/>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>84153</v>
+        <v>83891</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>(Oeuvre abstraite) vitrail</t>
+          <t>L'usine</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Lismonde, Jules</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E182" s="2"/>
-      <c r="F182" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F182" s="2"/>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>83642</v>
+        <v>84148</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>La conscience divine créant le Monde</t>
+          <t>Les ailes d'Icare</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Henri</t>
+          <t>Stroobant, Dominique</t>
         </is>
       </c>
       <c r="E183" s="2"/>
       <c r="F183" s="2"/>
-      <c r="G183" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H183" s="2"/>
+      <c r="G183" s="2"/>
+      <c r="H183" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>84154</v>
+        <v>83638</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Etude de tête</t>
+          <t>Chevaux blancs</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Josse</t>
+          <t>Menguy, Frédéric</t>
         </is>
       </c>
       <c r="E184" s="2"/>
       <c r="F184" s="2"/>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>83899</v>
+        <v>83895</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille</t>
+          <t>Le délégué permanent</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E185" s="2"/>
       <c r="F185" s="2"/>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H185" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>83900</v>
+        <v>83896</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Femme blonde nue</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E186" s="2"/>
-      <c r="F186" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F186" s="2"/>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>carton, gouache</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>84157</v>
+        <v>84152</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Quand les Lumières deviennent Forme</t>
+          <t>Jeune femme</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Mouffe, Michel</t>
+          <t>Ghobert, Bernard</t>
         </is>
       </c>
       <c r="E187" s="2"/>
-      <c r="F187" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F187" s="2"/>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
-[...6 lines deleted...]
-      </c>
+          <t>pastel</t>
+        </is>
+      </c>
+      <c r="H187" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>84158</v>
+        <v>83641</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Site</t>
+          <t>Echelle du 10ème Monde</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Fastenaekens, Gilbert</t>
+          <t>Helholc, Serge</t>
         </is>
       </c>
       <c r="E188" s="2"/>
-      <c r="F188" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F188" s="2"/>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H188" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>83647</v>
+        <v>84153</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>La porte de Namur</t>
+          <t>(Oeuvre abstraite) vitrail</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Thevenet, Pierre</t>
+          <t>Lismonde, Jules</t>
         </is>
       </c>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...11 lines deleted...]
-      </c>
+          <t>fenêtre / vitrail</t>
+        </is>
+      </c>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>83903</v>
+        <v>83642</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Nu couché</t>
+          <t>La conscience divine créant le Monde</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Lenaerts, Henri</t>
         </is>
       </c>
       <c r="E190" s="2"/>
       <c r="F190" s="2"/>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H190" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>84159</v>
+        <v>84154</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Brumes matinales</t>
+          <t>Etude de tête</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Lhomme, Modeste-Jean</t>
+          <t>Peeters, Josse</t>
         </is>
       </c>
       <c r="E191" s="2"/>
       <c r="F191" s="2"/>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>84161</v>
+        <v>83899</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Le coin du feu</t>
+          <t>Jeune fille</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Donnay, Jean</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E192" s="2"/>
       <c r="F192" s="2"/>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>gouache, papier</t>
+        </is>
+      </c>
+      <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>83906</v>
+        <v>83900</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Femme au foulard</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E193" s="2"/>
-      <c r="F193" s="2"/>
-      <c r="G193" s="2"/>
+      <c r="F193" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G193" s="2" t="inlineStr">
+        <is>
+          <t>carton, gouache</t>
+        </is>
+      </c>
       <c r="H193" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>84163</v>
+        <v>84157</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Confusion première</t>
+          <t>Quand les Lumières deviennent Forme</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Van Malderen, Luc</t>
+          <t>Mouffe, Michel</t>
         </is>
       </c>
       <c r="E194" s="2"/>
-      <c r="F194" s="2"/>
-      <c r="G194" s="2"/>
+      <c r="F194" s="2" t="inlineStr">
+        <is>
+          <t>installation</t>
+        </is>
+      </c>
+      <c r="G194" s="2" t="inlineStr">
+        <is>
+          <t>métal</t>
+        </is>
+      </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>83653</v>
+        <v>84158</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Le christ ressuscité et Saint-Pierre</t>
+          <t>Site</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Parmentiers, Jan</t>
+          <t>Fastenaekens, Gilbert</t>
         </is>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>tapisserie</t>
-[...3 lines deleted...]
-      <c r="H195" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G195" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
+      <c r="H195" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>84165</v>
+        <v>83647</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>L'Evêché</t>
+          <t>La porte de Namur</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Comhaire, Georges</t>
+          <t>Thevenet, Pierre</t>
         </is>
       </c>
       <c r="E196" s="2"/>
-      <c r="F196" s="2"/>
+      <c r="F196" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H196" s="2"/>
+      <c r="H196" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>83654</v>
+        <v>83903</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>La supplication d'Esther au roi Assuerus</t>
+          <t>Nu couché</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Atelier, bruxellois</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E197" s="2"/>
-      <c r="F197" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G197" s="2"/>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>84166</v>
+        <v>84159</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Novosibirsk</t>
+          <t>Brumes matinales</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Selleslags, Herman</t>
+          <t>Lhomme, Modeste-Jean</t>
         </is>
       </c>
       <c r="E198" s="2"/>
-      <c r="F198" s="2" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="F198" s="2"/>
+      <c r="G198" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>83655</v>
+        <v>84161</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Témoins d'Oskar Serti</t>
+          <t>Le coin du feu</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Corillon, Patrick</t>
+          <t>Donnay, Jean</t>
         </is>
       </c>
       <c r="E199" s="2"/>
       <c r="F199" s="2"/>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>technique de reliure, technique d'impression</t>
+          <t>aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>83911</v>
+        <v>83906</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Rome</t>
+          <t>Femme au foulard</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E200" s="2"/>
-      <c r="F200" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F200" s="2"/>
+      <c r="G200" s="2"/>
+      <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>84167</v>
+        <v>84163</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Chicon</t>
+          <t>Confusion première</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Suls, J.</t>
+          <t>Van Malderen, Luc</t>
         </is>
       </c>
       <c r="E201" s="2"/>
-      <c r="F201" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F201" s="2"/>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>83656</v>
+        <v>83653</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Parisienne au chandail vert</t>
+          <t>Le christ ressuscité et Saint-Pierre</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Creten, Georges</t>
+          <t>Parmentiers, Jan</t>
         </is>
       </c>
       <c r="E202" s="2"/>
-      <c r="F202" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F202" s="2" t="inlineStr">
+        <is>
+          <t>tapisserie</t>
+        </is>
+      </c>
+      <c r="G202" s="2"/>
       <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>83912</v>
+        <v>84165</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>L'Evêché</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Comhaire, Georges</t>
         </is>
       </c>
       <c r="E203" s="2"/>
       <c r="F203" s="2"/>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H203" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>83657</v>
+        <v>83654</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Portrait officiel de Marie-Thérèse d'Autriche</t>
+          <t>La supplication d'Esther au roi Assuerus</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Vinx, A.</t>
+          <t>Atelier, bruxellois</t>
         </is>
       </c>
       <c r="E204" s="2"/>
-      <c r="F204" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F204" s="2" t="inlineStr">
+        <is>
+          <t>tapisserie</t>
+        </is>
+      </c>
+      <c r="G204" s="2"/>
       <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>84169</v>
+        <v>84166</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>AK '86</t>
+          <t>Novosibirsk</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Anonyme, N.</t>
+          <t>Selleslags, Herman</t>
         </is>
       </c>
       <c r="E205" s="2"/>
-      <c r="F205" s="2"/>
-[...5 lines deleted...]
-      <c r="H205" s="2"/>
+      <c r="F205" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>83915</v>
+        <v>83655</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Baigneuses à St-Nectaire</t>
+          <t>Témoins d'Oskar Serti</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Corillon, Patrick</t>
         </is>
       </c>
       <c r="E206" s="2"/>
-      <c r="F206" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F206" s="2"/>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H206" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H206" s="2" t="inlineStr">
+        <is>
+          <t>technique de reliure, technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>83660</v>
+        <v>83911</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Rome</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Deweerdt, N.</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E207" s="2"/>
-      <c r="F207" s="2"/>
+      <c r="F207" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H207" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H207" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>83917</v>
+        <v>84167</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Village espagnol</t>
+          <t>Chicon</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Suls, J.</t>
         </is>
       </c>
       <c r="E208" s="2"/>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G208" s="2"/>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>83662</v>
+        <v>83656</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Coupe aux fruits</t>
+          <t>Parisienne au chandail vert</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Labarre, Raoul</t>
+          <t>Creten, Georges</t>
         </is>
       </c>
       <c r="E209" s="2"/>
       <c r="F209" s="2"/>
       <c r="G209" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>83663</v>
+        <v>83912</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>(Triptyque bruxellois)</t>
+          <t>Maternité</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Delaunay, Serge</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E210" s="2"/>
       <c r="F210" s="2"/>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>toile, marqueur</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H210" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>83664</v>
+        <v>83657</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Le petit marché</t>
+          <t>Portrait officiel de Marie-Thérèse d'Autriche</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Dufoing, Suzanne</t>
+          <t>Vinx, A.</t>
         </is>
       </c>
       <c r="E211" s="2"/>
       <c r="F211" s="2"/>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H211" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>83665</v>
+        <v>84169</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Portrait en pied du gouverneur F. Demedts</t>
+          <t>AK '86</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Colin, Jean</t>
+          <t>Anonyme, N.</t>
         </is>
       </c>
       <c r="E212" s="2"/>
       <c r="F212" s="2"/>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, peinture à l'huile</t>
         </is>
       </c>
       <c r="H212" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>83921</v>
+        <v>83915</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>L'oracle</t>
+          <t>Baigneuses à St-Nectaire</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E213" s="2"/>
-      <c r="F213" s="2"/>
+      <c r="F213" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H213" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>84177</v>
+        <v>83660</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Françoise Dupuis, présidente honoraire</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Hachmi, Fouad</t>
+          <t>Deweerdt, N.</t>
         </is>
       </c>
       <c r="E214" s="2"/>
-      <c r="F214" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F214" s="2"/>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H214" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>83666</v>
+        <v>83917</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Au jardin</t>
+          <t>Village espagnol</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Volckaert, Piet</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E215" s="2"/>
-      <c r="F215" s="2"/>
+      <c r="F215" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H215" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H215" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>84178</v>
+        <v>83662</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Monsieur Eric Tomas, président honoraire</t>
+          <t>Coupe aux fruits</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Richard, Jacques</t>
+          <t>Labarre, Raoul</t>
         </is>
       </c>
       <c r="E216" s="2"/>
       <c r="F216" s="2"/>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H216" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>84179</v>
+        <v>83663</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Monsieur Armand De Decker, Président honoraire</t>
+          <t>(Triptyque bruxellois)</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Pire, Ferdinand</t>
+          <t>Delaunay, Serge</t>
         </is>
       </c>
       <c r="E217" s="2"/>
       <c r="F217" s="2"/>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, marqueur</t>
         </is>
       </c>
       <c r="H217" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>84180</v>
+        <v>83664</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Magda De Galan, Présidente honoraire</t>
+          <t>Le petit marché</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Obolensky , Alexandre</t>
+          <t>Dufoing, Suzanne</t>
         </is>
       </c>
       <c r="E218" s="2"/>
       <c r="F218" s="2"/>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H218" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>83669</v>
+        <v>83665</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Le jardin du maraîcher</t>
+          <t>Portrait en pied du gouverneur F. Demedts</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Cockx, Philibert</t>
+          <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E219" s="2"/>
       <c r="F219" s="2"/>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H219" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>83925</v>
+        <v>83921</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Le clarinettiste</t>
+          <t>L'oracle</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E220" s="2"/>
       <c r="F220" s="2"/>
-      <c r="G220" s="2"/>
-      <c r="H220" s="2"/>
+      <c r="G220" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H220" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>84181</v>
+        <v>84177</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille au chandail noir</t>
+          <t>Portrait de Madame Françoise Dupuis, présidente honoraire</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Bosquet, Andrée</t>
+          <t>Hachmi, Fouad</t>
         </is>
       </c>
       <c r="E221" s="2"/>
-      <c r="F221" s="2"/>
+      <c r="F221" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>carton, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H221" s="2"/>
+          <t>peinture acrylique, toile</t>
+        </is>
+      </c>
+      <c r="H221" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>83670</v>
+        <v>83666</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Dimanche</t>
+          <t>Au jardin</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Gailliard, Jean-Jacques</t>
+          <t>Volckaert, Piet</t>
         </is>
       </c>
       <c r="E222" s="2"/>
       <c r="F222" s="2"/>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H222" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>84182</v>
+        <v>84178</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Portrait de M. Charles PICQUÉ, Président honoraire</t>
+          <t>Portrait de Monsieur Eric Tomas, président honoraire</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Delcol, Roland</t>
+          <t>Richard, Jacques</t>
         </is>
       </c>
       <c r="E223" s="2"/>
       <c r="F223" s="2"/>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H223" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>98519</v>
+        <v>84179</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Carton de tapisserie - série Les paysans l'électricité les travaux publics le bâtiment les mères</t>
+          <t>Portrait de Monsieur Armand De Decker, Président honoraire</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Somville, Roger / Dubrunfaut, Edmond</t>
+          <t>Pire, Ferdinand</t>
         </is>
       </c>
       <c r="E224" s="2"/>
-      <c r="F224" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G224" s="2"/>
+      <c r="F224" s="2"/>
+      <c r="G224" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H224" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>83672</v>
+        <v>84180</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>La Chinoise</t>
+          <t>Portrait de Madame Magda De Galan, Présidente honoraire</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Neujean, Nat</t>
+          <t>Obolensky , Alexandre</t>
         </is>
       </c>
       <c r="E225" s="2"/>
-      <c r="F225" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F225" s="2"/>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H225" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>83930</v>
+        <v>83669</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>Le jardin du maraîcher</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Cockx, Philibert</t>
         </is>
       </c>
       <c r="E226" s="2"/>
       <c r="F226" s="2"/>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H226" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>83675</v>
+        <v>83925</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Le peintre du vieux quartier</t>
+          <t>Le clarinettiste</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Volckaert, Piet</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E227" s="2"/>
       <c r="F227" s="2"/>
-      <c r="G227" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G227" s="2"/>
       <c r="H227" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>83676</v>
+        <v>84181</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>La gare du Quartier Léopold</t>
+          <t>Jeune fille au chandail noir</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Antoine, Marguerite</t>
+          <t>Bosquet, Andrée</t>
         </is>
       </c>
       <c r="E228" s="2"/>
-      <c r="F228" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F228" s="2"/>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H228" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>83677</v>
+        <v>83670</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain Claude Aveline</t>
+          <t>Dimanche</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>Mahn, Berthold</t>
+          <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E229" s="2"/>
       <c r="F229" s="2"/>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H229" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>83934</v>
+        <v>84182</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Les terres rouges</t>
+          <t>Portrait de M. Charles PICQUÉ, Président honoraire</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Delcol, Roland</t>
         </is>
       </c>
       <c r="E230" s="2"/>
       <c r="F230" s="2"/>
-      <c r="G230" s="2"/>
+      <c r="G230" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H230" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>83683</v>
+        <v>98519</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Fillette à l'atelier</t>
+          <t>Carton de tapisserie - série Les paysans l'électricité les travaux publics le bâtiment les mères</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Maes, Jacques</t>
+          <t>Somville, Roger / Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E231" s="2"/>
-      <c r="F231" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F231" s="2" t="inlineStr">
+        <is>
+          <t>tapisserie</t>
+        </is>
+      </c>
+      <c r="G231" s="2"/>
       <c r="H231" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>83685</v>
+        <v>83672</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Baigneuse debout, de dos</t>
+          <t>La Chinoise</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>Ficher, Julien</t>
+          <t>Neujean, Nat</t>
         </is>
       </c>
       <c r="E232" s="2"/>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>83686</v>
+        <v>83930</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Baigneuse assise, de dos</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Ficher, Julien</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E233" s="2"/>
-      <c r="F233" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F233" s="2"/>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>83687</v>
+        <v>83675</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Baigneuse assise, de profil</t>
+          <t>Le peintre du vieux quartier</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Ficher, Julien</t>
+          <t>Volckaert, Piet</t>
         </is>
       </c>
       <c r="E234" s="2"/>
-      <c r="F234" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F234" s="2"/>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H234" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>83945</v>
+        <v>83676</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Mère et enfant</t>
+          <t>La gare du Quartier Léopold</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Antoine, Marguerite</t>
         </is>
       </c>
       <c r="E235" s="2"/>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G235" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H235" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>83692</v>
+        <v>83677</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Les étangs du Rouge-Cloître</t>
+          <t>Portrait de l'écrivain Claude Aveline</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Houyoux, Léon</t>
+          <t>Mahn, Berthold</t>
         </is>
       </c>
       <c r="E236" s="2"/>
       <c r="F236" s="2"/>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H236" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>83693</v>
+        <v>83934</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Canal à Anderlecht</t>
+          <t>Les terres rouges</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Lejeune, Frans</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E237" s="2"/>
-      <c r="F237" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F237" s="2"/>
+      <c r="G237" s="2"/>
       <c r="H237" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>83694</v>
+        <v>83683</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Des chaussures pour Henri</t>
+          <t>Fillette à l'atelier</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Segui, Antonio</t>
+          <t>Maes, Jacques</t>
         </is>
       </c>
       <c r="E238" s="2"/>
       <c r="F238" s="2"/>
-      <c r="G238" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G238" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H238" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>83950</v>
+        <v>83685</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>3 nus de femmes</t>
+          <t>Baigneuse debout, de dos</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Ficher, Julien</t>
         </is>
       </c>
       <c r="E239" s="2"/>
-      <c r="F239" s="2"/>
+      <c r="F239" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>83695</v>
+        <v>83686</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Paysage marin</t>
+          <t>Baigneuse assise, de dos</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Dudant, Roger</t>
+          <t>Ficher, Julien</t>
         </is>
       </c>
       <c r="E240" s="2"/>
-      <c r="F240" s="2"/>
+      <c r="F240" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre de chine</t>
-[...2 lines deleted...]
-      <c r="H240" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H240" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>83698</v>
+        <v>83687</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Jardin extraordinaire</t>
+          <t>Baigneuse assise, de profil</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Antoine, Paul</t>
+          <t>Ficher, Julien</t>
         </is>
       </c>
       <c r="E241" s="2"/>
-      <c r="F241" s="2"/>
-      <c r="G241" s="2"/>
+      <c r="F241" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G241" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>83701</v>
+        <v>83945</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Mamoiselle Margot</t>
+          <t>Mère et enfant</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Géal, TOONE VII</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E242" s="2"/>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G242" s="2"/>
-      <c r="H242" s="2"/>
+      <c r="H242" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>83703</v>
+        <v>83692</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Buste de Léopold II</t>
+          <t>Les étangs du Rouge-Cloître</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Anonyme, N.</t>
+          <t>Houyoux, Léon</t>
         </is>
       </c>
       <c r="E243" s="2"/>
-      <c r="F243" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F243" s="2"/>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H243" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>83959</v>
+        <v>83693</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>9 études de portraits</t>
+          <t>Canal à Anderlecht</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Lejeune, Frans</t>
         </is>
       </c>
       <c r="E244" s="2"/>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H244" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>83704</v>
+        <v>83694</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Buste de Léopold Ier</t>
+          <t>Des chaussures pour Henri</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Geefs, Willem</t>
+          <t>Segui, Antonio</t>
         </is>
       </c>
       <c r="E245" s="2"/>
-      <c r="F245" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F245" s="2"/>
+      <c r="G245" s="2"/>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>83960</v>
+        <v>83950</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>9 études de portraits</t>
+          <t>3 nus de femmes</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E246" s="2"/>
-      <c r="F246" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G246" s="2"/>
+      <c r="F246" s="2"/>
+      <c r="G246" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>83961</v>
+        <v>83695</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Paysage marin</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Dudant, Roger</t>
         </is>
       </c>
       <c r="E247" s="2"/>
-      <c r="F247" s="2" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="F247" s="2"/>
+      <c r="G247" s="2" t="inlineStr">
+        <is>
+          <t>papier, aquarelle, encre de chine</t>
+        </is>
+      </c>
+      <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>83706</v>
+        <v>83698</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1929 - Molenbeek</t>
+          <t>Jardin extraordinaire</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Antoine, Paul</t>
         </is>
       </c>
       <c r="E248" s="2"/>
       <c r="F248" s="2"/>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>83707</v>
+        <v>83701</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Molenbeek</t>
+          <t>Mamoiselle Margot</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Géal, TOONE VII</t>
         </is>
       </c>
       <c r="E249" s="2"/>
-      <c r="F249" s="2"/>
+      <c r="F249" s="2" t="inlineStr">
+        <is>
+          <t>marionnette</t>
+        </is>
+      </c>
       <c r="G249" s="2"/>
-      <c r="H249" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>83708</v>
+        <v>83703</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Clémenceau</t>
+          <t>Buste de Léopold II</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Anonyme, N.</t>
         </is>
       </c>
       <c r="E250" s="2"/>
-      <c r="F250" s="2"/>
-      <c r="G250" s="2"/>
+      <c r="F250" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G250" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>83709</v>
+        <v>83959</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Ch. Ninove</t>
+          <t>9 études de portraits</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E251" s="2"/>
-      <c r="F251" s="2"/>
-      <c r="G251" s="2"/>
+      <c r="F251" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G251" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>83965</v>
+        <v>83704</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>L'odalisque</t>
+          <t>Buste de Léopold Ier</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Geefs, Willem</t>
         </is>
       </c>
       <c r="E252" s="2"/>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>83710</v>
+        <v>83960</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - quai halage</t>
+          <t>9 études de portraits</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E253" s="2"/>
-      <c r="F253" s="2"/>
+      <c r="F253" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>83711</v>
+        <v>83961</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Anderlecht</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E254" s="2"/>
-      <c r="F254" s="2"/>
+      <c r="F254" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>83651</v>
+        <v>83706</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Saint Gilles l ermite</t>
+          <t>Travaux au canal de Charleroi en 1929 - Molenbeek</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Van Valckenborgh, Lucas</t>
-[...16 lines deleted...]
-      </c>
+          <t>Piryns, Désiré</t>
+        </is>
+      </c>
+      <c r="E255" s="2"/>
+      <c r="F255" s="2"/>
+      <c r="G255" s="2"/>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>83729</v>
+        <v>83707</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Portrait du gouverneur de Stassart</t>
+          <t>Travaux au canal de Charleroi en 1930 - Molenbeek</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Odevaere, Joseph Denis</t>
-[...6 lines deleted...]
-      </c>
+          <t>Piryns, Désiré</t>
+        </is>
+      </c>
+      <c r="E256" s="2"/>
       <c r="F256" s="2"/>
-      <c r="G256" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H256" s="2"/>
+      <c r="G256" s="2"/>
+      <c r="H256" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>83652</v>
+        <v>83708</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Liedts, gouverneur du Brabant</t>
+          <t>Travaux au canal de Charleroi en 1930 - Clémenceau</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Portaels, Jean-François</t>
-[...6 lines deleted...]
-      </c>
+          <t>Piryns, Désiré</t>
+        </is>
+      </c>
+      <c r="E257" s="2"/>
       <c r="F257" s="2"/>
-      <c r="G257" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H257" s="2"/>
+      <c r="G257" s="2"/>
+      <c r="H257" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>83746</v>
+        <v>83709</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>La Senne à Bruxelles</t>
+          <t>Travaux au canal de Charleroi en 1930 - Ch. Ninove</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Van Moer, Jean-Baptiste</t>
-[...17 lines deleted...]
-      <c r="H258" s="2"/>
+          <t>Piryns, Désiré</t>
+        </is>
+      </c>
+      <c r="E258" s="2"/>
+      <c r="F258" s="2"/>
+      <c r="G258" s="2"/>
+      <c r="H258" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>83650</v>
+        <v>83965</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Le jardin abandonné</t>
+          <t>L'odalisque</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Frederic, Léon</t>
-[...7 lines deleted...]
-      <c r="F259" s="2"/>
+          <t>Counhaye, Charles</t>
+        </is>
+      </c>
+      <c r="E259" s="2"/>
+      <c r="F259" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H259" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H259" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>83678</v>
+        <v>83710</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Femme au collier bleu</t>
+          <t>Travaux au canal de Charleroi en 1930 - quai halage</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Ciamberlani, Albert</t>
-[...16 lines deleted...]
-      </c>
+          <t>Piryns, Désiré</t>
+        </is>
+      </c>
+      <c r="E260" s="2"/>
+      <c r="F260" s="2"/>
+      <c r="G260" s="2"/>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>83564</v>
+        <v>83711</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>En rabattant les voix</t>
+          <t>Travaux au canal de Charleroi en 1930 - Anderlecht</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Calonne, Jacques</t>
-[...6 lines deleted...]
-      </c>
+          <t>Piryns, Désiré</t>
+        </is>
+      </c>
+      <c r="E261" s="2"/>
       <c r="F261" s="2"/>
-      <c r="G261" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H261" s="2"/>
+      <c r="G261" s="2"/>
+      <c r="H261" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>83565</v>
+        <v>83651</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Défilé de mode</t>
+          <t>Saint Gilles l ermite</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Gryson, Marthe</t>
+          <t>Van Valckenborgh, Lucas</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
-[...3 lines deleted...]
-      <c r="G262" s="2"/>
+          <t>1585 - </t>
+        </is>
+      </c>
+      <c r="F262" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G262" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>églomisé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>83570</v>
+        <v>83729</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux Fleurs</t>
+          <t>Portrait du gouverneur de Stassart</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Aubry, M. L.</t>
+          <t>Odevaere, Joseph Denis</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1825 - 1825</t>
         </is>
       </c>
       <c r="F263" s="2"/>
-      <c r="G263" s="2"/>
+      <c r="G263" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H263" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>83571</v>
+        <v>83652</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Forme brune sur fond jaune</t>
+          <t>Portrait de Charles Liedts, gouverneur du Brabant</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Andal, Michèle</t>
+          <t>Portaels, Jean-François</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1852 - </t>
         </is>
       </c>
       <c r="F264" s="2"/>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, peinture acrylique, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H264" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>83572</v>
+        <v>83746</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Clowns</t>
+          <t>La Senne à Bruxelles</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Bolle, Martin</t>
+          <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
-[...2 lines deleted...]
-      <c r="F265" s="2"/>
+          <t>1864 - 1864</t>
+        </is>
+      </c>
+      <c r="F265" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H265" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H265" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>83574</v>
+        <v>83650</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Le jardin abandonné</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Carcan, René</t>
+          <t>Frederic, Léon</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F266" s="2"/>
-      <c r="G266" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G266" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H266" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>83646</v>
+        <v>83678</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Sainte Gudule</t>
+          <t>Femme au collier bleu</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Dubois, Raphaël</t>
+          <t>Ciamberlani, Albert</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
-[...2 lines deleted...]
-      <c r="F267" s="2"/>
+          <t>1899 - </t>
+        </is>
+      </c>
+      <c r="F267" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H267" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H267" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>83688</v>
+        <v>83564</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Paysage en sous-bois</t>
+          <t>En rabattant les voix</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>De Vleeschouwer, Ernest Gustave</t>
+          <t>Calonne, Jacques</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1905 - </t>
+        </is>
+      </c>
+      <c r="F268" s="2"/>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>gouache, papier</t>
+        </is>
+      </c>
+      <c r="H268" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>83720</v>
+        <v>83565</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>La tranchée</t>
+          <t>Défilé de mode</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Gryson, Marthe</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F269" s="2"/>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>églomisé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>83741</v>
+        <v>83570</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Les Pauvres</t>
+          <t>Nature morte aux Fleurs</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Aubry, M. L.</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F270" s="2"/>
       <c r="G270" s="2"/>
-      <c r="H270" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H270" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>83810</v>
+        <v>83571</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>La route, le Brabant dévasté</t>
+          <t>Forme brune sur fond jaune</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Andal, Michèle</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
-[...7 lines deleted...]
-      <c r="G271" s="2"/>
+          <t>1905 - </t>
+        </is>
+      </c>
+      <c r="F271" s="2"/>
+      <c r="G271" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, peinture acrylique, toile</t>
+        </is>
+      </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>83811</v>
+        <v>83572</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Le moulin</t>
+          <t>Clowns</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Bolle, Martin</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F272" s="2"/>
-      <c r="G272" s="2"/>
+      <c r="G272" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>83812</v>
+        <v>83574</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>L'incendie</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Carcan, René</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F273" s="2"/>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>83813</v>
+        <v>83646</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>L'église</t>
+          <t>Sainte Gudule</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Dubois, Raphaël</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F274" s="2"/>
-      <c r="G274" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G274" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H274" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>83814</v>
+        <v>83688</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>L'église sous la neige</t>
+          <t>Paysage en sous-bois</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>De Vleeschouwer, Ernest Gustave</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
-[...3 lines deleted...]
-      <c r="G275" s="2"/>
+          <t>1906 - </t>
+        </is>
+      </c>
+      <c r="F275" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G275" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>83817</v>
+        <v>83720</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>La maison</t>
+          <t>La tranchée</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F276" s="2"/>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>83818</v>
+        <v>83741</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Le village</t>
+          <t>Les Pauvres</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F277" s="2"/>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>84098</v>
+        <v>83810</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Loosduinen</t>
+          <t>La route, le Brabant dévasté</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Smeers,  Frans</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G278" s="2"/>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>84036</v>
+        <v>83811</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Heureux ceux qui meurent pour la patrie</t>
+          <t>Le moulin</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Delville, Jean</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F279" s="2"/>
-      <c r="G279" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H279" s="2"/>
+      <c r="G279" s="2"/>
+      <c r="H279" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>84060</v>
+        <v>83812</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Portrait du docteur Bordet</t>
+          <t>L'incendie</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Madyol, Jacques</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1914 - </t>
+        </is>
+      </c>
+      <c r="F280" s="2"/>
+      <c r="G280" s="2"/>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>83667</v>
+        <v>83813</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Une Mère et son enfant</t>
+          <t>L'église</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Permeke, Constant</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F281" s="2"/>
-      <c r="G281" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H281" s="2"/>
+      <c r="G281" s="2"/>
+      <c r="H281" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>83648</v>
+        <v>83814</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>La foire du Midi</t>
+          <t>L'église sous la neige</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Massonet, Armand</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F282" s="2"/>
-      <c r="G282" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H282" s="2"/>
+      <c r="G282" s="2"/>
+      <c r="H282" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>83804</v>
+        <v>83817</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>L'apprenti</t>
+          <t>La maison</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Debonnaires, Fernand</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F283" s="2"/>
-      <c r="G283" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H283" s="2"/>
+      <c r="G283" s="2"/>
+      <c r="H283" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>83560</v>
+        <v>83818</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Kermesse à Boendael</t>
+          <t>Le village</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Bailly, Albert</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1927 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F284" s="2"/>
-      <c r="G284" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H284" s="2"/>
+      <c r="G284" s="2"/>
+      <c r="H284" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>83671</v>
+        <v>84098</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Travaux du Canal de Charleroi en 1930 - Quais</t>
+          <t>Loosduinen</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Smeers,  Frans</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
-[...3 lines deleted...]
-      <c r="G285" s="2"/>
+          <t>1917 - </t>
+        </is>
+      </c>
+      <c r="F285" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G285" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>83705</v>
+        <v>84036</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Allégorie des travaux agricoles</t>
+          <t>Heureux ceux qui meurent pour la patrie</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Maes, Jacques</t>
+          <t>Delville, Jean</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F286" s="2"/>
       <c r="G286" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H286" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>83589</v>
+        <v>84060</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Bietje, ma fille</t>
+          <t>Portrait du docteur Bordet</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Logelain, Henri</t>
+          <t>Madyol, Jacques</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
-[...2 lines deleted...]
-      <c r="F287" s="2"/>
+          <t>1921 - </t>
+        </is>
+      </c>
+      <c r="F287" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H287" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H287" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>83833</v>
+        <v>83667</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>La vieille dame</t>
+          <t>Une Mère et son enfant</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Permeke, Constant</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1941 - </t>
-[...7 lines deleted...]
-      <c r="G288" s="2"/>
+          <t>1921 - </t>
+        </is>
+      </c>
+      <c r="F288" s="2"/>
+      <c r="G288" s="2" t="inlineStr">
+        <is>
+          <t>fusain, papier</t>
+        </is>
+      </c>
       <c r="H288" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>83673</v>
+        <v>83648</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>La foire du Midi</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Pizzoni, N.</t>
+          <t>Massonet, Armand</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
-[...6 lines deleted...]
-      </c>
+          <t>1923 - </t>
+        </is>
+      </c>
+      <c r="F289" s="2"/>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H289" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>83958</v>
+        <v>83804</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>L'apprenti</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Debonnaires, Fernand</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F290" s="2"/>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H290" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>83772</v>
+        <v>83560</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Le square de l'Industrie sous la neige</t>
+          <t>Kermesse à Boendael</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Ghobert, Jules</t>
+          <t>Bailly, Albert</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1942 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1927 - </t>
+        </is>
+      </c>
+      <c r="F291" s="2"/>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H291" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>83630</v>
+        <v>83671</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>La cure de sainte Gudule</t>
+          <t>Travaux du Canal de Charleroi en 1930 - Quais</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>Canneel, Jules-Marie</t>
+          <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1942 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1930 - </t>
+        </is>
+      </c>
+      <c r="F292" s="2"/>
+      <c r="G292" s="2"/>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>84116</v>
+        <v>83705</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Buste du gouverneur Hansez</t>
+          <t>Allégorie des travaux agricoles</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>De Bremaecker, Eugène Jean</t>
+          <t>Maes, Jacques</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1945 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - </t>
+        </is>
+      </c>
+      <c r="F293" s="2"/>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H293" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>83644</v>
+        <v>83589</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Chemin de fer à Boitsfort</t>
+          <t>Bietje, ma fille</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Lespes, Jules</t>
+          <t>Logelain, Henri</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1947 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1934 - </t>
+        </is>
+      </c>
+      <c r="F294" s="2"/>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H294" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>83843</v>
+        <v>83833</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>La malade</t>
+          <t>La vieille dame</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1948</t>
-[...2 lines deleted...]
-      <c r="F295" s="2"/>
+          <t>1941 - </t>
+        </is>
+      </c>
+      <c r="F295" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>83969</v>
+        <v>83673</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>La douairière</t>
+          <t>Maternité</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Pizzoni, N.</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
-[...2 lines deleted...]
-      <c r="F296" s="2"/>
+          <t>1941 - 1960</t>
+        </is>
+      </c>
+      <c r="F296" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>84015</v>
+        <v>83958</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Penseur</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F297" s="2"/>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>83847</v>
+        <v>83772</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Le square de l'Industrie sous la neige</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Ghobert, Jules</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1953 - </t>
-[...3 lines deleted...]
-      <c r="G298" s="2"/>
+          <t>1942 - </t>
+        </is>
+      </c>
+      <c r="F298" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G298" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H298" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>84002</v>
+        <v>83630</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille triste</t>
+          <t>La cure de sainte Gudule</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Canneel, Jules-Marie</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1954 - </t>
-[...2 lines deleted...]
-      <c r="F299" s="2"/>
+          <t>1942 - </t>
+        </is>
+      </c>
+      <c r="F299" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>83967</v>
+        <v>84116</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Femme assise</t>
+          <t>Buste du gouverneur Hansez</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>De Bremaecker, Eugène Jean</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
-          <t>1954 - 1954</t>
+          <t>1945 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...3 lines deleted...]
-      <c r="H300" s="2"/>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G300" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H300" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>83751</v>
+        <v>83644</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Les temps oubliés</t>
+          <t>Chemin de fer à Boitsfort</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Bonnet, Anne</t>
+          <t>Lespes, Jules</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
-[...2 lines deleted...]
-      <c r="F301" s="2"/>
+          <t>1947 - </t>
+        </is>
+      </c>
+      <c r="F301" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H301" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H301" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>83649</v>
+        <v>83843</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>La statue qui bouge</t>
+          <t>La malade</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Edgard</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1948 - 1948</t>
+        </is>
+      </c>
+      <c r="F302" s="2"/>
+      <c r="G302" s="2"/>
       <c r="H302" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>83937</v>
+        <v>83969</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Colloque religieux à Dax</t>
+          <t>La douairière</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F303" s="2"/>
-      <c r="G303" s="2"/>
-      <c r="H303" s="2"/>
+      <c r="G303" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H303" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>83855</v>
+        <v>84015</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Le pigeon mort</t>
+          <t>Penseur</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1957 - 1957</t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F304" s="2"/>
-      <c r="G304" s="2"/>
-      <c r="H304" s="2"/>
+      <c r="G304" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H304" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>83884</v>
+        <v>83847</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Indonésienne</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1953 - </t>
         </is>
       </c>
       <c r="F305" s="2"/>
-      <c r="G305" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G305" s="2"/>
+      <c r="H305" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>84021</v>
+        <v>84002</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait</t>
+          <t>Jeune fille triste</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1959 - </t>
+          <t>1954 - </t>
         </is>
       </c>
       <c r="F306" s="2"/>
-      <c r="G306" s="2"/>
-      <c r="H306" s="2"/>
+      <c r="G306" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H306" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>83897</v>
+        <v>83967</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Espagnols en deuil</t>
+          <t>Femme assise</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
-[...7 lines deleted...]
-      </c>
+          <t>1954 - 1954</t>
+        </is>
+      </c>
+      <c r="F307" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G307" s="2"/>
       <c r="H307" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>83908</v>
+        <v>83751</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Nu à l'atelier</t>
+          <t>Les temps oubliés</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Bonnet, Anne</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F308" s="2"/>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H308" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>83725</v>
+        <v>83649</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Portrait du gouverneur de Brabant, M. de Neef</t>
+          <t>La statue qui bouge</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Swyncop, Charles</t>
+          <t>Tytgat, Edgard</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1961 - </t>
-[...2 lines deleted...]
-      <c r="F309" s="2"/>
+          <t>1955 - </t>
+        </is>
+      </c>
+      <c r="F309" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H309" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>84114</v>
+        <v>83937</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Buste de la reine Fabiola</t>
+          <t>Colloque religieux à Dax</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
-          <t>Cliquet, René</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
-[...16 lines deleted...]
-      </c>
+          <t>1955 - </t>
+        </is>
+      </c>
+      <c r="F310" s="2"/>
+      <c r="G310" s="2"/>
+      <c r="H310" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>83612</v>
+        <v>83855</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Rue aux Laines 1900</t>
+          <t>Le pigeon mort</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Wallet, Taf</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1962 - 1962</t>
-[...11 lines deleted...]
-      </c>
+          <t>1957 - 1957</t>
+        </is>
+      </c>
+      <c r="F311" s="2"/>
+      <c r="G311" s="2"/>
       <c r="H311" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>83594</v>
+        <v>83884</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Notik</t>
+          <t>Indonésienne</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Rets, Jean</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F312" s="2"/>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H312" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H312" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>83559</v>
+        <v>84021</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Faisceau</t>
+          <t>Autoportrait</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Bogaerts, Gaston</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
-[...16 lines deleted...]
-      </c>
+          <t>1959 - </t>
+        </is>
+      </c>
+      <c r="F313" s="2"/>
+      <c r="G313" s="2"/>
+      <c r="H313" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>100239</v>
+        <v>83897</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles intemporelle</t>
+          <t>Espagnols en deuil</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
-      <c r="D314" s="2"/>
+      <c r="D314" s="2" t="inlineStr">
+        <is>
+          <t>Counhaye, Charles</t>
+        </is>
+      </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
-[...7 lines deleted...]
-      <c r="G314" s="2"/>
+          <t>1960 - </t>
+        </is>
+      </c>
+      <c r="F314" s="2"/>
+      <c r="G314" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H314" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>83609</v>
+        <v>83908</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Série "Site"</t>
+          <t>Nu à l'atelier</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Fastenaekens, Gilbert</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1960 - </t>
+        </is>
+      </c>
+      <c r="F315" s="2"/>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H315" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
+        <v>83725</v>
+      </c>
+      <c r="B316" s="2" t="inlineStr">
+        <is>
+          <t>Portrait du gouverneur de Brabant, M. de Neef</t>
+        </is>
+      </c>
+      <c r="C316" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D316" s="2" t="inlineStr">
+        <is>
+          <t>Swyncop, Charles</t>
+        </is>
+      </c>
+      <c r="E316" s="2" t="inlineStr">
+        <is>
+          <t>1961 - </t>
+        </is>
+      </c>
+      <c r="F316" s="2"/>
+      <c r="G316" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H316" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="1" t="n">
+        <v>84114</v>
+      </c>
+      <c r="B317" s="2" t="inlineStr">
+        <is>
+          <t>Buste de la reine Fabiola</t>
+        </is>
+      </c>
+      <c r="C317" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D317" s="2" t="inlineStr">
+        <is>
+          <t>Cliquet, René</t>
+        </is>
+      </c>
+      <c r="E317" s="2" t="inlineStr">
+        <is>
+          <t>1962 - </t>
+        </is>
+      </c>
+      <c r="F317" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
+      <c r="G317" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H317" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
+      <c r="A318" s="1" t="n">
+        <v>83612</v>
+      </c>
+      <c r="B318" s="2" t="inlineStr">
+        <is>
+          <t>Rue aux Laines 1900</t>
+        </is>
+      </c>
+      <c r="C318" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D318" s="2" t="inlineStr">
+        <is>
+          <t>Wallet, Taf</t>
+        </is>
+      </c>
+      <c r="E318" s="2" t="inlineStr">
+        <is>
+          <t>1962 - 1962</t>
+        </is>
+      </c>
+      <c r="F318" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G318" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H318" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
+      <c r="A319" s="1" t="n">
+        <v>83594</v>
+      </c>
+      <c r="B319" s="2" t="inlineStr">
+        <is>
+          <t>Notik</t>
+        </is>
+      </c>
+      <c r="C319" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D319" s="2" t="inlineStr">
+        <is>
+          <t>Rets, Jean</t>
+        </is>
+      </c>
+      <c r="E319" s="2" t="inlineStr">
+        <is>
+          <t>1971 - </t>
+        </is>
+      </c>
+      <c r="F319" s="2"/>
+      <c r="G319" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H319" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
+      <c r="A320" s="1" t="n">
+        <v>83559</v>
+      </c>
+      <c r="B320" s="2" t="inlineStr">
+        <is>
+          <t>Faisceau</t>
+        </is>
+      </c>
+      <c r="C320" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D320" s="2" t="inlineStr">
+        <is>
+          <t>Bogaerts, Gaston</t>
+        </is>
+      </c>
+      <c r="E320" s="2" t="inlineStr">
+        <is>
+          <t>1980 - </t>
+        </is>
+      </c>
+      <c r="F320" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G320" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, toile</t>
+        </is>
+      </c>
+      <c r="H320" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
+      <c r="A321" s="1" t="n">
+        <v>100239</v>
+      </c>
+      <c r="B321" s="2" t="inlineStr">
+        <is>
+          <t>Bruxelles intemporelle</t>
+        </is>
+      </c>
+      <c r="C321" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D321" s="2"/>
+      <c r="E321" s="2" t="inlineStr">
+        <is>
+          <t>1980 - </t>
+        </is>
+      </c>
+      <c r="F321" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G321" s="2"/>
+      <c r="H321" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
+      <c r="A322" s="1" t="n">
+        <v>83609</v>
+      </c>
+      <c r="B322" s="2" t="inlineStr">
+        <is>
+          <t>Série "Site"</t>
+        </is>
+      </c>
+      <c r="C322" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D322" s="2" t="inlineStr">
+        <is>
+          <t>Fastenaekens, Gilbert</t>
+        </is>
+      </c>
+      <c r="E322" s="2" t="inlineStr">
+        <is>
+          <t>1994 - </t>
+        </is>
+      </c>
+      <c r="F322" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G322" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
+      <c r="H322" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
+      <c r="A323" s="1" t="n">
         <v>84047</v>
       </c>
-      <c r="B316" s="2" t="inlineStr">
+      <c r="B323" s="2" t="inlineStr">
         <is>
           <t>Baigneuse</t>
         </is>
       </c>
-      <c r="C316" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D316" s="2" t="inlineStr">
+      <c r="C323" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D323" s="2" t="inlineStr">
         <is>
           <t>Ficher, Julien</t>
         </is>
       </c>
-      <c r="E316" s="2" t="inlineStr">
+      <c r="E323" s="2" t="inlineStr">
         <is>
           <t>23 - </t>
         </is>
       </c>
-      <c r="F316" s="2" t="inlineStr">
+      <c r="F323" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
-      <c r="G316" s="2" t="inlineStr">
+      <c r="G323" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
-      <c r="H316" s="2" t="inlineStr">
+      <c r="H323" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">