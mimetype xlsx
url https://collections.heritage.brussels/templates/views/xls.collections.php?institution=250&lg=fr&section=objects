--- v0 (2025-10-23)
+++ v1 (2026-02-25)
@@ -1583,87 +1583,87 @@
       <c r="A40" s="1" t="n">
         <v>87483</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Feuille de Ville - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Nathalie, Auzépy</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>mobilier monumental</t>
+          <t>mobilier monumental, oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>béton, inox</t>
         </is>
       </c>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
         <v>87491</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Feuille de Ville de Bruxelles </t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Nathalie, Auzépy</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>mobilier monumental</t>
+          <t>mobilier monumental, oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>inox, béton</t>
         </is>
       </c>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>100241</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Constant Montald </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
@@ -1715,51 +1715,51 @@
       <c r="A44" s="1" t="n">
         <v>99244</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Mur Mu(u)rs épars</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Limontas , Louise</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>installation</t>
+          <t>installation, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>acier, béton</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>macramé, tissage</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>