--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H375"/>
+  <dimension ref="A1:H378"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -3595,9759 +3595,9879 @@
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1864 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>moulé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>86393</v>
+        <v>105566</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Fontaine De Brouckère (VdB)</t>
+          <t>Pierre Théodore Verhaegen (ULB)</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Dunion, Pierre Louis / Beyaert, Henri / Houtstont, Georges / Fiers, Edouard</t>
+          <t>Geefs, Guillaume / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1866 - </t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre, marbre</t>
-[...2 lines deleted...]
-      <c r="H112" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H112" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture, technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>53472</v>
+        <v>86393</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Esclaves en fuite repris par des chiens (VdB)</t>
+          <t>Fontaine De Brouckère (VdB)</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Legraive, Edmond / Samain, Louis</t>
+          <t>Dunion, Pierre Louis / Beyaert, Henri / Houtstont, Georges / Fiers, Edouard</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1895</t>
+          <t>1866 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, marbre, marbre</t>
         </is>
       </c>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>83290</v>
+        <v>53472</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Monument à Alexandre Gendebien</t>
+          <t>Esclaves en fuite repris par des chiens (VdB)</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Van der Stappen,  Charles</t>
+          <t>Legraive, Edmond / Samain, Louis</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1874 - </t>
+          <t>1869 - 1895</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>83214</v>
+        <v>83290</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Vénus marine (VdB)</t>
+          <t>Monument à Alexandre Gendebien</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Mélot, Égide Hyacinthe</t>
+          <t>Van der Stappen,  Charles</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1876 - </t>
+          <t>1874 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>83186</v>
+        <v>83214</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Diane chasseresse (VdB)</t>
+          <t>Vénus marine (VdB)</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Mélot, Égide Hyacinthe</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1876 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>83210</v>
+        <v>83186</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Monument à Godecharle (VdB)</t>
+          <t>Diane chasseresse (VdB)</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas</t>
+          <t>Mélot, Égide Hyacinthe</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1877 - </t>
+          <t>1876 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre, marbre</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>83211</v>
+        <v>83210</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Cléopâtre mordue par l'aspic (VdB)</t>
+          <t>Monument à Godecharle (VdB)</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>De Vigne, Paul</t>
+          <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1877 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, marbre, marbre</t>
         </is>
       </c>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>83227</v>
+        <v>83211</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Angelot et lionne (VdB)</t>
+          <t>Cléopâtre mordue par l'aspic (VdB)</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Puyenbroeck, Pierre</t>
+          <t>De Vigne, Paul</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>83228</v>
+        <v>83227</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Angelot et canard (VdB)</t>
+          <t>Angelot et lionne (VdB)</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Puyenbroeck, Pierre</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1881 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>83222</v>
+        <v>83228</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Angelot et chevreuil (VdB)</t>
+          <t>Angelot et canard (VdB)</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Puyenbroeck, Pierre</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>97938</v>
+        <v>83222</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Les blanchisseurs</t>
+          <t>Angelot et chevreuil (VdB)</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Puyenbroeck, Pierre</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue, pierre</t>
+        </is>
+      </c>
+      <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>97943</v>
+        <v>97938</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Les merciers</t>
+          <t>Les blanchisseurs</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>97944</v>
+        <v>97943</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Les forgerons</t>
+          <t>Les merciers</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cambier, Louis-Gustave / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>97949</v>
+        <v>97944</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Les chaudronniers et fondeurs</t>
+          <t>Les forgerons</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cambier, Louis-Gustave / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>97958</v>
+        <v>97949</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Les barbiers et chirurgiens</t>
+          <t>Les chaudronniers et fondeurs</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Martens, Jean-Baptiste / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>97959</v>
+        <v>97958</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Les légumiers et scieurs</t>
+          <t>Les barbiers et chirurgiens</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Martens, Jean-Baptiste / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>97960</v>
+        <v>97959</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Les tourneurs sur bois, plâtriers, couvreurs de chaume et vanniers</t>
+          <t>Les légumiers et scieurs</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>97961</v>
+        <v>97960</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Les couteliers</t>
+          <t>Les tourneurs sur bois, plâtriers, couvreurs de chaume et vanniers</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Renodeyn, Julien / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>97973</v>
+        <v>97961</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Les bouchers</t>
+          <t>Les couteliers</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lefever, Edmond / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Renodeyn, Julien / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>97977</v>
+        <v>97973</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Le métier des Quatre Couronnés</t>
+          <t>Les bouchers</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Lefever, Edmond / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>97978</v>
+        <v>97977</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Les armuriers, heaumiers et fourbisseurs</t>
+          <t>Le métier des Quatre Couronnés</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>97979</v>
+        <v>97978</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Les étainiers-plombiers</t>
+          <t>Les armuriers, heaumiers et fourbisseurs</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier / Beyaert, Henri</t>
+          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>97980</v>
+        <v>97979</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Les couvreurs de tuiles</t>
+          <t>Les étainiers-plombiers</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier / Beyaert, Henri</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>98075</v>
+        <v>97980</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Les savetiers</t>
+          <t>Les couvreurs de tuiles</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>97939</v>
+        <v>98075</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Les cordonniers</t>
+          <t>Les savetiers</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>97940</v>
+        <v>97939</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
+          <t>Les cordonniers</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>97941</v>
+        <v>97940</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Les teinturiers</t>
+          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>97942</v>
+        <v>97941</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Les ceinturiers et épingliers</t>
+          <t>Les teinturiers</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>97945</v>
+        <v>97942</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Les tisserands de toile et les marchands de toile</t>
+          <t>Les ceinturiers et épingliers</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>97947</v>
+        <v>97945</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Les charpentiers</t>
+          <t>Les tisserands de toile et les marchands de toile</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>97948</v>
+        <v>97946</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Les bateliers</t>
+          <t>Les fripiers</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>97950</v>
+        <v>97947</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Les drapiers et les tisserands de laine</t>
+          <t>Les charpentiers</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>97951</v>
+        <v>97948</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Les tailleurs</t>
+          <t>Les bateliers</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>97952</v>
+        <v>97950</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Les selliers et charrons</t>
+          <t>Les drapiers et les tisserands de laine</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>97953</v>
+        <v>97951</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t> Les fruitiers (les marchands de fruits)</t>
+          <t>Les tailleurs</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>97954</v>
+        <v>97952</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Les peintres, batteurs d'or et verriers</t>
+          <t>Les selliers et charrons</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>97955</v>
+        <v>97953</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Les serruriers et horlogers </t>
+          <t> Les fruitiers (les marchands de fruits)</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>97956</v>
+        <v>97954</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de vin</t>
+          <t>Les peintres, batteurs d'or et verriers</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>97957</v>
+        <v>97955</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de drap au détail et les chaussetiers</t>
+          <t>Les serruriers et horlogers </t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>97962</v>
+        <v>97956</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Les tonneliers</t>
+          <t>Les marchands de vin</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>97963</v>
+        <v>97957</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Les brodeurs et pelletiers</t>
+          <t>Les marchands de drap au détail et les chaussetiers</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>97964</v>
+        <v>97962</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Les ebénistes</t>
+          <t>Les tonneliers</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>97965</v>
+        <v>97963</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Les passementiers</t>
+          <t>Les brodeurs et pelletiers</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>97966</v>
+        <v>97964</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Les orfèvres</t>
+          <t>Les ebénistes</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>97967</v>
+        <v>97965</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Les graissiers</t>
+          <t>Les passementiers</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>97968</v>
+        <v>97966</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Les gantiers</t>
+          <t>Les orfèvres</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>97969</v>
+        <v>97967</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Les doreurs</t>
+          <t>Les graissiers</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>97970</v>
+        <v>97968</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Les meuniers </t>
+          <t>Les gantiers</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>97971</v>
+        <v>97969</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Les chapeliers, foulons et brandeviniers</t>
+          <t>Les doreurs</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>97972</v>
+        <v>97970</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson salé</t>
+          <t>Les meuniers </t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>97974</v>
+        <v>97971</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Les tapissiers</t>
+          <t>Les chapeliers, foulons et brandeviniers</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>97975</v>
+        <v>97972</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Les brasseurs</t>
+          <t>Les marchands de poisson salé</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>97976</v>
+        <v>97974</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Les boulangers</t>
+          <t>Les tapissiers</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>97982</v>
+        <v>97975</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Les tanneurs</t>
+          <t>Les brasseurs</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>97983</v>
+        <v>97976</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Philippe de Marnix de Sainte-Aldegonde</t>
+          <t>Les boulangers</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Mellery, Xavier / De Vigne, Paul</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1883 - 1887</t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>97984</v>
+        <v>97982</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Abraham Ortelius</t>
+          <t>Les tanneurs</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Stappen, Jean / Lambeaux, Jef / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1883 - 1887</t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre bleue</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>97985</v>
+        <v>97983</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Bernard van Orley</t>
+          <t>Philippe de Marnix de Sainte-Aldegonde</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Mellery, Xavier / Dillens, Juliaan</t>
+          <t>Mellery, Xavier / De Vigne, Paul</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre bleue</t>
+          <t>marbre, pierre</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>97986</v>
+        <v>97984</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Jean de Locquenghien</t>
+          <t>Abraham Ortelius</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Mellery, Xavier / Van den Kerckhove, Godefroid</t>
+          <t>Stappen, Jean / Lambeaux, Jef / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>97987</v>
+        <v>97985</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Gérard Mercator</t>
+          <t>Bernard van Orley</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Mellery, Xavier / Van Biesbroeck, Louis</t>
+          <t>Mellery, Xavier / Dillens, Juliaan</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>97988</v>
+        <v>97986</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Rombaud Dodonée</t>
+          <t>Jean de Locquenghien</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Mellery, Xavier / De Tombay,  Alphonse</t>
+          <t>Mellery, Xavier / Van den Kerckhove, Godefroid</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre</t>
+          <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>97989</v>
+        <v>97987</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Corneille De Vriendt, dit Floris</t>
+          <t>Gérard Mercator</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Mellery, Xavier / Pecher, Jules</t>
+          <t>Mellery, Xavier / Van Biesbroeck, Louis</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>97990</v>
+        <v>97988</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Henri de Bréderode</t>
+          <t>Rombaud Dodonée</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Mellery, Xavier / Van Rasbourgh, Antoine-Joseph</t>
+          <t>Mellery, Xavier / De Tombay,  Alphonse</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre bleue</t>
+          <t>marbre, pierre</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>97991</v>
+        <v>97989</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Louis Van Bodeghem</t>
+          <t>Corneille De Vriendt, dit Floris</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Cuypers, Jean Henri / Mellery, Xavier</t>
+          <t>Mellery, Xavier / Pecher, Jules</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre</t>
+          <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>97992</v>
+        <v>97990</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Guillaume le Taciturne, prince d'Orange</t>
+          <t>Henri de Bréderode</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Mellery, Xavier / Van der Stappen,  Charles</t>
+          <t>Mellery, Xavier / Van Rasbourgh, Antoine-Joseph</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>97993</v>
+        <v>97991</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
+          <t>Louis Van Bodeghem</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Cuypers, Jean Henri / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>marbre, pierre</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>97994</v>
+        <v>97992</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Les arquebusiers</t>
+          <t>Guillaume le Taciturne, prince d'Orange</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Mellery, Xavier / Van der Stappen,  Charles</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>97995</v>
+        <v>97993</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson d'eau douce</t>
+          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>83223</v>
+        <v>97994</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Angelot et sanglier (VdB)</t>
+          <t>Les arquebusiers</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Vietti, Victor</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
-[...2 lines deleted...]
-      <c r="H179" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H179" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>83226</v>
+        <v>97995</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Angelot et lion (VdB)</t>
+          <t>Les marchands de poisson d'eau douce</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Puyenbroeck, Pierre</t>
+          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
-[...2 lines deleted...]
-      <c r="H180" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H180" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>83229</v>
+        <v>83223</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Angelot et chien (VdB)</t>
+          <t>Angelot et sanglier (VdB)</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Puyenbroeck, Pierre</t>
+          <t>Vietti, Victor</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>83310</v>
+        <v>83226</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Le Dompteur de Chevaux (VdB)</t>
+          <t>Angelot et lion (VdB)</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Legraive, Edmond / Vinçotte, Thomas</t>
+          <t>Puyenbroeck, Pierre</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1885 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>83365</v>
+        <v>83229</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Monument au Travail</t>
+          <t>Angelot et chien (VdB)</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Knauer, Mario / Meunier, Constantin / Horta, Victor / Verbeyst</t>
+          <t>Puyenbroeck, Pierre</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1886 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>statue, bas-relief, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>pierre, bronze, marbre</t>
+          <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H183" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>83166</v>
+        <v>83310</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Pieter Langendyck (VdB)</t>
+          <t>Le Dompteur de Chevaux (VdB)</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D184" s="2"/>
+      <c r="D184" s="2" t="inlineStr">
+        <is>
+          <t>Legraive, Edmond / Vinçotte, Thomas</t>
+        </is>
+      </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1886 - </t>
+          <t>1885 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>83167</v>
+        <v>83365</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Joost van den Vondel (VdB)</t>
+          <t>Monument au Travail</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D185" s="2"/>
+      <c r="D185" s="2" t="inlineStr">
+        <is>
+          <t>Knauer, Mario / Meunier, Constantin / Horta, Victor / Verbeyst</t>
+        </is>
+      </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1886 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>statue, bas-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>pierre, bronze, marbre</t>
         </is>
       </c>
       <c r="H185" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>83168</v>
+        <v>83166</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Willem Ogier (VdB)</t>
+          <t>Pieter Langendyck (VdB)</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1886 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, buste</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>86583</v>
+        <v>83167</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative à Anneessens (déplacée)</t>
+          <t>Joost van den Vondel (VdB)</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D187" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1886 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative, oeuvre d'art en espace public</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H187" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>83187</v>
+        <v>83168</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Vénus à la colombe (VdB)</t>
+          <t>Willem Ogier (VdB)</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D188" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1886 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre, laiton</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H188" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>83188</v>
+        <v>86583</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Vénus au miroir (VdB)</t>
+          <t>Plaque commémorative à Anneessens (déplacée)</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Jamaer, Pierre Victor / Geirnaert, Edouard</t>
+          <t>Van Ysendyck,  Jules-Jacques</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1887 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>plaque commémorative, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H189" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>86364</v>
+        <v>83187</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Auguste Orts (VdB)</t>
+          <t>Vénus à la colombe (VdB)</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas / Beyaert, Henri / Houtstont, Georges</t>
+          <t>Desenfans, Albert / Jamaer, Pierre Victor / Ollivier (de Marseille), Philippe Jean Augustin</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre, bronze, pierre</t>
+          <t>pierre bleue, marbre, laiton</t>
         </is>
       </c>
       <c r="H190" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>86526</v>
+        <v>83188</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Saint-Michel terrassant le démon (VdB)</t>
+          <t>Vénus au miroir (VdB)</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Van der Stappen,  Charles / H Luppens &amp; Cie Bruxelles</t>
+          <t>Jamaer, Pierre Victor / Geirnaert, Edouard</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>83221</v>
+        <v>86364</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Flore (VdB)</t>
+          <t>Fontaine Auguste Orts (VdB)</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Vanderheyden, Guillaume</t>
+          <t>Vinçotte, Thomas / Beyaert, Henri / Houtstont, Georges</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1889 - </t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
+          <t>pierre bleue, marbre, bronze, pierre</t>
         </is>
       </c>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>83156</v>
+        <v>86526</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Monument à François Anneessens (VdB)</t>
+          <t>Saint-Michel terrassant le démon (VdB)</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas / Acker, Ernest</t>
+          <t>Van der Stappen,  Charles / H Luppens &amp; Cie Bruxelles</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1889 - </t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H193" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>83158</v>
+        <v>83221</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Monument à Jean-Baptiste Van Helmont (VdB)</t>
+          <t>Flore (VdB)</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Vander Linden, Gérard / de la Censerie, Louis</t>
+          <t>Vanderheyden, Guillaume</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>83206</v>
+        <v>83156</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Le Commerce et la Navigation (VdB)</t>
+          <t>Monument à François Anneessens (VdB)</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Malfait, François / De Rudder, Isidore</t>
+          <t>Vinçotte, Thomas / Acker, Ernest</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1892 - </t>
+          <t>1889 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre, marbre</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H195" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>86607</v>
+        <v>83158</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Les Arts et les Sciences (VdB)</t>
+          <t>Monument à Jean-Baptiste Van Helmont (VdB)</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Malfait, François / Charlier, Guillaume</t>
+          <t>Vander Linden, Gérard / de la Censerie, Louis</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1892 - </t>
+          <t>1889 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre, marbre</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>83302</v>
+        <v>83206</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>La mort d'Ompdrailles</t>
+          <t>Le Commerce et la Navigation (VdB)</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor / Van der Stappen,  Charles</t>
+          <t>Malfait, François / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>groupe sculpté</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>pierre bleue, pierre, marbre</t>
         </is>
       </c>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>83149</v>
+        <v>86607</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>La laitière</t>
+          <t>Les Arts et les Sciences (VdB)</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Malfait, François / Charlier, Guillaume</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1894 - </t>
+          <t>1892 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
+          <t>pierre bleue, pierre, marbre</t>
         </is>
       </c>
       <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>83219</v>
+        <v>83302</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Marie-Madeleine (VdB)</t>
+          <t>La mort d'Ompdrailles</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Samain, Louis</t>
+          <t>Horta, Victor / Van der Stappen,  Charles</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1892 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>pierre, béton, pierre</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>83220</v>
+        <v>83149</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Pomone (VdB)</t>
+          <t>La laitière</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1894 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>pierre, pierre bleue</t>
+          <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>86543</v>
+        <v>83219</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Anspach - Petit bassin (VdB)</t>
+          <t>Marie-Madeleine (VdB)</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Houtstont, Georges / Devreese, Godefroid / Dillens, Julien / Devigne, Paul</t>
+          <t>Samain, Louis</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>fontaine</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>pierre, béton, pierre</t>
         </is>
       </c>
       <c r="H201" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>86362</v>
+        <v>83220</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Anspach - Grand bassin (VdB)</t>
+          <t>Pomone (VdB)</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid / Dillens, Julien / Devigne, Paul / Houtstont, Georges</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>pierre, pierre bleue</t>
         </is>
       </c>
       <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>83380</v>
+        <v>86543</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Les Lutteurs</t>
+          <t>Fontaine Anspach - Petit bassin (VdB)</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Malfait, François / Lambeaux, Jef / Fonderie Van Aerschodt Bruxelles</t>
+          <t>Houtstont, Georges / Devreese, Godefroid / Dillens, Julien / Devigne, Paul</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>fontaine</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze, pierre bleue, bronze</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H203" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>44671</v>
+        <v>86362</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Frédéric de Mérode</t>
+          <t>Fontaine Anspach - Grand bassin (VdB)</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Du Bois, Paul / Van De Velde, Henri / J. Petermann</t>
+          <t>Devreese, Godefroid / Dillens, Julien / Devigne, Paul / Houtstont, Georges</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue</t>
+        </is>
+      </c>
+      <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>83328</v>
+        <v>83380</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Monument à Jenneval</t>
+          <t>Les Lutteurs</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Anciaux, Emile / Crick, Alfred</t>
+          <t>Malfait, François / Lambeaux, Jef / Fonderie Van Aerschodt Bruxelles</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre, marbre</t>
+          <t>pierre bleue, bronze, pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H205" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>83172</v>
+        <v>44671</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Monument à Charles Rogier (VdB)</t>
+          <t>Frédéric de Mérode</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>De Groot, Guillaume</t>
+          <t>Du Bois, Paul / Van De Velde, Henri / J. Petermann</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>granit, bronze</t>
-[...2 lines deleted...]
-      <c r="H206" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H206" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>83391</v>
+        <v>83328</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Monument à Charles Buls (VdB)</t>
+          <t>Monument à Jenneval</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor / Horta, Victor</t>
+          <t>Anciaux, Emile / Crick, Alfred</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1899</t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>pierre, bronze, pierre, bronze</t>
+          <t>pierre bleue, pierre, marbre</t>
         </is>
       </c>
       <c r="H207" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>44270</v>
+        <v>83172</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>L'élément barbare, la société organisée et la civilisation ornée</t>
+          <t>Monument à Charles Rogier (VdB)</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Lalaing, Jacques de / J. Petermann,  / Acker, Ernest</t>
+          <t>De Groot, Guillaume</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>granit, bronze</t>
+        </is>
+      </c>
+      <c r="H208" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>44322</v>
+        <v>83391</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>La folle chanson</t>
+          <t>Monument à Charles Buls (VdB)</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>J. Petermann,  / Lambeaux, Jef / Samyn, Adolphe</t>
+          <t>Rousseau,  Victor / Horta, Victor</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1898 - 1899</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, groupe sculpté</t>
+          <t>bas-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre, bronze, pierre, bronze</t>
+        </is>
+      </c>
+      <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>86344</v>
+        <v>44270</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative 200e anniversaire réédification maisons de la Grand-Place</t>
+          <t>L'élément barbare, la société organisée et la civilisation ornée</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Houtstont, Georges</t>
+          <t>Lalaing, Jacques de / J. Petermann,  / Acker, Ernest</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, plaque commémorative</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre</t>
-[...2 lines deleted...]
-      <c r="H210" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H210" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>83286</v>
+        <v>44322</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Monument à Frère-Orban</t>
+          <t>La folle chanson</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Acker, Ernest / Samuel, Charles</t>
+          <t>J. Petermann,  / Lambeaux, Jef / Samyn, Adolphe</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>pierre, marbre</t>
-[...2 lines deleted...]
-      <c r="H211" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H211" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>83289</v>
+        <v>86344</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Cheval à l'abreuvoir</t>
+          <t>Plaque commémorative 200e anniversaire réédification maisons de la Grand-Place</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Segers, J. / Meunier, Constantin</t>
+          <t>Houtstont, Georges</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, plaque commémorative</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>carton-pierre</t>
         </is>
       </c>
       <c r="H212" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>86388</v>
+        <v>83286</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Bassin en demi-cercle - square Ambiorix (VdB)</t>
+          <t>Monument à Frère-Orban</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Constantin / Bordiau, Gédéon</t>
+          <t>Acker, Ernest / Samuel, Charles</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>pierre, marbre</t>
         </is>
       </c>
       <c r="H213" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>83185</v>
+        <v>83289</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Narcisse (VdB)</t>
+          <t>Cheval à l'abreuvoir</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Grupello, Gabriël / Desenfans, Albert</t>
+          <t>Segers, J. / Meunier, Constantin</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H214" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>83392</v>
+        <v>86388</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Mémorial d'Everard t'Serclaes (VdB)</t>
+          <t>Bassin en demi-cercle - square Ambiorix (VdB)</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Meunier, Constantin / Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, haut-relief, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H215" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>83394</v>
+        <v>83185</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Monument à Pierre Van Humbeeck</t>
+          <t>Narcisse (VdB)</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Barbier, J.L / Samuel, Charles</t>
+          <t>Grupello, Gabriël / Desenfans, Albert</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H216" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>45049</v>
+        <v>83392</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Monument à George Brugmann (VdB)</t>
+          <t>Mémorial d'Everard t'Serclaes (VdB)</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Juliaan / Lagae, Jules / Horta, Victor / Dillens, Gustave</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public, buste</t>
+          <t>bas-relief, haut-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H217" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>68163</v>
+        <v>83394</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Neptune (RBC)</t>
+          <t>Monument à Pierre Van Humbeeck</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Sangiorgi,  / Jean Bologne, dit Giambologna</t>
+          <t>Barbier, J.L / Samuel, Charles</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>bas-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H218" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>83224</v>
+        <v>45049</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Le Printemps (VdB)</t>
+          <t>Monument à George Brugmann (VdB)</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Poelaert, Victor / Herain, Jean</t>
+          <t>Dillens, Juliaan / Lagae, Jules / Horta, Victor / Dillens, Gustave</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
-[...2 lines deleted...]
-      <c r="H219" s="2"/>
+          <t>marbre, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H219" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>83225</v>
+        <v>68163</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>L'Été (VdB)</t>
+          <t>Fontaine Neptune (RBC)</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Herain, Jean</t>
+          <t>Sangiorgi,  / Jean Bologne, dit Giambologna</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H220" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>83288</v>
+        <v>83224</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>La Cigale</t>
+          <t>Le Printemps (VdB)</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Namur, Emile</t>
+          <t>Poelaert, Victor / Herain, Jean</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H221" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>83307</v>
+        <v>83225</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>La lutte équestre</t>
+          <t>L'Été (VdB)</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Diongre, Joseph / Lalaing, Jacques de</t>
+          <t>Herain, Jean</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H222" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>83283</v>
+        <v>83288</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Mémorial Julien Dillens</t>
+          <t>La Cigale</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Lagae, Jules / Acker, Ernest / Dillens, Gustave</t>
+          <t>Namur, Emile</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>marbre, granit, bronze</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H223" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>83284</v>
+        <v>83307</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Sollicitude maternelle</t>
+          <t>La lutte équestre</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Legraive, R. / Laloux, Émile / Wolfers, Philippe</t>
+          <t>Diongre, Joseph / Lalaing, Jacques de</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H224" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>83324</v>
+        <v>83283</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Monument à Francisco Ferrer</t>
+          <t>Mémorial Julien Dillens</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Puissant, Adolphe / Puttemans, Auguste</t>
+          <t>Lagae, Jules / Acker, Ernest / Dillens, Gustave</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>bas-relief, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue, granit</t>
+          <t>marbre, granit, bronze</t>
         </is>
       </c>
       <c r="H225" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>86534</v>
+        <v>83284</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Comtes d'Egmont et de Hornes</t>
+          <t>Sollicitude maternelle</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Huybrechts, Paul</t>
+          <t>Legraive, R. / Laloux, Émile / Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H226" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>83300</v>
+        <v>83324</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Monument aux Victimes du Naufrage du premier Navire-Ecole belge (VdB)</t>
+          <t>Monument à Francisco Ferrer </t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Van Neck, Joseph / Samuel, Charles</t>
+          <t>Puissant, Adolphe / Puttemans, Auguste</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>pierre, marbre</t>
+          <t>bronze, pierre bleue, granit</t>
         </is>
       </c>
       <c r="H227" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>53436</v>
+        <v>86534</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Monument du Congo ou Monument à la mémoire des belges morts pour l'œuvre coloniale</t>
+          <t>Comtes d'Egmont et de Hornes</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Acker, Ernest / Vinçotte, Thomas</t>
+          <t>Huybrechts, Paul</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1912 - 1921</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, oeuvre d'art en espace public</t>
+          <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H228" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>44458</v>
+        <v>83300</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Monument aux Victimes du Naufrage du premier Navire-Ecole belge (VdB)</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>Frampton, Georges</t>
+          <t>Van Neck, Joseph / Samuel, Charles</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre, marbre</t>
+        </is>
+      </c>
+      <c r="H229" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>45531</v>
+        <v>53436</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Monument à Max Waller</t>
+          <t>Monument du Congo ou Monument à la mémoire des belges morts pour l'œuvre coloniale</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor / Van Neck, Joseph</t>
+          <t>Acker, Ernest / Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1912 - 1921</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, bas-relief</t>
+          <t>monument commémoratif, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H230" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>83173</v>
+        <v>44458</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>La Brabançonne (VdB)</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Samuel, Charles / Malfait, François</t>
+          <t>Frampton, Georges</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>1918 - 1930</t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
-[...2 lines deleted...]
-      <c r="H231" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H231" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>83309</v>
+        <v>45531</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Monument à Camille Lemonnier</t>
+          <t>Monument à Max Waller</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor / Braecke, Pieter</t>
+          <t>Rousseau,  Victor / Van Neck, Joseph</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, bas-relief</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>pierre, pierre</t>
-[...2 lines deleted...]
-      <c r="H232" s="2"/>
+          <t>bronze, marbre, pierre</t>
+        </is>
+      </c>
+      <c r="H232" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>83169</v>
+        <v>83173</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>La Maturité (VdB)</t>
+          <t>La Brabançonne (VdB)</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor</t>
+          <t>Samuel, Charles / Malfait, François</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1918 - 1930</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>86558</v>
+        <v>83309</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Fontaine des Naïades (VdB)</t>
+          <t>Monument à Camille Lemonnier</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Marin, Jacques</t>
+          <t>Horta, Victor / Braecke, Pieter</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>fontaine, mobilier espace public</t>
+          <t>bas-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>fonte, pierre bleue, bronze, marbre</t>
+          <t>pierre, pierre</t>
         </is>
       </c>
       <c r="H234" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>83150</v>
+        <v>83169</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Monument à Gabrielle Petit</t>
+          <t>La Maturité (VdB)</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Rombaux, Egide</t>
+          <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H235" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>86599</v>
+        <v>86558</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative à Byron</t>
+          <t>Fontaine des Naïades (VdB)</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D236" s="2"/>
+      <c r="D236" s="2" t="inlineStr">
+        <is>
+          <t>Marin, Jacques</t>
+        </is>
+      </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative, oeuvre d'art en espace public</t>
+          <t>fontaine, mobilier espace public</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>fonte, pierre bleue, bronze, marbre</t>
         </is>
       </c>
       <c r="H236" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>44716</v>
+        <v>83150</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Général Brialmont (VdB)</t>
+          <t>Monument à Gabrielle Petit</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Huygelen, Frans</t>
+          <t>Rombaux, Egide</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1927</t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue, bronze</t>
+        </is>
+      </c>
+      <c r="H237" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>83204</v>
+        <v>86599</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Méléagre vainqueur (VdB)</t>
+          <t>plaque commémorative à Byron</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D238" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>plaque commémorative, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H238" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>83205</v>
+        <v>44716</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Adonis tué par un sanglier (VdB)</t>
+          <t>Général Brialmont (VdB)</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Marin, Jacques</t>
+          <t>Huygelen, Frans</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1924 - 1927</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre</t>
-[...2 lines deleted...]
-      <c r="H239" s="2"/>
+          <t>marbre, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H239" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>83215</v>
+        <v>83204</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Charité (VdB)</t>
+          <t>Méléagre vainqueur (VdB)</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Marin, Jacques</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H240" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>45122</v>
+        <v>83205</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Léopold II (FED)</t>
+          <t>Adonis tué par un sanglier (VdB)</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas / Malfait, François</t>
+          <t>Marin, Jacques</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue, pierre</t>
+        </is>
+      </c>
+      <c r="H241" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>86600</v>
+        <v>83215</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Mémorial U.R.B.S.F.A. (retirée)</t>
+          <t>Charité (VdB)</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>d'Haveloose, Marnix</t>
+          <t>Marin, Jacques</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>haut-relief, plaque commémorative, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H242" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>44457</v>
+        <v>45122</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Au soldat français inconnu tombé sur le sol belge pendant la guerre 1914-18 (VdB)</t>
+          <t>Léopold II (FED)</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Salu, Ernest II / Desmaré, Mathieu / Malfait, François</t>
+          <t>Vinçotte, Thomas / Malfait, François</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1926</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, groupe sculpté</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue, bronze</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>53435</v>
+        <v>86600</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Monument au Général Thys</t>
+          <t>Mémorial U.R.B.S.F.A. (retirée)</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas / Verbeyst,  / Huygelen, Frans</t>
+          <t>d'Haveloose, Marnix</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>haut-relief, plaque commémorative, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>bronze, granit</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H244" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>83318</v>
+        <v>44457</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Mémorial Paul Émile Janson</t>
+          <t>Au soldat français inconnu tombé sur le sol belge pendant la guerre 1914-18 (VdB)</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Govaerts, Léon Emmanuel / Rombaux, Egide</t>
+          <t>Salu, Ernest II / Desmaré, Mathieu / Malfait, François</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1925 - 1926</t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
-[...2 lines deleted...]
-      <c r="H245" s="2"/>
+          <t>bronze, pierre bleue, bronze</t>
+        </is>
+      </c>
+      <c r="H245" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>83366</v>
+        <v>53435</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Mémorial aux Héros laekenois</t>
+          <t>Monument au Général Thys</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Desmaré, Mathieu / Verbeyst</t>
+          <t>Vinçotte, Thomas / Verbeyst,  / Huygelen, Frans</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>statue, bas-relief, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, bronze, bronze</t>
+          <t>bronze, granit</t>
         </is>
       </c>
       <c r="H246" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>44455</v>
+        <v>83318</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Monument aux aviateurs et aérostiers tombés pendant la guerre</t>
+          <t>Mémorial Paul Émile Janson</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>De Soete, Pierre / Brunfaut, Jules / Verbeyst</t>
+          <t>Govaerts, Léon Emmanuel / Rombaux, Egide</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, groupe sculpté, haut-relief</t>
+          <t>buste, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>bronze, granit, pierre bleue</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>83165</v>
+        <v>83366</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Monument aux Morts des 9e et 29e Régiments de Ligne (VdB)</t>
+          <t>Mémorial aux Héros laekenois</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Voets , Herman / Voets, Victor / Verbeyst</t>
+          <t>Desmaré, Mathieu / Verbeyst</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>statue, bas-relief, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>carton-pierre, bronze, bronze</t>
         </is>
       </c>
       <c r="H248" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>83301</v>
+        <v>44455</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Mémorial à Charles Buls et Emile De Mot (VdB)</t>
+          <t>Monument aux aviateurs et aérostiers tombés pendant la guerre</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Van Neck, Joseph / Rousseau,  Victor / Verbeyst</t>
+          <t>De Soete, Pierre / Brunfaut, Jules / Verbeyst</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, buste, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>oeuvre d'art en espace public, groupe sculpté, haut-relief</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze, laiton</t>
+          <t>bronze, granit, pierre bleue</t>
         </is>
       </c>
       <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>83159</v>
+        <v>83165</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Mémorial Léon Lepage (VdB)</t>
+          <t>Monument aux Morts des 9e et 29e Régiments de Ligne (VdB)</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>De Bremaecker, Eugène Jean / de Raed, Albert / Malfait, François</t>
+          <t>Voets , Herman / Voets, Victor / Verbeyst</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H250" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>83293</v>
+        <v>83301</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Naissance d'une Nation</t>
+          <t>Mémorial à Charles Buls et Emile De Mot (VdB)</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Vandekerckhove,  / Vos, Marius</t>
+          <t>Van Neck, Joseph / Rousseau,  Victor / Verbeyst</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, buste, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, bronze, laiton</t>
         </is>
       </c>
       <c r="H251" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>99283</v>
+        <v>83159</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Bas-relief de l'ancienne Imprimerie du quotidien Le Peuple</t>
+          <t>Mémorial Léon Lepage (VdB)</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Ledel, Dolf</t>
+          <t>De Bremaecker, Eugène Jean / de Raed, Albert / Malfait, François</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, bas-relief</t>
+          <t>bas-relief, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H252" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>83317</v>
+        <v>83293</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Monument aux Marolles</t>
+          <t>Naissance d'une Nation</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Wolf, Maurice</t>
+          <t>Vandekerckhove,  / Vos, Marius</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>granit, ciment</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H253" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>83382</v>
+        <v>99283</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Le Semeur</t>
+          <t>Bas-relief de l'ancienne Imprimerie du quotidien Le Peuple</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Desmaré, Mathieu / Rombaux, Jean / Verbeyst</t>
+          <t>Ledel, Dolf</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>oeuvre d'art en espace public, bas-relief</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>83163</v>
+        <v>83317</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Monument aux Colombophiles et au Pigeon-Soldat</t>
+          <t>Monument aux Marolles</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Hano, Georges / Voets, Victor</t>
+          <t>Wolf, Maurice</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>bas-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, granit, bronze</t>
+          <t>granit, ciment</t>
         </is>
       </c>
       <c r="H255" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>83311</v>
+        <v>83382</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Monument au baron Maurice Lemonnier</t>
+          <t>Le Semeur</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Malfait, François / Huygelen, Frans</t>
+          <t>Desmaré, Mathieu / Rombaux, Jean / Verbeyst</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre, laiton</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H256" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>83312</v>
+        <v>83163</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Monument à Ernest Solvay</t>
+          <t>Monument aux Colombophiles et au Pigeon-Soldat</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Blomme, Henri / Rombaux, Egide</t>
+          <t>Hano, Georges / Voets, Victor</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
+          <t>pierre bleue, granit, bronze</t>
         </is>
       </c>
       <c r="H257" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>83379</v>
+        <v>83311</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Monument du Serment olympique</t>
+          <t>Monument au baron Maurice Lemonnier</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Van Neck, Joseph / De Soete, Pierre / Verbeyst</t>
+          <t>Malfait, François / Huygelen, Frans</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>pierre bleue, marbre, laiton</t>
         </is>
       </c>
       <c r="H258" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>83385</v>
+        <v>83312</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Maréchal Foch</t>
+          <t>Monument à Ernest Solvay</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>De Soete, Pierre</t>
+          <t>Blomme, Henri / Rombaux, Egide</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre, bronze</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H259" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>44467</v>
+        <v>83379</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Monument à la gloire de l'infanterie belge</t>
+          <t>Monument du Serment olympique</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Vereycken, Edouard / De mol, Antoine / Minne, Gent</t>
+          <t>Van Neck, Joseph / De Soete, Pierre / Verbeyst</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1933 - 1935</t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, groupe sculpté</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>bronze, granit, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue, bronze</t>
+        </is>
+      </c>
+      <c r="H260" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>86400</v>
+        <v>83385</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Monument des Carrières de Petit granit belge</t>
+          <t>Maréchal Foch</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Van Nueten, Charles / Keym, Maurice</t>
+          <t>De Soete, Pierre</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, oeuvre d'art en espace public</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, granit</t>
+          <t>pierre bleue, pierre, bronze</t>
         </is>
       </c>
       <c r="H261" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>44459</v>
+        <v>44467</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Le prince Charles-Joseph de Ligne</t>
+          <t>Monument à la gloire de l'infanterie belge</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Cluysenaar, John / Verbeyst,  / Patoux, Emile</t>
+          <t>Vereycken, Edouard / De mol, Antoine / Minne, Gent</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1933 - 1935</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>bronze, granit, pierre bleue</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>44226</v>
+        <v>86400</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Lieutenant-général Bernheim</t>
+          <t>Monument des Carrières de Petit granit belge</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Verbeyst,  / De Valeriola, Edmond / Malfait, François</t>
+          <t>Van Nueten, Charles / Keym, Maurice</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>monument commémoratif, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue, granit</t>
+        </is>
+      </c>
+      <c r="H263" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>83162</v>
+        <v>44459</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Monument aux autos-blindés</t>
+          <t>Le prince Charles-Joseph de Ligne</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Stubbe, Eduard G.</t>
+          <t>Cluysenaar, John / Verbeyst,  / Patoux, Emile</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre bleue</t>
-[...2 lines deleted...]
-      <c r="H264" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H264" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>83313</v>
+        <v>44226</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Monument à Henri Pirenne (VdB)</t>
+          <t>Lieutenant-général Bernheim</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Duesberg, Albert-Charles / Wansart, Adolphe</t>
+          <t>Verbeyst,  / De Valeriola, Edmond / Malfait, François</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, marbre</t>
-[...2 lines deleted...]
-      <c r="H265" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H265" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>83387</v>
+        <v>83162</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>S.M. la reine Astrid</t>
+          <t>Monument aux autos-blindés</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Bonduelle, Paul / Boedts, Jan</t>
+          <t>Stubbe, Eduard G.</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>pierre, marbre, bronze</t>
+          <t>pierre bleue, pierre bleue</t>
         </is>
       </c>
       <c r="H266" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>83175</v>
+        <v>83313</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Monument au cardinal Mercier (VdB)</t>
+          <t>Monument à Henri Pirenne (VdB)</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Malfait, François / Rombaux, Jean / Rombaux, Egide</t>
+          <t>Duesberg, Albert-Charles / Wansart, Adolphe</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1941 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, bronze</t>
+          <t>pierre bleue, marbre</t>
         </is>
       </c>
       <c r="H267" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>83292</v>
+        <v>83387</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Monument aux Morts des Armées belges d'Occupation</t>
+          <t>S.M. la reine Astrid</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Fink, J. / Lamberechts, Frans</t>
+          <t>Bonduelle, Paul / Boedts, Jan</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1947 - </t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre bleue, laiton</t>
+          <t>pierre, marbre, bronze</t>
         </is>
       </c>
       <c r="H268" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>86335</v>
+        <v>83175</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Mémorial Peter Benoît</t>
+          <t>Monument au cardinal Mercier (VdB)</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Courtens, Alfred</t>
+          <t>Malfait, François / Rombaux, Jean / Rombaux, Egide</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1941 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>carton-pierre, bronze</t>
         </is>
       </c>
       <c r="H269" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>100232</v>
+        <v>83292</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Femme assise (Autre)</t>
+          <t>Monument aux Morts des Armées belges d'Occupation</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Grard, Georges</t>
+          <t>Fink, J. / Lamberechts, Frans</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1952 - 1954</t>
+          <t>1947 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue, pierre bleue, laiton</t>
+        </is>
+      </c>
+      <c r="H270" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>86375</v>
+        <v>86335</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Frère Orban</t>
+          <t>Mémorial Peter Benoît</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D271" s="2"/>
+      <c r="D271" s="2" t="inlineStr">
+        <is>
+          <t>Courtens, Alfred</t>
+        </is>
+      </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1953 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H271" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>86528</v>
+        <v>100232</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative "Cinématographie belge"</t>
+          <t>Femme assise (Autre)</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>inconnu,  / Fonderie Nationale des Bronzes</t>
+          <t>Grard, Georges</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1952 - 1954</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H272" s="2"/>
+      <c r="H272" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>68162</v>
+        <v>86375</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Monument Adolphe Max et plan d'eau (VdB)</t>
+          <t>Plaque commémorative Frère Orban</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D273" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D273" s="2"/>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1953 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>plaque commémorative, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>pierre, pierre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H273" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>81474</v>
+        <v>86528</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Hommage à la dynastie - plaque commémorative</t>
+          <t>Plaque commémorative "Cinématographie belge"</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Courtens, Alfred / Minne, Gent</t>
+          <t>inconnu,  / Fonderie Nationale des Bronzes</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H274" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H274" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>86535</v>
+        <v>68162</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative : École 28-29-30</t>
+          <t>Monument Adolphe Max et plan d'eau (VdB)</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D275" s="2"/>
+      <c r="D275" s="2" t="inlineStr">
+        <is>
+          <t>Debonnaires, Fernand / Bernard</t>
+        </is>
+      </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre bleue</t>
+          <t>pierre, pierre</t>
         </is>
       </c>
       <c r="H275" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>83294</v>
+        <v>81474</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Monument aux treize Colonels</t>
+          <t>Hommage à la dynastie - plaque commémorative</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Pechère, René / Morant, J-M.</t>
+          <t>Courtens, Alfred / Minne, Gent</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>pierre, pierre bleue</t>
-[...2 lines deleted...]
-      <c r="H276" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H276" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>86366</v>
+        <v>86535</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>The Whirling Ear (MRBAB)</t>
+          <t>Plaque commémorative : École 28-29-30</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D277" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D277" s="2"/>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>granit, acier, aluminium</t>
+          <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H277" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>102724</v>
+        <v>83294</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Hommage à Fernand Brunfaut et Eugène François</t>
+          <t>Monument aux treize Colonels</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Ledel, Dolf</t>
+          <t>Pechère, René / Morant, J-M.</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1958 - 1959</t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pierre, pierre bleue</t>
         </is>
       </c>
       <c r="H278" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>83388</v>
+        <v>86366</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Monument aux Morts de Neder-Over-Heembeek</t>
+          <t>The Whirling Ear (MRBAB)</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Paesmans, J.P / Daumerie, Henri</t>
+          <t>Calder, Alexander</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1959 - </t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>haut-relief, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>pierre, pierre bleue</t>
+          <t>granit, acier, aluminium</t>
         </is>
       </c>
       <c r="H279" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>70871</v>
+        <v>102724</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Pan du mur de Berlin (RBC)</t>
+          <t>Hommage à Fernand Brunfaut et Eugène François</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D280" s="2"/>
+      <c r="D280" s="2" t="inlineStr">
+        <is>
+          <t>Ledel, Dolf</t>
+        </is>
+      </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1961 - </t>
+          <t>1958 - 1959</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif</t>
+          <t>bas-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>béton, laiton</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H280" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>104655</v>
+        <v>83388</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Hommage aux Membres de l'Administration d'Afrique</t>
+          <t>Monument aux Morts de Neder-Over-Heembeek</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D281" s="2"/>
+      <c r="D281" s="2" t="inlineStr">
+        <is>
+          <t>Paesmans, J.P / Daumerie, Henri</t>
+        </is>
+      </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1959 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
-[...2 lines deleted...]
-      <c r="G281" s="2"/>
+          <t>haut-relief, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G281" s="2" t="inlineStr">
+        <is>
+          <t>pierre, pierre bleue</t>
+        </is>
+      </c>
       <c r="H281" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>53485</v>
+        <v>70871</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Le joueur de tam-tam </t>
+          <t>Pan du mur de Berlin (RBC)</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1963 - </t>
+          <t>1961 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
-[...2 lines deleted...]
-      <c r="G282" s="2"/>
+          <t>monument commémoratif</t>
+        </is>
+      </c>
+      <c r="G282" s="2" t="inlineStr">
+        <is>
+          <t>béton, laiton</t>
+        </is>
+      </c>
       <c r="H282" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>70873</v>
+        <v>104655</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Robert Schuman</t>
+          <t>Hommage aux Membres de l'Administration d'Afrique</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D283" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D283" s="2"/>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
-[...6 lines deleted...]
-      </c>
+          <t>plaque commémorative</t>
+        </is>
+      </c>
+      <c r="G283" s="2"/>
       <c r="H283" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>86502</v>
+        <v>53485</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Trois c'est la foule III</t>
+          <t>Le joueur de tam-tam </t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D284" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D284" s="2"/>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1965 - </t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
-      <c r="G284" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G284" s="2"/>
       <c r="H284" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>67251</v>
+        <v>70873</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Sculptures de linteau - Interparking (retiré)</t>
+          <t>Robert Schuman</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Moeschal, Jacques</t>
+          <t>Neujean, Nat / Pinella de Andreis, Milano</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1966 - 1967</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>relief, oeuvre d'art en espace public</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H285" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>53505</v>
+        <v>86502</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Le roi Léopold II (Autre)</t>
+          <t>Trois c'est la foule III</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Cliquet, René</t>
+          <t>Strebelle, Olivier</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1965 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>pierre, pierre bleue</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H286" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>66704</v>
+        <v>67251</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - parking des Deux Portes</t>
+          <t>Sculptures de linteau - Interparking (retiré)</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Moeschal, Jacques</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1966 - 1967</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
           <t>acier</t>
         </is>
       </c>
-      <c r="H287" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H287" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>66705</v>
+        <v>53505</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - parking des Deux Portes</t>
+          <t>Le roi Léopold II (Autre)</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Moeschal, Jacques</t>
+          <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H288" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>66707</v>
+        <v>66704</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Intégration</t>
+          <t>Sans titre - parking des Deux Portes</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Moeschal, Jacques</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
           <t>acier</t>
         </is>
       </c>
-      <c r="H289" s="2"/>
+      <c r="H289" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>66706</v>
+        <v>66705</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Les neuf Provinces</t>
+          <t>Sans titre - parking des Deux Portes</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Moeschal, Jacques</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1969 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>acier</t>
         </is>
       </c>
-      <c r="H290" s="2"/>
+      <c r="H290" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>83390</v>
+        <v>66707</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Hembecca</t>
+          <t>Intégration</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Courtois, Albin</t>
+          <t>Moeschal, Jacques</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H291" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>86529</v>
+        <v>66706</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Breughelienne - La Moisson (VdB)</t>
+          <t>Les neuf Provinces</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>De Decker, Jos / Dirk De Groeve, Gent</t>
+          <t>Moeschal, Jacques</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1982</t>
+          <t>1969 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H292" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>86568</v>
+        <v>83390</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Breughelienne - Jeu de Bascule sur tonneau (VdB)</t>
+          <t>Hembecca</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D293" s="2"/>
+      <c r="D293" s="2" t="inlineStr">
+        <is>
+          <t>Courtois, Albin</t>
+        </is>
+      </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2003</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, fonte</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H293" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>80426</v>
+        <v>86529</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Capteurs de Ciel (VdB)</t>
+          <t>Fontaine Breughelienne - La Moisson (VdB)</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Bury, Paul</t>
+          <t>De Decker, Jos / Dirk De Groeve, Gent</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1982 - 1983</t>
+          <t>1980 - 1982</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H294" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>83321</v>
+        <v>86568</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Monument à Simon Bolivar (FED)</t>
+          <t>Fontaine Breughelienne - Jeu de Bascule sur tonneau (VdB)</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D295" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1983 - </t>
+          <t>1980 - 2003</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>granit, bronze</t>
+          <t>pierre bleue, fonte</t>
         </is>
       </c>
       <c r="H295" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>86136</v>
+        <v>80426</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>1985</t>
+          <t>Capteurs de Ciel (VdB)</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Bauclair, Guy</t>
+          <t>Bury, Paul</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1985 - </t>
+          <t>1982 - 1983</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>métal, béton, pierre, acier</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H296" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>83389</v>
+        <v>83321</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Fontaine de Laeken</t>
+          <t>Monument à Simon Bolivar (FED)</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D297" s="2"/>
+      <c r="D297" s="2" t="inlineStr">
+        <is>
+          <t>Stapels, G. / De Smedt, N.</t>
+        </is>
+      </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1985 - </t>
+          <t>1983 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>granit, bronze</t>
         </is>
       </c>
       <c r="H297" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>86505</v>
+        <v>104819</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Oie</t>
+          <t>Monument commémoratif offert par les amis philanthropes à l'U.L.B à l'occasion de son 150e anniversaire (ULB)</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Hanrez, Paul</t>
+          <t>Dobbels, Georges</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1986 - </t>
+          <t>1984 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
-[...2 lines deleted...]
-      <c r="H298" s="2"/>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H298" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>70875</v>
+        <v>86136</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Monument à l'année européenne de l'environnement - 21 mars 1987-20 mars 1988 (RBC)</t>
+          <t>1985</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
-          <t>Dottermans, Herman / Bellefroid, Fred</t>
+          <t>Bauclair, Guy</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1987 - </t>
+          <t>1985 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>acier, bronze, pierre bleue, laiton</t>
+          <t>métal, béton, pierre, acier</t>
         </is>
       </c>
       <c r="H299" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>83155</v>
+        <v>83389</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Don Quichotte et Sancho Panza</t>
+          <t>Fontaine de Laeken</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D300" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D300" s="2"/>
       <c r="E300" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1985 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>béton, bronze</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H300" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>86413</v>
+        <v>86505</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>La Ninã de Benalmadena (VdB)</t>
+          <t>Oie</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Pimentel, Jaime Fernández</t>
+          <t>Hanrez, Paul</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1990 - 1995</t>
+          <t>1986 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, fontaine</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H301" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>86471</v>
+        <v>70875</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Béla Bartok</t>
+          <t>Monument à l'année européenne de l'environnement - 21 mars 1987-20 mars 1988 (RBC)</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Varga, Imre</t>
+          <t>Dottermans, Herman / Bellefroid, Fred</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>acier, bronze</t>
+          <t>acier, bronze, pierre bleue, laiton</t>
         </is>
       </c>
       <c r="H302" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>86484</v>
+        <v>83155</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Fil d'Ariane</t>
+          <t>Don Quichotte et Sancho Panza</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
-          <t>Laenen, Jean-Paul</t>
+          <t>Coullaut-Valera, Federico / Coullaut-Valera, Lorenzo / inconnu</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>bronze, or</t>
+          <t>béton, bronze</t>
         </is>
       </c>
       <c r="H303" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>86430</v>
+        <v>86413</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Le Grand Oiseau</t>
+          <t>La Ninã de Benalmadena (VdB)</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel / Romain Barelier, Paris</t>
+          <t>Pimentel, Jaime Fernández</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1992 - </t>
+          <t>1990 - 1995</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, fontaine</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H304" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>44192</v>
+        <v>86471</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Baron Jean de Sélys Longchamps (RBC)</t>
+          <t>Béla Bartok</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Dirk De Groeve, Gent,  / Boedts, Paul</t>
+          <t>Varga, Imre</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1992 - </t>
+          <t>1991 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, buste</t>
+          <t>monument commémoratif, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>acier, bronze</t>
+        </is>
+      </c>
+      <c r="H305" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>86431</v>
+        <v>86484</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Phénix 44</t>
+          <t>Fil d'Ariane</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Strebelle, Olivier / Van Loock, Erick</t>
+          <t>Laenen, Jean-Paul</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1991 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, or</t>
         </is>
       </c>
       <c r="H306" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>86432</v>
+        <v>86430</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Polyphème, le cyclope</t>
+          <t>Le Grand Oiseau</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>Willequet, André</t>
+          <t>Folon, Jean-Michel / Romain Barelier, Paris</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1992 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, acier, bronze</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H307" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>45637</v>
+        <v>44192</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Juin 1995 (RBC)</t>
+          <t>Baron Jean de Sélys Longchamps (RBC)</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>Bury, Paul / Wirtz, Jacques</t>
+          <t>Dirk De Groeve, Gent,  / Boedts, Paul</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1992 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public, sculpture</t>
+          <t>oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, acier</t>
-[...2 lines deleted...]
-      <c r="H308" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H308" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>46217</v>
+        <v>86431</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Breughelienne - Jeu de Bascule sur tonneau (RBC)</t>
+          <t>Phénix 44</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Roig, Jean</t>
+          <t>Strebelle, Olivier / Van Loock, Erick</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1993 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>monument commémoratif, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>bronze, fonte, pierre bleue</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H309" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>83143</v>
+        <v>86432</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>S.M. le roi Baudouin</t>
+          <t>Polyphème, le cyclope</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
-          <t>Lenaerts, Henri  / Fuse Fonderia Guastini</t>
+          <t>Willequet, André</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>pierre bleue, acier, bronze</t>
         </is>
       </c>
       <c r="H310" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>83153</v>
+        <v>45637</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Saint-Michel terrassant le dragon (VdB)</t>
+          <t>Juin 1995 (RBC)</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D311" s="2"/>
+      <c r="D311" s="2" t="inlineStr">
+        <is>
+          <t>Bury, Paul / Wirtz, Jacques</t>
+        </is>
+      </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>fontaine, oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>métal, pierre bleue, cuivre, laiton, inox</t>
+          <t>pierre bleue, acier</t>
         </is>
       </c>
       <c r="H311" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>86515</v>
+        <v>46217</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Aux résistants du groupe G</t>
+          <t>Fontaine Breughelienne - Jeu de Bascule sur tonneau (RBC)</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Élèves de l'ULB</t>
+          <t>Roig, Jean</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, monument commémoratif</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre bleue, acier</t>
+          <t>bronze, fonte, pierre bleue</t>
         </is>
       </c>
       <c r="H312" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>86530</v>
+        <v>83143</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Fontaines Albertine (VdB)</t>
+          <t>S.M. le roi Baudouin</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Bureau SAREA architecture</t>
+          <t>Lenaerts, Henri  / Fuse Fonderia Guastini</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1997 - 2001</t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, métal, pierre bleue</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H313" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>45944</v>
+        <v>83153</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>La couleur du Nord/ La Boussole (RBC)</t>
+          <t>Saint-Michel terrassant le dragon (VdB)</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D314" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D314" s="2"/>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>métal, pierre bleue, cuivre, laiton, inox</t>
         </is>
       </c>
       <c r="H314" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>86144</v>
+        <v>86515</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Le Messager</t>
+          <t>Aux résistants du groupe G (ULB)</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel / Romain Barelier, Paris</t>
+          <t>Élèves de l'ULB</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>pierre bleue, pierre bleue, acier</t>
         </is>
       </c>
       <c r="H315" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>86145</v>
+        <v>86530</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Arbres lumineux</t>
+          <t>Fontaines Albertine (VdB)</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
-          <t>Catellani, Enzo / Partners Concept</t>
+          <t>Bureau SAREA architecture</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 2001</t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>installation lumineuse, oeuvre d'art en espace public</t>
-[...2 lines deleted...]
-      <c r="G316" s="2"/>
+          <t>fontaine, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G316" s="2" t="inlineStr">
+        <is>
+          <t>pierre bleue, métal, pierre bleue</t>
+        </is>
+      </c>
       <c r="H316" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>86146</v>
+        <v>45944</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Arbres lumineux</t>
+          <t>La couleur du Nord/ La Boussole (RBC)</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
-          <t>Catellani, Enzo / Partners Concept</t>
+          <t>Horvath, Pal / Ateliers Le Bris</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>installation lumineuse, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>acier</t>
         </is>
       </c>
       <c r="H317" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>45273</v>
+        <v>86144</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Esprit ouvert - Perspectives et réflexions (RBC)</t>
+          <t>Le Messager</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Tapta (Maria Wierusz_Kowalski),  / atelier Moker, Boom</t>
+          <t>Folon, Jean-Michel / Romain Barelier, Paris</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
-          <t>acier, pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H318" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>45274</v>
+        <v>86145</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>L'arche (RBC)</t>
+          <t>Arbres lumineux</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Culot, Pierre</t>
+          <t>Catellani, Enzo / Partners Concept</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>installation lumineuse, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G319" s="2"/>
       <c r="H319" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>54260</v>
+        <v>86146</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Rencontrer /Ontmoeten (RBC)</t>
+          <t>Arbres lumineux</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Rombouts, Guy / Droste, Monica / atelier Moker, Boom</t>
+          <t>Catellani, Enzo / Partners Concept</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>installation lumineuse, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>cuivre, acier</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H320" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>54261</v>
+        <v>45273</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Légende (RBC)</t>
+          <t>Esprit ouvert - Perspectives et réflexions (RBC)</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Rombouts, Guy / Droste, Monica</t>
+          <t>Tapta (Maria Wierusz_Kowalski),  / atelier Moker, Boom</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
-[...2 lines deleted...]
-      <c r="H321" s="2"/>
+          <t>acier, pierre</t>
+        </is>
+      </c>
+      <c r="H321" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>86137</v>
+        <v>45274</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Les Egéries</t>
+          <t>L'arche (RBC)</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
-          <t>Julien, René</t>
+          <t>Culot, Pierre</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>bronze, acier</t>
+          <t>pierre bleue, ciment, brique, acier</t>
         </is>
       </c>
       <c r="H322" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>83140</v>
+        <v>54260</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Corps</t>
+          <t>Rencontrer /Ontmoeten (RBC)</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Van Lerberghe, Hadrien</t>
+          <t>Rombouts, Guy / Droste, Monica / atelier Moker, Boom</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, béton, laiton</t>
+          <t>cuivre, acier</t>
         </is>
       </c>
       <c r="H323" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>86142</v>
+        <v>54261</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Passage Marguerite Yourcenar</t>
+          <t>Légende (RBC)</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Octave, Jean-François</t>
+          <t>Rombouts, Guy / Droste, Monica</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H324" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>44190</v>
+        <v>86137</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Monolithes /APL (RBC)</t>
+          <t>Les Egéries</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Rocour, Lambert</t>
+          <t>Julien, René</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze, acier</t>
+        </is>
+      </c>
+      <c r="H325" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>44193</v>
+        <v>83140</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Signe de lumière  (RBC)</t>
+          <t>Corps</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
-          <t>Moeschal, Jacques / atelier Moker, Boom</t>
+          <t>Van Lerberghe, Hadrien</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>acier, pierre bleue, bois</t>
+          <t>pierre bleue, béton, laiton</t>
         </is>
       </c>
       <c r="H326" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>44975</v>
+        <v>86142</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Zinneke Pis</t>
+          <t>Passage Marguerite Yourcenar</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
-          <t>Frantzen, Tom / Art Casting, Oudenaarde</t>
+          <t>Octave, Jean-François</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue</t>
+        </is>
+      </c>
+      <c r="H327" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>83139</v>
+        <v>44190</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Les animaux de la ferme</t>
+          <t>Monolithes /APL (RBC)</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Martens, Pierre</t>
+          <t>Rocour, Lambert</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
-[...2 lines deleted...]
-      <c r="H328" s="2"/>
+          <t>granit</t>
+        </is>
+      </c>
+      <c r="H328" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>86404</v>
+        <v>44193</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Fontaine aux fleurs (VdB)</t>
+          <t>Signe de lumière  (RBC)</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Schuiten , Luc</t>
+          <t>Moeschal, Jacques / atelier Moker, Boom</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>acier, pierre</t>
+          <t>acier, pierre bleue, bois</t>
         </is>
       </c>
       <c r="H329" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>86405</v>
+        <v>44975</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Fontaine "Rigoletto" - Vieux marché aux grains (VdB)</t>
+          <t>Zinneke Pis</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D330" s="2"/>
+      <c r="D330" s="2" t="inlineStr">
+        <is>
+          <t>Frantzen, Tom / Art Casting, Oudenaarde</t>
+        </is>
+      </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
-[...2 lines deleted...]
-      <c r="H330" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H330" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>86512</v>
+        <v>83139</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Madame Chapeau</t>
+          <t>Les animaux de la ferme</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
-          <t>Frantzen, Tom</t>
+          <t>Martens, Pierre</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
-      <c r="G331" s="2"/>
+      <c r="G331" s="2" t="inlineStr">
+        <is>
+          <t>acier</t>
+        </is>
+      </c>
       <c r="H331" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>86135</v>
+        <v>86404</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Bancs</t>
+          <t>Fontaine aux fleurs (VdB)</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
-          <t>Lust, Xavier</t>
+          <t>Schuiten , Luc</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>acier, pierre</t>
         </is>
       </c>
       <c r="H332" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>86139</v>
+        <v>86405</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Monument Battle of Britain</t>
+          <t>Fontaine "Rigoletto" - Vieux marché aux grains (VdB)</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D333" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D333" s="2"/>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, oeuvre d'art en espace public</t>
+          <t>fonts baptismaux, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H333" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>70874</v>
+        <v>86512</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>La ville en marche (RBC)</t>
+          <t>Madame Chapeau</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel / Romain Barelier, Paris</t>
+          <t>Frantzen, Tom</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
-      <c r="G334" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G334" s="2"/>
       <c r="H334" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>86552</v>
+        <v>86135</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Fontaine physiognomonique de Magritte (VdB)</t>
+          <t>Bancs</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
-          <t>Patella, Luca Maria</t>
+          <t>Lust, Xavier</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre bleue</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H335" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>86342</v>
+        <v>86139</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Fontaine de la Chapelle (VdB)</t>
+          <t>Monument Battle of Britain</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
-          <t>Degen, Nicolas / Collin, Ludovic / Guimard, Barnabé / EVEAU (Jean-Pierre De Mesmaecker et Georges Roche)</t>
+          <t>Lapage, Patrick</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>monument commémoratif, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H336" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>86141</v>
+        <v>70874</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Zinneke Parade</t>
+          <t>La ville en marche (RBC)</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
-          <t>Kasimir, Marin</t>
+          <t>Folon, Jean-Michel / Romain Barelier, Paris</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
-[...2 lines deleted...]
-      <c r="F337" s="2"/>
+          <t>2001 - </t>
+        </is>
+      </c>
+      <c r="F337" s="2" t="inlineStr">
+        <is>
+          <t>sculpture, oeuvre d'art en espace public</t>
+        </is>
+      </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H337" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>44714</v>
+        <v>86552</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Pieter Bruegel</t>
+          <t>Fontaine physiognomonique de Magritte (VdB)</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Frantzen, Tom</t>
+          <t>Patella, Luca Maria</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>pierre bleue, pierre bleue</t>
         </is>
       </c>
       <c r="H338" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>70872</v>
+        <v>86342</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Arch (RBC)</t>
+          <t>Fontaine de la Chapelle (VdB)</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Ju Ming</t>
+          <t>Degen, Nicolas / Collin, Ludovic / Guimard, Barnabé / EVEAU (Jean-Pierre De Mesmaecker et Georges Roche)</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H339" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>82101</v>
+        <v>86141</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Banc circulaire</t>
+          <t>Zinneke Parade</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>Soufflet, Lucile / TF France</t>
+          <t>Kasimir, Marin</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F340" s="2"/>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>métal, béton, acier</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H340" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>83138</v>
+        <v>44714</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>AND/MAAR, OP - AND/ POUR, ET</t>
+          <t>Pieter Bruegel</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
-          <t>atelier Moker, Boom,  / Downsbrough, Peter</t>
+          <t>Frantzen, Tom</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>acier, béton</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H341" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>70868</v>
+        <v>70872</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>L'homme de l'Atlantide (RBC)</t>
+          <t>Arch (RBC)</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
-          <t>van Soom, Luk</t>
+          <t>Ju Ming</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H342" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>86499</v>
+        <v>82101</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Hommage à Jacques Brel</t>
+          <t>Banc circulaire</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Baibay, Marianne</t>
+          <t>Soufflet, Lucile / TF France</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
-      <c r="F343" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F343" s="2"/>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>métal, béton, acier</t>
         </is>
       </c>
       <c r="H343" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>43920</v>
+        <v>83138</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Le labyrinthe du monde : hommage à Marguerite Yourcenar (RBC)</t>
+          <t>AND/MAAR, OP - AND/ POUR, ET</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Octave, Jean-François / Reuse, Luc / PolyVision sa</t>
+          <t>atelier Moker, Boom,  / Downsbrough, Peter</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>oeuvre en 3 dimensions, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>béton, pierre, acier, bois</t>
+          <t>acier, béton</t>
         </is>
       </c>
       <c r="H344" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>83124</v>
+        <v>70868</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Arbre à Palabre / Arabesk</t>
+          <t>L'homme de l'Atlantide (RBC)</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>Legrand, Jozef / Recyclart</t>
+          <t>van Soom, Luk</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>mobilier espace public, oeuvre d'art en espace public</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, acier</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H345" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>80424</v>
+        <v>86499</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>La Cycliste</t>
+          <t>Hommage à Jacques Brel</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
-          <t>Séchas, Alain</t>
+          <t>Baibay, Marianne</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>installation, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>polyester, acier</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H346" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>86603</v>
+        <v>43920</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Victimes du drame du Heysel</t>
+          <t>Le labyrinthe du monde : hommage à Marguerite Yourcenar (RBC)</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
-          <t>Rimoux, Patrick</t>
+          <t>Octave, Jean-François / Reuse, Luc / PolyVision sa</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative, oeuvre d'art en espace public</t>
+          <t>oeuvre en 3 dimensions, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>béton, pierre, acier, bois</t>
         </is>
       </c>
       <c r="H347" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>86433</v>
+        <v>83124</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Arrêtez toutes les horloges</t>
+          <t>Arbre à Palabre / Arabesk</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
-          <t>Rimoux, Patrick</t>
+          <t>Legrand, Jozef / Recyclart</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>mobilier espace public, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, granit, acier</t>
+          <t>bois, métal, acier</t>
         </is>
       </c>
       <c r="H348" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>82090</v>
+        <v>80424</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>My mythologie gay - un monument de tout le monde</t>
+          <t>La Cycliste</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
-          <t>Octave, Jean-François / Recyclart,  / PolyVision sa</t>
+          <t>Séchas, Alain</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>métal, béton</t>
+          <t>polyester, acier</t>
         </is>
       </c>
       <c r="H349" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>83125</v>
+        <v>86603</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Pasionaria</t>
+          <t>Victimes du drame du Heysel</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
-          <t>Lopez-Menchero, Emilio / atelier Moker, Boom</t>
+          <t>Rimoux, Patrick</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>plaque commémorative, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H350" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>86443</v>
+        <v>86433</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Stepping Forward</t>
+          <t>Arrêtez toutes les horloges</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
-          <t>Beaumont, Hanneke</t>
+          <t>Rimoux, Patrick</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>acier, bronze</t>
+          <t>pierre bleue, granit, acier</t>
         </is>
       </c>
       <c r="H351" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>83135</v>
+        <v>82090</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Not enough Brains to survive</t>
+          <t>My mythologie gay - un monument de tout le monde</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
-          <t>Lerooy, Thomas</t>
+          <t>Octave, Jean-François / Recyclart,  / PolyVision sa</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>acier, béton, bronze</t>
+          <t>métal, béton</t>
         </is>
       </c>
       <c r="H352" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>83145</v>
+        <v>83125</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Bleus sur jaune</t>
+          <t>Pasionaria</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
-          <t>Buren, Daniel / Constructions électriques Schréder sa,  / Urbis</t>
+          <t>Lopez-Menchero, Emilio / atelier Moker, Boom</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>acier, polyester</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H353" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>83141</v>
+        <v>86443</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Cement Truck (la Bétonneuse)</t>
+          <t>Stepping Forward</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
-          <t>Delvoye, Wim / De Dender sa</t>
+          <t>Beaumont, Hanneke</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>acier, bronze</t>
         </is>
       </c>
       <c r="H354" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>45631</v>
+        <v>83135</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Buste Simon Bolivar (RBC)</t>
+          <t>Not enough Brains to survive</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
-          <t>Gonzalez, Lorenzo / Carrasco, José Angel</t>
+          <t>Lerooy, Thomas</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public, monument commémoratif</t>
-[...2 lines deleted...]
-      <c r="G355" s="2"/>
+          <t>sculpture, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G355" s="2" t="inlineStr">
+        <is>
+          <t>acier, béton, bronze</t>
+        </is>
+      </c>
       <c r="H355" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>83144</v>
+        <v>83145</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>(Casse-toi alors) pauvre canard ! (VdB)</t>
+          <t>Bleus sur jaune</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
-          <t>'t Jolle, Sven</t>
+          <t>Buren, Daniel / Constructions électriques Schréder sa,  / Urbis</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>acier, bronze</t>
+          <t>acier, polyester</t>
         </is>
       </c>
       <c r="H356" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>88067</v>
+        <v>83141</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Horse</t>
+          <t>Cement Truck (la Bétonneuse)</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
-          <t>Alekyan, Ara</t>
+          <t>Delvoye, Wim / De Dender sa</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H357" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>86489</v>
+        <v>45631</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>All things will never be all things</t>
+          <t>Buste Simon Bolivar (RBC)</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
-          <t>Van den Audenaeren, Lotte</t>
+          <t>Gonzalez, Lorenzo / Carrasco, José Angel</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>buste, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>86508</v>
+        <v>83144</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Grand Orgue</t>
+          <t>(Casse-toi alors) pauvre canard ! (VdB)</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
-          <t>Van Snick, Philippe</t>
+          <t>'t Jolle, Sven</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>aluminium, acier</t>
+          <t>acier, bronze</t>
         </is>
       </c>
       <c r="H359" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>88064</v>
+        <v>88067</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Pli # 75</t>
+          <t>Horse</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
-          <t>Bontridder, Thierry</t>
+          <t>Alekyan, Ara</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H360" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>82144</v>
+        <v>86489</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Mo(nu)ment Melancholia 1514 I 2015</t>
+          <t>All things will never be all things</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
-          <t>Geers, Kendell / AVA</t>
+          <t>Van den Audenaeren, Lotte</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G361" s="2"/>
       <c r="H361" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>86134</v>
+        <v>86508</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>La peur (autruches)</t>
+          <t>Grand Orgue</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
-          <t>MSA</t>
+          <t>Van Snick, Philippe</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>2016 - </t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>béton</t>
+          <t>aluminium, acier</t>
         </is>
       </c>
       <c r="H362" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>72920</v>
+        <v>88064</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Blessés mais toujours debout face à l'inconcevable</t>
+          <t>Pli # 75</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
-          <t>Compère, Jean-Henri / ateliers Bouvy</t>
+          <t>Bontridder, Thierry</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, monument commémoratif</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>acier, béton</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H363" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>82145</v>
+        <v>82144</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Jacques Brel</t>
+          <t>Mo(nu)ment Melancholia 1514 I 2015</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
-          <t>Frantzen, Tom</t>
+          <t>Geers, Kendell / AVA</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>bronze, béton, acier</t>
+          <t>métal, béton, bronze</t>
         </is>
       </c>
       <c r="H364" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>86329</v>
+        <v>86134</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Peter Pan Neverland ...Still Alive (VdB)</t>
+          <t>La peur (autruches)</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
-          <t>Terlinden, Christophe</t>
+          <t>MSA</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2016 - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze</t>
+          <t>béton</t>
         </is>
       </c>
       <c r="H365" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>100625</v>
+        <v>72920</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Unitatis</t>
+          <t>Blessés mais toujours debout face à l'inconcevable</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
-          <t>Rehrl, Martin</t>
+          <t>Compère, Jean-Henri / ateliers Bouvy</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2017 - </t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>acier, ciment</t>
+          <t>acier, béton</t>
         </is>
       </c>
       <c r="H366" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>86140</v>
+        <v>82145</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Jacques Brel</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>Joiris, Nathalie</t>
+          <t>Frantzen, Tom</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2017 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>métal, acier</t>
+          <t>bronze, béton, acier</t>
         </is>
       </c>
       <c r="H367" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>88065</v>
+        <v>86329</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Art de triomphe</t>
+          <t>Peter Pan Neverland ...Still Alive (VdB)</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
-          <t>Mogharbel, Samar</t>
+          <t>Terlinden, Christophe</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>polystyrène</t>
+          <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H368" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>88066</v>
+        <v>100625</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Rainbow Seeds</t>
+          <t>Unitatis</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Roux, Léopoldine</t>
+          <t>Rehrl, Martin</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
-[...2 lines deleted...]
-      <c r="F369" s="2"/>
+          <t>2020 - </t>
+        </is>
+      </c>
+      <c r="F369" s="2" t="inlineStr">
+        <is>
+          <t>sculpture, oeuvre d'art en espace public</t>
+        </is>
+      </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>acier, ciment</t>
         </is>
       </c>
       <c r="H369" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>88068</v>
+        <v>86140</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Bridge (Autre)</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
-          <t>Kim, Jiana</t>
+          <t>Joiris, Nathalie</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
+          <t>2020 - </t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>métal, céramique</t>
+          <t>métal, acier</t>
         </is>
       </c>
       <c r="H370" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>88069</v>
+        <v>88065</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Enso</t>
+          <t>Art de triomphe</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Shirane, Kaz</t>
+          <t>Mogharbel, Samar</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>polystyrène</t>
         </is>
       </c>
       <c r="H371" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>98614</v>
+        <v>88066</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>The grand Opening (démontée)</t>
+          <t>Rainbow Seeds</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
-          <t>Traumnovelle</t>
+          <t>Roux, Léopoldine</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
-          <t>2023 - 2024</t>
+          <t>2022 - </t>
         </is>
       </c>
       <c r="F372" s="2"/>
-      <c r="G372" s="2"/>
+      <c r="G372" s="2" t="inlineStr">
+        <is>
+          <t>pierre</t>
+        </is>
+      </c>
       <c r="H372" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>99261</v>
+        <v>88068</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>In the wind blow their stories</t>
+          <t>Bridge (Autre)</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
-          <t>Prouvost, Laure</t>
+          <t>Kim, Jiana</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
-          <t>2023 - 2024</t>
+          <t>2022 - </t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
-          <t>installation</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>métal, céramique</t>
         </is>
       </c>
       <c r="H373" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>100626</v>
+        <v>88069</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>Earthbreakers (compos[t]ing)</t>
+          <t>Enso</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Ogenstedt, Ingrid Elsa Maria / Mayrhofer-Hufnagl, Ingrid</t>
+          <t>Shirane, Kaz</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
+          <t>2022 - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>bois, roseau, argile, herbe de blé</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H374" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
+        <v>98614</v>
+      </c>
+      <c r="B375" s="2" t="inlineStr">
+        <is>
+          <t>The grand Opening (démontée)</t>
+        </is>
+      </c>
+      <c r="C375" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public  - Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D375" s="2" t="inlineStr">
+        <is>
+          <t>Traumnovelle</t>
+        </is>
+      </c>
+      <c r="E375" s="2" t="inlineStr">
+        <is>
+          <t>2023 - 2024</t>
+        </is>
+      </c>
+      <c r="F375" s="2"/>
+      <c r="G375" s="2"/>
+      <c r="H375" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
+      <c r="A376" s="1" t="n">
+        <v>99261</v>
+      </c>
+      <c r="B376" s="2" t="inlineStr">
+        <is>
+          <t>In the wind blow their stories</t>
+        </is>
+      </c>
+      <c r="C376" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public  - Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D376" s="2" t="inlineStr">
+        <is>
+          <t>Prouvost, Laure</t>
+        </is>
+      </c>
+      <c r="E376" s="2" t="inlineStr">
+        <is>
+          <t>2023 - 2024</t>
+        </is>
+      </c>
+      <c r="F376" s="2" t="inlineStr">
+        <is>
+          <t>installation</t>
+        </is>
+      </c>
+      <c r="G376" s="2" t="inlineStr">
+        <is>
+          <t>polyester</t>
+        </is>
+      </c>
+      <c r="H376" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
+      <c r="A377" s="1" t="n">
+        <v>100626</v>
+      </c>
+      <c r="B377" s="2" t="inlineStr">
+        <is>
+          <t>Earthbreakers (compos[t]ing)</t>
+        </is>
+      </c>
+      <c r="C377" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public  - Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D377" s="2" t="inlineStr">
+        <is>
+          <t>Ogenstedt, Ingrid Elsa Maria / Mayrhofer-Hufnagl, Ingrid</t>
+        </is>
+      </c>
+      <c r="E377" s="2" t="inlineStr">
+        <is>
+          <t>2024 - </t>
+        </is>
+      </c>
+      <c r="F377" s="2" t="inlineStr">
+        <is>
+          <t>sculpture, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G377" s="2" t="inlineStr">
+        <is>
+          <t>bois, roseau, argile, herbe de blé</t>
+        </is>
+      </c>
+      <c r="H377" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
+      <c r="A378" s="1" t="n">
         <v>99027</v>
       </c>
-      <c r="B375" s="2" t="inlineStr">
+      <c r="B378" s="2" t="inlineStr">
         <is>
           <t>Onument (Vdb)</t>
         </is>
       </c>
-      <c r="C375" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D375" s="2" t="inlineStr">
+      <c r="C378" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public  - Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D378" s="2" t="inlineStr">
         <is>
           <t>Bureau Bas Smets</t>
         </is>
       </c>
-      <c r="E375" s="2" t="inlineStr">
+      <c r="E378" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
-      <c r="F375" s="2"/>
-      <c r="G375" s="2" t="inlineStr">
+      <c r="F378" s="2"/>
+      <c r="G378" s="2" t="inlineStr">
         <is>
           <t>béton, pierre bleue</t>
         </is>
       </c>
-      <c r="H375" s="2"/>
+      <c r="H378" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>