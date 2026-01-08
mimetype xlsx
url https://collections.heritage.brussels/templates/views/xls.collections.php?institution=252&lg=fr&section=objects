--- v0 (2025-11-16)
+++ v1 (2026-01-08)
@@ -1055,51 +1055,51 @@
       <c r="A25" s="1" t="n">
         <v>39399</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Nestor de Tière</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Huygelen, Frans</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>28792</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Plaque commémorative à Henry Villard</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Schaerbeek</t>