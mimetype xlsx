--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -619,59 +619,63 @@
       <c r="A14" s="1" t="n">
         <v>44199</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>La quadrature de l'arbre</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Chotteau, Thérèse / Dirk De Groeve, Gent,  / Gonze, Thierry</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H14" s="2"/>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue, technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>68228</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>L'Arche</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Diord, Jean-François</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>