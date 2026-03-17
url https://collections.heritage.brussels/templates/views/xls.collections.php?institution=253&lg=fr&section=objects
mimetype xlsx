--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -328,102 +328,110 @@
           <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>67304</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Anne-Pascale</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Blondel, Alfred</t>
         </is>
       </c>
-      <c r="E6" s="2"/>
+      <c r="E6" s="2" t="inlineStr">
+        <is>
+          <t> - 1998</t>
+        </is>
+      </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>53503</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Buste de Léopold II (retiré)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas / Rambo, Armand</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
-      <c r="H7" s="2"/>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>43925</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Monument aux morts de la guerre</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Fischweiler, Gustave / Vandersaenen, Henri / Verbist, Félix</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>