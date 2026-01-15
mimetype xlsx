--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -193,51 +193,51 @@
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>70246</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Le silence de la tombe</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Saint-Gilles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien / J. Petermann</t>
+          <t>Dillens, Juliaan / J. Petermann</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">