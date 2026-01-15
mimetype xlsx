--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -239,51 +239,55 @@
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Lagae, Jules / Verbeyst</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>lampadaire, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze, granit</t>
         </is>
       </c>
-      <c r="H3" s="2"/>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>moulé, taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>70669</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Fontaine du Bocq ou La Source</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Dillens, Juliaan / Compagnie des Bronzes,  / de Raed, Albert</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>