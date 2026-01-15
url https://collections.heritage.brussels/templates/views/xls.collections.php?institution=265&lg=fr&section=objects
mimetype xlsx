--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -196,62 +196,70 @@
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>70580</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Belle d'Aurore</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Molenbeek-Saint-Jean</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>de Brichy, Charles</t>
         </is>
       </c>
-      <c r="E2" s="2"/>
+      <c r="E2" s="2" t="inlineStr">
+        <is>
+          <t>1901 - </t>
+        </is>
+      </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
-      <c r="H2" s="2"/>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>44703</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Monument aux promoteurs des Installations maritimes</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Molenbeek-Saint-Jean</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>De Wever, Auguste / Fonderie Nationale des Bronzes</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>