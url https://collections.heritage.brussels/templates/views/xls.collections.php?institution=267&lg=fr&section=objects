--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -787,495 +787,527 @@
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Demanet, Victor / J. Sergeys, Leuven</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>bronze, béton, pierre bleue</t>
         </is>
       </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>70324</v>
+        <v>92456</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Perroquet joueur de flûte</t>
+          <t>Plaque commémorative Joseph Wauters</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Dervichian-Guebels, Monique</t>
+          <t>Ledel, Dolf</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
+          <t>1959 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
-[...11 lines deleted...]
-      </c>
+          <t>plaque commémorative, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>70354</v>
+        <v>70324</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Le Combat avec l'Ange</t>
+          <t>Perroquet joueur de flûte</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Willequet, André</t>
+          <t>Dervichian-Guebels, Monique</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1962 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
-[...2 lines deleted...]
-      <c r="H23" s="2"/>
+          <t>marbre, brique</t>
+        </is>
+      </c>
+      <c r="H23" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>70342</v>
+        <v>70354</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Signe</t>
+          <t>Le Combat avec l'Ange</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
-[...6 lines deleted...]
-      </c>
+          <t>granit</t>
+        </is>
+      </c>
+      <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>45473</v>
+        <v>70342</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Zerlina</t>
+          <t>Signe</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Dodeigne, Eugène</t>
+          <t>Willequet, André</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>54251</v>
+        <v>45473</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Dix Monolithes</t>
+          <t>Zerlina</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Fréson, Florence</t>
+          <t>Dodeigne, Eugène</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1992 - 1993</t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
-[...2 lines deleted...]
-      <c r="H26" s="2"/>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H26" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>44191</v>
+        <v>54251</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le cheval Grégala</t>
+          <t>Dix Monolithes</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Sentjens, Lucie / Van Honnacker, Luc / Bruyneel, Eric / Baudart, Johan</t>
+          <t>Fréson, Florence</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1992 - 1993</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>bronze, roche, métal</t>
-[...6 lines deleted...]
-      </c>
+          <t>granit</t>
+        </is>
+      </c>
+      <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>70318</v>
+        <v>44191</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Baudouin I, roi des Belges</t>
+          <t>Le cheval Grégala</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Barmarin, Elisabeth / Fonderie Harzé, Alsemberg</t>
+          <t>Sentjens, Lucie / Van Honnacker, Luc / Bruyneel, Eric / Baudart, Johan</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1993 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...2 lines deleted...]
-      <c r="H28" s="2"/>
+          <t>bronze, roche, métal</t>
+        </is>
+      </c>
+      <c r="H28" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>68156</v>
+        <v>70318</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>Baudouin I, roi des Belges</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Rulens, Pierre</t>
+          <t>Barmarin, Elisabeth / Fonderie Harzé, Alsemberg</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
-[...2 lines deleted...]
-      <c r="G29" s="2"/>
+          <t>sculpture, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G29" s="2" t="inlineStr">
+        <is>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>70329</v>
+        <v>68156</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>La victoire (Monument aux évadés de Guerre)</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Glorie, Raymond</t>
+          <t>Rulens, Pierre</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
-[...11 lines deleted...]
-      </c>
+          <t>oeuvre d'art en espace public, sculpture</t>
+        </is>
+      </c>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>62229</v>
+        <v>70329</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>L'accueil</t>
+          <t>La victoire (Monument aux évadés de Guerre)</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Strebelle, Olivier</t>
+          <t>Glorie, Raymond</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H31" s="2"/>
+          <t>acier, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H31" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>70346</v>
+        <v>62229</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>L'Homme et le Temps - Cycle du Temps</t>
+          <t>L'accueil</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Chotteau, Thérèse</t>
+          <t>Strebelle, Olivier</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
+        <v>70346</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>L'Homme et le Temps - Cycle du Temps</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public -  Uccle</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Chotteau, Thérèse</t>
+        </is>
+      </c>
+      <c r="E33" s="2" t="inlineStr">
+        <is>
+          <t>2008 - </t>
+        </is>
+      </c>
+      <c r="F33" s="2" t="inlineStr">
+        <is>
+          <t>sculpture, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G33" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H33" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="1" t="n">
         <v>70359</v>
       </c>
-      <c r="B33" s="2" t="inlineStr">
+      <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Monument Edith Cavell (Buste)</t>
         </is>
       </c>
-      <c r="C33" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D33" s="2" t="inlineStr">
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public -  Uccle</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Lambert, Nathalie</t>
         </is>
       </c>
-      <c r="E33" s="2" t="inlineStr">
+      <c r="E34" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
-      <c r="F33" s="2" t="inlineStr">
+      <c r="F34" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, buste</t>
         </is>
       </c>
-      <c r="G33" s="2" t="inlineStr">
+      <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
-      <c r="H33" s="2" t="inlineStr">
+      <c r="H34" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">