--- v0 (2025-10-23)
+++ v1 (2026-02-25)
@@ -2151,51 +2151,51 @@
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
         <v>86866</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>Costume de Notre-Dame des Sept Douleurs</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>vêtement</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>lin</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>86867</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>