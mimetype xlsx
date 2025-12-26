--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H346"/>
+  <dimension ref="A1:H352"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -6279,51 +6279,51 @@
           <t>1999 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>papier, papier photographique</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
         <v>95242</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Palimseste</t>
+          <t>Palimpseste</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Devaux, Yole</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="inlineStr">
         <is>
@@ -9243,4367 +9243,4603 @@
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>aquarelle, plomb, encre de chine, crayon</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>95398</v>
+        <v>109579</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>L'emmerdeur</t>
+          <t>Finestra sul mare</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Panchetti, Camilla</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G235" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G235" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, coloriage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>95400</v>
+        <v>95398</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Série de nus #1</t>
+          <t>L'emmerdeur</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Conrady, Christian</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G236" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G236" s="2"/>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique photographique, coloriage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>95401</v>
+        <v>95400</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Série de nus #4</t>
+          <t>Série de nus #1</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Conrady, Christian</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>encre, plume</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>95402</v>
+        <v>95401</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Negro</t>
+          <t>Série de nus #4</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>De Heyn, Georges</t>
+          <t>Conrady, Christian</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G238" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G238" s="2" t="inlineStr">
+        <is>
+          <t>encre, plume</t>
+        </is>
+      </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>95404</v>
+        <v>95402</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Image mentale #02</t>
+          <t>Negro</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Delanois, Nicolas</t>
+          <t>De Heyn, Georges</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G239" s="2"/>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>95405</v>
+        <v>95404</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (Rhodes)</t>
+          <t>Image mentale #02</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Mathieu, Pascal</t>
+          <t>Delanois, Nicolas</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, aquarelle</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>95406</v>
+        <v>95405</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
           <t>Sans titre (Rhodes)</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Mathieu, Pascal</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>aquarelle, aquarelle</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>95407</v>
+        <v>95406</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
           <t>Sans titre (Rhodes)</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Mathieu, Pascal</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>95409</v>
+        <v>95407</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Indian Girl and Belgian Coast</t>
+          <t>Sans titre (Rhodes)</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Van Zeebroeck, Shanti</t>
+          <t>Mathieu, Pascal</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>95239</v>
+        <v>95409</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Fille</t>
+          <t>Indian Girl and Belgian Coast</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Coppieters, Ethel</t>
+          <t>Van Zeebroeck, Shanti</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>95254</v>
+        <v>95239</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Lignes</t>
+          <t>Fille</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Magna, Koko</t>
+          <t>Coppieters, Ethel</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>96824</v>
+        <v>95254</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Tram</t>
+          <t>Lignes</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Herman, Diego</t>
+          <t>Magna, Koko</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture acrylique</t>
-[...2 lines deleted...]
-      <c r="H246" s="2"/>
+          <t>peinture acrylique, toile</t>
+        </is>
+      </c>
+      <c r="H246" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>95403</v>
+        <v>96824</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Falling #3</t>
+          <t>Tram</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Delaere, Marie / Vansteenkiste, Samuel</t>
+          <t>Herman, Diego</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>95231</v>
+        <v>95403</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Arabesque </t>
+          <t>Falling #3</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Collienne, Nikita</t>
+          <t>Delaere, Marie / Vansteenkiste, Samuel</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
-      <c r="F248" s="2"/>
+      <c r="F248" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>marqueur, toile</t>
-[...2 lines deleted...]
-      <c r="H248" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H248" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>101292</v>
+        <v>95231</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Arabesque </t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Tundo Rauseo, Ginevra</t>
+          <t>Collienne, Nikita</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>2019 - </t>
+        </is>
+      </c>
+      <c r="F249" s="2"/>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>marqueur, toile</t>
+        </is>
+      </c>
+      <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>101294</v>
+        <v>101292</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Mare nostrum</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Kokkinos, Niki</t>
+          <t>Tundo Rauseo, Ginevra</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>2021 - </t>
+          <t>2020 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, peinture acrylique, polyester</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>101293</v>
+        <v>101294</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>CIRCUMFUSA (série)</t>
+          <t>Mare nostrum</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Norouzi, Maedeh</t>
+          <t>Kokkinos, Niki</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
-[...2 lines deleted...]
-      <c r="F251" s="2"/>
+          <t>2021 - </t>
+        </is>
+      </c>
+      <c r="F251" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>aquarelle, peinture acrylique, polyester</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>101296</v>
+        <v>101293</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Motherhood</t>
+          <t>CIRCUMFUSA (série)</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Ouzeroual, Anissa</t>
+          <t>Norouzi, Maedeh</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
-      <c r="F252" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F252" s="2"/>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>107680</v>
+        <v>101296</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Bienvenue dans ma Scarabande</t>
+          <t>Motherhood</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Schelstraete, Eric</t>
+          <t>Ouzeroual, Anissa</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2022 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
-[...2 lines deleted...]
-      <c r="H253" s="2"/>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H253" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression, technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>107682</v>
+        <v>107680</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Homo mellifera</t>
+          <t>Bienvenue dans ma Scarabande</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
-      <c r="H254" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>107683</v>
+        <v>107682</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Mon âme sombre</t>
+          <t>Homo mellifera</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>101287</v>
+        <v>107683</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Aphrodita Flower</t>
+          <t>Mon âme sombre</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Franchi, Franca</t>
+          <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>toile, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>101288</v>
+        <v>101287</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Genesis Flower</t>
+          <t>Aphrodita Flower</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Franchi, Franca</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>toile, encre</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>101289</v>
+        <v>101288</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Radha Flower</t>
+          <t>Genesis Flower</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Franchi, Franca</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>toile, encre</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>101291</v>
+        <v>101289</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Manneke</t>
+          <t>Radha Flower</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Kranzer, Cécile</t>
+          <t>Franchi, Franca</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>papier mâché</t>
+          <t>toile, encre</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>101295</v>
+        <v>101291</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Colliding Forces</t>
+          <t>Manneke</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Moutaouakil, Anas</t>
+          <t>Kranzer, Cécile</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>grès, émail</t>
+          <t>papier mâché</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>101297</v>
+        <v>101295</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Bar</t>
+          <t>Colliding Forces</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Camargo, Antonio</t>
+          <t>Moutaouakil, Anas</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>grès, émail</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>101298</v>
+        <v>101297</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>VULCANIA 2</t>
+          <t>Bar</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Kaos, Isa</t>
+          <t>Camargo, Antonio</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>101301</v>
+        <v>101298</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Tétontonic</t>
+          <t>VULCANIA 2</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Schweitzer, Aïda Patricia</t>
+          <t>Kaos, Isa</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>collage</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>laine, jute, bois</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>couture</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>107703</v>
+        <v>101301</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>The happy bug</t>
+          <t>Tétontonic</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Schelstraete, Eric</t>
+          <t>Schweitzer, Aïda Patricia</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
+          <t>2023 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>laine, jute, bois</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>107704</v>
+        <v>107685</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Trois hirondelles</t>
+          <t>Forza insectifera</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>94982</v>
+        <v>107703</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>The happy bug</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Schollaert, G. Stéphane</t>
+          <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2024 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...2 lines deleted...]
-      <c r="H266" s="2"/>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H266" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>94983</v>
+        <v>107704</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Trois hirondelles</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Schollaert, G. Stéphane</t>
+          <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2024 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>94991</v>
+        <v>109576</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Les amies</t>
+          <t>Bleus Abstraits, n°4</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Somville, Roger</t>
+          <t>Oehler, Margot</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...6 lines deleted...]
-      </c>
+          <t>2025 - </t>
+        </is>
+      </c>
+      <c r="F268" s="2"/>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, crayon, papier</t>
+          <t>toile, peinture acrylique</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>95247</v>
+        <v>109577</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Plage dorée</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>FAKE (Romain Menu)</t>
+          <t>Wu, Mao</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...2 lines deleted...]
-      <c r="F269" s="2"/>
+          <t>2025 - </t>
+        </is>
+      </c>
+      <c r="F269" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>peinture, toile</t>
-[...2 lines deleted...]
-      <c r="H269" s="2"/>
+          <t>peinture à l'huile, or, toile</t>
+        </is>
+      </c>
+      <c r="H269" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>94996</v>
+        <v>109584</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Destruction du théâtre de Mariupol</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>Szaraz, Marika</t>
+          <t>de Tourtier, Servane</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2025 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
-[...3 lines deleted...]
-      <c r="H270" s="2"/>
+          <t>broderie</t>
+        </is>
+      </c>
+      <c r="G270" s="2" t="inlineStr">
+        <is>
+          <t>laine, lin</t>
+        </is>
+      </c>
+      <c r="H270" s="2" t="inlineStr">
+        <is>
+          <t>broderie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>94997</v>
+        <v>109618</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Pie</t>
+          <t>Série PIPELINE DREAMS</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Thirion, Anne</t>
+          <t>Norouzi, Maedeh</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2025 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>95255</v>
+        <v>94982</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Toujours sur le fil</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Renier, Hugues</t>
+          <t>Schollaert, G. Stéphane</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H272" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>95262</v>
+        <v>94983</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Papillon</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Alechinsky, Pierre</t>
+          <t>Schollaert, G. Stéphane</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G273" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G273" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>95278</v>
+        <v>94991</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Les amies</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Bontridder, Thierry</t>
+          <t>Somville, Roger</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>encre de chine, crayon, papier</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>95280</v>
+        <v>95247</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Reposoir 1</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Canonne, Sylvie</t>
+          <t>FAKE (Romain Menu)</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F275" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F275" s="2"/>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture, toile</t>
+        </is>
+      </c>
+      <c r="H275" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>95281</v>
+        <v>94996</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Reposoir 2</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Canonne, Sylvie</t>
+          <t>Szaraz, Marika</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...11 lines deleted...]
-      </c>
+          <t>textile</t>
+        </is>
+      </c>
+      <c r="G276" s="2"/>
+      <c r="H276" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>95287</v>
+        <v>94997</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Pot Rouge</t>
+          <t>Pie</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
-          <t>Dufoor, Frédéric</t>
+          <t>Thirion, Anne</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>crayon de couleur, papier</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>95317</v>
+        <v>95255</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Porte de Chango</t>
+          <t>Toujours sur le fil</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>La o Diaz, Raphaël</t>
+          <t>Renier, Hugues</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>95323</v>
+        <v>95262</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>J. MORDER filmant avec sa caméra</t>
+          <t>Papillon</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Morder, Joseph</t>
+          <t>Alechinsky, Pierre</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G279" s="2"/>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>96859</v>
+        <v>95278</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>anon.</t>
+          <t>Bontridder, Thierry</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>95326</v>
+        <v>95280</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Reposoir 1</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>PAROLE (Matthieu Meert)</t>
+          <t>Canonne, Sylvie</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F281" s="2"/>
+      <c r="F281" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>peinture, papier, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>95327</v>
+        <v>95281</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Coléoptères</t>
+          <t>Reposoir 2</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Pillen, Rudi</t>
+          <t>Canonne, Sylvie</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>95331</v>
+        <v>95287</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Pot Rouge</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Rogala, Stefan</t>
+          <t>Dufoor, Frédéric</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>toile, peinture</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>95333</v>
+        <v>95317</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Porte de Chango</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>De Keyser, Bert</t>
+          <t>La o Diaz, Raphaël</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
-[...2 lines deleted...]
-      <c r="H284" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H284" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>95343</v>
+        <v>95323</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Talking Stones</t>
+          <t>J. MORDER filmant avec sa caméra</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>De Bodt, Anne</t>
+          <t>Morder, Joseph</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>papier, plomb, or</t>
-[...2 lines deleted...]
-      <c r="H285" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H285" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>95344</v>
+        <v>96859</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (nu accroupi)</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>De Coorde, Charles</t>
+          <t>anon.</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>fusain, aquarelle, papier</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>95345</v>
+        <v>95326</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (nu accroupi)</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>De Coorde, Charles</t>
+          <t>(Matthieu Meert), PAROLE</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F287" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F287" s="2"/>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>sanguine, papier</t>
+          <t>peinture, papier, toile</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>94837</v>
+        <v>95327</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Ecole à discrimination positive</t>
+          <t>Coléoptères</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Pillen, Rudi</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>95093</v>
+        <v>95331</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Vandercam, Serge</t>
+          <t>Rogala, Stefan</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, papier, toile</t>
+          <t>toile, peinture</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>94838</v>
+        <v>95333</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Problème d'intégration</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>De Keyser, Bert</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H290" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>94839</v>
+        <v>95343</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Refus d'intégration</t>
+          <t>Talking Stones</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>De Bodt, Anne</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, plomb, or</t>
+        </is>
+      </c>
+      <c r="H291" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>95351</v>
+        <v>95344</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Sans titre (nu accroupi)</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>Gabriel, Henri</t>
+          <t>De Coorde, Charles</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>feutrine</t>
+          <t>fusain, aquarelle, papier</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>94840</v>
+        <v>95345</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Enseignement inadapté</t>
+          <t>Sans titre (nu accroupi)</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>De Coorde, Charles</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>sanguine, papier</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>94842</v>
+        <v>94837</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Séduction pédagogique</t>
+          <t>Ecole à discrimination positive</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G294" s="2"/>
+      <c r="G294" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>94843</v>
+        <v>95093</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Enseignement adapté</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Vandercam, Serge</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture acrylique, papier, toile</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>94845</v>
+        <v>94838</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Exclusion</t>
+          <t>Problème d'intégration</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>95358</v>
+        <v>94839</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Refus d'intégration</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
-          <t>Marino, Armando</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>94847</v>
+        <v>95351</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Bauwens, Theresia</t>
+          <t>Gabriel, Henri</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>collage</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, bois</t>
+          <t>feutrine</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>94848</v>
+        <v>94840</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Sans titre </t>
+          <t>Enseignement inadapté</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
-          <t>Bauwens, Theresia</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture acrylique</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>94851</v>
+        <v>94842</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Sur les hauteurs de Cuenca</t>
+          <t>Séduction pédagogique</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Bisschops, Charles-Louis</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G300" s="2"/>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>95363</v>
+        <v>94843</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Enseignement adapté</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
-[...2 lines deleted...]
-      <c r="G301" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G301" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>95364</v>
+        <v>94845</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Dans un jardin de fleurs</t>
+          <t>Exclusion</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Pillen, Rudi</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>95366</v>
+        <v>95358</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Rubber falls</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
-          <t>Rohr, Renée</t>
+          <t>Marino, Armando</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>acier, caoutchouc</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>95372</v>
+        <v>94847</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>Rohr, Renée</t>
+          <t>Bauwens, Theresia</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>peinture acrylique, bois</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>95373</v>
+        <v>94848</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Sans titre </t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Somville, Roger</t>
+          <t>Bauwens, Theresia</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G305" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G305" s="2" t="inlineStr">
+        <is>
+          <t>bois, peinture acrylique</t>
+        </is>
+      </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>95374</v>
+        <v>94851</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Sur les hauteurs de Cuenca</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Sullivan, Françoise</t>
+          <t>Bisschops, Charles-Louis</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>95120</v>
+        <v>95363</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...6 lines deleted...]
-      </c>
+          <t>collage</t>
+        </is>
+      </c>
+      <c r="G307" s="2"/>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>94869</v>
+        <v>95364</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (nu assis)</t>
+          <t>Dans un jardin de fleurs</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>De Coorde, Charles</t>
+          <t>Pillen, Rudi</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>94872</v>
+        <v>95366</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (nu couché)</t>
+          <t>Rubber falls</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>De Coorde, Charles</t>
+          <t>Rohr, Renée</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
+          <t>acier, caoutchouc</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>94874</v>
+        <v>95372</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (tête de femme)</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
-          <t>De Coorde, Charles</t>
+          <t>Rohr, Renée</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>95393</v>
+        <v>95373</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Wargnier, Gérard</t>
+          <t>Somville, Roger</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G311" s="2"/>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>95395</v>
+        <v>95374</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Courtens, Franz</t>
+          <t>Sullivan, Françoise</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>94884</v>
+        <v>95120</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Dubrunfaut, Edmond</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>cire</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>101286</v>
+        <v>94869</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Sans titre (nu assis)</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>De Coorde, Charles</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G314" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G314" s="2" t="inlineStr">
+        <is>
+          <t>fusain, papier</t>
+        </is>
+      </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>94889</v>
+        <v>94872</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Milano</t>
+          <t>Sans titre (nu couché)</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>De Coorde, Charles</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>95146</v>
+        <v>94874</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>An Alice Editions poster</t>
+          <t>Sans titre (tête de femme)</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>De Coorde, Charles</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G316" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G316" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur</t>
+        </is>
+      </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>94892</v>
+        <v>95393</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Musée des Arts décoratifs</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Wargnier, Gérard</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>pastel, papier</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>95149</v>
+        <v>95395</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Centro internazionale di Studi di Architettura</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Courtens, Franz</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G318" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G318" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture</t>
+        </is>
+      </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>95151</v>
+        <v>94884</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>20e festival "La Versiliana"</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G319" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G319" s="2" t="inlineStr">
+        <is>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>95152</v>
+        <v>101286</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Blue Shadow</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>95408</v>
+        <v>94889</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Lithiase Ferreira</t>
+          <t>Milano</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Perez-Morga, David</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>95154</v>
+        <v>95146</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>L'amour nu</t>
+          <t>An Alice Editions poster</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>95411</v>
+        <v>94892</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Le Vol et la Prostitution dominent le monde</t>
+          <t>Musée des Arts décoratifs</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G323" s="2"/>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G323" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>95158</v>
+        <v>95149</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Blue Rose</t>
+          <t>Centro internazionale di Studi di Architettura</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>95414</v>
+        <v>95151</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (série Thaïlande)</t>
+          <t>20e festival "La Versiliana"</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Nosratabadi, Dalia</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G325" s="2"/>
-      <c r="H325" s="2"/>
+      <c r="H325" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>95160</v>
+        <v>95152</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Museo Morandi</t>
+          <t>Blue Shadow</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>95416</v>
+        <v>95408</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Sans titre </t>
+          <t>Lithiase Ferreira</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
-          <t>Sweijd, Irène</t>
+          <t>Perez-Morga, David</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>95418</v>
+        <v>95154</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>L'amour nu</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Sweijd, Irène</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G328" s="2"/>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>95165</v>
+        <v>95411</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Cherubini</t>
+          <t>Le Vol et la Prostitution dominent le monde</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Lismonde, Jules</t>
+          <t>Rops, Félicien</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>106685</v>
+        <v>95158</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Théâtre d'ombres I</t>
+          <t>Blue Rose</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D330" s="2"/>
+      <c r="D330" s="2" t="inlineStr">
+        <is>
+          <t>Folon, Jean-Michel</t>
+        </is>
+      </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G330" s="2"/>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>106686</v>
+        <v>95414</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Théâtre d'ombres I</t>
+          <t>Sans titre (série Thaïlande)</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D331" s="2"/>
+      <c r="D331" s="2" t="inlineStr">
+        <is>
+          <t>Nosratabadi, Dalia</t>
+        </is>
+      </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...11 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G331" s="2"/>
+      <c r="H331" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>94913</v>
+        <v>95160</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Museo Morandi</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
-          <t>Van sumere, Hilde</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>94914</v>
+        <v>95416</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>La toute belle </t>
+          <t>Sans titre </t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
-          <t>Vandercam, Serge</t>
+          <t>Sweijd, Irène</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G333" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G333" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, toile</t>
+        </is>
+      </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>95172</v>
+        <v>95418</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
-          <t>Vandercam, Serge</t>
+          <t>Sweijd, Irène</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G334" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G334" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, toile</t>
+        </is>
+      </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>94917</v>
+        <v>95165</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Cherubini</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
-          <t>Dujardin, Caroline</t>
+          <t>Lismonde, Jules</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G335" s="2"/>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>94933</v>
+        <v>106685</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>75 avenue du Castel à Woluwé-st-Lambert</t>
+          <t>Théâtre d'ombres I</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D336" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D336" s="2"/>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>94935</v>
+        <v>106686</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>733 chaussée de Waterloo à Ixelles</t>
+          <t>Théâtre d'ombres I</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D337" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D337" s="2"/>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>94950</v>
+        <v>94913</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Matière à lire</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>Mayer, Marina</t>
+          <t>Van sumere, Hilde</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>94954</v>
+        <v>94914</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>La toute belle </t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Pujol, Marie-Chloé</t>
+          <t>Vandercam, Serge</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G339" s="2"/>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>94958</v>
+        <v>95172</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Helios</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>Pillen, Rudi</t>
+          <t>Vandercam, Serge</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G340" s="2"/>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>95220</v>
+        <v>94917</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Dujardin, Caroline</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G341" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G341" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture</t>
+        </is>
+      </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>95221</v>
+        <v>94933</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>75 avenue du Castel à Woluwé-st-Lambert</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Hollemans, Christophe</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G342" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G342" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>95222</v>
+        <v>94935</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>733 chaussée de Waterloo à Ixelles</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Hollemans, Christophe</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>95223</v>
+        <v>94950</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Matière à lire</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Mayer, Marina</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G344" s="2"/>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>95224</v>
+        <v>94954</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Pujol, Marie-Chloé</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>peinture, papier</t>
+          <t>encre de chine, aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
+        <v>94958</v>
+      </c>
+      <c r="B346" s="2" t="inlineStr">
+        <is>
+          <t>Helios</t>
+        </is>
+      </c>
+      <c r="C346" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D346" s="2" t="inlineStr">
+        <is>
+          <t>Pillen, Rudi</t>
+        </is>
+      </c>
+      <c r="E346" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F346" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G346" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H346" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
+      <c r="A347" s="1" t="n">
+        <v>95220</v>
+      </c>
+      <c r="B347" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C347" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D347" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E347" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F347" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G347" s="2"/>
+      <c r="H347" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
+      <c r="A348" s="1" t="n">
+        <v>95221</v>
+      </c>
+      <c r="B348" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C348" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D348" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E348" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F348" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G348" s="2"/>
+      <c r="H348" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
+      <c r="A349" s="1" t="n">
+        <v>95222</v>
+      </c>
+      <c r="B349" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C349" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D349" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E349" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F349" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G349" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H349" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
+      <c r="A350" s="1" t="n">
+        <v>95223</v>
+      </c>
+      <c r="B350" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C350" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D350" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E350" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F350" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G350" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H350" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
+      <c r="A351" s="1" t="n">
+        <v>95224</v>
+      </c>
+      <c r="B351" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C351" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D351" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E351" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F351" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+      <c r="G351" s="2" t="inlineStr">
+        <is>
+          <t>peinture, papier</t>
+        </is>
+      </c>
+      <c r="H351" s="2" t="inlineStr">
+        <is>
+          <t>collé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
+      <c r="A352" s="1" t="n">
         <v>95230</v>
       </c>
-      <c r="B346" s="2" t="inlineStr">
+      <c r="B352" s="2" t="inlineStr">
         <is>
           <t>Forme transparente</t>
         </is>
       </c>
-      <c r="C346" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D346" s="2" t="inlineStr">
+      <c r="C352" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D352" s="2" t="inlineStr">
         <is>
           <t>Chalmet, Nora</t>
         </is>
       </c>
-      <c r="E346" s="2" t="inlineStr">
+      <c r="E352" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F346" s="2" t="inlineStr">
+      <c r="F352" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
-      <c r="G346" s="2" t="inlineStr">
+      <c r="G352" s="2" t="inlineStr">
         <is>
           <t>papier, polyamide (=nylon), papier</t>
         </is>
       </c>
-      <c r="H346" s="2" t="inlineStr">
+      <c r="H352" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">