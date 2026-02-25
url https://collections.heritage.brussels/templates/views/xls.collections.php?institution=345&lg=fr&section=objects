--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -10557,51 +10557,55 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
         <v>109576</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
           <t>Bleus Abstraits, n°4</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>Oehler, Margot</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
-      <c r="F268" s="2"/>
+      <c r="F268" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>toile, peinture acrylique</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
         <v>109577</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
           <t>Plage dorée</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
@@ -10655,51 +10659,51 @@
           <t>2025 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>laine, lin</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
         <v>109618</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Série PIPELINE DREAMS</t>
+          <t>PIPELINE DREAMS (série)</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>Norouzi, Maedeh</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>