--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H201"/>
+  <dimension ref="A1:H636"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -239,5975 +239,18699 @@
         <is>
           <t>Illustration inédite - Jonathan dans une rue de Kathmandou</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Cosey</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>107011</v>
+        <v>108545</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Moineau</t>
+          <t>Illustration inédite - Cakes</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Couprie, Katy / La maison est en carton éditions</t>
+          <t>Goeken, Katrijn</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G4" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>rinogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>107012</v>
+        <v>108546</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Babar on ice</t>
+          <t>Illustration inédite - Dans les haies</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Anne</t>
+          <t>Goeken, Katrijn</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>collage, collage</t>
+          <t>rinogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>107013</v>
+        <v>109314</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Oiseau</t>
+          <t>Sérigraphie - I capelli del giuggiolo (Ubah Cristina Ali Farah)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Anne</t>
+          <t>Dewanckel, Goele</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G6" s="2"/>
-      <c r="H6" s="2"/>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>107014</v>
+        <v>107011</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Céramique - Portrait de femme</t>
+          <t>Illustration inédite - Moineau</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Anne</t>
+          <t>Couprie, Katy / La maison est en carton éditions</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>107015</v>
+        <v>108035</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Ma lettre</t>
+          <t>Reproduction - Ils arrivent (Sylive Neeman)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Anne</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G8" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
+      <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>107016</v>
+        <v>108547</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Enfant prenant son petit-déjeuner</t>
+          <t>Estampe - Hommage à Adolphe Sax</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Anne</t>
+          <t>Goffin, Josse</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2"/>
-      <c r="H9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>107018</v>
+        <v>107012</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Mère Méduse (couverture)</t>
+          <t>Illustration inédite - Babar on ice</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Crowther, Kitty / Pastel Editions (L'école des loisirs)</t>
+          <t>Crahay, Anne</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G10" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>collage, collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>107019</v>
+        <v>108036</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Sorcière sur un cheval bleu</t>
+          <t>Reproduction - Ils arrivent (Sylvie Neeman)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Crowther, Kitty</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G11" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G11" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
+      <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>107020</v>
+        <v>109316</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Rêve de Drôme</t>
+          <t>Affiche - Comment Pantagruel monta sur mer</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Crowther, Kitty / La maison est en carton éditions</t>
+          <t>Innocenti, Roberto</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration jeunesse, affiche d'exposition</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>107024</v>
+        <v>107013</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Personnages</t>
+          <t>Illustration inédite - Oiseau</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Crowther, Kitty</t>
+          <t>Crahay, Anne</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G13" s="2"/>
-      <c r="H13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>107025</v>
+        <v>108037</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Cinq branches de coton noir (scénario Yves Sente)</t>
+          <t>Reproduction - Ils arrivent (Sylvie Neeman)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Cuzor, Steve / Dupuis éditions</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
-[...7 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>107026</v>
+        <v>108549</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Groupe d'Africains</t>
+          <t>Affiche - Josse  Goffin Inventaire</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Daniau, Marc</t>
+          <t>Goffin, Josse</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration jeunesse, affiche d'exposition</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>107028</v>
+        <v>107014</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Chat gris</t>
+          <t>Céramique - Portrait de femme</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Daufresne, Michèle</t>
+          <t>Crahay, Anne</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>107029</v>
+        <v>108038</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Personnages fantastiques</t>
+          <t>Reproduction - Les robes (Germano Zullo)</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Dautremer, Rebecca</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G17" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G17" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
+      <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>107030</v>
+        <v>108550</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Enfants champignons</t>
+          <t>Affiche - Le monde de Josse Goffin</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Davenier, Christine</t>
+          <t>Goffin, Josse</t>
         </is>
       </c>
       <c r="E18" s="2"/>
-      <c r="F18" s="2"/>
+      <c r="F18" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>107031</v>
+        <v>109318</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Sortie de joueur</t>
+          <t>Illustrations originales - Hilda</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Daxhelet, Sophie</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G19" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>107032</v>
+        <v>107015</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le bouclier de Bruxelles (texte Do Spillers)</t>
+          <t>Illustration inédite - Ma lettre</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>De Boeck, Francine / Labor éditions</t>
+          <t>Crahay, Anne</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G20" s="2"/>
-      <c r="H20" s="2"/>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>107033</v>
+        <v>108039</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Go comme Goliath (texte Jacqueline Pierre)</t>
+          <t>Reproduction - Les robes (Germano Zullo)</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>De Boeck, Francine / Nathan éditions</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G21" s="2"/>
+      <c r="G21" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>107034</v>
+        <v>108551</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Les petits chevaux de vent</t>
+          <t>Illustration originale - Petit garçon sur un bateau</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>De Boël, Anne-Catherine / Pastel Editions (L'école des loisirs)</t>
+          <t>Goosens, Philippe</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>107035</v>
+        <v>109575</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Saïmiri</t>
+          <t>Affiche - Lire dans les parcs 2013</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>De Boël, Anne-Catherine / Pastel Editions (L'école des loisirs)</t>
+          <t>Koerperich, Marie</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration jeunesse, affiche publicitaire</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>107036</v>
+        <v>107016</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Homme jouant de la trompette</t>
+          <t>Illustration inédite - Enfant prenant son petit-déjeuner</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>De Costers, Thomas / De Coster, Thomas</t>
+          <t>Crahay, Anne</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G24" s="2"/>
-      <c r="H24" s="2"/>
+      <c r="H24" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>107037</v>
+        <v>108040</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Lapin et canard</t>
+          <t>Reproduction - Les robes (Germano Zullo)</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>La maison est en carton éditions,  / Dedieu, Thierry</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>107038</v>
+        <v>108552</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Yakouba</t>
+          <t>Carton d'invitation - Exposition "Le livre de la jungle" - Galerie Robillard - 2016</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Dedieu, Thierry / Seuil Jeunesse éditions</t>
+          <t>Gréban, Quentin</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>107039</v>
+        <v>108041</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Dessin inédit réalisé lors de la journée des attentats de Bruxelles - 22/03/2016</t>
+          <t>Reproduction - Déguisé</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Dedieu, Thierry</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>107040</v>
+        <v>108553</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Moi je vais là</t>
+          <t>Sérigraphie - Korda et jeune femme en sari</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>De Greef, Sabine / Pastel Editions (L'école des loisirs)</t>
+          <t>Grenson, Olivier</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>107042</v>
+        <v>109321</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Hommage à Babar</t>
+          <t>Affiche - Exposition au MIJ - Moulins-sur-Alliers</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
-      <c r="D29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2"/>
-      <c r="F29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>107051</v>
+        <v>107018</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Léo</t>
+          <t>Illustration originale - Mère Méduse (couverture)</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>De Kemmeter, Laurence</t>
+          <t>Crowther, Kitty / Pastel Editions (L'école des loisirs)</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>crayon de couleur</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>107053</v>
+        <v>108042</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Calque d'un dessin de l'album Yoh Yoh et les moutons d'André François</t>
+          <t>Reproduction - Déguisé</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Delessert, Etienne</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G31" s="2"/>
+      <c r="G31" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>107056</v>
+        <v>108554</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Illustration orignale - De retour en Afrique (Hommage à Babar)</t>
+          <t>Marque-page - Korda</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Delvaux, Nancy</t>
+          <t>Grenson, Olivier</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>107057</v>
+        <v>109322</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Alix Senator devant un temple</t>
+          <t>Illustration numérique - Observation deck</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Demarez, Thierry</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E33" s="2"/>
-      <c r="F33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>107058</v>
+        <v>107019</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Fanny</t>
+          <t>Sérigraphie - Sorcière sur un cheval bleu</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Dendoven, Gerda / Dendooven, Gerda</t>
+          <t>Crowther, Kitty</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>gravure sur bois</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>107059</v>
+        <v>108043</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Frida Kahlo</t>
+          <t>Reproduction - Déguisé</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Deppe, Françoise</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G35" s="2"/>
+      <c r="G35" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>107060</v>
+        <v>108555</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Aglaé, la petite abeille (auteure : Paule Alen)</t>
+          <t>Reproduction - La ballade du panda (Ludovic Flamant)</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Deru, Myriam</t>
+          <t>Gréselle, Sara</t>
         </is>
       </c>
       <c r="E36" s="2"/>
-      <c r="F36" s="2"/>
+      <c r="F36" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>107061</v>
+        <v>109323</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - branche avec oiseaux, poule et souriceau</t>
+          <t>Illustration numérique - Cloud formation</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Deru, Myriam</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E37" s="2"/>
-      <c r="F37" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>107063</v>
+        <v>107020</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Trois cochons</t>
+          <t>Illustration inédite - Rêve de Drôme</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Descamps, Dominique</t>
+          <t>Crowther, Kitty / La maison est en carton éditions</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G38" s="2"/>
-      <c r="H38" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>107064</v>
+        <v>108044</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Un peu de verdure</t>
+          <t>Reproduction - Ligne 135 (Germano Zullo)</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Descamps, Dominique</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G39" s="2"/>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>107082</v>
+        <v>108556</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le grand débordement</t>
+          <t>Dessin inédit - Blacksad KO</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Edinger, Sandra / Winioux éditions</t>
+          <t>Guarnido, Juanjo</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>107880</v>
+        <v>108045</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Matilda (auteur Roald Dahl)</t>
+          <t>Reproduction - Ligne 135 (Germano Zullo)</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Blake, Quentin</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G41" s="2"/>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>106859</v>
+        <v>109325</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Trop petit trop grand</t>
+          <t>Illustration numérique - Miami high dive</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Afano, Laurence</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E42" s="2"/>
-      <c r="F42" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>106860</v>
+        <v>108046</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Seigneur Lapin</t>
+          <t>Reproduction - Ligne 135 (Germano Zullo)</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Albert, Adrien / L'école des loisirs éditions</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>106861</v>
+        <v>109582</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Les robes</t>
+          <t>Illustration inédite - Frida Kahlo</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Albertine,  / La joie de lire éditions</t>
+          <t>Lacombe, Benjamin</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>106862</v>
+        <v>108047</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Femme en robe </t>
+          <t>Reproduction - A la campagne (Germano zullo)</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Albertine</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G45" s="2"/>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>106863</v>
+        <v>109583</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Bal masqué</t>
+          <t>Carte postale - Frida (Sébastien Pérez)</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Albertine</t>
+          <t>Lacombe, Benjamin / Albin Michel jeunesse éditions</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G46" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>106864</v>
+        <v>107024</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Le premier bonjour</t>
+          <t>Sérigraphie - Personnages</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Alemagna, Béatrice / La maison est en carton éditions</t>
+          <t>Crowther, Kitty</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G47" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>106866</v>
+        <v>108048</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Entrée à Alexandrie - Les voyages d'Ibn Battûta</t>
+          <t>Reproduction - A la campagne (Germano Zullo)</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Allesandra, Joël / Librairie Brüsel (édité par)</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
-[...2 lines deleted...]
-      <c r="G48" s="2"/>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G48" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>106867</v>
+        <v>108560</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Mosquée d'Alger - Les voyages d'Ibn Battûta</t>
+          <t>Affiche - Moi, je suis une montagne (Manech)</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Allesandra, Joël / Librairie Brüsel (édité par)</t>
+          <t>Guiné, Cécina</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>106868</v>
+        <v>107025</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Visage d'homme (Les voyages d'Ibn Battûta)</t>
+          <t>Sérigraphie - Cinq branches de coton noir (scénario Yves Sente)</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Allesandra, Joël / Dupuis éditions</t>
+          <t>Cuzor, Steve / Dupuis éditions</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
-      <c r="G50" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>106869</v>
+        <v>108049</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>A cloche-pied</t>
+          <t>Reproduction - A la campagne (Germano Zullo)</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Alibeu, Géraldine</t>
+          <t>Albertine,  / La joie de lire éditions</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>carton</t>
+        </is>
+      </c>
+      <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>106870</v>
+        <v>108561</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Affiche de cinéma - Les aventuriers de l'arche perdue (Steven Spielberg)</t>
+          <t>Illustration inédite - Goûter dans la nature</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Amsel, Richard</t>
+          <t>Harotin, Xan</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>106871</v>
+        <v>109329</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Affiche de cinéma - Dark Crystal (Jim Henson)</t>
+          <t>Illustrations originales - Homère à l'école des oiseaux</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Amsel, Richard</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>106872</v>
+        <v>109585</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Affiche de cinéma - Nijinsky (Herbert Ross)</t>
+          <t>Illustration inédite - Chien</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Amsel, Richard</t>
+          <t>Lacombe, Benjamin</t>
         </is>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>106873</v>
+        <v>107026</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - La petite brodeuse d'histoires</t>
+          <t>Illustration inédite - Groupe d'Africains</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Arranda, Martina / Cotcotcot éditions</t>
+          <t>Daniau, Marc</t>
         </is>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G55" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>106874</v>
+        <v>108050</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Fauteuil</t>
+          <t>Carton d'invitation - Exposition "Robes, mises en scène et artifices" (2014)</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Arranda, Martina / Cotcotcot éditions</t>
+          <t>Albertine,  / L'art à la page galerie</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>106875</v>
+        <v>109330</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Parasols</t>
+          <t>Illustrations originales - Jour de ménage pour Mimosa</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Arranda, Martina / Cotcotcot éditions</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G57" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>106876</v>
+        <v>109586</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Dessin préparatoire - Lou et Mouf - Faut pas ranger </t>
+          <t>Ex-Libris - La route (Cormac MacCarthy)</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Ashbé, Jeanne / Pastel Editions (L'école des loisirs)</t>
+          <t>Larcenet, Manu / Dargaud éditions</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>106877</v>
+        <v>107027</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - La fourmi et le loup</t>
+          <t>Affiche - Eposition Rouge-Cloître 2014</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Ashbé, Jeanne</t>
+          <t>Dany</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>autre, affiche d'exposition</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>106878</v>
+        <v>108051</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - La fourmi et le loup</t>
+          <t>Carton d'invitation - Exposition "Le petit monde d'Albertine" (2019)</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Ashbé, Jeanne</t>
+          <t>Albertine,  / L'art à la page galerie</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G60" s="2"/>
+      <c r="G60" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>106879</v>
+        <v>108563</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Maman donne à manger à sa fille</t>
+          <t>Sérigraphie - Laiyna</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Ashbé, Jeanne</t>
+          <t>Hausman, René</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...7 lines deleted...]
-      <c r="H61" s="2"/>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>106882</v>
+        <v>109331</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Atom City VI</t>
+          <t>Illustrations originales - La coiffure d'Arouna</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Avril, François</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G62" s="2"/>
-      <c r="H62" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>106883</v>
+        <v>107028</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite -  Mon chat le plus bête du monde</t>
+          <t>Illustration inédite - Chat gris</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Bachelet, Gilles</t>
+          <t>Daufresne, Michèle</t>
         </is>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G63" s="2"/>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>106884</v>
+        <v>107029</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Illustration - Le chevalier Ventre-à-terre</t>
+          <t>Illustration inédite - Personnages fantastiques</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Seuil Jeunesse éditions,  / Bachelet, Gilles</t>
+          <t>Dautremer, Rebecca</t>
         </is>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G64" s="2"/>
-      <c r="H64" s="2"/>
+      <c r="H64" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>106888</v>
+        <v>108053</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>illustration inédite -  T-Moon-Rex</t>
+          <t>Illustration originale - Réglobus</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Bernard, Fred / La maison est en carton éditions</t>
+          <t>Alexis, Pierre</t>
         </is>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture acrylique, papier photographique</t>
         </is>
       </c>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>106889</v>
+        <v>109333</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Destruction de Lhassa (Blake et Mortimer)</t>
+          <t>Illustrations originales - La maison dans l'arbre</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Berserik, Teun / Librairie Brüsel (édité par)</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>croquis/crayonné</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>106890</v>
-[...1 lines deleted...]
-      <c r="B67" s="2"/>
+        <v>107030</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Enfants champignons</t>
+        </is>
+      </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Cécile</t>
+          <t>Davenier, Christine</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>106891</v>
+        <v>108054</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Simon, le petit évadé</t>
+          <t>Reproduction - Drôles d'oiseaux</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Cécile / La Renaissance du Livre éditions</t>
+          <t>Amman, Viola</t>
         </is>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G68" s="2"/>
-      <c r="H68" s="2"/>
+      <c r="H68" s="2" t="inlineStr">
+        <is>
+          <t>rinogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>106892</v>
+        <v>109334</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Vilain Coucou </t>
+          <t>Illustrations originales - La petite princesse et les insectes</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Cécile / Pastel Editions (L'école des loisirs)</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>106893</v>
+        <v>107031</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Petite fille triste</t>
+          <t>Reproduction - Sortie de joueur</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Bertrand, Cécile</t>
+          <t>Daxhelet, Sophie</t>
         </is>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G70" s="2"/>
+      <c r="G70" s="2" t="inlineStr">
+        <is>
+          <t>gouache, fusain</t>
+        </is>
+      </c>
       <c r="H70" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>106895</v>
+        <v>108055</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Pirouette Cacahuète</t>
+          <t>Affiche - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>La maison est en carton éditions,  / Bertrand, Frédérique</t>
+          <t>Angeli, May</t>
         </is>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G71" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>107919</v>
+        <v>109335</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - La couleur de l'air</t>
+          <t>Ex-Libris - Une romance anglaise (Jean-Luc Fromental)</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Hyman, Miles / Dupuis éditions</t>
         </is>
       </c>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>106896</v>
+        <v>107032</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Mauer Palast (La Femme piège)</t>
+          <t>Illustration originale - Le bouclier de Bruxelles (texte Do Spillers)</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Dargaud éditions,  / Bilal, Enki</t>
+          <t>De Boeck, Francine / Labor éditions</t>
         </is>
       </c>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>illustration, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>107920</v>
+        <v>109336</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Estampe pigmentaire - Trois </t>
+          <t>Affiche - Dédicace à la librairie Brüsel</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E74" s="2"/>
-      <c r="F74" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>106897</v>
+        <v>107033</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Affiche - La foire des immortels (couverture)</t>
+          <t>Illustration originale - Go comme Goliath (texte Jacqueline Pierre)</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Dargaud éditions</t>
+          <t>De Boeck, Francine / Nathan éditions</t>
         </is>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>106898</v>
+        <v>108057</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Sérigrphie - Femme et chat (Bleu sang)</t>
+          <t>Illustration originale - Les histoires merveilleuses de l'hippocampe (Aimée Césaire)</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Christian Desbois éditions,  / Bilal, Enki</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>106900</v>
+        <v>109337</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Homme chevauchant un puma</t>
+          <t>Illustration numérique - Chat et oiseau</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Librairie Brüsel (édité par),  / Bilal, Enki</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E77" s="2"/>
-      <c r="F77" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>107924</v>
+        <v>107034</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Le luthier de Venise (Claude Clément)</t>
+          <t>Illustration originale - Les petits chevaux de vent</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Clement, Frédéric / L'école des loisirs éditions</t>
+          <t>De Boël, Anne-Catherine / Pastel Editions (L'école des loisirs)</t>
         </is>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G78" s="2"/>
+      <c r="G78" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>106901</v>
+        <v>109338</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Enheduana Arwi-a et le code Hamourabi (Les fantômes du Louvre)</t>
+          <t>Illustration numérique - La vie secrète des écrivains (Jean-Luc Fromental)</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Librairie Brüsel (édité par),  / Bilal, Enki</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>106902</v>
+        <v>107035</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Homme aux yeux bandés (Bug Livre 1)</t>
+          <t>Illustration inédite - Saïmiri</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>De Boël, Anne-Catherine / Pastel Editions (L'école des loisirs)</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>106903</v>
+        <v>109339</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Kameron Obb (Bug Livre 2)</t>
+          <t>Illustration numérique - Femme devant un phare</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Casterman éditions</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E81" s="2"/>
-      <c r="F81" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>107927</v>
+        <v>107036</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Dessin préparatoire - China Li (Hong Kong Paris)</t>
+          <t>Illustration inédite - Homme jouant de la trompette</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Charles, Jean-François</t>
+          <t>De Costers, Thomas / De Coster, Thomas</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>croquis/crayonné</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>106904</v>
+        <v>109340</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Chaos. Dans la tête de Cameron Obb (Bug Livre 3)</t>
+          <t>Illustrations originales - Le chou frisé</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>107928</v>
+        <v>107037</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Dessin préparation - China Li (Hong Kong Paris)</t>
+          <t>Illustration inédite - Lapin et canard</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Charles, Jean-François / Casterman éditions</t>
+          <t>La maison est en carton éditions,  / Dedieu, Thierry</t>
         </is>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>croquis/crayonné</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>crayon noir</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>106905</v>
+        <v>109341</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Kameron (couverture Bug Livre 2)</t>
+          <t>Illustrations originales - Le Noël de Léopold</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Casterman éditions</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>couverture, illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>107929</v>
+        <v>107038</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Silence</t>
+          <t>Reproduction - Yakouba</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Comès, Didier / Casterman éditions</t>
+          <t>Dedieu, Thierry / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G86" s="2"/>
-      <c r="H86" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>106906</v>
+        <v>109342</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Jill, Nicopol et Horus (couverture La Femme piège)</t>
+          <t>Illustrations originales - Lucien la frousse</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Dargaud éditions</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>couverture, illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G87" s="2"/>
-      <c r="H87" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>107930</v>
+        <v>107039</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - La Belette (couverture)</t>
+          <t>Dessin inédit réalisé lors de la journée des attentats de Bruxelles - 22/03/2016</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Comès, Didier / Casterman éditions</t>
+          <t>Dedieu, Thierry</t>
         </is>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G88" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>106908</v>
+        <v>109343</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Affiche de l'expostion à Landerneau (Bretagne) - 2020</t>
+          <t>Illustrations originales -Péric et Pac</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>autre, affiche d'exposition</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>107932</v>
+        <v>107040</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Silence</t>
+          <t>Illustration originale - Moi je vais là</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Comès, Didier / Casterman éditions</t>
+          <t>De Greef, Sabine / Pastel Editions (L'école des loisirs)</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>illustration, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G90" s="2"/>
-      <c r="H90" s="2"/>
+      <c r="H90" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>106909</v>
+        <v>109344</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Affiche de cinéma - La vie est un roman (Alain Resnais)</t>
+          <t>Illustrations originales - Shiki</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>107933</v>
+        <v>109600</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Peinture - Perroquet sur fond jaune</t>
+          <t>Reproduction - L'homme de fer</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl</t>
+          <t>Legendre, Violette / Albin Michel jeunesse éditions</t>
         </is>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>106910</v>
+        <v>109345</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Affiche de cinéma - Le pays où rêvent les fourmis verte (Wim Wenders)</t>
+          <t>Affiche - Dédicace à la librairie Brüsel</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki</t>
+          <t>Hyman, Miles / Librairie Brüsel (édité par)</t>
         </is>
       </c>
       <c r="E93" s="2"/>
-      <c r="F93" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>107934</v>
+        <v>107042</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'exposition - Karakters (Villa Verbeelding, Hasselt)</t>
+          <t>Illustration inédite - Hommage à Babar</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl</t>
+          <t>De Greef, Sabine</t>
         </is>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>affiche d'exposition</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>107935</v>
+        <v>109346</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - L'ours et le pinson (page 11)</t>
+          <t>Illustration numérique - Femme sur un canapé</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Anne / Didier Jeunesse éditions</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E95" s="2"/>
-      <c r="F95" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F95" s="2"/>
       <c r="G95" s="2"/>
-      <c r="H95" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>107936</v>
+        <v>109602</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Carte de voeux 2024</t>
+          <t>Impression pigmentaire - Chat</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Anne</t>
+          <t>Ledroit, Olivier</t>
         </is>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>106913</v>
+        <v>109347</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Jojo l'hippo dans son avion</t>
+          <t>Illustration numérique - La sirena</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Bisinski, Pierrick / Gallimard éditions</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E97" s="2"/>
-      <c r="F97" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F97" s="2"/>
       <c r="G97" s="2"/>
-      <c r="H97" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>107937</v>
+        <v>109603</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Carte de voeux 2022</t>
+          <t>Reproduction - Les neuf vies extraordinaires de la princesse Gaya</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Anne</t>
+          <t>Lejonc, Regis</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G98" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G98" s="2"/>
+      <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>106914</v>
+        <v>108068</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Reproduction -  Charlie et la chocolaterie ( auteur Roald Dahl)</t>
+          <t>Illustration originale - Le lion et les 3 buffles (Moncef Dhouib)</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Blake, Quentin</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G99" s="2"/>
-      <c r="H99" s="2"/>
+      <c r="H99" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>106915</v>
+        <v>109348</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Carte postale - reproduction d'un timbe édité en Angleterre pour Noël 1933</t>
+          <t>Illustration numérique - Crash 46</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Blake, Quentin</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E100" s="2"/>
-      <c r="F100" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>106916</v>
+        <v>109604</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Paysage</t>
+          <t>Portrait de Luc Battieuw</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Blexbolex</t>
+          <t>Lejonc, Regis</t>
         </is>
       </c>
       <c r="E101" s="2"/>
-      <c r="F101" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F101" s="2"/>
       <c r="G101" s="2"/>
-      <c r="H101" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>106918</v>
+        <v>108069</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Bruges Bear Canals</t>
+          <t>Illustration originale - L'enfant d'éléphant (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Bosschaert, Greet</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>107942</v>
+        <v>109349</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Planche originale - Bran Ruz (scénario : Alain Deschamps)</t>
+          <t>Illustration numérique - Rubicon Key</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Auclair, Claude / Casterman éditions</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E103" s="2"/>
-      <c r="F103" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>106919</v>
+        <v>108071</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Zwaan-brugs beertje</t>
+          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Bosschaert, Greet</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>gravure sur bois, gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>107943</v>
+        <v>108583</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Planche originale - Bran Ruz (scénario Alain Deschamps)</t>
+          <t>Illustration inédite - Hommage à Philippe Corentin</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Auclair, Claude / Casterman éditions</t>
+          <t>Herbauts, Anne</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>106920</v>
+        <v>108072</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Petit déjeuner </t>
+          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Seuil Jeunesse éditions,  / Bouchard, André</t>
+          <t>Angeli, May / Didier Jeunesse éditions</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G106" s="2"/>
-      <c r="H106" s="2"/>
+      <c r="H106" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>107944</v>
+        <v>108584</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Ex-libris - Simon du fleuve</t>
+          <t>Illustration originale - Comment on fait les bébés ours (essai couverture)</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Auclair, Claude / Lombard éditions</t>
+          <t>Herbauts, Anne</t>
         </is>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée, affiche publicitaire</t>
-[...3 lines deleted...]
-      <c r="H107" s="2"/>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G107" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H107" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>107946</v>
+        <v>108073</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Hommage à Babar</t>
+          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Daxhelet, Sophie</t>
+          <t>Angeli, May / Didier Jeunesse éditions</t>
         </is>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G108" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>106924</v>
+        <v>108074</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Maisons et immeubles</t>
+          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>La maison est en carton éditions,  / Bourgeau, Vincent</t>
+          <t>Angeli, May / Didier Jeunesse éditions</t>
         </is>
       </c>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G109" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>106925</v>
+        <v>107051</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Cyann </t>
+          <t>Illustration inédite - Léo</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Bourgeon, François / Casterman éditions</t>
+          <t>De Kemmeter, Laurence</t>
         </is>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
-[...7 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G110" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>107949</v>
+        <v>108075</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Homme avec valise</t>
+          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>De Coster, Thomas</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G111" s="2"/>
-      <c r="H111" s="2"/>
+      <c r="H111" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>106926</v>
+        <v>109611</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+          <t>Illustration originale - Tor et le prisonnier</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Bourgeon, François / Casterman éditions</t>
+          <t>Lavachery, Thomas / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E112" s="2"/>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
-[...7 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G112" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>107950</v>
+        <v>108076</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Donne-moi la main, Arthur (Auteure Corinne Jamar)</t>
+          <t>Illustration originale - Le rayon vert (Jules Verne)</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>De Kemmeter, Laurence / Casterman éditions</t>
+          <t>Angeli, May / Syros éditions</t>
         </is>
       </c>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G113" s="2"/>
-      <c r="H113" s="2"/>
+      <c r="H113" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>107951</v>
+        <v>109612</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Wintervuur (Vent d'hiver - auteur Carl Norac)</t>
+          <t>Reproduction - Tigre</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Dendooven, Gerda</t>
+          <t>Lhuire, Ophélie</t>
         </is>
       </c>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>107952</v>
+        <v>107053</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Parfum d'étoile</t>
+          <t>Calque d'un dessin de l'album Yoh Yoh et les moutons d'André François</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe</t>
+          <t>Delessert, Etienne</t>
         </is>
       </c>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G115" s="2"/>
-      <c r="H115" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>106929</v>
+        <v>109613</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Babar est désemparé</t>
+          <t>Sérigraphie - La quête de l'oiseau du temps (Serge Le Tendre)</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Bourguignon, Jean</t>
+          <t>Loisel, Régis / Dargaud éditions</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...7 lines deleted...]
-      <c r="H116" s="2"/>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>106930</v>
+        <v>109614</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Cheval bleu</t>
+          <t>Sérigraphie - La grenouille</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Bourre, Martine</t>
+          <t>Loisel, Régis</t>
         </is>
       </c>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...7 lines deleted...]
-      <c r="H117" s="2"/>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>106931</v>
+        <v>109615</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Renard regardant son reflet dans l'eau</t>
+          <t>Reproduction - Polynésie</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>La maison est en carton éditions,  / Boutavant, Marc</t>
+          <t>Loustal, Jacques</t>
         </is>
       </c>
       <c r="E118" s="2"/>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>106932</v>
+        <v>107056</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - personnages</t>
+          <t>Illustration orignale - De retour en Afrique (Hommage à Babar)</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Seuil Jeunesse éditions,  / Bravo, Emile</t>
+          <t>Delvaux, Nancy</t>
         </is>
       </c>
       <c r="E119" s="2"/>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G119" s="2"/>
+      <c r="G119" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, crayon de couleur</t>
+        </is>
+      </c>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>106933</v>
+        <v>109616</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Sauterelle</t>
+          <t>Reproduction - Paysage</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Brax, Justine</t>
+          <t>Loustal, Jacques</t>
         </is>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>107957</v>
+        <v>107057</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Je ne lis jamais ! J'aime personne</t>
+          <t>Tiré à part - Alix Senator devant un temple</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Delessert, Etienne / Creative éditions (USA)</t>
+          <t>Demarez, Thierry</t>
         </is>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>106934</v>
+        <v>108081</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Bonhomme de neige et enfant volants (Bonhomme de neige)</t>
+          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Grasset jeunesse éditions,  / Briggs, Raymond</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G122" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H122" s="2"/>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>107958</v>
+        <v>109617</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Je lis ! Ca change ma vie</t>
+          <t>Sérigraphie - Chien couché et animaux en bois</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Delessert, Etienne / Creative éditions (USA)</t>
+          <t>Luchsinger, Sandra</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G123" s="2"/>
-      <c r="H123" s="2"/>
+      <c r="H123" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>107959</v>
+        <v>107058</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Je lis ! Surtout quand je ne devrais pas !</t>
+          <t>Illustration inédite - Fanny</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Delessert, Etienne / Creative éditions (USA)</t>
+          <t>Dendoven, Gerda / Dendooven, Gerda</t>
         </is>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G124" s="2"/>
-      <c r="H124" s="2"/>
+      <c r="H124" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>106936</v>
+        <v>108082</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Illustration préparatoire - La grande vague</t>
+          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Brouillard, Anne / Grandir éditions</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G125" s="2"/>
-      <c r="H125" s="2"/>
+      <c r="H125" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>107960</v>
+        <v>107059</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Je lis ! Ca m'apporte des trésors</t>
+          <t>Illustration inédite - Frida Kahlo</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Delessert, Etienne / Creative éditions (USA)</t>
+          <t>Deppe, Françoise</t>
         </is>
       </c>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>106937</v>
+        <v>108083</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Chien devant château</t>
+          <t>Illustration originale - Des histoires comme ça (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Brouillard, Anne</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G127" s="2"/>
-      <c r="H127" s="2"/>
+      <c r="H127" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>107961</v>
+        <v>109619</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Je lis ! Ca me fait des copains</t>
+          <t>Portfolio - Comme à la maison</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Delessert, Etienne / Creative éditions (USA)</t>
+          <t>Lejonc, Regis</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>106938</v>
+        <v>107060</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Dessin préparatoire - Le sourire du loup (le loup)</t>
+          <t>Illustration originale - Aglaé, la petite abeille (auteure : Paule Alen)</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Brouillard, Anne / Dessain éditions</t>
+          <t>Casterman éditions,  / Deru, Myriam</t>
         </is>
       </c>
       <c r="E129" s="2"/>
-      <c r="F129" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>107962</v>
+        <v>108084</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Je ne lis jamais ! Ca me donnerait de bonnes idées </t>
+          <t>Illustration originale - Le joueur de flûte de Hamelin (adapté par François Mathieu) </t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Delessert, Etienne</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G130" s="2"/>
-      <c r="H130" s="2"/>
+      <c r="H130" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>106939</v>
+        <v>109620</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Dessin préparatoire - Le sourire du loup (la machoire du loup)</t>
+          <t>Ex-Libris - Comme à la maison</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Brouillard, Anne / Dessain éditions</t>
+          <t>Lejonc, Regis</t>
         </is>
       </c>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>107963</v>
+        <v>107061</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cette nuit, on part en vacances (Auteure : Charlotte Bellière)</t>
+          <t>Illustration inédite - branche avec oiseaux, poule et souriceau</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>De Haes, Ian / Alice éditons</t>
+          <t>Deru, Myriam</t>
         </is>
       </c>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>107964</v>
+        <v>108085</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Les colères de Simon</t>
+          <t>Illustration originale - Le joueur de flûte de Hamelin (adapté par François Mathieu)</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>De Haes, Ian / Alice éditons</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G133" s="2"/>
-      <c r="H133" s="2"/>
+      <c r="H133" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>106941</v>
+        <v>109621</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - La vieille dame et les souris</t>
+          <t>Tiré à part - Les 9 vies extraordinaires de la princesse Gaya</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Brouillard, Anne / Seuil Jeunesse éditions</t>
+          <t>Lejonc, Regis</t>
         </is>
       </c>
       <c r="E134" s="2"/>
-      <c r="F134" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F134" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G134" s="2"/>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>106942</v>
+        <v>107062</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Les aventuriers du soir</t>
+          <t>Pivoine</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Brouillard, Anne / Les éditions des éléphants</t>
+          <t>Deru, Myriam</t>
         </is>
       </c>
       <c r="E135" s="2"/>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>pastel, aquarelle</t>
+          <t>peinture acrylique, bois</t>
         </is>
       </c>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>106943</v>
+        <v>109622</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - La famille foulque</t>
+          <t>Reproduction - Vue d'Angkor</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Brouillard, Anne / Seuil Jeunesse éditions</t>
+          <t>Mattotti, Lorenzo</t>
         </is>
       </c>
       <c r="E136" s="2"/>
-      <c r="F136" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>107967</v>
+        <v>107063</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Homme au revolver</t>
+          <t>Illustration inédite - Trois cochons</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Cabanes, Max</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E137" s="2"/>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G137" s="2"/>
-      <c r="H137" s="2"/>
+      <c r="H137" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>107968</v>
+        <v>108087</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Soldats US et char dans la neige</t>
+          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Cuzor, Steve</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G138" s="2"/>
-      <c r="H138" s="2"/>
+      <c r="H138" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>106947</v>
+        <v>109367</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Sacha a rendez-vous avec Esther</t>
+          <t>Affiche - Carnets de voyage</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Bruyere, Xavier / Pastel Editions (L'école des loisirs)</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>106948</v>
+        <v>107064</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Sacha a rendez-vous avec Esther</t>
+          <t>Illustration inédite - Un peu de verdure</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Bruyere, Xavier / Pastel Editions (L'école des loisirs)</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E140" s="2"/>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G140" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G140" s="2"/>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>106949</v>
+        <v>108088</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale- Sacha a rendez-vous avec Esther</t>
+          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Bruyere, Xavier / Pastel Editions (L'école des loisirs)</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E141" s="2"/>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G141" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H141" s="2"/>
+      <c r="G141" s="2"/>
+      <c r="H141" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>106950</v>
+        <v>107065</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Hommes et femmes dansants</t>
+          <t>Illustration inédite - Loup couché dans l'herbe</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Cabanes, Max</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G142" s="2"/>
-      <c r="H142" s="2"/>
+      <c r="H142" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>106951</v>
+        <v>108089</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Garçon à l'écharpe</t>
+          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Cabanes, Max</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G143" s="2"/>
-      <c r="H143" s="2"/>
+      <c r="H143" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>106952</v>
+        <v>109369</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale  - Costa Belgica (Westende)</t>
+          <t>Affiche - Exposition à la galerie Martel</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève / Esperluète éditions</t>
+          <t>Hyman, Miles</t>
         </is>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>affiche d'exposition</t>
         </is>
       </c>
       <c r="G144" s="2"/>
-      <c r="H144" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>106953</v>
+        <v>107066</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Costa Belgica (Coxyde)</t>
+          <t>Illustration inédite - Cochon parmi les fleurs</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève / Esperluète éditions</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>aquatinte, eau-forte</t>
+          <t>linogravure, collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>106954</v>
+        <v>108090</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - A la mer incognito</t>
+          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève</t>
+          <t>Didier Jeunesse éditions,  / Angeli, May</t>
         </is>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>aquatinte</t>
+          <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>106955</v>
+        <v>107067</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Enfants de Madagascar - Judith</t>
+          <t>Illustration inédité - Souris dansante</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G147" s="2"/>
-      <c r="H147" s="2"/>
+      <c r="H147" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>106956</v>
+        <v>108091</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Enfants de Madagascar - Hermann</t>
+          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève</t>
+          <t>Angeli, May / Didier Jeunesse éditions</t>
         </is>
       </c>
       <c r="E148" s="2"/>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G148" s="2"/>
-      <c r="H148" s="2"/>
+      <c r="H148" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>106957</v>
+        <v>107068</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Enfants de Madagascar - Cécilia</t>
+          <t>Illustration inédite - Renard dans la forêt</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E149" s="2"/>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G149" s="2"/>
-      <c r="H149" s="2"/>
+      <c r="H149" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>106958</v>
+        <v>108092</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite -Femme adossée à une colonne (Le monde d'Arkadi)</t>
+          <t>Illustration originale - Le refrain du vieux kangourou (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E150" s="2"/>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G150" s="2"/>
-      <c r="H150" s="2"/>
+      <c r="H150" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>106959</v>
+        <v>107069</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - Femme au coucher de soleil - Le monde d'Arkadi</t>
+          <t>Illustration inédite - Loup habillé</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G151" s="2"/>
-      <c r="H151" s="2"/>
+      <c r="H151" s="2" t="inlineStr">
+        <is>
+          <t>linogravure, collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>106960</v>
+        <v>108093</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - La Walkyrie</t>
+          <t>Illustration originale - Le refrain du vieux kangourou (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E152" s="2"/>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>106962</v>
+        <v>107070</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Le cirque imaginaire </t>
+          <t>Illustration inédite - Vache couchée dans les fleurs</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Ceccarelli, Serge</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E153" s="2"/>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G153" s="2"/>
-      <c r="H153" s="2"/>
+      <c r="H153" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>106963</v>
+        <v>108094</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Montagnes bleues aux reflets oranges</t>
+          <t>Illustration originale - La première lettre (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Celas, Carolina</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E154" s="2"/>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G154" s="2"/>
-      <c r="H154" s="2"/>
+      <c r="H154" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>106964</v>
+        <v>107071</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (couverture)</t>
+          <t>Illustration inédite - Loup dubitatif</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Mango Jeunesse éditions,  / Célérier, Arno</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>linogravure, collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>106965</v>
+        <v>108095</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 1)</t>
+          <t>Illustration originale - L'enfant d'éléphant (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>106966</v>
+        <v>107072</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 2)</t>
+          <t>Illustration inédite - Ecureuil</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>linogravure, collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>106967</v>
+        <v>108096</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 3)</t>
+          <t>Illustration originale - Comment le léopard se fit des taches (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E158" s="2"/>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>106968</v>
+        <v>109376</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 4)</t>
+          <t>Illustrations originales - Le cousin de France</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E159" s="2"/>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G159" s="2"/>
-      <c r="H159" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>106969</v>
+        <v>107073</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 5)</t>
+          <t>Illustration inédite -Forêt magique</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E160" s="2"/>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>106970</v>
+        <v>107074</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 6)</t>
+          <t>Tiré à part - Bruxelles 43</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Deville, Baudoin / Librairie Brüsel (édité par)</t>
         </is>
       </c>
       <c r="E161" s="2"/>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G161" s="2"/>
-      <c r="H161" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>106971</v>
+        <v>107075</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 7)</t>
+          <t>Illustration originale - Zékévé, la colère du géant</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Dieterlé, Nathalie / Hachette éditions</t>
         </is>
       </c>
       <c r="E162" s="2"/>
-      <c r="F162" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F162" s="2"/>
       <c r="G162" s="2"/>
-      <c r="H162" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>106972</v>
+        <v>107076</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 8)</t>
+          <t>Reproduction -  La grande fabrique des mots</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Docampo, Valéria / Alice éditons</t>
         </is>
       </c>
       <c r="E163" s="2"/>
-      <c r="F163" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F163" s="2"/>
       <c r="G163" s="2"/>
-      <c r="H163" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>106973</v>
+        <v>108100</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 9)</t>
+          <t>Affiche - La Venin</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Astier, Laurent / Rue de Sèvres éditions</t>
         </is>
       </c>
       <c r="E164" s="2"/>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G164" s="2"/>
-      <c r="H164" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>106974</v>
+        <v>109380</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 10)</t>
+          <t>Illustrations originales - Mimosa blanc bonhomme</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E165" s="2"/>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G165" s="2"/>
-      <c r="H165" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>106975</v>
+        <v>107077</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 11)</t>
+          <t>Reproduction - La Poya</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Drreyer, Fanny</t>
         </is>
       </c>
       <c r="E166" s="2"/>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G166" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G166" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>106976</v>
+        <v>108101</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 12)</t>
+          <t>Illustration originale - Le voyage d'Irma</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Baijot, Mathias / Cotcotcot éditions</t>
         </is>
       </c>
       <c r="E167" s="2"/>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G167" s="2"/>
+      <c r="G167" s="2" t="inlineStr">
+        <is>
+          <t>marqueur, crayon de couleur, crayon</t>
+        </is>
+      </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>106977</v>
+        <v>107078</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page de garde)</t>
+          <t>Sérigraphie - Salambô 3 - Matho (Gustave Flaubert)</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Druillet, Philippe / Dargaud éditions</t>
         </is>
       </c>
       <c r="E168" s="2"/>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>108001</v>
+        <v>108102</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - La couleur de l'air</t>
+          <t>Reproduction - Le voyage d'Irma</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Casterman éditions</t>
+          <t>Baijot, Mathias / Cotcotcot éditions</t>
         </is>
       </c>
       <c r="E169" s="2"/>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
-[...7 lines deleted...]
-      <c r="H169" s="2"/>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G169" s="2"/>
+      <c r="H169" s="2" t="inlineStr">
+        <is>
+          <t>rinogravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>106978</v>
+        <v>109382</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'exposition - Indian dreams</t>
+          <t>Illustrations originales - Mimosa Croque noisette</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Charles, Jean-François</t>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E170" s="2"/>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>108002</v>
+        <v>107079</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Les tombes volantes</t>
+          <t>Affiche d'art - Salambô</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki</t>
+          <t>Druillet, Philippe</t>
         </is>
       </c>
       <c r="E171" s="2"/>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration, affiche publicitaire</t>
         </is>
       </c>
       <c r="G171" s="2"/>
-      <c r="H171" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H171" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>108003</v>
+        <v>108103</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Le temps du voyage (auteur :Roland C. Wagner - couverture)</t>
+          <t>Ex-libris - L'île de Pâques</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe</t>
+          <t>Balez, Olivier</t>
         </is>
       </c>
       <c r="E172" s="2"/>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>106980</v>
+        <v>107080</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - La parade des animaux</t>
+          <t>Affiche d'art - Heure de pointe place de l'Yser</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Chausson, Julia</t>
+          <t>Durieux , Laurent</t>
         </is>
       </c>
       <c r="E173" s="2"/>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>108004</v>
+        <v>108104</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - Cycle de Tchaï - Le Dirdir (Jack Vance)</t>
+          <t>Sculpture - Horus</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe / J'ai Lu éditions</t>
+          <t>Bilal, Enki</t>
         </is>
       </c>
       <c r="E174" s="2"/>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
-[...2 lines deleted...]
-      <c r="G174" s="2"/>
+          <t>autre</t>
+        </is>
+      </c>
+      <c r="G174" s="2" t="inlineStr">
+        <is>
+          <t>résine synthétique</t>
+        </is>
+      </c>
       <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>106981</v>
+        <v>107081</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Valse de Noël (Boris Vian)</t>
+          <t>Affiche d'art -  Peter et Wendy</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Choux, Nathalie / Grasset jeunesse éditions</t>
+          <t>Durieux , Laurent</t>
         </is>
       </c>
       <c r="E175" s="2"/>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>108005</v>
+        <v>108105</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - Cycle de Tchaï - Le Chasch (Jack Vance)</t>
+          <t>Reproduction - Publicité Donald Duck</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe / J'ai Lu éditions</t>
+          <t>Blain, Christophe</t>
         </is>
       </c>
       <c r="E176" s="2"/>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>106982</v>
+        <v>107082</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Vue sur le Puy-de-Dôme</t>
+          <t>Illustration originale - Le grand débordement</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Cinquin, Fabienne</t>
+          <t>Edinger, Sandra / Winioux éditions</t>
         </is>
       </c>
       <c r="E177" s="2"/>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G177" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G177" s="2" t="inlineStr">
+        <is>
+          <t>stylo-bille, aquarelle</t>
+        </is>
+      </c>
+      <c r="H177" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>108006</v>
+        <v>108106</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - Cycle de Tchaï - Le Pnume (Jack Vance)</t>
+          <t>Reproduction - La boutique de pastèques</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe / J'ai Lu éditions</t>
+          <t>Blain, Christophe</t>
         </is>
       </c>
       <c r="E178" s="2"/>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>106983</v>
+        <v>107083</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - L'histoire de Lilas (Nicole Maymat)</t>
+          <t>Illustration inédite - Le jour où on a fêté l'anniversaire d'Ultra Lapinette chez Peter Elliott</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Clement, Frédéric / Ipomée éditions</t>
+          <t>Elliott, Peter / La maison est en carton éditions</t>
         </is>
       </c>
       <c r="E179" s="2"/>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G179" s="2"/>
+      <c r="G179" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>108007</v>
+        <v>108107</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - Cycle de Tchaï - Le Wankh (Jack Vance)</t>
+          <t>Illustration originale - Quel cirque (Ludovic Lacomte)</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe / J'ai Lu éditions</t>
+          <t>Bonacina, Irène / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E180" s="2"/>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
-[...2 lines deleted...]
-      <c r="G180" s="2"/>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G180" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, encre de chine</t>
+        </is>
+      </c>
       <c r="H180" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>106984</v>
+        <v>108109</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Dessin préparatoire en noir et blanc - Un million de papillons</t>
+          <t>Sérigraphie - Trois femmes</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl</t>
+          <t>Boucq, François</t>
         </is>
       </c>
       <c r="E181" s="2"/>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G181" s="2"/>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>106985</v>
+        <v>107086</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Tout bêtement</t>
+          <t>Illustration originale - 36 papas</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl / La joie de lire éditions</t>
+          <t>Englebert, Jean-Luc / Pastel Editions (L'école des loisirs)</t>
         </is>
       </c>
       <c r="E182" s="2"/>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>106986</v>
+        <v>108110</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - La maison jaune</t>
+          <t>Sérigraphie - Chaussettes rouges</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl / La maison est en carton éditions</t>
+          <t>Bravo, Constanza</t>
         </is>
       </c>
       <c r="E183" s="2"/>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G183" s="2"/>
-      <c r="H183" s="2"/>
+      <c r="H183" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>106987</v>
+        <v>107087</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Souris chassant un chat</t>
+          <t>Illustration originale - 36 papas</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl</t>
+          <t>Englebert, Jean-Luc / Pastel Editions (L'école des loisirs)</t>
         </is>
       </c>
       <c r="E184" s="2"/>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>106988</v>
+        <v>108111</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Oiseaux en vol</t>
+          <t>Illustration originale - La galette</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl</t>
+          <t>Brosset, Mathilde / L'étagère du bas éditions</t>
         </is>
       </c>
       <c r="E185" s="2"/>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G185" s="2"/>
-      <c r="H185" s="2"/>
+      <c r="H185" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>106989</v>
+        <v>107088</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - 4 personnages avec bagages</t>
+          <t>Illustration inédite - Le chat d'hiver</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl</t>
+          <t>Erlbruch, Wolf / La maison est en carton éditions</t>
         </is>
       </c>
       <c r="E186" s="2"/>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>106990</v>
+        <v>108112</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'exposition - Exubérance &amp; Beauté </t>
+          <t>Illustration originale - Abdel et Nour</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Cneut, Carl</t>
+          <t>Brosset, Mathilde / Versant sud éditions</t>
         </is>
       </c>
       <c r="E187" s="2"/>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche d'exposition</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G187" s="2"/>
-      <c r="H187" s="2"/>
+      <c r="H187" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>106991</v>
+        <v>108113</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Affiche - La fée sorcière (couverture)</t>
+          <t>Illustration originale - La ballade de Lio </t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>De Eenhoorn éditions,  / Minne, Brigitte / Pastel Editions (L'école des loisirs),  / Cneut, Carl</t>
+          <t>Brosset, Mathilde / Versant sud éditions</t>
         </is>
       </c>
       <c r="E188" s="2"/>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G188" s="2"/>
-      <c r="H188" s="2"/>
+      <c r="H188" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>108017</v>
+        <v>107090</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Les voies d'Anubis (Tim Powers)</t>
+          <t>Carte de vœux de la Bibliothèque Internationale de Munich</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Caza, Philippe / J'ai Lu éditions</t>
+          <t>Erlbruch, Wolf</t>
         </is>
       </c>
       <c r="E189" s="2"/>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>106994</v>
+        <v>108114</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Affiche - La volière dorée (couverture)</t>
+          <t>Sérigraphie - Gorille</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Castagnoli, Anna / De Eenhoorn éditions,  / Editions Pastel,  / Cneut, Carl</t>
+          <t>Brüno</t>
         </is>
       </c>
       <c r="E190" s="2"/>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G190" s="2"/>
-      <c r="H190" s="2"/>
+      <c r="H190" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>106995</v>
+        <v>107091</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Affiche - La volière dorée (page 19)</t>
+          <t>Reproduction - Le maître de peinture (Couverture)</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>De Eenhoorn éditions,  / Editions Pastel,  / Castagnoli, Anna / Cneut, Carl</t>
+          <t>Faure, Michel</t>
         </is>
       </c>
       <c r="E191" s="2"/>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>106996</v>
+        <v>108115</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Affiche - De jongen, de neushoornvogel, de olifant, de tijger en het meisje</t>
+          <t>Reproduction - Nada</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>De Eenhoorn éditions,  / Cneut, Carl</t>
+          <t>Cabanes, Max / Dupuis éditions</t>
         </is>
       </c>
       <c r="E192" s="2"/>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, affiche publicitaire</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>106998</v>
+        <v>107092</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Dessin inédit - Indien</t>
+          <t>Illustration inédite - Enfants dans un champ de sucettes</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Comès, Didier</t>
+          <t>Fortier, Natali</t>
         </is>
       </c>
       <c r="E193" s="2"/>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>107000</v>
+        <v>108116</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Au clair de la lune</t>
+          <t>Dessin inédit - Dragon Belle</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Concejo, Joanna</t>
+          <t>Caza, Philippe</t>
         </is>
       </c>
       <c r="E194" s="2"/>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G194" s="2"/>
       <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>107001</v>
+        <v>107093</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Arbre généalogique (Entrez !)</t>
+          <t>Illustration inédite - La sirène grecque</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Concejo, Joanna</t>
+          <t>Francois, André</t>
         </is>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>107002</v>
+        <v>108117</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Tigres fluo</t>
+          <t>Dessin inédit - Dragon Belle (noir et blanc)</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Cools, Léonard</t>
+          <t>Caza, Philippe</t>
         </is>
       </c>
       <c r="E196" s="2"/>
-      <c r="F196" s="2"/>
+      <c r="F196" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>107003</v>
+        <v>109653</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Mère hindoue avec son enfant</t>
+          <t>Reproduction - Bob Dylan revisited (collectif)</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Corvaisier, Laurent</t>
+          <t>Mattotti, Lorenzo</t>
         </is>
       </c>
       <c r="E197" s="2"/>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>107004</v>
+        <v>107094</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Chien andalou</t>
+          <t>Dessin préparatoire - Wok Wok</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>La maison est en carton éditions,  / Corvaisier, Laurent</t>
+          <t>Francois, André</t>
         </is>
       </c>
       <c r="E198" s="2"/>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>crayon noir</t>
         </is>
       </c>
       <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>107005</v>
+        <v>108118</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Assemblages (1)</t>
+          <t>Portfolio Amazones</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Corvaisier, Laurent</t>
+          <t>Caza, Philippe</t>
         </is>
       </c>
       <c r="E199" s="2"/>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G199" s="2"/>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>107006</v>
+        <v>109654</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Assemblages (2)</t>
+          <t>Reproduction - Vue d'Angkor</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Corvaisier, Laurent</t>
+          <t>Mattotti, Lorenzo</t>
         </is>
       </c>
       <c r="E200" s="2"/>
-      <c r="F200" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F200" s="2"/>
+      <c r="G200" s="2"/>
       <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
+        <v>108119</v>
+      </c>
+      <c r="B201" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Plance inédite - Le monde d'Arkadis</t>
+        </is>
+      </c>
+      <c r="C201" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D201" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe</t>
+        </is>
+      </c>
+      <c r="E201" s="2"/>
+      <c r="F201" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G201" s="2"/>
+      <c r="H201" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="1" t="n">
+        <v>109655</v>
+      </c>
+      <c r="B202" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Exposition Galerie Martel 2025</t>
+        </is>
+      </c>
+      <c r="C202" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D202" s="2" t="inlineStr">
+        <is>
+          <t>Mattotti, Lorenzo</t>
+        </is>
+      </c>
+      <c r="E202" s="2"/>
+      <c r="F202" s="2" t="inlineStr">
+        <is>
+          <t>affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G202" s="2"/>
+      <c r="H202" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="1" t="n">
+        <v>107096</v>
+      </c>
+      <c r="B203" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - A la table du géant</t>
+        </is>
+      </c>
+      <c r="C203" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D203" s="2" t="inlineStr">
+        <is>
+          <t>Francotte, Pascale</t>
+        </is>
+      </c>
+      <c r="E203" s="2"/>
+      <c r="F203" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G203" s="2"/>
+      <c r="H203" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="1" t="n">
+        <v>108120</v>
+      </c>
+      <c r="B204" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Chat à la fenêtre</t>
+        </is>
+      </c>
+      <c r="C204" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>Chabouté, Christophe</t>
+        </is>
+      </c>
+      <c r="E204" s="2"/>
+      <c r="F204" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G204" s="2"/>
+      <c r="H204" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="1" t="n">
+        <v>109656</v>
+      </c>
+      <c r="B205" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Le petit chaperon rouge</t>
+        </is>
+      </c>
+      <c r="C205" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D205" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="1" t="n">
+        <v>107097</v>
+      </c>
+      <c r="B206" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Idées noires </t>
+        </is>
+      </c>
+      <c r="C206" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D206" s="2" t="inlineStr">
+        <is>
+          <t>Franquin, André</t>
+        </is>
+      </c>
+      <c r="E206" s="2"/>
+      <c r="F206" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G206" s="2"/>
+      <c r="H206" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="1" t="n">
+        <v>108121</v>
+      </c>
+      <c r="B207" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Valse de Noël (Boris Vian)</t>
+        </is>
+      </c>
+      <c r="C207" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D207" s="2" t="inlineStr">
+        <is>
+          <t>Choux, Nathalie / Grasset jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E207" s="2"/>
+      <c r="F207" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G207" s="2"/>
+      <c r="H207" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="1" t="n">
+        <v>109657</v>
+      </c>
+      <c r="B208" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Hansel et Gretel</t>
+        </is>
+      </c>
+      <c r="C208" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D208" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E208" s="2"/>
+      <c r="F208" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G208" s="2"/>
+      <c r="H208" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="1" t="n">
+        <v>107098</v>
+      </c>
+      <c r="B209" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Gaston en Arlequin</t>
+        </is>
+      </c>
+      <c r="C209" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D209" s="2" t="inlineStr">
+        <is>
+          <t>Franquin, André</t>
+        </is>
+      </c>
+      <c r="E209" s="2"/>
+      <c r="F209" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G209" s="2"/>
+      <c r="H209" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="1" t="n">
+        <v>108122</v>
+      </c>
+      <c r="B210" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Exposition - Comment Pantagruel monta sur mer</t>
+        </is>
+      </c>
+      <c r="C210" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D210" s="2" t="inlineStr">
+        <is>
+          <t>Claveloux, Nicole</t>
+        </is>
+      </c>
+      <c r="E210" s="2"/>
+      <c r="F210" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G210" s="2"/>
+      <c r="H210" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="1" t="n">
+        <v>109402</v>
+      </c>
+      <c r="B211" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Mimosa Papillon vole</t>
+        </is>
+      </c>
+      <c r="C211" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D211" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E211" s="2"/>
+      <c r="F211" s="2"/>
+      <c r="G211" s="2"/>
+      <c r="H211" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="1" t="n">
+        <v>109658</v>
+      </c>
+      <c r="B212" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Martine et le cadeau d'anniversaire (Gilbert Delahaye)</t>
+        </is>
+      </c>
+      <c r="C212" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D212" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E212" s="2"/>
+      <c r="F212" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G212" s="2"/>
+      <c r="H212" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="1" t="n">
+        <v>108123</v>
+      </c>
+      <c r="B213" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Contes de l'Europe - Peau d'âne</t>
+        </is>
+      </c>
+      <c r="C213" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D213" s="2" t="inlineStr">
+        <is>
+          <t>Claveloux, Nicole / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E213" s="2"/>
+      <c r="F213" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G213" s="2"/>
+      <c r="H213" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="1" t="n">
+        <v>109403</v>
+      </c>
+      <c r="B214" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Mimosa Tartine et pollen</t>
+        </is>
+      </c>
+      <c r="C214" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D214" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E214" s="2"/>
+      <c r="F214" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G214" s="2"/>
+      <c r="H214" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="1" t="n">
+        <v>107100</v>
+      </c>
+      <c r="B215" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Cœur, Branche fleurie et Jeune femme</t>
+        </is>
+      </c>
+      <c r="C215" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D215" s="2" t="inlineStr">
+        <is>
+          <t>Fronty, Aurélia / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E215" s="2"/>
+      <c r="F215" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G215" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H215" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="1" t="n">
+        <v>108124</v>
+      </c>
+      <c r="B216" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Mes chers voisins (Marie-Ange Guillaume)</t>
+        </is>
+      </c>
+      <c r="C216" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D216" s="2" t="inlineStr">
+        <is>
+          <t>Claveloux, Nicole / Seuil Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E216" s="2"/>
+      <c r="F216" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G216" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, bois</t>
+        </is>
+      </c>
+      <c r="H216" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="1" t="n">
+        <v>109404</v>
+      </c>
+      <c r="B217" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Pricket le Propre</t>
+        </is>
+      </c>
+      <c r="C217" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D217" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E217" s="2"/>
+      <c r="F217" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G217" s="2"/>
+      <c r="H217" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="1" t="n">
+        <v>109660</v>
+      </c>
+      <c r="B218" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Etudes de visages</t>
+        </is>
+      </c>
+      <c r="C218" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D218" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E218" s="2"/>
+      <c r="F218" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G218" s="2"/>
+      <c r="H218" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="1" t="n">
+        <v>107101</v>
+      </c>
+      <c r="B219" s="2" t="inlineStr">
+        <is>
+          <t>Carte de vœux 2011 - Raja, le plus grand magicien du monde </t>
+        </is>
+      </c>
+      <c r="C219" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D219" s="2" t="inlineStr">
+        <is>
+          <t>Fronty, Aurélia / Didier Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G219" s="2"/>
+      <c r="H219" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="1" t="n">
+        <v>108125</v>
+      </c>
+      <c r="B220" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Femme assise</t>
+        </is>
+      </c>
+      <c r="C220" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D220" s="2" t="inlineStr">
+        <is>
+          <t>Clément, Sabien / Sabien, Clément</t>
+        </is>
+      </c>
+      <c r="E220" s="2"/>
+      <c r="F220" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G220" s="2"/>
+      <c r="H220" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="1" t="n">
+        <v>107102</v>
+      </c>
+      <c r="B221" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - La souris qui sauva toute une montagne </t>
+        </is>
+      </c>
+      <c r="C221" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D221" s="2" t="inlineStr">
+        <is>
+          <t>Fronty, Aurélia / Rue du monde éditions</t>
+        </is>
+      </c>
+      <c r="E221" s="2"/>
+      <c r="F221" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G221" s="2"/>
+      <c r="H221" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="1" t="n">
+        <v>108126</v>
+      </c>
+      <c r="B222" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Ruelle d'un village</t>
+        </is>
+      </c>
+      <c r="C222" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D222" s="2" t="inlineStr">
+        <is>
+          <t>De Crécy, Nicolas</t>
+        </is>
+      </c>
+      <c r="E222" s="2"/>
+      <c r="F222" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G222" s="2"/>
+      <c r="H222" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="1" t="n">
+        <v>109406</v>
+      </c>
+      <c r="B223" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Moomins</t>
+        </is>
+      </c>
+      <c r="C223" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D223" s="2" t="inlineStr">
+        <is>
+          <t>Jansson, Tove</t>
+        </is>
+      </c>
+      <c r="E223" s="2"/>
+      <c r="F223" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G223" s="2"/>
+      <c r="H223" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="1" t="n">
+        <v>107103</v>
+      </c>
+      <c r="B224" s="2" t="inlineStr">
+        <is>
+          <t>Céramique - Visage de femme</t>
+        </is>
+      </c>
+      <c r="C224" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D224" s="2" t="inlineStr">
+        <is>
+          <t>Gambini, Cécile</t>
+        </is>
+      </c>
+      <c r="E224" s="2"/>
+      <c r="F224" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G224" s="2" t="inlineStr">
+        <is>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H224" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="1" t="n">
+        <v>108127</v>
+      </c>
+      <c r="B225" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Plage</t>
+        </is>
+      </c>
+      <c r="C225" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D225" s="2" t="inlineStr">
+        <is>
+          <t>De Crécy, Nicolas</t>
+        </is>
+      </c>
+      <c r="E225" s="2"/>
+      <c r="F225" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G225" s="2"/>
+      <c r="H225" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="1" t="n">
+        <v>109407</v>
+      </c>
+      <c r="B226" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Le tagagné</t>
+        </is>
+      </c>
+      <c r="C226" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D226" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E226" s="2"/>
+      <c r="F226" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G226" s="2"/>
+      <c r="H226" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="1" t="n">
+        <v>107104</v>
+      </c>
+      <c r="B227" s="2" t="inlineStr">
+        <is>
+          <t>Peinture- Lapin-Samouraï</t>
+        </is>
+      </c>
+      <c r="C227" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D227" s="2" t="inlineStr">
+        <is>
+          <t>Gambini, Cécile</t>
+        </is>
+      </c>
+      <c r="E227" s="2"/>
+      <c r="F227" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G227" s="2"/>
+      <c r="H227" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="1" t="n">
+        <v>108128</v>
+      </c>
+      <c r="B228" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Visage</t>
+        </is>
+      </c>
+      <c r="C228" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D228" s="2" t="inlineStr">
+        <is>
+          <t>De La LLave, Tiburcio dit Tito</t>
+        </is>
+      </c>
+      <c r="E228" s="2"/>
+      <c r="F228" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G228" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H228" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="1" t="n">
+        <v>109408</v>
+      </c>
+      <c r="B229" s="2" t="inlineStr">
+        <is>
+          <t>Peinture - Fleurs</t>
+        </is>
+      </c>
+      <c r="C229" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D229" s="2" t="inlineStr">
+        <is>
+          <t>Ivanovsky, Elisabeth</t>
+        </is>
+      </c>
+      <c r="E229" s="2"/>
+      <c r="F229" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G229" s="2"/>
+      <c r="H229" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="1" t="n">
+        <v>107105</v>
+      </c>
+      <c r="B230" s="2" t="inlineStr">
+        <is>
+          <t>Peinture - Panthère des neiges</t>
+        </is>
+      </c>
+      <c r="C230" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D230" s="2" t="inlineStr">
+        <is>
+          <t>Gambini, Cécile</t>
+        </is>
+      </c>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G230" s="2"/>
+      <c r="H230" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="1" t="n">
+        <v>108129</v>
+      </c>
+      <c r="B231" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Péniche</t>
+        </is>
+      </c>
+      <c r="C231" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D231" s="2" t="inlineStr">
+        <is>
+          <t>Delisle, Guy</t>
+        </is>
+      </c>
+      <c r="E231" s="2"/>
+      <c r="F231" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G231" s="2"/>
+      <c r="H231" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="1" t="n">
+        <v>109409</v>
+      </c>
+      <c r="B232" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Hommage à Babar</t>
+        </is>
+      </c>
+      <c r="C232" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D232" s="2" t="inlineStr">
+        <is>
+          <t>Jadoul, Emile</t>
+        </is>
+      </c>
+      <c r="E232" s="2"/>
+      <c r="F232" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G232" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H232" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="1" t="n">
+        <v>109665</v>
+      </c>
+      <c r="B233" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - La nuit de Noël (Gilbert Delahaye)</t>
+        </is>
+      </c>
+      <c r="C233" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D233" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E233" s="2"/>
+      <c r="F233" s="2"/>
+      <c r="G233" s="2"/>
+      <c r="H233" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="1" t="n">
+        <v>107106</v>
+      </c>
+      <c r="B234" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Sirène</t>
+        </is>
+      </c>
+      <c r="C234" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D234" s="2" t="inlineStr">
+        <is>
+          <t>Gambini, Cécile</t>
+        </is>
+      </c>
+      <c r="E234" s="2"/>
+      <c r="F234" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G234" s="2"/>
+      <c r="H234" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="1" t="n">
+        <v>109666</v>
+      </c>
+      <c r="B235" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Martine chez tante Lucie (Gilbert Delahaye)</t>
+        </is>
+      </c>
+      <c r="C235" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D235" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E235" s="2"/>
+      <c r="F235" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G235" s="2"/>
+      <c r="H235" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="1" t="n">
+        <v>107107</v>
+      </c>
+      <c r="B236" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Ours et fleurs</t>
+        </is>
+      </c>
+      <c r="C236" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D236" s="2" t="inlineStr">
+        <is>
+          <t>Gambini, Cécile</t>
+        </is>
+      </c>
+      <c r="E236" s="2"/>
+      <c r="F236" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G236" s="2"/>
+      <c r="H236" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="1" t="n">
+        <v>109667</v>
+      </c>
+      <c r="B237" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Martine au parc (Glibert Delahaye)</t>
+        </is>
+      </c>
+      <c r="C237" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D237" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E237" s="2"/>
+      <c r="F237" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G237" s="2"/>
+      <c r="H237" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="1" t="n">
+        <v>107108</v>
+      </c>
+      <c r="B238" s="2" t="inlineStr">
+        <is>
+          <t>Céramique - Tasse à motif japonisant - Poisson</t>
+        </is>
+      </c>
+      <c r="C238" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D238" s="2" t="inlineStr">
+        <is>
+          <t>Gambini, Cécile</t>
+        </is>
+      </c>
+      <c r="E238" s="2"/>
+      <c r="F238" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G238" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H238" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="1" t="n">
+        <v>109668</v>
+      </c>
+      <c r="B239" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Martine et le chat vagabond</t>
+        </is>
+      </c>
+      <c r="C239" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D239" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E239" s="2"/>
+      <c r="F239" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G239" s="2"/>
+      <c r="H239" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="1" t="n">
+        <v>107109</v>
+      </c>
+      <c r="B240" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La montagne rouge</t>
+        </is>
+      </c>
+      <c r="C240" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D240" s="2" t="inlineStr">
+        <is>
+          <t>Gambini, Cécile</t>
+        </is>
+      </c>
+      <c r="E240" s="2"/>
+      <c r="F240" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G240" s="2"/>
+      <c r="H240" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="1" t="n">
+        <v>108133</v>
+      </c>
+      <c r="B241" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Ce jour-là sur terre (Rascal)</t>
+        </is>
+      </c>
+      <c r="C241" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D241" s="2" t="inlineStr">
+        <is>
+          <t>Desmet , Neil / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E241" s="2"/>
+      <c r="F241" s="2"/>
+      <c r="G241" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, feutre, crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H241" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="1" t="n">
+        <v>109413</v>
+      </c>
+      <c r="B242" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Les lunettes d'Arouna</t>
+        </is>
+      </c>
+      <c r="C242" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D242" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E242" s="2"/>
+      <c r="F242" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G242" s="2"/>
+      <c r="H242" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="1" t="n">
+        <v>109669</v>
+      </c>
+      <c r="B243" s="2" t="inlineStr">
+        <is>
+          <t>Reproductions - Martine se déguise</t>
+        </is>
+      </c>
+      <c r="C243" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D243" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E243" s="2"/>
+      <c r="F243" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G243" s="2"/>
+      <c r="H243" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="1" t="n">
+        <v>108134</v>
+      </c>
+      <c r="B244" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Ce jour-là sur la terre (Rascal)</t>
+        </is>
+      </c>
+      <c r="C244" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D244" s="2" t="inlineStr">
+        <is>
+          <t>Desmet , Neil / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E244" s="2"/>
+      <c r="F244" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G244" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, feutre, crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H244" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="1" t="n">
+        <v>109670</v>
+      </c>
+      <c r="B245" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Martine devant son miroir</t>
+        </is>
+      </c>
+      <c r="C245" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D245" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E245" s="2"/>
+      <c r="F245" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G245" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H245" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="1" t="n">
+        <v>108135</v>
+      </c>
+      <c r="B246" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Brussel's World Fair - 1958</t>
+        </is>
+      </c>
+      <c r="C246" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D246" s="2" t="inlineStr">
+        <is>
+          <t>Deville, Baudoin</t>
+        </is>
+      </c>
+      <c r="E246" s="2"/>
+      <c r="F246" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G246" s="2"/>
+      <c r="H246" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="1" t="n">
+        <v>108647</v>
+      </c>
+      <c r="B247" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Carte de voeux 2005</t>
+        </is>
+      </c>
+      <c r="C247" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D247" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne</t>
+        </is>
+      </c>
+      <c r="E247" s="2"/>
+      <c r="F247" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G247" s="2"/>
+      <c r="H247" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="1" t="n">
+        <v>109671</v>
+      </c>
+      <c r="B248" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Martine grimpe à un arbre</t>
+        </is>
+      </c>
+      <c r="C248" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D248" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E248" s="2"/>
+      <c r="F248" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G248" s="2"/>
+      <c r="H248" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="1" t="n">
+        <v>107112</v>
+      </c>
+      <c r="B249" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite  - Oie</t>
+        </is>
+      </c>
+      <c r="C249" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D249" s="2" t="inlineStr">
+        <is>
+          <t>Gervais, Bernadette</t>
+        </is>
+      </c>
+      <c r="E249" s="2"/>
+      <c r="F249" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G249" s="2"/>
+      <c r="H249" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="1" t="n">
+        <v>107880</v>
+      </c>
+      <c r="B250" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Matilda (auteur Roald Dahl)</t>
+        </is>
+      </c>
+      <c r="C250" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D250" s="2" t="inlineStr">
+        <is>
+          <t>Blake, Quentin</t>
+        </is>
+      </c>
+      <c r="E250" s="2"/>
+      <c r="F250" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G250" s="2"/>
+      <c r="H250" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="1" t="n">
+        <v>108136</v>
+      </c>
+      <c r="B251" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Berlin 61</t>
+        </is>
+      </c>
+      <c r="C251" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D251" s="2" t="inlineStr">
+        <is>
+          <t>Deville, Baudoin / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E251" s="2"/>
+      <c r="F251" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G251" s="2"/>
+      <c r="H251" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="1" t="n">
+        <v>108648</v>
+      </c>
+      <c r="B252" s="2" t="inlineStr">
+        <is>
+          <t>Carte postale - Que fait la lune la nuit ?</t>
+        </is>
+      </c>
+      <c r="C252" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D252" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne</t>
+        </is>
+      </c>
+      <c r="E252" s="2"/>
+      <c r="F252" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G252" s="2"/>
+      <c r="H252" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="1" t="n">
+        <v>109672</v>
+      </c>
+      <c r="B253" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Pouf a peur</t>
+        </is>
+      </c>
+      <c r="C253" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D253" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E253" s="2"/>
+      <c r="F253" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G253" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H253" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="1" t="n">
+        <v>107113</v>
+      </c>
+      <c r="B254" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Papillon</t>
+        </is>
+      </c>
+      <c r="C254" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D254" s="2" t="inlineStr">
+        <is>
+          <t>Gervais, Bernadette</t>
+        </is>
+      </c>
+      <c r="E254" s="2"/>
+      <c r="F254" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G254" s="2"/>
+      <c r="H254" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="1" t="n">
+        <v>108137</v>
+      </c>
+      <c r="B255" s="2" t="inlineStr">
+        <is>
+          <t>Ex-libris - Maison du Peuple 65</t>
+        </is>
+      </c>
+      <c r="C255" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D255" s="2" t="inlineStr">
+        <is>
+          <t>Deville, Baudoin</t>
+        </is>
+      </c>
+      <c r="E255" s="2"/>
+      <c r="F255" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G255" s="2"/>
+      <c r="H255" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="1" t="n">
+        <v>108649</v>
+      </c>
+      <c r="B256" s="2" t="inlineStr">
+        <is>
+          <t>Carton d'invitation - 30 ans des éditions Esperluète</t>
+        </is>
+      </c>
+      <c r="C256" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D256" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne / Esperluète éditions</t>
+        </is>
+      </c>
+      <c r="E256" s="2"/>
+      <c r="F256" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G256" s="2"/>
+      <c r="H256" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="1" t="n">
+        <v>107114</v>
+      </c>
+      <c r="B257" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Champignon</t>
+        </is>
+      </c>
+      <c r="C257" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D257" s="2" t="inlineStr">
+        <is>
+          <t>Gervais, Bernadette</t>
+        </is>
+      </c>
+      <c r="E257" s="2"/>
+      <c r="F257" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G257" s="2"/>
+      <c r="H257" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="1" t="n">
+        <v>108138</v>
+      </c>
+      <c r="B258" s="2" t="inlineStr">
+        <is>
+          <t>Ex-libris - Maison du peuple 65</t>
+        </is>
+      </c>
+      <c r="C258" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D258" s="2" t="inlineStr">
+        <is>
+          <t>Deville, Baudoin</t>
+        </is>
+      </c>
+      <c r="E258" s="2"/>
+      <c r="F258" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G258" s="2"/>
+      <c r="H258" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="1" t="n">
+        <v>108650</v>
+      </c>
+      <c r="B259" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Shi (tome 4 - Victoria)</t>
+        </is>
+      </c>
+      <c r="C259" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D259" s="2" t="inlineStr">
+        <is>
+          <t>Homs, José / Dargaud éditions</t>
+        </is>
+      </c>
+      <c r="E259" s="2"/>
+      <c r="F259" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G259" s="2"/>
+      <c r="H259" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="1" t="n">
+        <v>109418</v>
+      </c>
+      <c r="B260" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Tonn-Tü et Marinette</t>
+        </is>
+      </c>
+      <c r="C260" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D260" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E260" s="2"/>
+      <c r="F260" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G260" s="2"/>
+      <c r="H260" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="1" t="n">
+        <v>106859</v>
+      </c>
+      <c r="B261" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Trop petit trop grand</t>
+        </is>
+      </c>
+      <c r="C261" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D261" s="2" t="inlineStr">
+        <is>
+          <t>Afano, Laurence</t>
+        </is>
+      </c>
+      <c r="E261" s="2"/>
+      <c r="F261" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G261" s="2" t="inlineStr">
+        <is>
+          <t>pastel</t>
+        </is>
+      </c>
+      <c r="H261" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="1" t="n">
+        <v>107115</v>
+      </c>
+      <c r="B262" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Lapin</t>
+        </is>
+      </c>
+      <c r="C262" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D262" s="2" t="inlineStr">
+        <is>
+          <t>Gervais, Bernadette</t>
+        </is>
+      </c>
+      <c r="E262" s="2"/>
+      <c r="F262" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G262" s="2"/>
+      <c r="H262" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="1" t="n">
+        <v>106860</v>
+      </c>
+      <c r="B263" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Seigneur Lapin</t>
+        </is>
+      </c>
+      <c r="C263" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D263" s="2" t="inlineStr">
+        <is>
+          <t>Albert, Adrien / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E263" s="2"/>
+      <c r="F263" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G263" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H263" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="1" t="n">
+        <v>107116</v>
+      </c>
+      <c r="B264" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Pinson</t>
+        </is>
+      </c>
+      <c r="C264" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D264" s="2" t="inlineStr">
+        <is>
+          <t>Gervais, Bernadette</t>
+        </is>
+      </c>
+      <c r="E264" s="2"/>
+      <c r="F264" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G264" s="2"/>
+      <c r="H264" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="1" t="n">
+        <v>108140</v>
+      </c>
+      <c r="B265" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Sorcières de légendes (Camille von Rosenschild)</t>
+        </is>
+      </c>
+      <c r="C265" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D265" s="2" t="inlineStr">
+        <is>
+          <t>Devos, Xavière</t>
+        </is>
+      </c>
+      <c r="E265" s="2"/>
+      <c r="F265" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G265" s="2"/>
+      <c r="H265" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="1" t="n">
+        <v>106861</v>
+      </c>
+      <c r="B266" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Les robes</t>
+        </is>
+      </c>
+      <c r="C266" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D266" s="2" t="inlineStr">
+        <is>
+          <t>Albertine,  / La joie de lire éditions</t>
+        </is>
+      </c>
+      <c r="E266" s="2"/>
+      <c r="F266" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G266" s="2"/>
+      <c r="H266" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="1" t="n">
+        <v>107117</v>
+      </c>
+      <c r="B267" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Merle</t>
+        </is>
+      </c>
+      <c r="C267" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D267" s="2" t="inlineStr">
+        <is>
+          <t>Gervais, Bernadette</t>
+        </is>
+      </c>
+      <c r="E267" s="2"/>
+      <c r="F267" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G267" s="2"/>
+      <c r="H267" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="1" t="n">
+        <v>106862</v>
+      </c>
+      <c r="B268" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Femme en robe </t>
+        </is>
+      </c>
+      <c r="C268" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D268" s="2" t="inlineStr">
+        <is>
+          <t>Albertine</t>
+        </is>
+      </c>
+      <c r="E268" s="2"/>
+      <c r="F268" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G268" s="2"/>
+      <c r="H268" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="1" t="n">
+        <v>107118</v>
+      </c>
+      <c r="B269" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Ecureuil</t>
+        </is>
+      </c>
+      <c r="C269" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D269" s="2" t="inlineStr">
+        <is>
+          <t>Gervais, Bernadette</t>
+        </is>
+      </c>
+      <c r="E269" s="2"/>
+      <c r="F269" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G269" s="2"/>
+      <c r="H269" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="1" t="n">
+        <v>109422</v>
+      </c>
+      <c r="B270" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Oiseau et rues</t>
+        </is>
+      </c>
+      <c r="C270" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D270" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin</t>
+        </is>
+      </c>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="1" t="n">
+        <v>106863</v>
+      </c>
+      <c r="B271" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Bal masqué</t>
+        </is>
+      </c>
+      <c r="C271" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D271" s="2" t="inlineStr">
+        <is>
+          <t>Albertine</t>
+        </is>
+      </c>
+      <c r="E271" s="2"/>
+      <c r="F271" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G271" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H271" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="1" t="n">
+        <v>107119</v>
+      </c>
+      <c r="B272" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Poire</t>
+        </is>
+      </c>
+      <c r="C272" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D272" s="2" t="inlineStr">
+        <is>
+          <t>Gervais, Bernadette</t>
+        </is>
+      </c>
+      <c r="E272" s="2"/>
+      <c r="F272" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G272" s="2"/>
+      <c r="H272" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="1" t="n">
+        <v>108143</v>
+      </c>
+      <c r="B273" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Jeune fille au bord de l'eau</t>
+        </is>
+      </c>
+      <c r="C273" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D273" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Iglesias, Noelia</t>
+        </is>
+      </c>
+      <c r="E273" s="2"/>
+      <c r="F273" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G273" s="2"/>
+      <c r="H273" s="2" t="inlineStr">
+        <is>
+          <t>rinogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="1" t="n">
+        <v>109679</v>
+      </c>
+      <c r="B274" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Ernest et Célestine - La cueillette</t>
+        </is>
+      </c>
+      <c r="C274" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D274" s="2" t="inlineStr">
+        <is>
+          <t>Martin, Monique (alias Gabrielle Vincent)</t>
+        </is>
+      </c>
+      <c r="E274" s="2"/>
+      <c r="F274" s="2"/>
+      <c r="G274" s="2"/>
+      <c r="H274" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="1" t="n">
+        <v>106864</v>
+      </c>
+      <c r="B275" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Le premier bonjour</t>
+        </is>
+      </c>
+      <c r="C275" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D275" s="2" t="inlineStr">
+        <is>
+          <t>Alemagna, Béatrice / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E275" s="2"/>
+      <c r="F275" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G275" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H275" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="1" t="n">
+        <v>108144</v>
+      </c>
+      <c r="B276" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Même pas peur</t>
+        </is>
+      </c>
+      <c r="C276" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D276" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Iglesias, Noelia / Panthera éditions</t>
+        </is>
+      </c>
+      <c r="E276" s="2"/>
+      <c r="F276" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G276" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H276" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="1" t="n">
+        <v>109424</v>
+      </c>
+      <c r="B277" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Signes de papier</t>
+        </is>
+      </c>
+      <c r="C277" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D277" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / Thierry Magnier éditions</t>
+        </is>
+      </c>
+      <c r="E277" s="2"/>
+      <c r="F277" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G277" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H277" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="1" t="n">
+        <v>109680</v>
+      </c>
+      <c r="B278" s="2" t="inlineStr">
+        <is>
+          <t>Lettre illustrée</t>
+        </is>
+      </c>
+      <c r="C278" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D278" s="2" t="inlineStr">
+        <is>
+          <t>Maubille, Jean</t>
+        </is>
+      </c>
+      <c r="E278" s="2"/>
+      <c r="F278" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G278" s="2"/>
+      <c r="H278" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="1" t="n">
+        <v>106866</v>
+      </c>
+      <c r="B279" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Les voyages d'Ibn Battûta (Lotfi Akalay)</t>
+        </is>
+      </c>
+      <c r="C279" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D279" s="2" t="inlineStr">
+        <is>
+          <t>Alessandra, Joël / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E279" s="2"/>
+      <c r="F279" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G279" s="2"/>
+      <c r="H279" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="1" t="n">
+        <v>107122</v>
+      </c>
+      <c r="B280" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Auteur entouré d'enfants</t>
+        </is>
+      </c>
+      <c r="C280" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D280" s="2" t="inlineStr">
+        <is>
+          <t>Gilbert, Thomas</t>
+        </is>
+      </c>
+      <c r="E280" s="2"/>
+      <c r="F280" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G280" s="2" t="inlineStr">
+        <is>
+          <t>feutre</t>
+        </is>
+      </c>
+      <c r="H280" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="1" t="n">
+        <v>108146</v>
+      </c>
+      <c r="B281" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - La vie marine (Alessia Bacchi)</t>
+        </is>
+      </c>
+      <c r="C281" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D281" s="2" t="inlineStr">
+        <is>
+          <t>Doré, Antoine / Albin Michel jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E281" s="2"/>
+      <c r="F281" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G281" s="2"/>
+      <c r="H281" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="1" t="n">
+        <v>109426</v>
+      </c>
+      <c r="B282" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Signes de maison</t>
+        </is>
+      </c>
+      <c r="C282" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D282" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / Thierry Magnier éditions</t>
+        </is>
+      </c>
+      <c r="E282" s="2"/>
+      <c r="F282" s="2"/>
+      <c r="G282" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H282" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="1" t="n">
+        <v>106867</v>
+      </c>
+      <c r="B283" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Les voyages d'Ibn Battûta (Lotfi Akalay)</t>
+        </is>
+      </c>
+      <c r="C283" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D283" s="2" t="inlineStr">
+        <is>
+          <t>Alessandra, Joël / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E283" s="2"/>
+      <c r="F283" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G283" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H283" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="1" t="n">
+        <v>107123</v>
+      </c>
+      <c r="B284" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Lapin féroce</t>
+        </is>
+      </c>
+      <c r="C284" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D284" s="2" t="inlineStr">
+        <is>
+          <t>Girel, Stéphane / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E284" s="2"/>
+      <c r="F284" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G284" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H284" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="1" t="n">
+        <v>108147</v>
+      </c>
+      <c r="B285" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Jimi Hendrix</t>
+        </is>
+      </c>
+      <c r="C285" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D285" s="2" t="inlineStr">
+        <is>
+          <t>Druillet, Philippe</t>
+        </is>
+      </c>
+      <c r="E285" s="2"/>
+      <c r="F285" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G285" s="2"/>
+      <c r="H285" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="1" t="n">
+        <v>106868</v>
+      </c>
+      <c r="B286" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Les voyages d'Ibn Battûta (Lotfi Akalay)</t>
+        </is>
+      </c>
+      <c r="C286" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D286" s="2" t="inlineStr">
+        <is>
+          <t>Alessandra, Joël / Dupuis éditions</t>
+        </is>
+      </c>
+      <c r="E286" s="2"/>
+      <c r="F286" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G286" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H286" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="1" t="n">
+        <v>107124</v>
+      </c>
+      <c r="B287" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Le géant de la tour (Carl Norac)</t>
+        </is>
+      </c>
+      <c r="C287" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D287" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid</t>
+        </is>
+      </c>
+      <c r="E287" s="2"/>
+      <c r="F287" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G287" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine, fusain, pastel</t>
+        </is>
+      </c>
+      <c r="H287" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="1" t="n">
+        <v>108148</v>
+      </c>
+      <c r="B288" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Le jardin des ours</t>
+        </is>
+      </c>
+      <c r="C288" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D288" s="2" t="inlineStr">
+        <is>
+          <t>Ducasse, Fanny</t>
+        </is>
+      </c>
+      <c r="E288" s="2"/>
+      <c r="F288" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G288" s="2" t="inlineStr">
+        <is>
+          <t>feutre</t>
+        </is>
+      </c>
+      <c r="H288" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="1" t="n">
+        <v>106869</v>
+      </c>
+      <c r="B289" s="2" t="inlineStr">
+        <is>
+          <t>A cloche-pied</t>
+        </is>
+      </c>
+      <c r="C289" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D289" s="2" t="inlineStr">
+        <is>
+          <t>Alibeu, Géraldine</t>
+        </is>
+      </c>
+      <c r="E289" s="2"/>
+      <c r="F289" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G289" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
+      <c r="H289" s="2" t="inlineStr">
+        <is>
+          <t>broderie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
+      <c r="A290" s="1" t="n">
+        <v>107125</v>
+      </c>
+      <c r="B290" s="2" t="inlineStr">
+        <is>
+          <t>Illustration origninale - Un ours et moi et moi et moi (Carl Norac)</t>
+        </is>
+      </c>
+      <c r="C290" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D290" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E290" s="2"/>
+      <c r="F290" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G290" s="2" t="inlineStr">
+        <is>
+          <t>bois, crayon noir, crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H290" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
+      <c r="A291" s="1" t="n">
+        <v>108149</v>
+      </c>
+      <c r="B291" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Dans le désert</t>
+        </is>
+      </c>
+      <c r="C291" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D291" s="2" t="inlineStr">
+        <is>
+          <t>Dupont, Elisa</t>
+        </is>
+      </c>
+      <c r="E291" s="2"/>
+      <c r="F291" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G291" s="2"/>
+      <c r="H291" s="2" t="inlineStr">
+        <is>
+          <t>rinogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
+      <c r="A292" s="1" t="n">
+        <v>106870</v>
+      </c>
+      <c r="B292" s="2" t="inlineStr">
+        <is>
+          <t>Affiche de cinéma - Les aventuriers de l'arche perdue (Steven Spielberg)</t>
+        </is>
+      </c>
+      <c r="C292" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D292" s="2" t="inlineStr">
+        <is>
+          <t>Amsel, Richard</t>
+        </is>
+      </c>
+      <c r="E292" s="2"/>
+      <c r="F292" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G292" s="2"/>
+      <c r="H292" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="1" t="n">
+        <v>107126</v>
+      </c>
+      <c r="B293" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Porselein (Paul Verrept)</t>
+        </is>
+      </c>
+      <c r="C293" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D293" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid / De Eenhoorn éditions</t>
+        </is>
+      </c>
+      <c r="E293" s="2"/>
+      <c r="F293" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G293" s="2"/>
+      <c r="H293" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="1" t="n">
+        <v>108150</v>
+      </c>
+      <c r="B294" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - L'enctclopédie du merveilleux - Les dragons (Cécile Roumiguière)</t>
+        </is>
+      </c>
+      <c r="C294" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D294" s="2" t="inlineStr">
+        <is>
+          <t>Duque, Yvan / Albin Michel jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E294" s="2"/>
+      <c r="F294" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G294" s="2"/>
+      <c r="H294" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="1" t="n">
+        <v>106871</v>
+      </c>
+      <c r="B295" s="2" t="inlineStr">
+        <is>
+          <t>Affiche de cinéma - Dark Crystal (Jim Henson)</t>
+        </is>
+      </c>
+      <c r="C295" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D295" s="2" t="inlineStr">
+        <is>
+          <t>Amsel, Richard</t>
+        </is>
+      </c>
+      <c r="E295" s="2"/>
+      <c r="F295" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G295" s="2"/>
+      <c r="H295" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="1" t="n">
+        <v>107127</v>
+      </c>
+      <c r="B296" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Jeune fille</t>
+        </is>
+      </c>
+      <c r="C296" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D296" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid</t>
+        </is>
+      </c>
+      <c r="E296" s="2"/>
+      <c r="F296" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G296" s="2"/>
+      <c r="H296" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
+      <c r="A297" s="1" t="n">
+        <v>106872</v>
+      </c>
+      <c r="B297" s="2" t="inlineStr">
+        <is>
+          <t>Affiche de cinéma - Nijinsky (Herbert Ross)</t>
+        </is>
+      </c>
+      <c r="C297" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D297" s="2" t="inlineStr">
+        <is>
+          <t>Amsel, Richard</t>
+        </is>
+      </c>
+      <c r="E297" s="2"/>
+      <c r="F297" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G297" s="2"/>
+      <c r="H297" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
+      <c r="A298" s="1" t="n">
+        <v>107128</v>
+      </c>
+      <c r="B298" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - J'aimerais Toon Tellegen)</t>
+        </is>
+      </c>
+      <c r="C298" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D298" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid / La joie de lire éditions</t>
+        </is>
+      </c>
+      <c r="E298" s="2"/>
+      <c r="F298" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
+      <c r="A299" s="1" t="n">
+        <v>108152</v>
+      </c>
+      <c r="B299" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Mirage on Area 01</t>
+        </is>
+      </c>
+      <c r="C299" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D299" s="2" t="inlineStr">
+        <is>
+          <t>Durieux , Laurent</t>
+        </is>
+      </c>
+      <c r="E299" s="2"/>
+      <c r="F299" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G299" s="2"/>
+      <c r="H299" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="1" t="n">
+        <v>106873</v>
+      </c>
+      <c r="B300" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - La petite brodeuse d'histoires</t>
+        </is>
+      </c>
+      <c r="C300" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D300" s="2" t="inlineStr">
+        <is>
+          <t>Arranda, Martina / Cotcotcot éditions</t>
+        </is>
+      </c>
+      <c r="E300" s="2"/>
+      <c r="F300" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G300" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir, crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H300" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
+      <c r="A301" s="1" t="n">
+        <v>108153</v>
+      </c>
+      <c r="B301" s="2" t="inlineStr">
+        <is>
+          <t>Affiche de cinéma - Blade runner (Ridley Scott)</t>
+        </is>
+      </c>
+      <c r="C301" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D301" s="2" t="inlineStr">
+        <is>
+          <t>Durieux , Laurent</t>
+        </is>
+      </c>
+      <c r="E301" s="2"/>
+      <c r="F301" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G301" s="2"/>
+      <c r="H301" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
+      <c r="A302" s="1" t="n">
+        <v>106874</v>
+      </c>
+      <c r="B302" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Fauteuil</t>
+        </is>
+      </c>
+      <c r="C302" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D302" s="2" t="inlineStr">
+        <is>
+          <t>Arranda, Martina / Cotcotcot éditions</t>
+        </is>
+      </c>
+      <c r="E302" s="2"/>
+      <c r="F302" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G302" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H302" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
+      <c r="A303" s="1" t="n">
+        <v>108154</v>
+      </c>
+      <c r="B303" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La cabane</t>
+        </is>
+      </c>
+      <c r="C303" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D303" s="2" t="inlineStr">
+        <is>
+          <t>Edinger, Sandra</t>
+        </is>
+      </c>
+      <c r="E303" s="2"/>
+      <c r="F303" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
+      <c r="A304" s="1" t="n">
+        <v>106875</v>
+      </c>
+      <c r="B304" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Parasols</t>
+        </is>
+      </c>
+      <c r="C304" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D304" s="2" t="inlineStr">
+        <is>
+          <t>Arranda, Martina / Cotcotcot éditions</t>
+        </is>
+      </c>
+      <c r="E304" s="2"/>
+      <c r="F304" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G304" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H304" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
+      <c r="A305" s="1" t="n">
+        <v>108155</v>
+      </c>
+      <c r="B305" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Enfants et champignons</t>
+        </is>
+      </c>
+      <c r="C305" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D305" s="2" t="inlineStr">
+        <is>
+          <t>Eggerman, Vera</t>
+        </is>
+      </c>
+      <c r="E305" s="2"/>
+      <c r="F305" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G305" s="2"/>
+      <c r="H305" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
+      <c r="A306" s="1" t="n">
+        <v>106876</v>
+      </c>
+      <c r="B306" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparatoire - Lou et Mouf - Faut pas ranger </t>
+        </is>
+      </c>
+      <c r="C306" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D306" s="2" t="inlineStr">
+        <is>
+          <t>Ashbé, Jeanne / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E306" s="2"/>
+      <c r="F306" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G306" s="2" t="inlineStr">
+        <is>
+          <t>acrylique, papier</t>
+        </is>
+      </c>
+      <c r="H306" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
+      <c r="A307" s="1" t="n">
+        <v>107132</v>
+      </c>
+      <c r="B307" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Exposition "Ich denke" à Iserlohn (2022 - DE)</t>
+        </is>
+      </c>
+      <c r="C307" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D307" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid</t>
+        </is>
+      </c>
+      <c r="E307" s="2"/>
+      <c r="F307" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G307" s="2"/>
+      <c r="H307" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
+      <c r="A308" s="1" t="n">
+        <v>108156</v>
+      </c>
+      <c r="B308" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Poussin noir (Rascal)</t>
+        </is>
+      </c>
+      <c r="C308" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D308" s="2" t="inlineStr">
+        <is>
+          <t>Elliott, Peter</t>
+        </is>
+      </c>
+      <c r="E308" s="2"/>
+      <c r="F308" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G308" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, feutre</t>
+        </is>
+      </c>
+      <c r="H308" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="1" t="n">
+        <v>106877</v>
+      </c>
+      <c r="B309" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La fourmi et le loup</t>
+        </is>
+      </c>
+      <c r="C309" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D309" s="2" t="inlineStr">
+        <is>
+          <t>Ashbé, Jeanne</t>
+        </is>
+      </c>
+      <c r="E309" s="2"/>
+      <c r="F309" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G309" s="2"/>
+      <c r="H309" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="1" t="n">
+        <v>107133</v>
+      </c>
+      <c r="B310" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Uit het kijken kwam het zien (Paul de Moor)</t>
+        </is>
+      </c>
+      <c r="C310" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D310" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid</t>
+        </is>
+      </c>
+      <c r="E310" s="2"/>
+      <c r="F310" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G310" s="2"/>
+      <c r="H310" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
+      <c r="A311" s="1" t="n">
+        <v>108157</v>
+      </c>
+      <c r="B311" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Mon amour trop loin</t>
+        </is>
+      </c>
+      <c r="C311" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D311" s="2" t="inlineStr">
+        <is>
+          <t>Elliott, Peter / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E311" s="2"/>
+      <c r="F311" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G311" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur, feutre</t>
+        </is>
+      </c>
+      <c r="H311" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
+      <c r="A312" s="1" t="n">
+        <v>106878</v>
+      </c>
+      <c r="B312" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La fourmi et le loup</t>
+        </is>
+      </c>
+      <c r="C312" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D312" s="2" t="inlineStr">
+        <is>
+          <t>Ashbé, Jeanne</t>
+        </is>
+      </c>
+      <c r="E312" s="2"/>
+      <c r="F312" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G312" s="2"/>
+      <c r="H312" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
+      <c r="A313" s="1" t="n">
+        <v>107134</v>
+      </c>
+      <c r="B313" s="2" t="inlineStr">
+        <is>
+          <t>Céramique - Visage d'homme</t>
+        </is>
+      </c>
+      <c r="C313" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D313" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid</t>
+        </is>
+      </c>
+      <c r="E313" s="2"/>
+      <c r="F313" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G313" s="2" t="inlineStr">
+        <is>
+          <t>céramique</t>
+        </is>
+      </c>
+      <c r="H313" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
+      <c r="A314" s="1" t="n">
+        <v>108158</v>
+      </c>
+      <c r="B314" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Poussin noir (Rascal)</t>
+        </is>
+      </c>
+      <c r="C314" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D314" s="2" t="inlineStr">
+        <is>
+          <t>Elliott, Peter / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E314" s="2"/>
+      <c r="F314" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G314" s="2"/>
+      <c r="H314" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
+      <c r="A315" s="1" t="n">
+        <v>106879</v>
+      </c>
+      <c r="B315" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Maman donne à manger à sa fille</t>
+        </is>
+      </c>
+      <c r="C315" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D315" s="2" t="inlineStr">
+        <is>
+          <t>Ashbé, Jeanne</t>
+        </is>
+      </c>
+      <c r="E315" s="2"/>
+      <c r="F315" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G315" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, papier</t>
+        </is>
+      </c>
+      <c r="H315" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
+      <c r="A316" s="1" t="n">
+        <v>107135</v>
+      </c>
+      <c r="B316" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Hector au paradis</t>
+        </is>
+      </c>
+      <c r="C316" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D316" s="2" t="inlineStr">
+        <is>
+          <t>Goosens, Philippe</t>
+        </is>
+      </c>
+      <c r="E316" s="2"/>
+      <c r="F316" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G316" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H316" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="1" t="n">
+        <v>107136</v>
+      </c>
+      <c r="B317" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Hommage à Babar</t>
+        </is>
+      </c>
+      <c r="C317" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D317" s="2" t="inlineStr">
+        <is>
+          <t>Goosens, Philippe</t>
+        </is>
+      </c>
+      <c r="E317" s="2"/>
+      <c r="F317" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G317" s="2"/>
+      <c r="H317" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
+      <c r="A318" s="1" t="n">
+        <v>109440</v>
+      </c>
+      <c r="B318" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Signes de maisons</t>
+        </is>
+      </c>
+      <c r="C318" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D318" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / Thierry Magnier éditions</t>
+        </is>
+      </c>
+      <c r="E318" s="2"/>
+      <c r="F318" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G318" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H318" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
+      <c r="A319" s="1" t="n">
+        <v>107137</v>
+      </c>
+      <c r="B319" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Zeus et enfant</t>
+        </is>
+      </c>
+      <c r="C319" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D319" s="2" t="inlineStr">
+        <is>
+          <t>Gotlib, Marcel</t>
+        </is>
+      </c>
+      <c r="E319" s="2"/>
+      <c r="F319" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G319" s="2"/>
+      <c r="H319" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
+      <c r="A320" s="1" t="n">
+        <v>109441</v>
+      </c>
+      <c r="B320" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Signes de maisons</t>
+        </is>
+      </c>
+      <c r="C320" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D320" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / Thierry Magnier éditions</t>
+        </is>
+      </c>
+      <c r="E320" s="2"/>
+      <c r="F320" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G320" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H320" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
+      <c r="A321" s="1" t="n">
+        <v>106882</v>
+      </c>
+      <c r="B321" s="2" t="inlineStr">
+        <is>
+          <t>Atom City VI</t>
+        </is>
+      </c>
+      <c r="C321" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D321" s="2" t="inlineStr">
+        <is>
+          <t>Avril, François</t>
+        </is>
+      </c>
+      <c r="E321" s="2"/>
+      <c r="F321" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G321" s="2"/>
+      <c r="H321" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
+      <c r="A322" s="1" t="n">
+        <v>107138</v>
+      </c>
+      <c r="B322" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Le rossignol et l'empereurl (couverture)</t>
+        </is>
+      </c>
+      <c r="C322" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D322" s="2" t="inlineStr">
+        <is>
+          <t>Gréban, Quentin</t>
+        </is>
+      </c>
+      <c r="E322" s="2"/>
+      <c r="F322" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G322" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H322" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
+      <c r="A323" s="1" t="n">
+        <v>109442</v>
+      </c>
+      <c r="B323" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Bon appétit ! (Edward Lear)</t>
+        </is>
+      </c>
+      <c r="C323" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D323" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / Thierry Magnier éditions</t>
+        </is>
+      </c>
+      <c r="E323" s="2"/>
+      <c r="F323" s="2"/>
+      <c r="G323" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H323" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
+      <c r="A324" s="1" t="n">
+        <v>106883</v>
+      </c>
+      <c r="B324" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite -  Mon chat le plus bête du monde</t>
+        </is>
+      </c>
+      <c r="C324" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D324" s="2" t="inlineStr">
+        <is>
+          <t>Bachelet, Gilles</t>
+        </is>
+      </c>
+      <c r="E324" s="2"/>
+      <c r="F324" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G324" s="2"/>
+      <c r="H324" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
+      <c r="A325" s="1" t="n">
+        <v>107139</v>
+      </c>
+      <c r="B325" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Animaux en peluche </t>
+        </is>
+      </c>
+      <c r="C325" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D325" s="2" t="inlineStr">
+        <is>
+          <t>Gréban, Quentin</t>
+        </is>
+      </c>
+      <c r="E325" s="2"/>
+      <c r="F325" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G325" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H325" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
+      <c r="A326" s="1" t="n">
+        <v>109443</v>
+      </c>
+      <c r="B326" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Personnages</t>
+        </is>
+      </c>
+      <c r="C326" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D326" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin</t>
+        </is>
+      </c>
+      <c r="E326" s="2"/>
+      <c r="F326" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G326" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H326" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
+      <c r="A327" s="1" t="n">
+        <v>106884</v>
+      </c>
+      <c r="B327" s="2" t="inlineStr">
+        <is>
+          <t>Illustration - Le chevalier Ventre-à-terre</t>
+        </is>
+      </c>
+      <c r="C327" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D327" s="2" t="inlineStr">
+        <is>
+          <t>Seuil Jeunesse éditions,  / Bachelet, Gilles</t>
+        </is>
+      </c>
+      <c r="E327" s="2"/>
+      <c r="F327" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G327" s="2"/>
+      <c r="H327" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
+      <c r="A328" s="1" t="n">
+        <v>107140</v>
+      </c>
+      <c r="B328" s="2" t="inlineStr">
+        <is>
+          <t>Carton d'invitation - Exposition "Amoureux" Galerie Robillard - 2020</t>
+        </is>
+      </c>
+      <c r="C328" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D328" s="2" t="inlineStr">
+        <is>
+          <t>Gréban, Quentin</t>
+        </is>
+      </c>
+      <c r="E328" s="2"/>
+      <c r="F328" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G328" s="2"/>
+      <c r="H328" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
+      <c r="A329" s="1" t="n">
+        <v>109444</v>
+      </c>
+      <c r="B329" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Ménagerimes</t>
+        </is>
+      </c>
+      <c r="C329" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D329" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / Didier Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E329" s="2"/>
+      <c r="F329" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G329" s="2" t="inlineStr">
+        <is>
+          <t>papier, peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H329" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
+      <c r="A330" s="1" t="n">
+        <v>107141</v>
+      </c>
+      <c r="B330" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Abécédaire d'animaux</t>
+        </is>
+      </c>
+      <c r="C330" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D330" s="2" t="inlineStr">
+        <is>
+          <t>Gréselle, Sara</t>
+        </is>
+      </c>
+      <c r="E330" s="2"/>
+      <c r="F330" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G330" s="2"/>
+      <c r="H330" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
+      <c r="A331" s="1" t="n">
+        <v>107142</v>
+      </c>
+      <c r="B331" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Bastien, l'ours de la nuit (Ludovic Flamant)</t>
+        </is>
+      </c>
+      <c r="C331" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D331" s="2" t="inlineStr">
+        <is>
+          <t>Gréselle, Sara / Versant sud éditions</t>
+        </is>
+      </c>
+      <c r="E331" s="2"/>
+      <c r="F331" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G331" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H331" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
+      <c r="A332" s="1" t="n">
+        <v>107143</v>
+      </c>
+      <c r="B332" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - L'ours et le lampadaire</t>
+        </is>
+      </c>
+      <c r="C332" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D332" s="2" t="inlineStr">
+        <is>
+          <t>Gréselle, Sara</t>
+        </is>
+      </c>
+      <c r="E332" s="2"/>
+      <c r="F332" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G332" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H332" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
+      <c r="A333" s="1" t="n">
+        <v>106888</v>
+      </c>
+      <c r="B333" s="2" t="inlineStr">
+        <is>
+          <t>illustration inédite -  T-Moon-Rex</t>
+        </is>
+      </c>
+      <c r="C333" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D333" s="2" t="inlineStr">
+        <is>
+          <t>Bernard, Fred / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E333" s="2"/>
+      <c r="F333" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G333" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H333" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
+      <c r="A334" s="1" t="n">
+        <v>107144</v>
+      </c>
+      <c r="B334" s="2" t="inlineStr">
+        <is>
+          <t>Affihce - Exposition - ABC…c'est du belge ! (2022)</t>
+        </is>
+      </c>
+      <c r="C334" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D334" s="2" t="inlineStr">
+        <is>
+          <t>Gréselle, Sara</t>
+        </is>
+      </c>
+      <c r="E334" s="2"/>
+      <c r="F334" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G334" s="2"/>
+      <c r="H334" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
+      <c r="A335" s="1" t="n">
+        <v>106889</v>
+      </c>
+      <c r="B335" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Destruction de Lhassa (Blake et Mortimer)</t>
+        </is>
+      </c>
+      <c r="C335" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D335" s="2" t="inlineStr">
+        <is>
+          <t>Berserik, Teun / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E335" s="2"/>
+      <c r="F335" s="2" t="inlineStr">
+        <is>
+          <t>croquis/crayonné</t>
+        </is>
+      </c>
+      <c r="G335" s="2"/>
+      <c r="H335" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
+      <c r="A336" s="1" t="n">
+        <v>107145</v>
+      </c>
+      <c r="B336" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Alors tout tombe (part 1- Juan Diaz Canales)</t>
+        </is>
+      </c>
+      <c r="C336" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D336" s="2" t="inlineStr">
+        <is>
+          <t>Guarnido, Juanjo / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E336" s="2"/>
+      <c r="F336" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G336" s="2"/>
+      <c r="H336" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
+      <c r="A337" s="1" t="n">
+        <v>108169</v>
+      </c>
+      <c r="B337" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Poussin noir (Rascal)</t>
+        </is>
+      </c>
+      <c r="C337" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D337" s="2" t="inlineStr">
+        <is>
+          <t>Elliott, Peter / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E337" s="2"/>
+      <c r="F337" s="2"/>
+      <c r="G337" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, feutre</t>
+        </is>
+      </c>
+      <c r="H337" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
+      <c r="A338" s="1" t="n">
+        <v>106890</v>
+      </c>
+      <c r="B338" s="2"/>
+      <c r="C338" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D338" s="2" t="inlineStr">
+        <is>
+          <t>Bertrand, Cécile</t>
+        </is>
+      </c>
+      <c r="E338" s="2"/>
+      <c r="F338" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G338" s="2"/>
+      <c r="H338" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
+      <c r="A339" s="1" t="n">
+        <v>107146</v>
+      </c>
+      <c r="B339" s="2" t="inlineStr">
+        <is>
+          <t>Dessin inédit - Alma </t>
+        </is>
+      </c>
+      <c r="C339" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D339" s="2" t="inlineStr">
+        <is>
+          <t>Guarnido, Juanjo / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E339" s="2"/>
+      <c r="F339" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G339" s="2"/>
+      <c r="H339" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
+      <c r="A340" s="1" t="n">
+        <v>106891</v>
+      </c>
+      <c r="B340" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Simon, le petit évadé</t>
+        </is>
+      </c>
+      <c r="C340" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D340" s="2" t="inlineStr">
+        <is>
+          <t>Bertrand, Cécile / La Renaissance du Livre éditions</t>
+        </is>
+      </c>
+      <c r="E340" s="2"/>
+      <c r="F340" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G340" s="2"/>
+      <c r="H340" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
+      <c r="A341" s="1" t="n">
+        <v>107147</v>
+      </c>
+      <c r="B341" s="2" t="inlineStr">
+        <is>
+          <t>Dessin inédit - Blacksad</t>
+        </is>
+      </c>
+      <c r="C341" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D341" s="2" t="inlineStr">
+        <is>
+          <t>Guarnido, Juanjo / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E341" s="2"/>
+      <c r="F341" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G341" s="2"/>
+      <c r="H341" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
+      <c r="A342" s="1" t="n">
+        <v>108171</v>
+      </c>
+      <c r="B342" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Un ours à l'école</t>
+        </is>
+      </c>
+      <c r="C342" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D342" s="2" t="inlineStr">
+        <is>
+          <t>Englebert, Jean-Luc / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E342" s="2"/>
+      <c r="F342" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G342" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine, aquarelle, gouache</t>
+        </is>
+      </c>
+      <c r="H342" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
+      <c r="A343" s="1" t="n">
+        <v>106892</v>
+      </c>
+      <c r="B343" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Vilain Coucou </t>
+        </is>
+      </c>
+      <c r="C343" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D343" s="2" t="inlineStr">
+        <is>
+          <t>Bertrand, Cécile / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E343" s="2"/>
+      <c r="F343" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G343" s="2"/>
+      <c r="H343" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
+      <c r="A344" s="1" t="n">
+        <v>107148</v>
+      </c>
+      <c r="B344" s="2" t="inlineStr">
+        <is>
+          <t>Dessin inédit - Blacksad et femme-chat</t>
+        </is>
+      </c>
+      <c r="C344" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D344" s="2" t="inlineStr">
+        <is>
+          <t>Guarnido, Juanjo</t>
+        </is>
+      </c>
+      <c r="E344" s="2"/>
+      <c r="F344" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G344" s="2"/>
+      <c r="H344" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
+      <c r="A345" s="1" t="n">
+        <v>108172</v>
+      </c>
+      <c r="B345" s="2" t="inlineStr">
+        <is>
+          <t>illustration inédite - Le chat</t>
+        </is>
+      </c>
+      <c r="C345" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D345" s="2" t="inlineStr">
+        <is>
+          <t>Estrela, Joana</t>
+        </is>
+      </c>
+      <c r="E345" s="2"/>
+      <c r="F345" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G345" s="2"/>
+      <c r="H345" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
+      <c r="A346" s="1" t="n">
+        <v>106893</v>
+      </c>
+      <c r="B346" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Petite fille triste</t>
+        </is>
+      </c>
+      <c r="C346" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D346" s="2" t="inlineStr">
+        <is>
+          <t>Bertrand, Cécile</t>
+        </is>
+      </c>
+      <c r="E346" s="2"/>
+      <c r="F346" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G346" s="2"/>
+      <c r="H346" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
+      <c r="A347" s="1" t="n">
+        <v>107149</v>
+      </c>
+      <c r="B347" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Bébé lisant </t>
+        </is>
+      </c>
+      <c r="C347" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D347" s="2" t="inlineStr">
+        <is>
+          <t>Guettier, Bénedicte</t>
+        </is>
+      </c>
+      <c r="E347" s="2"/>
+      <c r="F347" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G347" s="2"/>
+      <c r="H347" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
+      <c r="A348" s="1" t="n">
+        <v>108173</v>
+      </c>
+      <c r="B348" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Le Roi méduse part 1</t>
+        </is>
+      </c>
+      <c r="C348" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D348" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E348" s="2"/>
+      <c r="F348" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G348" s="2"/>
+      <c r="H348" s="2" t="inlineStr">
+        <is>
+          <t>rinogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
+      <c r="A349" s="1" t="n">
+        <v>107150</v>
+      </c>
+      <c r="B349" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Bébé lisant </t>
+        </is>
+      </c>
+      <c r="C349" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D349" s="2" t="inlineStr">
+        <is>
+          <t>Guettier, Bénedicte</t>
+        </is>
+      </c>
+      <c r="E349" s="2"/>
+      <c r="F349" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G349" s="2"/>
+      <c r="H349" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
+      <c r="A350" s="1" t="n">
+        <v>108174</v>
+      </c>
+      <c r="B350" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Peter Pan (J.M. Barrie)</t>
+        </is>
+      </c>
+      <c r="C350" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D350" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E350" s="2"/>
+      <c r="F350" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G350" s="2"/>
+      <c r="H350" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
+      <c r="A351" s="1" t="n">
+        <v>109454</v>
+      </c>
+      <c r="B351" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - La Terre est mon jardin</t>
+        </is>
+      </c>
+      <c r="C351" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D351" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / Rue du monde éditions</t>
+        </is>
+      </c>
+      <c r="E351" s="2"/>
+      <c r="F351" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G351" s="2"/>
+      <c r="H351" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
+      <c r="A352" s="1" t="n">
+        <v>106895</v>
+      </c>
+      <c r="B352" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Pirouette Cacahuète</t>
+        </is>
+      </c>
+      <c r="C352" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D352" s="2" t="inlineStr">
+        <is>
+          <t>La maison est en carton éditions,  / Bertrand, Frédérique</t>
+        </is>
+      </c>
+      <c r="E352" s="2"/>
+      <c r="F352" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G352" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H352" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
+      <c r="A353" s="1" t="n">
+        <v>107151</v>
+      </c>
+      <c r="B353" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Guingamor, le chevalier aux sortilèges (Pierre Coran) - couverture</t>
+        </is>
+      </c>
+      <c r="C353" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D353" s="2" t="inlineStr">
+        <is>
+          <t>Gueyfier, Judith / Didier Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E353" s="2"/>
+      <c r="F353" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G353" s="2"/>
+      <c r="H353" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
+      <c r="A354" s="1" t="n">
+        <v>107919</v>
+      </c>
+      <c r="B354" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - La couleur de l'air</t>
+        </is>
+      </c>
+      <c r="C354" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D354" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E354" s="2"/>
+      <c r="F354" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G354" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H354" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
+      <c r="A355" s="1" t="n">
+        <v>108175</v>
+      </c>
+      <c r="B355" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Le Roi Méduse part 1</t>
+        </is>
+      </c>
+      <c r="C355" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D355" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E355" s="2"/>
+      <c r="F355" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G355" s="2"/>
+      <c r="H355" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
+      <c r="A356" s="1" t="n">
+        <v>106896</v>
+      </c>
+      <c r="B356" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Mauer Palast (La Femme piège)</t>
+        </is>
+      </c>
+      <c r="C356" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D356" s="2" t="inlineStr">
+        <is>
+          <t>Dargaud éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E356" s="2"/>
+      <c r="F356" s="2" t="inlineStr">
+        <is>
+          <t>illustration, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G356" s="2"/>
+      <c r="H356" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
+      <c r="A357" s="1" t="n">
+        <v>107152</v>
+      </c>
+      <c r="B357" s="2" t="inlineStr">
+        <is>
+          <t>Illustraation originale - Guingamor, le chevalier aux sortilèges (Pierre Coran)</t>
+        </is>
+      </c>
+      <c r="C357" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D357" s="2" t="inlineStr">
+        <is>
+          <t>Gueyfier, Judith / Didier Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E357" s="2"/>
+      <c r="F357" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G357" s="2"/>
+      <c r="H357" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
+      <c r="A358" s="1" t="n">
+        <v>107920</v>
+      </c>
+      <c r="B358" s="2" t="inlineStr">
+        <is>
+          <t>Estampe pigmentaire - Trois </t>
+        </is>
+      </c>
+      <c r="C358" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D358" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E358" s="2"/>
+      <c r="F358" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G358" s="2"/>
+      <c r="H358" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
+      <c r="A359" s="1" t="n">
+        <v>108176</v>
+      </c>
+      <c r="B359" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Les Rigoles</t>
+        </is>
+      </c>
+      <c r="C359" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D359" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E359" s="2"/>
+      <c r="F359" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G359" s="2"/>
+      <c r="H359" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
+      <c r="A360" s="1" t="n">
+        <v>106897</v>
+      </c>
+      <c r="B360" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - La foire des immortels (couverture)</t>
+        </is>
+      </c>
+      <c r="C360" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D360" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Dargaud éditions</t>
+        </is>
+      </c>
+      <c r="E360" s="2"/>
+      <c r="F360" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G360" s="2"/>
+      <c r="H360" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
+      <c r="A361" s="1" t="n">
+        <v>107153</v>
+      </c>
+      <c r="B361" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Personnages</t>
+        </is>
+      </c>
+      <c r="C361" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D361" s="2" t="inlineStr">
+        <is>
+          <t>Gueyfier, Judith</t>
+        </is>
+      </c>
+      <c r="E361" s="2"/>
+      <c r="F361" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G361" s="2"/>
+      <c r="H361" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
+      <c r="A362" s="1" t="n">
+        <v>108177</v>
+      </c>
+      <c r="B362" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie -Peter Pan (J.M. Barrie)</t>
+        </is>
+      </c>
+      <c r="C362" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D362" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E362" s="2"/>
+      <c r="F362" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G362" s="2"/>
+      <c r="H362" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
+      <c r="A363" s="1" t="n">
+        <v>109457</v>
+      </c>
+      <c r="B363" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - La Terre est mon jardin</t>
+        </is>
+      </c>
+      <c r="C363" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D363" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / Rue du monde éditions</t>
+        </is>
+      </c>
+      <c r="E363" s="2"/>
+      <c r="F363" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G363" s="2"/>
+      <c r="H363" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="1" t="n">
+        <v>106898</v>
+      </c>
+      <c r="B364" s="2" t="inlineStr">
+        <is>
+          <t>Sérigrphie - Femme et chat (Bleu sang)</t>
+        </is>
+      </c>
+      <c r="C364" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D364" s="2" t="inlineStr">
+        <is>
+          <t>Christian Desbois éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E364" s="2"/>
+      <c r="F364" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G364" s="2"/>
+      <c r="H364" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
+      <c r="A365" s="1" t="n">
+        <v>107154</v>
+      </c>
+      <c r="B365" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Harlem Boy</t>
+        </is>
+      </c>
+      <c r="C365" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D365" s="2" t="inlineStr">
+        <is>
+          <t>Guillloppe, Antoine / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E365" s="2"/>
+      <c r="F365" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G365" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H365" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
+      <c r="A366" s="1" t="n">
+        <v>108178</v>
+      </c>
+      <c r="B366" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Place Flagey 2020</t>
+        </is>
+      </c>
+      <c r="C366" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D366" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E366" s="2"/>
+      <c r="F366" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G366" s="2"/>
+      <c r="H366" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
+      <c r="A367" s="1" t="n">
+        <v>107155</v>
+      </c>
+      <c r="B367" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Planètes d'émulsion colorée</t>
+        </is>
+      </c>
+      <c r="C367" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D367" s="2" t="inlineStr">
+        <is>
+          <t>Gunaydin, Sila</t>
+        </is>
+      </c>
+      <c r="E367" s="2"/>
+      <c r="F367" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G367" s="2"/>
+      <c r="H367" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
+      <c r="A368" s="1" t="n">
+        <v>108179</v>
+      </c>
+      <c r="B368" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Place Flagey 2023</t>
+        </is>
+      </c>
+      <c r="C368" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D368" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E368" s="2"/>
+      <c r="F368" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G368" s="2"/>
+      <c r="H368" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
+      <c r="A369" s="1" t="n">
+        <v>109459</v>
+      </c>
+      <c r="B369" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Les fruits</t>
+        </is>
+      </c>
+      <c r="C369" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D369" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin</t>
+        </is>
+      </c>
+      <c r="E369" s="2"/>
+      <c r="F369" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G369" s="2"/>
+      <c r="H369" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
+      <c r="A370" s="1" t="n">
+        <v>106900</v>
+      </c>
+      <c r="B370" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Homme chevauchant un puma</t>
+        </is>
+      </c>
+      <c r="C370" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D370" s="2" t="inlineStr">
+        <is>
+          <t>Librairie Brüsel (édité par),  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E370" s="2"/>
+      <c r="F370" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G370" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir, papier</t>
+        </is>
+      </c>
+      <c r="H370" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
+      <c r="A371" s="1" t="n">
+        <v>107156</v>
+      </c>
+      <c r="B371" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Sorcière </t>
+        </is>
+      </c>
+      <c r="C371" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D371" s="2" t="inlineStr">
+        <is>
+          <t>Heilporn, Sophie</t>
+        </is>
+      </c>
+      <c r="E371" s="2"/>
+      <c r="F371" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G371" s="2"/>
+      <c r="H371" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
+      <c r="A372" s="1" t="n">
+        <v>107924</v>
+      </c>
+      <c r="B372" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Le luthier de Venise (Claude Clément)</t>
+        </is>
+      </c>
+      <c r="C372" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D372" s="2" t="inlineStr">
+        <is>
+          <t>Clement, Frédéric / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E372" s="2"/>
+      <c r="F372" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G372" s="2"/>
+      <c r="H372" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
+      <c r="A373" s="1" t="n">
+        <v>108180</v>
+      </c>
+      <c r="B373" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Dust Dawn</t>
+        </is>
+      </c>
+      <c r="C373" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D373" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E373" s="2"/>
+      <c r="F373" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G373" s="2"/>
+      <c r="H373" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
+      <c r="A374" s="1" t="n">
+        <v>109460</v>
+      </c>
+      <c r="B374" s="2" t="inlineStr">
+        <is>
+          <t>Carton publicitaire - Exposition "100 gouaches" - Galerie Treize dix, Paris</t>
+        </is>
+      </c>
+      <c r="C374" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D374" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin</t>
+        </is>
+      </c>
+      <c r="E374" s="2"/>
+      <c r="F374" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G374" s="2"/>
+      <c r="H374" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
+      <c r="A375" s="1" t="n">
+        <v>106901</v>
+      </c>
+      <c r="B375" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Enheduana Arwi-a et le code Hamourabi (Les fantômes du Louvre)</t>
+        </is>
+      </c>
+      <c r="C375" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D375" s="2" t="inlineStr">
+        <is>
+          <t>Librairie Brüsel (édité par),  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E375" s="2"/>
+      <c r="F375" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G375" s="2"/>
+      <c r="H375" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
+      <c r="A376" s="1" t="n">
+        <v>107157</v>
+      </c>
+      <c r="B376" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La ferme</t>
+        </is>
+      </c>
+      <c r="C376" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D376" s="2" t="inlineStr">
+        <is>
+          <t>Heitz, Bruno</t>
+        </is>
+      </c>
+      <c r="E376" s="2"/>
+      <c r="F376" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G376" s="2"/>
+      <c r="H376" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
+      <c r="A377" s="1" t="n">
+        <v>108181</v>
+      </c>
+      <c r="B377" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - 9ième festival du film d'éducation</t>
+        </is>
+      </c>
+      <c r="C377" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D377" s="2" t="inlineStr">
+        <is>
+          <t>Evens, Brecht</t>
+        </is>
+      </c>
+      <c r="E377" s="2"/>
+      <c r="F377" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G377" s="2"/>
+      <c r="H377" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
+      <c r="A378" s="1" t="n">
+        <v>109461</v>
+      </c>
+      <c r="B378" s="2" t="inlineStr">
+        <is>
+          <t>Carton publicitaire - Oiseau</t>
+        </is>
+      </c>
+      <c r="C378" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D378" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin</t>
+        </is>
+      </c>
+      <c r="E378" s="2"/>
+      <c r="F378" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G378" s="2"/>
+      <c r="H378" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
+      <c r="A379" s="1" t="n">
+        <v>106902</v>
+      </c>
+      <c r="B379" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Homme aux yeux bandés (Bug Livre 1)</t>
+        </is>
+      </c>
+      <c r="C379" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D379" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E379" s="2"/>
+      <c r="F379" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G379" s="2"/>
+      <c r="H379" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
+      <c r="A380" s="1" t="n">
+        <v>107158</v>
+      </c>
+      <c r="B380" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Bonjour ma poule</t>
+        </is>
+      </c>
+      <c r="C380" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D380" s="2" t="inlineStr">
+        <is>
+          <t>Heitz, Bruno / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E380" s="2"/>
+      <c r="F380" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G380" s="2"/>
+      <c r="H380" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
+      <c r="A381" s="1" t="n">
+        <v>108182</v>
+      </c>
+      <c r="B381" s="2" t="inlineStr">
+        <is>
+          <t>Affiche publicitaire - Les châteaux</t>
+        </is>
+      </c>
+      <c r="C381" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D381" s="2" t="inlineStr">
+        <is>
+          <t>Brouillard, Anne / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E381" s="2"/>
+      <c r="F381" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G381" s="2"/>
+      <c r="H381" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
+      <c r="A382" s="1" t="n">
+        <v>109462</v>
+      </c>
+      <c r="B382" s="2" t="inlineStr">
+        <is>
+          <t>Carton publicitaire - Vue sur le canal</t>
+        </is>
+      </c>
+      <c r="C382" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D382" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin</t>
+        </is>
+      </c>
+      <c r="E382" s="2"/>
+      <c r="F382" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G382" s="2"/>
+      <c r="H382" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
+      <c r="A383" s="1" t="n">
+        <v>106903</v>
+      </c>
+      <c r="B383" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Kameron Obb (Bug Livre 2)</t>
+        </is>
+      </c>
+      <c r="C383" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D383" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E383" s="2"/>
+      <c r="F383" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G383" s="2"/>
+      <c r="H383" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
+      <c r="A384" s="1" t="n">
+        <v>107159</v>
+      </c>
+      <c r="B384" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La lettre A</t>
+        </is>
+      </c>
+      <c r="C384" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D384" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne</t>
+        </is>
+      </c>
+      <c r="E384" s="2"/>
+      <c r="F384" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G384" s="2"/>
+      <c r="H384" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
+      <c r="A385" s="1" t="n">
+        <v>107927</v>
+      </c>
+      <c r="B385" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparatoire - China Li (Hong Kong Paris)</t>
+        </is>
+      </c>
+      <c r="C385" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D385" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Charles, Jean-François</t>
+        </is>
+      </c>
+      <c r="E385" s="2"/>
+      <c r="F385" s="2" t="inlineStr">
+        <is>
+          <t>croquis/crayonné</t>
+        </is>
+      </c>
+      <c r="G385" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H385" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
+      <c r="A386" s="1" t="n">
+        <v>108183</v>
+      </c>
+      <c r="B386" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Marcel et Odilon (noir et blanc)</t>
+        </is>
+      </c>
+      <c r="C386" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D386" s="2" t="inlineStr">
+        <is>
+          <t>Favart, Noémie</t>
+        </is>
+      </c>
+      <c r="E386" s="2"/>
+      <c r="F386" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G386" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H386" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
+      <c r="A387" s="1" t="n">
+        <v>106904</v>
+      </c>
+      <c r="B387" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Chaos. Dans la tête de Cameron Obb (Bug Livre 3)</t>
+        </is>
+      </c>
+      <c r="C387" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D387" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E387" s="2"/>
+      <c r="F387" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G387" s="2"/>
+      <c r="H387" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
+      <c r="A388" s="1" t="n">
+        <v>107160</v>
+      </c>
+      <c r="B388" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Cabane d'altitude</t>
+        </is>
+      </c>
+      <c r="C388" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D388" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E388" s="2"/>
+      <c r="F388" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G388" s="2"/>
+      <c r="H388" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
+      <c r="A389" s="1" t="n">
+        <v>107928</v>
+      </c>
+      <c r="B389" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparation - China Li (Hong Kong Paris)</t>
+        </is>
+      </c>
+      <c r="C389" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D389" s="2" t="inlineStr">
+        <is>
+          <t>Charles, Jean-François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E389" s="2"/>
+      <c r="F389" s="2" t="inlineStr">
+        <is>
+          <t>croquis/crayonné</t>
+        </is>
+      </c>
+      <c r="G389" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H389" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
+      <c r="A390" s="1" t="n">
+        <v>108184</v>
+      </c>
+      <c r="B390" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Marcel et Odilon</t>
+        </is>
+      </c>
+      <c r="C390" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D390" s="2" t="inlineStr">
+        <is>
+          <t>Favart, Noémie / Versant sud éditions</t>
+        </is>
+      </c>
+      <c r="E390" s="2"/>
+      <c r="F390" s="2"/>
+      <c r="G390" s="2" t="inlineStr">
+        <is>
+          <t>feutre</t>
+        </is>
+      </c>
+      <c r="H390" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
+      <c r="A391" s="1" t="n">
+        <v>106905</v>
+      </c>
+      <c r="B391" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Kameron (couverture Bug Livre 2)</t>
+        </is>
+      </c>
+      <c r="C391" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D391" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E391" s="2"/>
+      <c r="F391" s="2" t="inlineStr">
+        <is>
+          <t>couverture, illustration</t>
+        </is>
+      </c>
+      <c r="G391" s="2"/>
+      <c r="H391" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
+      <c r="A392" s="1" t="n">
+        <v>107161</v>
+      </c>
+      <c r="B392" s="2" t="inlineStr">
+        <is>
+          <t>Papier découpé - Hommage à Babar</t>
+        </is>
+      </c>
+      <c r="C392" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D392" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne</t>
+        </is>
+      </c>
+      <c r="E392" s="2"/>
+      <c r="F392" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G392" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H392" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
+      <c r="A393" s="1" t="n">
+        <v>107929</v>
+      </c>
+      <c r="B393" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Silence</t>
+        </is>
+      </c>
+      <c r="C393" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D393" s="2" t="inlineStr">
+        <is>
+          <t>Comès, Didier / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E393" s="2"/>
+      <c r="F393" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G393" s="2"/>
+      <c r="H393" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie, sérigraphie, sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
+      <c r="A394" s="1" t="n">
+        <v>108185</v>
+      </c>
+      <c r="B394" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Baleines</t>
+        </is>
+      </c>
+      <c r="C394" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D394" s="2" t="inlineStr">
+        <is>
+          <t>Fourrey, Clément</t>
+        </is>
+      </c>
+      <c r="E394" s="2"/>
+      <c r="F394" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G394" s="2"/>
+      <c r="H394" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
+      <c r="A395" s="1" t="n">
+        <v>106906</v>
+      </c>
+      <c r="B395" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Jill, Nicopol et Horus (couverture La Femme piège)</t>
+        </is>
+      </c>
+      <c r="C395" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D395" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Dargaud éditions</t>
+        </is>
+      </c>
+      <c r="E395" s="2"/>
+      <c r="F395" s="2" t="inlineStr">
+        <is>
+          <t>couverture, illustration</t>
+        </is>
+      </c>
+      <c r="G395" s="2"/>
+      <c r="H395" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
+      <c r="A396" s="1" t="n">
+        <v>107162</v>
+      </c>
+      <c r="B396" s="2" t="inlineStr">
+        <is>
+          <t>Carte de promotion - Une histoire grande comme la main</t>
+        </is>
+      </c>
+      <c r="C396" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D396" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E396" s="2"/>
+      <c r="F396" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G396" s="2"/>
+      <c r="H396" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
+      <c r="A397" s="1" t="n">
+        <v>107930</v>
+      </c>
+      <c r="B397" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - La Belette (couverture)</t>
+        </is>
+      </c>
+      <c r="C397" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D397" s="2" t="inlineStr">
+        <is>
+          <t>Comès, Didier / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E397" s="2"/>
+      <c r="F397" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G397" s="2"/>
+      <c r="H397" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
+      <c r="A398" s="1" t="n">
+        <v>108186</v>
+      </c>
+      <c r="B398" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Pieuvre</t>
+        </is>
+      </c>
+      <c r="C398" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D398" s="2" t="inlineStr">
+        <is>
+          <t>Fourrey, Clément</t>
+        </is>
+      </c>
+      <c r="E398" s="2"/>
+      <c r="F398" s="2"/>
+      <c r="G398" s="2"/>
+      <c r="H398" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
+      <c r="A399" s="1" t="n">
+        <v>107163</v>
+      </c>
+      <c r="B399" s="2" t="inlineStr">
+        <is>
+          <t>Carte de promotion - Matin Minet</t>
+        </is>
+      </c>
+      <c r="C399" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D399" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E399" s="2"/>
+      <c r="F399" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G399" s="2"/>
+      <c r="H399" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
+      <c r="A400" s="1" t="n">
+        <v>108187</v>
+      </c>
+      <c r="B400" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Méduse</t>
+        </is>
+      </c>
+      <c r="C400" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D400" s="2" t="inlineStr">
+        <is>
+          <t>Fourrey, Clément</t>
+        </is>
+      </c>
+      <c r="E400" s="2"/>
+      <c r="F400" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G400" s="2"/>
+      <c r="H400" s="2" t="inlineStr">
+        <is>
+          <t>gravure sur bois</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
+      <c r="A401" s="1" t="n">
+        <v>106908</v>
+      </c>
+      <c r="B401" s="2" t="inlineStr">
+        <is>
+          <t>Affiche de l'expostion à Landerneau (Bretagne) - 2020</t>
+        </is>
+      </c>
+      <c r="C401" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D401" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E401" s="2"/>
+      <c r="F401" s="2" t="inlineStr">
+        <is>
+          <t>autre, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G401" s="2"/>
+      <c r="H401" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
+      <c r="A402" s="1" t="n">
+        <v>107164</v>
+      </c>
+      <c r="B402" s="2" t="inlineStr">
+        <is>
+          <t>Carte postale - Quelque part</t>
+        </is>
+      </c>
+      <c r="C402" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D402" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne / L'art à la page galerie</t>
+        </is>
+      </c>
+      <c r="E402" s="2"/>
+      <c r="F402" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G402" s="2"/>
+      <c r="H402" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
+      <c r="A403" s="1" t="n">
+        <v>107932</v>
+      </c>
+      <c r="B403" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Silence</t>
+        </is>
+      </c>
+      <c r="C403" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D403" s="2" t="inlineStr">
+        <is>
+          <t>Comès, Didier / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E403" s="2"/>
+      <c r="F403" s="2" t="inlineStr">
+        <is>
+          <t>illustration, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G403" s="2"/>
+      <c r="H403" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
+      <c r="A404" s="1" t="n">
+        <v>108188</v>
+      </c>
+      <c r="B404" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparatoire - Le Marsupilami</t>
+        </is>
+      </c>
+      <c r="C404" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D404" s="2" t="inlineStr">
+        <is>
+          <t>Franquin, André</t>
+        </is>
+      </c>
+      <c r="E404" s="2"/>
+      <c r="F404" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G404" s="2"/>
+      <c r="H404" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
+      <c r="A405" s="1" t="n">
+        <v>106909</v>
+      </c>
+      <c r="B405" s="2" t="inlineStr">
+        <is>
+          <t>Affiche de cinéma - La vie est un roman (Alain Resnais)</t>
+        </is>
+      </c>
+      <c r="C405" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D405" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E405" s="2"/>
+      <c r="F405" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G405" s="2"/>
+      <c r="H405" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
+      <c r="A406" s="1" t="n">
+        <v>107165</v>
+      </c>
+      <c r="B406" s="2" t="inlineStr">
+        <is>
+          <t>Carte postale - De temps en temps</t>
+        </is>
+      </c>
+      <c r="C406" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D406" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne / L'art à la page galerie</t>
+        </is>
+      </c>
+      <c r="E406" s="2"/>
+      <c r="F406" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G406" s="2"/>
+      <c r="H406" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
+      <c r="A407" s="1" t="n">
+        <v>107933</v>
+      </c>
+      <c r="B407" s="2" t="inlineStr">
+        <is>
+          <t>Peinture - Perroquet sur fond jaune</t>
+        </is>
+      </c>
+      <c r="C407" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D407" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E407" s="2"/>
+      <c r="F407" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G407" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H407" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
+      <c r="A408" s="1" t="n">
+        <v>108189</v>
+      </c>
+      <c r="B408" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Les idées noires - La mouche</t>
+        </is>
+      </c>
+      <c r="C408" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D408" s="2" t="inlineStr">
+        <is>
+          <t>Franquin, André</t>
+        </is>
+      </c>
+      <c r="E408" s="2"/>
+      <c r="F408" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G408" s="2"/>
+      <c r="H408" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
+      <c r="A409" s="1" t="n">
+        <v>106910</v>
+      </c>
+      <c r="B409" s="2" t="inlineStr">
+        <is>
+          <t>Affiche de cinéma - Le pays où rêvent les fourmis verte (Wim Wenders)</t>
+        </is>
+      </c>
+      <c r="C409" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D409" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E409" s="2"/>
+      <c r="F409" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G409" s="2"/>
+      <c r="H409" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
+      <c r="A410" s="1" t="n">
+        <v>107166</v>
+      </c>
+      <c r="B410" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Salon de Namur 2009</t>
+        </is>
+      </c>
+      <c r="C410" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D410" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne</t>
+        </is>
+      </c>
+      <c r="E410" s="2"/>
+      <c r="F410" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G410" s="2"/>
+      <c r="H410" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
+      <c r="A411" s="1" t="n">
+        <v>107934</v>
+      </c>
+      <c r="B411" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'exposition - Karakters (Villa Verbeelding, Hasselt)</t>
+        </is>
+      </c>
+      <c r="C411" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D411" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E411" s="2"/>
+      <c r="F411" s="2" t="inlineStr">
+        <is>
+          <t>affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G411" s="2"/>
+      <c r="H411" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
+      <c r="A412" s="1" t="n">
+        <v>107167</v>
+      </c>
+      <c r="B412" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Exposition Rouge-Cloître  2007</t>
+        </is>
+      </c>
+      <c r="C412" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D412" s="2" t="inlineStr">
+        <is>
+          <t>Hermann</t>
+        </is>
+      </c>
+      <c r="E412" s="2"/>
+      <c r="F412" s="2" t="inlineStr">
+        <is>
+          <t>illustration, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G412" s="2"/>
+      <c r="H412" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
+      <c r="A413" s="1" t="n">
+        <v>107935</v>
+      </c>
+      <c r="B413" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - L'ours et le pinson (page 11)</t>
+        </is>
+      </c>
+      <c r="C413" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D413" s="2" t="inlineStr">
+        <is>
+          <t>Crahay, Anne / Didier Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E413" s="2"/>
+      <c r="F413" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G413" s="2"/>
+      <c r="H413" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
+      <c r="A414" s="1" t="n">
+        <v>107168</v>
+      </c>
+      <c r="B414" s="2" t="inlineStr">
+        <is>
+          <t>Broche - Oiseau au chapeau</t>
+        </is>
+      </c>
+      <c r="C414" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D414" s="2" t="inlineStr">
+        <is>
+          <t>Hie, Vanessa</t>
+        </is>
+      </c>
+      <c r="E414" s="2"/>
+      <c r="F414" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G414" s="2"/>
+      <c r="H414" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
+      <c r="A415" s="1" t="n">
+        <v>107936</v>
+      </c>
+      <c r="B415" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Carte de voeux 2024</t>
+        </is>
+      </c>
+      <c r="C415" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D415" s="2" t="inlineStr">
+        <is>
+          <t>Crahay, Anne</t>
+        </is>
+      </c>
+      <c r="E415" s="2"/>
+      <c r="F415" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G415" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H415" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
+      <c r="A416" s="1" t="n">
+        <v>106913</v>
+      </c>
+      <c r="B416" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Jojo l'hippo dans son avion</t>
+        </is>
+      </c>
+      <c r="C416" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D416" s="2" t="inlineStr">
+        <is>
+          <t>Bisinski, Pierrick / Gallimard éditions</t>
+        </is>
+      </c>
+      <c r="E416" s="2"/>
+      <c r="F416" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G416" s="2"/>
+      <c r="H416" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
+      <c r="A417" s="1" t="n">
+        <v>107169</v>
+      </c>
+      <c r="B417" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Un chat </t>
+        </is>
+      </c>
+      <c r="C417" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D417" s="2" t="inlineStr">
+        <is>
+          <t>Hie, Vanessa</t>
+        </is>
+      </c>
+      <c r="E417" s="2"/>
+      <c r="F417" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G417" s="2"/>
+      <c r="H417" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
+      <c r="A418" s="1" t="n">
+        <v>107937</v>
+      </c>
+      <c r="B418" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Carte de voeux 2022</t>
+        </is>
+      </c>
+      <c r="C418" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D418" s="2" t="inlineStr">
+        <is>
+          <t>Crahay, Anne</t>
+        </is>
+      </c>
+      <c r="E418" s="2"/>
+      <c r="F418" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G418" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H418" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
+      <c r="A419" s="1" t="n">
+        <v>106914</v>
+      </c>
+      <c r="B419" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction -  Charlie et la chocolaterie ( auteur Roald Dahl)</t>
+        </is>
+      </c>
+      <c r="C419" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D419" s="2" t="inlineStr">
+        <is>
+          <t>Blake, Quentin</t>
+        </is>
+      </c>
+      <c r="E419" s="2"/>
+      <c r="F419" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G419" s="2"/>
+      <c r="H419" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
+      <c r="A420" s="1" t="n">
+        <v>107170</v>
+      </c>
+      <c r="B420" s="2" t="inlineStr">
+        <is>
+          <t>Estampe numérique - L'argent (Marie Desplechin)</t>
+        </is>
+      </c>
+      <c r="C420" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D420" s="2" t="inlineStr">
+        <is>
+          <t>Houdart, Emmanuelle / Thierry Magnier éditions</t>
+        </is>
+      </c>
+      <c r="E420" s="2"/>
+      <c r="F420" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G420" s="2"/>
+      <c r="H420" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
+      <c r="A421" s="1" t="n">
+        <v>106915</v>
+      </c>
+      <c r="B421" s="2" t="inlineStr">
+        <is>
+          <t>Carte postale - reproduction d'un timbe édité en Angleterre pour Noël 1933</t>
+        </is>
+      </c>
+      <c r="C421" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D421" s="2" t="inlineStr">
+        <is>
+          <t>Blake, Quentin</t>
+        </is>
+      </c>
+      <c r="E421" s="2"/>
+      <c r="F421" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G421" s="2"/>
+      <c r="H421" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
+      <c r="A422" s="1" t="n">
+        <v>107171</v>
+      </c>
+      <c r="B422" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Femme arbre avec oiseaux</t>
+        </is>
+      </c>
+      <c r="C422" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D422" s="2" t="inlineStr">
+        <is>
+          <t>Houdart, Emmanuelle</t>
+        </is>
+      </c>
+      <c r="E422" s="2"/>
+      <c r="F422" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G422" s="2"/>
+      <c r="H422" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
+      <c r="A423" s="1" t="n">
+        <v>106916</v>
+      </c>
+      <c r="B423" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Paysage</t>
+        </is>
+      </c>
+      <c r="C423" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D423" s="2" t="inlineStr">
+        <is>
+          <t>Blexbolex</t>
+        </is>
+      </c>
+      <c r="E423" s="2"/>
+      <c r="F423" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G423" s="2"/>
+      <c r="H423" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie, sérigraphie, sérigraphie, sérigraphie, sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
+      <c r="A424" s="1" t="n">
+        <v>107172</v>
+      </c>
+      <c r="B424" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Madame Ciboulette</t>
+        </is>
+      </c>
+      <c r="C424" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D424" s="2" t="inlineStr">
+        <is>
+          <t>Houdart, Emmanuelle / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E424" s="2"/>
+      <c r="F424" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G424" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H424" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
+      <c r="A425" s="1" t="n">
+        <v>106918</v>
+      </c>
+      <c r="B425" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Bruges Bear Canals</t>
+        </is>
+      </c>
+      <c r="C425" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D425" s="2" t="inlineStr">
+        <is>
+          <t>Bosschaert, Greet</t>
+        </is>
+      </c>
+      <c r="E425" s="2"/>
+      <c r="F425" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G425" s="2"/>
+      <c r="H425" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
+      <c r="A426" s="1" t="n">
+        <v>107174</v>
+      </c>
+      <c r="B426" s="2" t="inlineStr">
+        <is>
+          <t>Foulard - Animaux et végétaux</t>
+        </is>
+      </c>
+      <c r="C426" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D426" s="2" t="inlineStr">
+        <is>
+          <t>Houdart, Emmanuelle</t>
+        </is>
+      </c>
+      <c r="E426" s="2"/>
+      <c r="F426" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G426" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H426" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
+      <c r="A427" s="1" t="n">
+        <v>107942</v>
+      </c>
+      <c r="B427" s="2" t="inlineStr">
+        <is>
+          <t>Planche originale - Bran Ruz (scénario : Alain Deschamps)</t>
+        </is>
+      </c>
+      <c r="C427" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D427" s="2" t="inlineStr">
+        <is>
+          <t>Auclair, Claude / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E427" s="2"/>
+      <c r="F427" s="2" t="inlineStr">
+        <is>
+          <t>planche originale</t>
+        </is>
+      </c>
+      <c r="G427" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H427" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
+      <c r="A428" s="1" t="n">
+        <v>106919</v>
+      </c>
+      <c r="B428" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Zwaan-brugs beertje</t>
+        </is>
+      </c>
+      <c r="C428" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D428" s="2" t="inlineStr">
+        <is>
+          <t>Bosschaert, Greet</t>
+        </is>
+      </c>
+      <c r="E428" s="2"/>
+      <c r="F428" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G428" s="2"/>
+      <c r="H428" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
+      <c r="A429" s="1" t="n">
+        <v>107175</v>
+      </c>
+      <c r="B429" s="2" t="inlineStr">
+        <is>
+          <t>Impression numérique - Serveuse</t>
+        </is>
+      </c>
+      <c r="C429" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D429" s="2" t="inlineStr">
+        <is>
+          <t>Hyman, Miles</t>
+        </is>
+      </c>
+      <c r="E429" s="2"/>
+      <c r="F429" s="2"/>
+      <c r="G429" s="2"/>
+      <c r="H429" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
+      <c r="A430" s="1" t="n">
+        <v>107943</v>
+      </c>
+      <c r="B430" s="2" t="inlineStr">
+        <is>
+          <t>Planche originale - Bran Ruz (scénario Alain Deschamps)</t>
+        </is>
+      </c>
+      <c r="C430" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D430" s="2" t="inlineStr">
+        <is>
+          <t>Auclair, Claude / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E430" s="2"/>
+      <c r="F430" s="2" t="inlineStr">
+        <is>
+          <t>planche originale</t>
+        </is>
+      </c>
+      <c r="G430" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H430" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
+      <c r="A431" s="1" t="n">
+        <v>106920</v>
+      </c>
+      <c r="B431" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Petit déjeuner </t>
+        </is>
+      </c>
+      <c r="C431" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D431" s="2" t="inlineStr">
+        <is>
+          <t>Seuil Jeunesse éditions,  / Bouchard, André</t>
+        </is>
+      </c>
+      <c r="E431" s="2"/>
+      <c r="F431" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G431" s="2"/>
+      <c r="H431" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
+      <c r="A432" s="1" t="n">
+        <v>107176</v>
+      </c>
+      <c r="B432" s="2" t="inlineStr">
+        <is>
+          <t>Impression numérique - La lectrice</t>
+        </is>
+      </c>
+      <c r="C432" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D432" s="2" t="inlineStr">
+        <is>
+          <t>Hyman, Miles</t>
+        </is>
+      </c>
+      <c r="E432" s="2"/>
+      <c r="F432" s="2"/>
+      <c r="G432" s="2"/>
+      <c r="H432" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
+      <c r="A433" s="1" t="n">
+        <v>107944</v>
+      </c>
+      <c r="B433" s="2" t="inlineStr">
+        <is>
+          <t>Ex-libris - Simon du fleuve</t>
+        </is>
+      </c>
+      <c r="C433" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D433" s="2" t="inlineStr">
+        <is>
+          <t>Auclair, Claude / Lombard éditions</t>
+        </is>
+      </c>
+      <c r="E433" s="2"/>
+      <c r="F433" s="2" t="inlineStr">
+        <is>
+          <t>bande dessinée, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G433" s="2"/>
+      <c r="H433" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
+      <c r="A434" s="1" t="n">
+        <v>106921</v>
+      </c>
+      <c r="B434" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - New York Cannibals (Jérome Charyn)</t>
+        </is>
+      </c>
+      <c r="C434" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D434" s="2" t="inlineStr">
+        <is>
+          <t>Boucq, François / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E434" s="2"/>
+      <c r="F434" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G434" s="2"/>
+      <c r="H434" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
+      <c r="A435" s="1" t="n">
+        <v>107177</v>
+      </c>
+      <c r="B435" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Le coup de Prague (Jean-Luc Fromental)</t>
+        </is>
+      </c>
+      <c r="C435" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D435" s="2" t="inlineStr">
+        <is>
+          <t>Hyman, Miles / Dupuis éditions</t>
+        </is>
+      </c>
+      <c r="E435" s="2"/>
+      <c r="F435" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G435" s="2"/>
+      <c r="H435" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
+      <c r="A436" s="1" t="n">
+        <v>106922</v>
+      </c>
+      <c r="B436" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Classe de jeunes filles</t>
+        </is>
+      </c>
+      <c r="C436" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D436" s="2" t="inlineStr">
+        <is>
+          <t>Boucq, François</t>
+        </is>
+      </c>
+      <c r="E436" s="2"/>
+      <c r="F436" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G436" s="2"/>
+      <c r="H436" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
+      <c r="A437" s="1" t="n">
+        <v>107178</v>
+      </c>
+      <c r="B437" s="2" t="inlineStr">
+        <is>
+          <t>Illustration numérique - Crescent point</t>
+        </is>
+      </c>
+      <c r="C437" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D437" s="2" t="inlineStr">
+        <is>
+          <t>Hyman, Miles</t>
+        </is>
+      </c>
+      <c r="E437" s="2"/>
+      <c r="F437" s="2"/>
+      <c r="G437" s="2"/>
+      <c r="H437" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
+      <c r="A438" s="1" t="n">
+        <v>107946</v>
+      </c>
+      <c r="B438" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Hommage à Babar</t>
+        </is>
+      </c>
+      <c r="C438" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D438" s="2" t="inlineStr">
+        <is>
+          <t>Daxhelet, Sophie</t>
+        </is>
+      </c>
+      <c r="E438" s="2"/>
+      <c r="F438" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G438" s="2" t="inlineStr">
+        <is>
+          <t>gouache, fusain</t>
+        </is>
+      </c>
+      <c r="H438" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
+      <c r="A439" s="1" t="n">
+        <v>106923</v>
+      </c>
+      <c r="B439" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Jérôme Moucherot</t>
+        </is>
+      </c>
+      <c r="C439" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D439" s="2" t="inlineStr">
+        <is>
+          <t>Boucq, François</t>
+        </is>
+      </c>
+      <c r="E439" s="2"/>
+      <c r="F439" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G439" s="2"/>
+      <c r="H439" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
+      <c r="A440" s="1" t="n">
+        <v>106924</v>
+      </c>
+      <c r="B440" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Maisons et immeubles</t>
+        </is>
+      </c>
+      <c r="C440" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D440" s="2" t="inlineStr">
+        <is>
+          <t>La maison est en carton éditions,  / Bourgeau, Vincent</t>
+        </is>
+      </c>
+      <c r="E440" s="2"/>
+      <c r="F440" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G440" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H440" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
+      <c r="A441" s="1" t="n">
+        <v>107180</v>
+      </c>
+      <c r="B441" s="2" t="inlineStr">
+        <is>
+          <t>Illustration numérique - Trouville</t>
+        </is>
+      </c>
+      <c r="C441" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D441" s="2" t="inlineStr">
+        <is>
+          <t>Hyman, Miles</t>
+        </is>
+      </c>
+      <c r="E441" s="2"/>
+      <c r="F441" s="2"/>
+      <c r="G441" s="2"/>
+      <c r="H441" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
+      <c r="A442" s="1" t="n">
+        <v>106925</v>
+      </c>
+      <c r="B442" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Cyann </t>
+        </is>
+      </c>
+      <c r="C442" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D442" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E442" s="2"/>
+      <c r="F442" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G442" s="2"/>
+      <c r="H442" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
+      <c r="A443" s="1" t="n">
+        <v>107181</v>
+      </c>
+      <c r="B443" s="2" t="inlineStr">
+        <is>
+          <t>Illustration numérique - Roma </t>
+        </is>
+      </c>
+      <c r="C443" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D443" s="2" t="inlineStr">
+        <is>
+          <t>Hyman, Miles</t>
+        </is>
+      </c>
+      <c r="E443" s="2"/>
+      <c r="F443" s="2"/>
+      <c r="G443" s="2"/>
+      <c r="H443" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
+      <c r="A444" s="1" t="n">
+        <v>107949</v>
+      </c>
+      <c r="B444" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Homme avec valise</t>
+        </is>
+      </c>
+      <c r="C444" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D444" s="2" t="inlineStr">
+        <is>
+          <t>De Coster, Thomas</t>
+        </is>
+      </c>
+      <c r="E444" s="2"/>
+      <c r="F444" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G444" s="2"/>
+      <c r="H444" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
+      <c r="A445" s="1" t="n">
+        <v>106926</v>
+      </c>
+      <c r="B445" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+        </is>
+      </c>
+      <c r="C445" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D445" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E445" s="2"/>
+      <c r="F445" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G445" s="2"/>
+      <c r="H445" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
+      <c r="A446" s="1" t="n">
+        <v>107182</v>
+      </c>
+      <c r="B446" s="2" t="inlineStr">
+        <is>
+          <t>Illustration numérique - Femme au bord de la piscine</t>
+        </is>
+      </c>
+      <c r="C446" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D446" s="2" t="inlineStr">
+        <is>
+          <t>Hyman, Miles</t>
+        </is>
+      </c>
+      <c r="E446" s="2"/>
+      <c r="F446" s="2"/>
+      <c r="G446" s="2"/>
+      <c r="H446" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
+      <c r="A447" s="1" t="n">
+        <v>107950</v>
+      </c>
+      <c r="B447" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Donne-moi la main, Arthur (Auteure Corinne Jamar)</t>
+        </is>
+      </c>
+      <c r="C447" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D447" s="2" t="inlineStr">
+        <is>
+          <t>De Kemmeter, Laurence / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E447" s="2"/>
+      <c r="F447" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G447" s="2"/>
+      <c r="H447" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
+      <c r="A448" s="1" t="n">
+        <v>106927</v>
+      </c>
+      <c r="B448" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le sortilège du bois des brumes</t>
+        </is>
+      </c>
+      <c r="C448" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D448" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E448" s="2"/>
+      <c r="F448" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G448" s="2"/>
+      <c r="H448" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
+      <c r="A449" s="1" t="n">
+        <v>107183</v>
+      </c>
+      <c r="B449" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Mon bateau</t>
+        </is>
+      </c>
+      <c r="C449" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D449" s="2" t="inlineStr">
+        <is>
+          <t>Innocenti, Roberto / Gallimard éditions</t>
+        </is>
+      </c>
+      <c r="E449" s="2"/>
+      <c r="F449" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G449" s="2"/>
+      <c r="H449" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
+      <c r="A450" s="1" t="n">
+        <v>107951</v>
+      </c>
+      <c r="B450" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Wintervuur (Vent d'hiver - auteur Carl Norac)</t>
+        </is>
+      </c>
+      <c r="C450" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D450" s="2" t="inlineStr">
+        <is>
+          <t>Dendooven, Gerda</t>
+        </is>
+      </c>
+      <c r="E450" s="2"/>
+      <c r="F450" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G450" s="2"/>
+      <c r="H450" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
+      <c r="A451" s="1" t="n">
+        <v>106928</v>
+      </c>
+      <c r="B451" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+        </is>
+      </c>
+      <c r="C451" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D451" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E451" s="2"/>
+      <c r="F451" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G451" s="2"/>
+      <c r="H451" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
+      <c r="A452" s="1" t="n">
+        <v>107184</v>
+      </c>
+      <c r="B452" s="2" t="inlineStr">
+        <is>
+          <t>Peinture - Portrait de Déborah Danblon</t>
+        </is>
+      </c>
+      <c r="C452" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D452" s="2" t="inlineStr">
+        <is>
+          <t>Ivanovsky, Élisabeth / Ivanovsky, Elisabeth</t>
+        </is>
+      </c>
+      <c r="E452" s="2"/>
+      <c r="F452" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G452" s="2"/>
+      <c r="H452" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
+      <c r="A453" s="1" t="n">
+        <v>107952</v>
+      </c>
+      <c r="B453" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Parfum d'étoile</t>
+        </is>
+      </c>
+      <c r="C453" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D453" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe</t>
+        </is>
+      </c>
+      <c r="E453" s="2"/>
+      <c r="F453" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G453" s="2"/>
+      <c r="H453" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
+      <c r="A454" s="1" t="n">
+        <v>106929</v>
+      </c>
+      <c r="B454" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Babar est désemparé</t>
+        </is>
+      </c>
+      <c r="C454" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D454" s="2" t="inlineStr">
+        <is>
+          <t>Bourguignon, Jean</t>
+        </is>
+      </c>
+      <c r="E454" s="2"/>
+      <c r="F454" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G454" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine, crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H454" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
+      <c r="A455" s="1" t="n">
+        <v>107185</v>
+      </c>
+      <c r="B455" s="2" t="inlineStr">
+        <is>
+          <t>Peinture - Portrait de Emmanuelle Danblon</t>
+        </is>
+      </c>
+      <c r="C455" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D455" s="2" t="inlineStr">
+        <is>
+          <t>Ivanovsky, Élisabeth / Ivanovsky, Elisabeth</t>
+        </is>
+      </c>
+      <c r="E455" s="2"/>
+      <c r="F455" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G455" s="2"/>
+      <c r="H455" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
+      <c r="A456" s="1" t="n">
+        <v>106930</v>
+      </c>
+      <c r="B456" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Cheval bleu</t>
+        </is>
+      </c>
+      <c r="C456" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D456" s="2" t="inlineStr">
+        <is>
+          <t>Bourre, Martine</t>
+        </is>
+      </c>
+      <c r="E456" s="2"/>
+      <c r="F456" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G456" s="2" t="inlineStr">
+        <is>
+          <t>gouache, papier</t>
+        </is>
+      </c>
+      <c r="H456" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
+      <c r="A457" s="1" t="n">
+        <v>107186</v>
+      </c>
+      <c r="B457" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - "Crasse-Tignasse" - Théâtre du Tilleul 1995</t>
+        </is>
+      </c>
+      <c r="C457" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D457" s="2" t="inlineStr">
+        <is>
+          <t>Jacques, Benoît</t>
+        </is>
+      </c>
+      <c r="E457" s="2"/>
+      <c r="F457" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G457" s="2"/>
+      <c r="H457" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
+      <c r="A458" s="1" t="n">
+        <v>106931</v>
+      </c>
+      <c r="B458" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Renard regardant son reflet dans l'eau</t>
+        </is>
+      </c>
+      <c r="C458" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D458" s="2" t="inlineStr">
+        <is>
+          <t>La maison est en carton éditions,  / Boutavant, Marc</t>
+        </is>
+      </c>
+      <c r="E458" s="2"/>
+      <c r="F458" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G458" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H458" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
+      <c r="A459" s="1" t="n">
+        <v>107187</v>
+      </c>
+      <c r="B459" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Ours et son doudou</t>
+        </is>
+      </c>
+      <c r="C459" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D459" s="2" t="inlineStr">
+        <is>
+          <t>Jadoul, Emile</t>
+        </is>
+      </c>
+      <c r="E459" s="2"/>
+      <c r="F459" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G459" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H459" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
+      <c r="A460" s="1" t="n">
+        <v>106932</v>
+      </c>
+      <c r="B460" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - personnages</t>
+        </is>
+      </c>
+      <c r="C460" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D460" s="2" t="inlineStr">
+        <is>
+          <t>Seuil Jeunesse éditions,  / Bravo, Emile</t>
+        </is>
+      </c>
+      <c r="E460" s="2"/>
+      <c r="F460" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G460" s="2"/>
+      <c r="H460" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
+      <c r="A461" s="1" t="n">
+        <v>107188</v>
+      </c>
+      <c r="B461" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Petit lapin regardant la pluie</t>
+        </is>
+      </c>
+      <c r="C461" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D461" s="2" t="inlineStr">
+        <is>
+          <t>Jadoul, Emile</t>
+        </is>
+      </c>
+      <c r="E461" s="2"/>
+      <c r="F461" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G461" s="2"/>
+      <c r="H461" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
+      <c r="A462" s="1" t="n">
+        <v>106933</v>
+      </c>
+      <c r="B462" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Sauterelle</t>
+        </is>
+      </c>
+      <c r="C462" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D462" s="2" t="inlineStr">
+        <is>
+          <t>Brax, Justine</t>
+        </is>
+      </c>
+      <c r="E462" s="2"/>
+      <c r="F462" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G462" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir, papier</t>
+        </is>
+      </c>
+      <c r="H462" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
+      <c r="A463" s="1" t="n">
+        <v>107189</v>
+      </c>
+      <c r="B463" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Lapin souhaitant bon anniversaire</t>
+        </is>
+      </c>
+      <c r="C463" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D463" s="2" t="inlineStr">
+        <is>
+          <t>Jadoul, Emile</t>
+        </is>
+      </c>
+      <c r="E463" s="2"/>
+      <c r="F463" s="2"/>
+      <c r="G463" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H463" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
+      <c r="A464" s="1" t="n">
+        <v>107957</v>
+      </c>
+      <c r="B464" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Je ne lis jamais ! J'aime personne</t>
+        </is>
+      </c>
+      <c r="C464" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D464" s="2" t="inlineStr">
+        <is>
+          <t>Delessert, Etienne / Creative éditions (USA)</t>
+        </is>
+      </c>
+      <c r="E464" s="2"/>
+      <c r="F464" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G464" s="2"/>
+      <c r="H464" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
+      <c r="A465" s="1" t="n">
+        <v>106934</v>
+      </c>
+      <c r="B465" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Bonhomme de neige et enfant volants (Bonhomme de neige)</t>
+        </is>
+      </c>
+      <c r="C465" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D465" s="2" t="inlineStr">
+        <is>
+          <t>Grasset jeunesse éditions,  / Briggs, Raymond</t>
+        </is>
+      </c>
+      <c r="E465" s="2"/>
+      <c r="F465" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G465" s="2" t="inlineStr">
+        <is>
+          <t>crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H465" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
+      <c r="A466" s="1" t="n">
+        <v>107190</v>
+      </c>
+      <c r="B466" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Oiseau surmonté d'un personnage hélicoptère</t>
+        </is>
+      </c>
+      <c r="C466" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D466" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E466" s="2"/>
+      <c r="F466" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G466" s="2"/>
+      <c r="H466" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
+      <c r="A467" s="1" t="n">
+        <v>107958</v>
+      </c>
+      <c r="B467" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Je lis ! Ca change ma vie</t>
+        </is>
+      </c>
+      <c r="C467" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D467" s="2" t="inlineStr">
+        <is>
+          <t>Delessert, Etienne / Creative éditions (USA)</t>
+        </is>
+      </c>
+      <c r="E467" s="2"/>
+      <c r="F467" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G467" s="2"/>
+      <c r="H467" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
+      <c r="A468" s="1" t="n">
+        <v>107191</v>
+      </c>
+      <c r="B468" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Citron</t>
+        </is>
+      </c>
+      <c r="C468" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D468" s="2" t="inlineStr">
+        <is>
+          <t>Jarrie, Martin</t>
+        </is>
+      </c>
+      <c r="E468" s="2"/>
+      <c r="F468" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G468" s="2"/>
+      <c r="H468" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
+      <c r="A469" s="1" t="n">
+        <v>107959</v>
+      </c>
+      <c r="B469" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Je lis ! Surtout quand je ne devrais pas !</t>
+        </is>
+      </c>
+      <c r="C469" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D469" s="2" t="inlineStr">
+        <is>
+          <t>Delessert, Etienne / Creative éditions (USA)</t>
+        </is>
+      </c>
+      <c r="E469" s="2"/>
+      <c r="F469" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G469" s="2"/>
+      <c r="H469" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
+      <c r="A470" s="1" t="n">
+        <v>106936</v>
+      </c>
+      <c r="B470" s="2" t="inlineStr">
+        <is>
+          <t>Illustration préparatoire - La grande vague</t>
+        </is>
+      </c>
+      <c r="C470" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D470" s="2" t="inlineStr">
+        <is>
+          <t>Brouillard, Anne / Grandir éditions</t>
+        </is>
+      </c>
+      <c r="E470" s="2"/>
+      <c r="F470" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G470" s="2"/>
+      <c r="H470" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
+      <c r="A471" s="1" t="n">
+        <v>107192</v>
+      </c>
+      <c r="B471" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Coloriages (Cowboy)</t>
+        </is>
+      </c>
+      <c r="C471" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D471" s="2" t="inlineStr">
+        <is>
+          <t>Jolivet, Joëlle / Les Grandes Personnes éditions</t>
+        </is>
+      </c>
+      <c r="E471" s="2"/>
+      <c r="F471" s="2"/>
+      <c r="G471" s="2"/>
+      <c r="H471" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
+      <c r="A472" s="1" t="n">
+        <v>107960</v>
+      </c>
+      <c r="B472" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Je lis ! Ca m'apporte des trésors</t>
+        </is>
+      </c>
+      <c r="C472" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D472" s="2" t="inlineStr">
+        <is>
+          <t>Delessert, Etienne / Creative éditions (USA)</t>
+        </is>
+      </c>
+      <c r="E472" s="2"/>
+      <c r="F472" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G472" s="2"/>
+      <c r="H472" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
+      <c r="A473" s="1" t="n">
+        <v>106937</v>
+      </c>
+      <c r="B473" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Chien devant château</t>
+        </is>
+      </c>
+      <c r="C473" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D473" s="2" t="inlineStr">
+        <is>
+          <t>Brouillard, Anne</t>
+        </is>
+      </c>
+      <c r="E473" s="2"/>
+      <c r="F473" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G473" s="2"/>
+      <c r="H473" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
+      <c r="A474" s="1" t="n">
+        <v>107193</v>
+      </c>
+      <c r="B474" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Coloriages (Pirate)</t>
+        </is>
+      </c>
+      <c r="C474" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D474" s="2" t="inlineStr">
+        <is>
+          <t>Jolivet, Joëlle / Les Grandes Personnes éditions</t>
+        </is>
+      </c>
+      <c r="E474" s="2"/>
+      <c r="F474" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G474" s="2"/>
+      <c r="H474" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
+      <c r="A475" s="1" t="n">
+        <v>107961</v>
+      </c>
+      <c r="B475" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Je lis ! Ca me fait des copains</t>
+        </is>
+      </c>
+      <c r="C475" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D475" s="2" t="inlineStr">
+        <is>
+          <t>Delessert, Etienne / Creative éditions (USA)</t>
+        </is>
+      </c>
+      <c r="E475" s="2"/>
+      <c r="F475" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G475" s="2"/>
+      <c r="H475" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
+      <c r="A476" s="1" t="n">
+        <v>106938</v>
+      </c>
+      <c r="B476" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparatoire - Le sourire du loup (le loup)</t>
+        </is>
+      </c>
+      <c r="C476" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D476" s="2" t="inlineStr">
+        <is>
+          <t>Brouillard, Anne / Dessain éditions</t>
+        </is>
+      </c>
+      <c r="E476" s="2"/>
+      <c r="F476" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G476" s="2"/>
+      <c r="H476" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
+      <c r="A477" s="1" t="n">
+        <v>107194</v>
+      </c>
+      <c r="B477" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Au froid</t>
+        </is>
+      </c>
+      <c r="C477" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D477" s="2" t="inlineStr">
+        <is>
+          <t>Jolivet, Joëlle</t>
+        </is>
+      </c>
+      <c r="E477" s="2"/>
+      <c r="F477" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G477" s="2"/>
+      <c r="H477" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
+      <c r="A478" s="1" t="n">
+        <v>107962</v>
+      </c>
+      <c r="B478" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Je ne lis jamais ! Ca me donnerait de bonnes idées </t>
+        </is>
+      </c>
+      <c r="C478" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D478" s="2" t="inlineStr">
+        <is>
+          <t>Delessert, Etienne</t>
+        </is>
+      </c>
+      <c r="E478" s="2"/>
+      <c r="F478" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G478" s="2"/>
+      <c r="H478" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
+      <c r="A479" s="1" t="n">
+        <v>106939</v>
+      </c>
+      <c r="B479" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparatoire - Le sourire du loup (la machoire du loup)</t>
+        </is>
+      </c>
+      <c r="C479" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D479" s="2" t="inlineStr">
+        <is>
+          <t>Brouillard, Anne / Dessain éditions</t>
+        </is>
+      </c>
+      <c r="E479" s="2"/>
+      <c r="F479" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G479" s="2"/>
+      <c r="H479" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
+      <c r="A480" s="1" t="n">
+        <v>107195</v>
+      </c>
+      <c r="B480" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Zoizos</t>
+        </is>
+      </c>
+      <c r="C480" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D480" s="2" t="inlineStr">
+        <is>
+          <t>Jolivet, Joëlle / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E480" s="2"/>
+      <c r="F480" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G480" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H480" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
+      <c r="A481" s="1" t="n">
+        <v>107963</v>
+      </c>
+      <c r="B481" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cette nuit, on part en vacances (Auteure : Charlotte Bellière)</t>
+        </is>
+      </c>
+      <c r="C481" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D481" s="2" t="inlineStr">
+        <is>
+          <t>De Haes, Ian / Alice éditons</t>
+        </is>
+      </c>
+      <c r="E481" s="2"/>
+      <c r="F481" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G481" s="2"/>
+      <c r="H481" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
+      <c r="A482" s="1" t="n">
+        <v>107196</v>
+      </c>
+      <c r="B482" s="2" t="inlineStr">
+        <is>
+          <t>Affiche  - Exposition IBBY 2020</t>
+        </is>
+      </c>
+      <c r="C482" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D482" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis</t>
+        </is>
+      </c>
+      <c r="E482" s="2"/>
+      <c r="F482" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G482" s="2"/>
+      <c r="H482" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
+      <c r="A483" s="1" t="n">
+        <v>107964</v>
+      </c>
+      <c r="B483" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Les colères de Simon</t>
+        </is>
+      </c>
+      <c r="C483" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D483" s="2" t="inlineStr">
+        <is>
+          <t>De Haes, Ian / Alice éditons</t>
+        </is>
+      </c>
+      <c r="E483" s="2"/>
+      <c r="F483" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G483" s="2"/>
+      <c r="H483" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
+      <c r="A484" s="1" t="n">
+        <v>106941</v>
+      </c>
+      <c r="B484" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - La vieille dame et les souris</t>
+        </is>
+      </c>
+      <c r="C484" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D484" s="2" t="inlineStr">
+        <is>
+          <t>Brouillard, Anne / Seuil Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E484" s="2"/>
+      <c r="F484" s="2"/>
+      <c r="G484" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, pastel</t>
+        </is>
+      </c>
+      <c r="H484" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
+      <c r="A485" s="1" t="n">
+        <v>107197</v>
+      </c>
+      <c r="B485" s="2" t="inlineStr">
+        <is>
+          <t>Affihce - Exposition Centre André François 2013</t>
+        </is>
+      </c>
+      <c r="C485" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D485" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis</t>
+        </is>
+      </c>
+      <c r="E485" s="2"/>
+      <c r="F485" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G485" s="2"/>
+      <c r="H485" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
+      <c r="A486" s="1" t="n">
+        <v>108221</v>
+      </c>
+      <c r="B486" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Personnage bouteille</t>
+        </is>
+      </c>
+      <c r="C486" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D486" s="2" t="inlineStr">
+        <is>
+          <t>Gaume, Loïc</t>
+        </is>
+      </c>
+      <c r="E486" s="2"/>
+      <c r="F486" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G486" s="2" t="inlineStr">
+        <is>
+          <t>feutre</t>
+        </is>
+      </c>
+      <c r="H486" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
+      <c r="A487" s="1" t="n">
+        <v>106942</v>
+      </c>
+      <c r="B487" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Les aventuriers du soir</t>
+        </is>
+      </c>
+      <c r="C487" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D487" s="2" t="inlineStr">
+        <is>
+          <t>Brouillard, Anne / Les éditions des éléphants</t>
+        </is>
+      </c>
+      <c r="E487" s="2"/>
+      <c r="F487" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G487" s="2" t="inlineStr">
+        <is>
+          <t>pastel, aquarelle</t>
+        </is>
+      </c>
+      <c r="H487" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
+      <c r="A488" s="1" t="n">
+        <v>107198</v>
+      </c>
+      <c r="B488" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le cahier bleu</t>
+        </is>
+      </c>
+      <c r="C488" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D488" s="2" t="inlineStr">
+        <is>
+          <t>Julliard, André / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E488" s="2"/>
+      <c r="F488" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G488" s="2"/>
+      <c r="H488" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
+      <c r="A489" s="1" t="n">
+        <v>108222</v>
+      </c>
+      <c r="B489" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Classiques au carré</t>
+        </is>
+      </c>
+      <c r="C489" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D489" s="2" t="inlineStr">
+        <is>
+          <t>Gaume, Loïc / Thierry Magnier éditions</t>
+        </is>
+      </c>
+      <c r="E489" s="2"/>
+      <c r="F489" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G489" s="2" t="inlineStr">
+        <is>
+          <t>plume, encre de chine</t>
+        </is>
+      </c>
+      <c r="H489" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
+      <c r="A490" s="1" t="n">
+        <v>106943</v>
+      </c>
+      <c r="B490" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - La famille foulque</t>
+        </is>
+      </c>
+      <c r="C490" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D490" s="2" t="inlineStr">
+        <is>
+          <t>Brouillard, Anne / Seuil Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E490" s="2"/>
+      <c r="F490" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G490" s="2" t="inlineStr">
+        <is>
+          <t>pastel, aquarelle</t>
+        </is>
+      </c>
+      <c r="H490" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
+      <c r="A491" s="1" t="n">
+        <v>107199</v>
+      </c>
+      <c r="B491" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - L'appel de la sirène</t>
+        </is>
+      </c>
+      <c r="C491" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D491" s="2" t="inlineStr">
+        <is>
+          <t>Julliard, André</t>
+        </is>
+      </c>
+      <c r="E491" s="2"/>
+      <c r="F491" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G491" s="2"/>
+      <c r="H491" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
+      <c r="A492" s="1" t="n">
+        <v>107967</v>
+      </c>
+      <c r="B492" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Homme au revolver</t>
+        </is>
+      </c>
+      <c r="C492" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D492" s="2" t="inlineStr">
+        <is>
+          <t>Cabanes, Max</t>
+        </is>
+      </c>
+      <c r="E492" s="2"/>
+      <c r="F492" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G492" s="2"/>
+      <c r="H492" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
+      <c r="A493" s="1" t="n">
+        <v>108223</v>
+      </c>
+      <c r="B493" s="2" t="inlineStr">
+        <is>
+          <t>Dessins préparatoires - Classiques au carré</t>
+        </is>
+      </c>
+      <c r="C493" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D493" s="2" t="inlineStr">
+        <is>
+          <t>Gaume, Loïc</t>
+        </is>
+      </c>
+      <c r="E493" s="2"/>
+      <c r="F493" s="2"/>
+      <c r="G493" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H493" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
+      <c r="A494" s="1" t="n">
+        <v>107200</v>
+      </c>
+      <c r="B494" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Une histoire sans début ni fin (Andreï Ousatchev)</t>
+        </is>
+      </c>
+      <c r="C494" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D494" s="2" t="inlineStr">
+        <is>
+          <t>Junge, Alexandra</t>
+        </is>
+      </c>
+      <c r="E494" s="2"/>
+      <c r="F494" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G494" s="2"/>
+      <c r="H494" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
+      <c r="A495" s="1" t="n">
+        <v>107968</v>
+      </c>
+      <c r="B495" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Soldats US et char dans la neige</t>
+        </is>
+      </c>
+      <c r="C495" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D495" s="2" t="inlineStr">
+        <is>
+          <t>Cuzor, Steve</t>
+        </is>
+      </c>
+      <c r="E495" s="2"/>
+      <c r="F495" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G495" s="2"/>
+      <c r="H495" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
+      <c r="A496" s="1" t="n">
+        <v>108224</v>
+      </c>
+      <c r="B496" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Félines</t>
+        </is>
+      </c>
+      <c r="C496" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D496" s="2" t="inlineStr">
+        <is>
+          <t>Gauthier, Alain</t>
+        </is>
+      </c>
+      <c r="E496" s="2"/>
+      <c r="F496" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G496" s="2"/>
+      <c r="H496" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
+      <c r="A497" s="1" t="n">
+        <v>107201</v>
+      </c>
+      <c r="B497" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Tigre le dévoué (Qifeng Shen)</t>
+        </is>
+      </c>
+      <c r="C497" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D497" s="2" t="inlineStr">
+        <is>
+          <t>Kawa, Agata / Hong Fei éditions</t>
+        </is>
+      </c>
+      <c r="E497" s="2"/>
+      <c r="F497" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G497" s="2"/>
+      <c r="H497" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
+      <c r="A498" s="1" t="n">
+        <v>107202</v>
+      </c>
+      <c r="B498" s="2" t="inlineStr">
+        <is>
+          <t>Linogravure - Femmes nues à la Picasso</t>
+        </is>
+      </c>
+      <c r="C498" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D498" s="2" t="inlineStr">
+        <is>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E498" s="2"/>
+      <c r="F498" s="2"/>
+      <c r="G498" s="2"/>
+      <c r="H498" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
+      <c r="A499" s="1" t="n">
+        <v>108226</v>
+      </c>
+      <c r="B499" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Alice au pays des merveilles</t>
+        </is>
+      </c>
+      <c r="C499" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D499" s="2" t="inlineStr">
+        <is>
+          <t>Gauthier, Alain</t>
+        </is>
+      </c>
+      <c r="E499" s="2"/>
+      <c r="F499" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G499" s="2"/>
+      <c r="H499" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
+      <c r="A500" s="1" t="n">
+        <v>106947</v>
+      </c>
+      <c r="B500" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Sacha a rendez-vous avec Esther</t>
+        </is>
+      </c>
+      <c r="C500" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D500" s="2" t="inlineStr">
+        <is>
+          <t>Bruyere, Xavier / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E500" s="2"/>
+      <c r="F500" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G500" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H500" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
+      <c r="A501" s="1" t="n">
+        <v>107203</v>
+      </c>
+      <c r="B501" s="2" t="inlineStr">
+        <is>
+          <t>Linogravure - Père Noël patineur</t>
+        </is>
+      </c>
+      <c r="C501" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D501" s="2" t="inlineStr">
+        <is>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E501" s="2"/>
+      <c r="F501" s="2"/>
+      <c r="G501" s="2"/>
+      <c r="H501" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
+      <c r="A502" s="1" t="n">
+        <v>106948</v>
+      </c>
+      <c r="B502" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Sacha a rendez-vous avec Esther</t>
+        </is>
+      </c>
+      <c r="C502" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D502" s="2" t="inlineStr">
+        <is>
+          <t>Bruyere, Xavier / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E502" s="2"/>
+      <c r="F502" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G502" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H502" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
+      <c r="A503" s="1" t="n">
+        <v>107204</v>
+      </c>
+      <c r="B503" s="2" t="inlineStr">
+        <is>
+          <t>Linogravure - Crèche avec Père Noël </t>
+        </is>
+      </c>
+      <c r="C503" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D503" s="2" t="inlineStr">
+        <is>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E503" s="2"/>
+      <c r="F503" s="2"/>
+      <c r="G503" s="2"/>
+      <c r="H503" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
+      <c r="A504" s="1" t="n">
+        <v>106949</v>
+      </c>
+      <c r="B504" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale- Sacha a rendez-vous avec Esther</t>
+        </is>
+      </c>
+      <c r="C504" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D504" s="2" t="inlineStr">
+        <is>
+          <t>Bruyere, Xavier / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E504" s="2"/>
+      <c r="F504" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G504" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H504" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
+      <c r="A505" s="1" t="n">
+        <v>107205</v>
+      </c>
+      <c r="B505" s="2" t="inlineStr">
+        <is>
+          <t>Linogravure - Dessin abstrait</t>
+        </is>
+      </c>
+      <c r="C505" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D505" s="2" t="inlineStr">
+        <is>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E505" s="2"/>
+      <c r="F505" s="2"/>
+      <c r="G505" s="2"/>
+      <c r="H505" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
+      <c r="A506" s="1" t="n">
+        <v>106950</v>
+      </c>
+      <c r="B506" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Hommes et femmes dansants</t>
+        </is>
+      </c>
+      <c r="C506" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D506" s="2" t="inlineStr">
+        <is>
+          <t>Cabanes, Max</t>
+        </is>
+      </c>
+      <c r="E506" s="2"/>
+      <c r="F506" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G506" s="2"/>
+      <c r="H506" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
+      <c r="A507" s="1" t="n">
+        <v>107206</v>
+      </c>
+      <c r="B507" s="2" t="inlineStr">
+        <is>
+          <t>Lithogravure - Village</t>
+        </is>
+      </c>
+      <c r="C507" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D507" s="2" t="inlineStr">
+        <is>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E507" s="2"/>
+      <c r="F507" s="2"/>
+      <c r="G507" s="2"/>
+      <c r="H507" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
+      <c r="A508" s="1" t="n">
+        <v>106951</v>
+      </c>
+      <c r="B508" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Garçon à l'écharpe</t>
+        </is>
+      </c>
+      <c r="C508" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D508" s="2" t="inlineStr">
+        <is>
+          <t>Cabanes, Max</t>
+        </is>
+      </c>
+      <c r="E508" s="2"/>
+      <c r="F508" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G508" s="2"/>
+      <c r="H508" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
+      <c r="A509" s="1" t="n">
+        <v>107207</v>
+      </c>
+      <c r="B509" s="2" t="inlineStr">
+        <is>
+          <t>Lithogravure - Shiva</t>
+        </is>
+      </c>
+      <c r="C509" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D509" s="2" t="inlineStr">
+        <is>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E509" s="2"/>
+      <c r="F509" s="2"/>
+      <c r="G509" s="2"/>
+      <c r="H509" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
+      <c r="A510" s="1" t="n">
+        <v>106952</v>
+      </c>
+      <c r="B510" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale  - Costa Belgica (Westende)</t>
+        </is>
+      </c>
+      <c r="C510" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D510" s="2" t="inlineStr">
+        <is>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
+        </is>
+      </c>
+      <c r="E510" s="2"/>
+      <c r="F510" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G510" s="2"/>
+      <c r="H510" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte, aquatinte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
+      <c r="A511" s="1" t="n">
+        <v>107208</v>
+      </c>
+      <c r="B511" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Oiseaux d'Afrique</t>
+        </is>
+      </c>
+      <c r="C511" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D511" s="2" t="inlineStr">
+        <is>
+          <t>Kimona, Jean-Claude</t>
+        </is>
+      </c>
+      <c r="E511" s="2"/>
+      <c r="F511" s="2"/>
+      <c r="G511" s="2"/>
+      <c r="H511" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
+      <c r="A512" s="1" t="n">
+        <v>106953</v>
+      </c>
+      <c r="B512" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Costa Belgica (Coxyde)</t>
+        </is>
+      </c>
+      <c r="C512" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D512" s="2" t="inlineStr">
+        <is>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
+        </is>
+      </c>
+      <c r="E512" s="2"/>
+      <c r="F512" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G512" s="2"/>
+      <c r="H512" s="2" t="inlineStr">
+        <is>
+          <t>aquatinte, eau-forte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
+      <c r="A513" s="1" t="n">
+        <v>107209</v>
+      </c>
+      <c r="B513" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Castro</t>
+        </is>
+      </c>
+      <c r="C513" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D513" s="2" t="inlineStr">
+        <is>
+          <t>Kleist, Reinhard / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E513" s="2"/>
+      <c r="F513" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G513" s="2"/>
+      <c r="H513" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
+      <c r="A514" s="1" t="n">
+        <v>106954</v>
+      </c>
+      <c r="B514" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - A la mer incognito</t>
+        </is>
+      </c>
+      <c r="C514" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D514" s="2" t="inlineStr">
+        <is>
+          <t>Casterman, Geneviève</t>
+        </is>
+      </c>
+      <c r="E514" s="2"/>
+      <c r="F514" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G514" s="2"/>
+      <c r="H514" s="2" t="inlineStr">
+        <is>
+          <t>aquatinte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
+      <c r="A515" s="1" t="n">
+        <v>107210</v>
+      </c>
+      <c r="B515" s="2" t="inlineStr">
+        <is>
+          <t>Dessin original - Lire dans les parcs 2005</t>
+        </is>
+      </c>
+      <c r="C515" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D515" s="2" t="inlineStr">
+        <is>
+          <t>Koerperich, Marie</t>
+        </is>
+      </c>
+      <c r="E515" s="2"/>
+      <c r="F515" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G515" s="2"/>
+      <c r="H515" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
+      <c r="A516" s="1" t="n">
+        <v>106955</v>
+      </c>
+      <c r="B516" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Enfants de Madagascar - Judith</t>
+        </is>
+      </c>
+      <c r="C516" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D516" s="2" t="inlineStr">
+        <is>
+          <t>Casterman, Geneviève</t>
+        </is>
+      </c>
+      <c r="E516" s="2"/>
+      <c r="F516" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G516" s="2"/>
+      <c r="H516" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
+      <c r="A517" s="1" t="n">
+        <v>107211</v>
+      </c>
+      <c r="B517" s="2" t="inlineStr">
+        <is>
+          <t>Dessin original - Lire dans les parcs</t>
+        </is>
+      </c>
+      <c r="C517" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D517" s="2" t="inlineStr">
+        <is>
+          <t>Koerperich, Marie</t>
+        </is>
+      </c>
+      <c r="E517" s="2"/>
+      <c r="F517" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G517" s="2"/>
+      <c r="H517" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
+      <c r="A518" s="1" t="n">
+        <v>106956</v>
+      </c>
+      <c r="B518" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Enfants de Madagascar - Hermann</t>
+        </is>
+      </c>
+      <c r="C518" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D518" s="2" t="inlineStr">
+        <is>
+          <t>Casterman, Geneviève</t>
+        </is>
+      </c>
+      <c r="E518" s="2"/>
+      <c r="F518" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G518" s="2"/>
+      <c r="H518" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
+      <c r="A519" s="1" t="n">
+        <v>107212</v>
+      </c>
+      <c r="B519" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Engawa (femme assise)</t>
+        </is>
+      </c>
+      <c r="C519" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D519" s="2" t="inlineStr">
+        <is>
+          <t>Kotimi</t>
+        </is>
+      </c>
+      <c r="E519" s="2"/>
+      <c r="F519" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G519" s="2"/>
+      <c r="H519" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
+      <c r="A520" s="1" t="n">
+        <v>106957</v>
+      </c>
+      <c r="B520" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Enfants de Madagascar - Cécilia</t>
+        </is>
+      </c>
+      <c r="C520" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D520" s="2" t="inlineStr">
+        <is>
+          <t>Casterman, Geneviève</t>
+        </is>
+      </c>
+      <c r="E520" s="2"/>
+      <c r="F520" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G520" s="2"/>
+      <c r="H520" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
+      <c r="A521" s="1" t="n">
+        <v>107213</v>
+      </c>
+      <c r="B521" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Geisha papillon</t>
+        </is>
+      </c>
+      <c r="C521" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D521" s="2" t="inlineStr">
+        <is>
+          <t>Lacombe, Benjamin</t>
+        </is>
+      </c>
+      <c r="E521" s="2"/>
+      <c r="F521" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G521" s="2"/>
+      <c r="H521" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
+      <c r="A522" s="1" t="n">
+        <v>106958</v>
+      </c>
+      <c r="B522" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite -Femme adossée à une colonne (Le monde d'Arkadi)</t>
+        </is>
+      </c>
+      <c r="C522" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D522" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe</t>
+        </is>
+      </c>
+      <c r="E522" s="2"/>
+      <c r="F522" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G522" s="2"/>
+      <c r="H522" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
+      <c r="A523" s="1" t="n">
+        <v>107214</v>
+      </c>
+      <c r="B523" s="2" t="inlineStr">
+        <is>
+          <t>Ex-libris - Dorian Gray (oscar Wilde)</t>
+        </is>
+      </c>
+      <c r="C523" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D523" s="2" t="inlineStr">
+        <is>
+          <t>Lacombe, Benjamin</t>
+        </is>
+      </c>
+      <c r="E523" s="2"/>
+      <c r="F523" s="2"/>
+      <c r="G523" s="2"/>
+      <c r="H523" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
+      <c r="A524" s="1" t="n">
+        <v>106959</v>
+      </c>
+      <c r="B524" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Femme au coucher de soleil - Le monde d'Arkadi</t>
+        </is>
+      </c>
+      <c r="C524" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D524" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe</t>
+        </is>
+      </c>
+      <c r="E524" s="2"/>
+      <c r="F524" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G524" s="2"/>
+      <c r="H524" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
+      <c r="A525" s="1" t="n">
+        <v>107215</v>
+      </c>
+      <c r="B525" s="2" t="inlineStr">
+        <is>
+          <t>Ex-Libris - La Belle et la Bête (Cécile Roumiguière)</t>
+        </is>
+      </c>
+      <c r="C525" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D525" s="2" t="inlineStr">
+        <is>
+          <t>Lacombe, Benjamin / Albin Michel jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E525" s="2"/>
+      <c r="F525" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G525" s="2"/>
+      <c r="H525" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
+      <c r="A526" s="1" t="n">
+        <v>106960</v>
+      </c>
+      <c r="B526" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La Walkyrie</t>
+        </is>
+      </c>
+      <c r="C526" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D526" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe</t>
+        </is>
+      </c>
+      <c r="E526" s="2"/>
+      <c r="F526" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G526" s="2"/>
+      <c r="H526" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
+      <c r="A527" s="1" t="n">
+        <v>107216</v>
+      </c>
+      <c r="B527" s="2" t="inlineStr">
+        <is>
+          <t>Statuette - De la terre à la pluie</t>
+        </is>
+      </c>
+      <c r="C527" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D527" s="2" t="inlineStr">
+        <is>
+          <t>Lagrange, Christian / Seuil Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E527" s="2"/>
+      <c r="F527" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G527" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H527" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
+      <c r="A528" s="1" t="n">
+        <v>107217</v>
+      </c>
+      <c r="B528" s="2" t="inlineStr">
+        <is>
+          <t>Création en relief - Envol d'escargot dans le ciel</t>
+        </is>
+      </c>
+      <c r="C528" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D528" s="2" t="inlineStr">
+        <is>
+          <t>Larock, Claude</t>
+        </is>
+      </c>
+      <c r="E528" s="2"/>
+      <c r="F528" s="2"/>
+      <c r="G528" s="2"/>
+      <c r="H528" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
+      <c r="A529" s="1" t="n">
+        <v>109009</v>
+      </c>
+      <c r="B529" s="2" t="inlineStr">
+        <is>
+          <t>Estampe - Le château des animaux - Tome 3 - La nuit des justes (Xavier Dorison)</t>
+        </is>
+      </c>
+      <c r="C529" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D529" s="2" t="inlineStr">
+        <is>
+          <t>Delep, Félix / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E529" s="2"/>
+      <c r="F529" s="2" t="inlineStr">
+        <is>
+          <t>estampe, couverture</t>
+        </is>
+      </c>
+      <c r="G529" s="2"/>
+      <c r="H529" s="2" t="inlineStr">
+        <is>
+          <t>rinogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
+      <c r="A530" s="1" t="n">
+        <v>106962</v>
+      </c>
+      <c r="B530" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Le cirque imaginaire </t>
+        </is>
+      </c>
+      <c r="C530" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D530" s="2" t="inlineStr">
+        <is>
+          <t>Ceccarelli, Serge</t>
+        </is>
+      </c>
+      <c r="E530" s="2"/>
+      <c r="F530" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G530" s="2"/>
+      <c r="H530" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
+      <c r="A531" s="1" t="n">
+        <v>107218</v>
+      </c>
+      <c r="B531" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Jojo de la jungle </t>
+        </is>
+      </c>
+      <c r="C531" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D531" s="2" t="inlineStr">
+        <is>
+          <t>Lavachery, Thomas / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E531" s="2"/>
+      <c r="F531" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G531" s="2" t="inlineStr">
+        <is>
+          <t>stylo-bille</t>
+        </is>
+      </c>
+      <c r="H531" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
+      <c r="A532" s="1" t="n">
+        <v>109010</v>
+      </c>
+      <c r="B532" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Le château des animaux - Tome 4 - Le sang du roi (Xavier Dorison)</t>
+        </is>
+      </c>
+      <c r="C532" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D532" s="2" t="inlineStr">
+        <is>
+          <t>Delep, Félix / Librairie Brüsel (édité par)</t>
+        </is>
+      </c>
+      <c r="E532" s="2"/>
+      <c r="F532" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G532" s="2"/>
+      <c r="H532" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
+      <c r="A533" s="1" t="n">
+        <v>106963</v>
+      </c>
+      <c r="B533" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Montagnes bleues aux reflets oranges</t>
+        </is>
+      </c>
+      <c r="C533" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D533" s="2" t="inlineStr">
+        <is>
+          <t>Celas, Carolina</t>
+        </is>
+      </c>
+      <c r="E533" s="2"/>
+      <c r="F533" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G533" s="2"/>
+      <c r="H533" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
+      <c r="A534" s="1" t="n">
+        <v>107219</v>
+      </c>
+      <c r="B534" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Rumeurs</t>
+        </is>
+      </c>
+      <c r="C534" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D534" s="2" t="inlineStr">
+        <is>
+          <t>Lavachery, Thomas / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E534" s="2"/>
+      <c r="F534" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G534" s="2" t="inlineStr">
+        <is>
+          <t>stylo-bille</t>
+        </is>
+      </c>
+      <c r="H534" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
+      <c r="A535" s="1" t="n">
+        <v>109011</v>
+      </c>
+      <c r="B535" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Le château des animaux (Xavier Dorison)</t>
+        </is>
+      </c>
+      <c r="C535" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D535" s="2" t="inlineStr">
+        <is>
+          <t>Delep, Félix / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E535" s="2"/>
+      <c r="F535" s="2" t="inlineStr">
+        <is>
+          <t>illustration, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G535" s="2"/>
+      <c r="H535" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
+      <c r="A536" s="1" t="n">
+        <v>106964</v>
+      </c>
+      <c r="B536" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (couverture)</t>
+        </is>
+      </c>
+      <c r="C536" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D536" s="2" t="inlineStr">
+        <is>
+          <t>Mango Jeunesse éditions,  / Célérier, Arno</t>
+        </is>
+      </c>
+      <c r="E536" s="2"/>
+      <c r="F536" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G536" s="2"/>
+      <c r="H536" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
+      <c r="A537" s="1" t="n">
+        <v>107220</v>
+      </c>
+      <c r="B537" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Rumeurs</t>
+        </is>
+      </c>
+      <c r="C537" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D537" s="2" t="inlineStr">
+        <is>
+          <t>Lavachery, Thomas / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E537" s="2"/>
+      <c r="F537" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G537" s="2" t="inlineStr">
+        <is>
+          <t>stylo-bille</t>
+        </is>
+      </c>
+      <c r="H537" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
+      <c r="A538" s="1" t="n">
+        <v>109012</v>
+      </c>
+      <c r="B538" s="2" t="inlineStr">
+        <is>
+          <t>Foulard - Papillons</t>
+        </is>
+      </c>
+      <c r="C538" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D538" s="2" t="inlineStr">
+        <is>
+          <t>Houdart, Emmanuelle</t>
+        </is>
+      </c>
+      <c r="E538" s="2"/>
+      <c r="F538" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G538" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H538" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
+      <c r="A539" s="1" t="n">
+        <v>106965</v>
+      </c>
+      <c r="B539" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 1)</t>
+        </is>
+      </c>
+      <c r="C539" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D539" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E539" s="2"/>
+      <c r="F539" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G539" s="2"/>
+      <c r="H539" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
+      <c r="A540" s="1" t="n">
+        <v>107221</v>
+      </c>
+      <c r="B540" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite -  Carte de vœux IBBY 2016</t>
+        </is>
+      </c>
+      <c r="C540" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D540" s="2" t="inlineStr">
+        <is>
+          <t>Lavachery, Thomas</t>
+        </is>
+      </c>
+      <c r="E540" s="2"/>
+      <c r="F540" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G540" s="2" t="inlineStr">
+        <is>
+          <t>stylo-bille</t>
+        </is>
+      </c>
+      <c r="H540" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
+      <c r="A541" s="1" t="n">
+        <v>109013</v>
+      </c>
+      <c r="B541" s="2" t="inlineStr">
+        <is>
+          <t>Foulard - Fleurs</t>
+        </is>
+      </c>
+      <c r="C541" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D541" s="2" t="inlineStr">
+        <is>
+          <t>Houdart, Emmanuelle</t>
+        </is>
+      </c>
+      <c r="E541" s="2"/>
+      <c r="F541" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G541" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H541" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
+      <c r="A542" s="1" t="n">
+        <v>106966</v>
+      </c>
+      <c r="B542" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 2)</t>
+        </is>
+      </c>
+      <c r="C542" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D542" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E542" s="2"/>
+      <c r="F542" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G542" s="2"/>
+      <c r="H542" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
+      <c r="A543" s="1" t="n">
+        <v>107222</v>
+      </c>
+      <c r="B543" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Chien avec oiseau sur la tête</t>
+        </is>
+      </c>
+      <c r="C543" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D543" s="2" t="inlineStr">
+        <is>
+          <t>Lejonc, Regis / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E543" s="2"/>
+      <c r="F543" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G543" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H543" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
+      <c r="A544" s="1" t="n">
+        <v>109014</v>
+      </c>
+      <c r="B544" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - L'Abécédaire de la colère</t>
+        </is>
+      </c>
+      <c r="C544" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D544" s="2" t="inlineStr">
+        <is>
+          <t>Houdart, Emmanuelle / Thierry Magnier éditions</t>
+        </is>
+      </c>
+      <c r="E544" s="2"/>
+      <c r="F544" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G544" s="2" t="inlineStr">
+        <is>
+          <t>feutre, papier</t>
+        </is>
+      </c>
+      <c r="H544" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
+      <c r="A545" s="1" t="n">
+        <v>106967</v>
+      </c>
+      <c r="B545" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 3)</t>
+        </is>
+      </c>
+      <c r="C545" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D545" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E545" s="2"/>
+      <c r="F545" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G545" s="2"/>
+      <c r="H545" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
+      <c r="A546" s="1" t="n">
+        <v>109015</v>
+      </c>
+      <c r="B546" s="2" t="inlineStr">
+        <is>
+          <t>Illustration - Feuille</t>
+        </is>
+      </c>
+      <c r="C546" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D546" s="2" t="inlineStr">
+        <is>
+          <t>Icinori</t>
+        </is>
+      </c>
+      <c r="E546" s="2"/>
+      <c r="F546" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G546" s="2"/>
+      <c r="H546" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
+      <c r="A547" s="1" t="n">
+        <v>106968</v>
+      </c>
+      <c r="B547" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 4)</t>
+        </is>
+      </c>
+      <c r="C547" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D547" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E547" s="2"/>
+      <c r="F547" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G547" s="2"/>
+      <c r="H547" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
+      <c r="A548" s="1" t="n">
+        <v>107224</v>
+      </c>
+      <c r="B548" s="2" t="inlineStr">
+        <is>
+          <t>Ex-libris</t>
+        </is>
+      </c>
+      <c r="C548" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D548" s="2" t="inlineStr">
+        <is>
+          <t>Lejonc, Regis</t>
+        </is>
+      </c>
+      <c r="E548" s="2"/>
+      <c r="F548" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G548" s="2"/>
+      <c r="H548" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
+      <c r="A549" s="1" t="n">
+        <v>109016</v>
+      </c>
+      <c r="B549" s="2" t="inlineStr">
+        <is>
+          <t>Impression - Eté</t>
+        </is>
+      </c>
+      <c r="C549" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D549" s="2" t="inlineStr">
+        <is>
+          <t>Icinori</t>
+        </is>
+      </c>
+      <c r="E549" s="2"/>
+      <c r="F549" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G549" s="2"/>
+      <c r="H549" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
+      <c r="A550" s="1" t="n">
+        <v>106969</v>
+      </c>
+      <c r="B550" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 5)</t>
+        </is>
+      </c>
+      <c r="C550" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D550" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E550" s="2"/>
+      <c r="F550" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G550" s="2"/>
+      <c r="H550" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
+      <c r="A551" s="1" t="n">
+        <v>106970</v>
+      </c>
+      <c r="B551" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 6)</t>
+        </is>
+      </c>
+      <c r="C551" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D551" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E551" s="2"/>
+      <c r="F551" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G551" s="2"/>
+      <c r="H551" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
+      <c r="A552" s="1" t="n">
+        <v>107226</v>
+      </c>
+      <c r="B552" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Rêve autour d'un rêve</t>
+        </is>
+      </c>
+      <c r="C552" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D552" s="2" t="inlineStr">
+        <is>
+          <t>Lemaitre, Pascal / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E552" s="2"/>
+      <c r="F552" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G552" s="2"/>
+      <c r="H552" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
+      <c r="A553" s="1" t="n">
+        <v>106971</v>
+      </c>
+      <c r="B553" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 7)</t>
+        </is>
+      </c>
+      <c r="C553" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D553" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E553" s="2"/>
+      <c r="F553" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G553" s="2"/>
+      <c r="H553" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
+      <c r="A554" s="1" t="n">
+        <v>107227</v>
+      </c>
+      <c r="B554" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Indien dans la neige</t>
+        </is>
+      </c>
+      <c r="C554" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D554" s="2" t="inlineStr">
+        <is>
+          <t>Oliveira , Luiz Eduardo de dit Leo</t>
+        </is>
+      </c>
+      <c r="E554" s="2"/>
+      <c r="F554" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G554" s="2"/>
+      <c r="H554" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
+      <c r="A555" s="1" t="n">
+        <v>106972</v>
+      </c>
+      <c r="B555" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 8)</t>
+        </is>
+      </c>
+      <c r="C555" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D555" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E555" s="2"/>
+      <c r="F555" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G555" s="2"/>
+      <c r="H555" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
+      <c r="A556" s="1" t="n">
+        <v>107228</v>
+      </c>
+      <c r="B556" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Femme buvant au bord de la fenêtre</t>
+        </is>
+      </c>
+      <c r="C556" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D556" s="2" t="inlineStr">
+        <is>
+          <t>Lhuire, Ophélie</t>
+        </is>
+      </c>
+      <c r="E556" s="2"/>
+      <c r="F556" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G556" s="2"/>
+      <c r="H556" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
+      <c r="A557" s="1" t="n">
+        <v>106973</v>
+      </c>
+      <c r="B557" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 9)</t>
+        </is>
+      </c>
+      <c r="C557" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D557" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E557" s="2"/>
+      <c r="F557" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G557" s="2"/>
+      <c r="H557" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
+      <c r="A558" s="1" t="n">
+        <v>109021</v>
+      </c>
+      <c r="B558" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Arouna fait du troc</t>
+        </is>
+      </c>
+      <c r="C558" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D558" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E558" s="2"/>
+      <c r="F558" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G558" s="2"/>
+      <c r="H558" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
+      <c r="A559" s="1" t="n">
+        <v>109533</v>
+      </c>
+      <c r="B559" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Marylin rouge (Rascal)</t>
+        </is>
+      </c>
+      <c r="C559" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D559" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E559" s="2"/>
+      <c r="F559" s="2"/>
+      <c r="G559" s="2"/>
+      <c r="H559" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
+      <c r="A560" s="1" t="n">
+        <v>106974</v>
+      </c>
+      <c r="B560" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 10)</t>
+        </is>
+      </c>
+      <c r="C560" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D560" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E560" s="2"/>
+      <c r="F560" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G560" s="2"/>
+      <c r="H560" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
+      <c r="A561" s="1" t="n">
+        <v>107230</v>
+      </c>
+      <c r="B561" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Moby Dick (Herman Melville)</t>
+        </is>
+      </c>
+      <c r="C561" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D561" s="2" t="inlineStr">
+        <is>
+          <t>Lomaev, Anton / Sarbacane éditions</t>
+        </is>
+      </c>
+      <c r="E561" s="2"/>
+      <c r="F561" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G561" s="2"/>
+      <c r="H561" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
+      <c r="A562" s="1" t="n">
+        <v>108510</v>
+      </c>
+      <c r="B562" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Jeune femme à la robe rouge</t>
+        </is>
+      </c>
+      <c r="C562" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D562" s="2" t="inlineStr">
+        <is>
+          <t>Gibrat, Jean-Pierre</t>
+        </is>
+      </c>
+      <c r="E562" s="2"/>
+      <c r="F562" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G562" s="2"/>
+      <c r="H562" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
+      <c r="A563" s="1" t="n">
+        <v>109534</v>
+      </c>
+      <c r="B563" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Un ours dans la nuit</t>
+        </is>
+      </c>
+      <c r="C563" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D563" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis</t>
+        </is>
+      </c>
+      <c r="E563" s="2"/>
+      <c r="F563" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G563" s="2"/>
+      <c r="H563" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
+      <c r="A564" s="1" t="n">
+        <v>106975</v>
+      </c>
+      <c r="B564" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 11)</t>
+        </is>
+      </c>
+      <c r="C564" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D564" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E564" s="2"/>
+      <c r="F564" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G564" s="2"/>
+      <c r="H564" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
+      <c r="A565" s="1" t="n">
+        <v>107231</v>
+      </c>
+      <c r="B565" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction numérique - Ibis de Zanzibar</t>
+        </is>
+      </c>
+      <c r="C565" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D565" s="2" t="inlineStr">
+        <is>
+          <t>Loustal, Jacques</t>
+        </is>
+      </c>
+      <c r="E565" s="2"/>
+      <c r="F565" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G565" s="2"/>
+      <c r="H565" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
+      <c r="A566" s="1" t="n">
+        <v>109023</v>
+      </c>
+      <c r="B566" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Au secours ! Ouvrez-moi !</t>
+        </is>
+      </c>
+      <c r="C566" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D566" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E566" s="2"/>
+      <c r="F566" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G566" s="2"/>
+      <c r="H566" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
+      <c r="A567" s="1" t="n">
+        <v>109535</v>
+      </c>
+      <c r="B567" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Esquimaux</t>
+        </is>
+      </c>
+      <c r="C567" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D567" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis</t>
+        </is>
+      </c>
+      <c r="E567" s="2"/>
+      <c r="F567" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G567" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H567" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
+      <c r="A568" s="1" t="n">
+        <v>106976</v>
+      </c>
+      <c r="B568" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page 12)</t>
+        </is>
+      </c>
+      <c r="C568" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D568" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E568" s="2"/>
+      <c r="F568" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G568" s="2"/>
+      <c r="H568" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
+      <c r="A569" s="1" t="n">
+        <v>107232</v>
+      </c>
+      <c r="B569" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction numérique - Beach Music</t>
+        </is>
+      </c>
+      <c r="C569" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D569" s="2" t="inlineStr">
+        <is>
+          <t>Loustal, Jacques</t>
+        </is>
+      </c>
+      <c r="E569" s="2"/>
+      <c r="F569" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G569" s="2"/>
+      <c r="H569" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
+      <c r="A570" s="1" t="n">
+        <v>109536</v>
+      </c>
+      <c r="B570" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Buffalo Kid (Rascal)</t>
+        </is>
+      </c>
+      <c r="C570" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D570" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis / Pastel Editions (L'école des loisirs)</t>
+        </is>
+      </c>
+      <c r="E570" s="2"/>
+      <c r="F570" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G570" s="2"/>
+      <c r="H570" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
+      <c r="A571" s="1" t="n">
+        <v>106977</v>
+      </c>
+      <c r="B571" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Cendrillon (page de garde)</t>
+        </is>
+      </c>
+      <c r="C571" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D571" s="2" t="inlineStr">
+        <is>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E571" s="2"/>
+      <c r="F571" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G571" s="2"/>
+      <c r="H571" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
+      <c r="A572" s="1" t="n">
+        <v>107233</v>
+      </c>
+      <c r="B572" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La rivière-serpent</t>
+        </is>
+      </c>
+      <c r="C572" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D572" s="2" t="inlineStr">
+        <is>
+          <t>Mahler, Marie</t>
+        </is>
+      </c>
+      <c r="E572" s="2"/>
+      <c r="F572" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G572" s="2"/>
+      <c r="H572" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
+      <c r="A573" s="1" t="n">
+        <v>108001</v>
+      </c>
+      <c r="B573" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - La couleur de l'air</t>
+        </is>
+      </c>
+      <c r="C573" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D573" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E573" s="2"/>
+      <c r="F573" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G573" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H573" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
+      <c r="A574" s="1" t="n">
+        <v>109025</v>
+      </c>
+      <c r="B574" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Cache cache Mimosa</t>
+        </is>
+      </c>
+      <c r="C574" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D574" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E574" s="2"/>
+      <c r="F574" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G574" s="2"/>
+      <c r="H574" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
+      <c r="A575" s="1" t="n">
+        <v>109537</v>
+      </c>
+      <c r="B575" s="2" t="inlineStr">
+        <is>
+          <t>Carte de voeux</t>
+        </is>
+      </c>
+      <c r="C575" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D575" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis</t>
+        </is>
+      </c>
+      <c r="E575" s="2"/>
+      <c r="F575" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G575" s="2"/>
+      <c r="H575" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
+      <c r="A576" s="1" t="n">
+        <v>106978</v>
+      </c>
+      <c r="B576" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'exposition - Indian dreams</t>
+        </is>
+      </c>
+      <c r="C576" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D576" s="2" t="inlineStr">
+        <is>
+          <t>Charles, Jean-François</t>
+        </is>
+      </c>
+      <c r="E576" s="2"/>
+      <c r="F576" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G576" s="2"/>
+      <c r="H576" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
+      <c r="A577" s="1" t="n">
+        <v>108002</v>
+      </c>
+      <c r="B577" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Les tombes volantes</t>
+        </is>
+      </c>
+      <c r="C577" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D577" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E577" s="2"/>
+      <c r="F577" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G577" s="2"/>
+      <c r="H577" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
+      <c r="A578" s="1" t="n">
+        <v>109538</v>
+      </c>
+      <c r="B578" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Piano jazz</t>
+        </is>
+      </c>
+      <c r="C578" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D578" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis</t>
+        </is>
+      </c>
+      <c r="E578" s="2"/>
+      <c r="F578" s="2"/>
+      <c r="G578" s="2"/>
+      <c r="H578" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
+      <c r="A579" s="1" t="n">
+        <v>107235</v>
+      </c>
+      <c r="B579" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - El Gaucho</t>
+        </is>
+      </c>
+      <c r="C579" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D579" s="2" t="inlineStr">
+        <is>
+          <t>Manara, Milo / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E579" s="2"/>
+      <c r="F579" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G579" s="2"/>
+      <c r="H579" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
+      <c r="A580" s="1" t="n">
+        <v>108003</v>
+      </c>
+      <c r="B580" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Le temps du voyage (auteur :Roland C. Wagner - couverture)</t>
+        </is>
+      </c>
+      <c r="C580" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D580" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe</t>
+        </is>
+      </c>
+      <c r="E580" s="2"/>
+      <c r="F580" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G580" s="2"/>
+      <c r="H580" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
+      <c r="A581" s="1" t="n">
+        <v>109027</v>
+      </c>
+      <c r="B581" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Dégoûtant</t>
+        </is>
+      </c>
+      <c r="C581" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D581" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E581" s="2"/>
+      <c r="F581" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G581" s="2"/>
+      <c r="H581" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
+      <c r="A582" s="1" t="n">
+        <v>109539</v>
+      </c>
+      <c r="B582" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Tom Waits</t>
+        </is>
+      </c>
+      <c r="C582" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D582" s="2" t="inlineStr">
+        <is>
+          <t>Joos, Louis</t>
+        </is>
+      </c>
+      <c r="E582" s="2"/>
+      <c r="F582" s="2"/>
+      <c r="G582" s="2"/>
+      <c r="H582" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
+      <c r="A583" s="1" t="n">
+        <v>106980</v>
+      </c>
+      <c r="B583" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - La parade des animaux</t>
+        </is>
+      </c>
+      <c r="C583" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D583" s="2" t="inlineStr">
+        <is>
+          <t>Chausson, Julia</t>
+        </is>
+      </c>
+      <c r="E583" s="2"/>
+      <c r="F583" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G583" s="2"/>
+      <c r="H583" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
+      <c r="A584" s="1" t="n">
+        <v>107236</v>
+      </c>
+      <c r="B584" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Eté indien</t>
+        </is>
+      </c>
+      <c r="C584" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D584" s="2" t="inlineStr">
+        <is>
+          <t>Manara, Milo / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E584" s="2"/>
+      <c r="F584" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G584" s="2"/>
+      <c r="H584" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
+      <c r="A585" s="1" t="n">
+        <v>108004</v>
+      </c>
+      <c r="B585" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Cycle de Tchaï - Le Dirdir (Jack Vance)</t>
+        </is>
+      </c>
+      <c r="C585" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D585" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe / J'ai Lu éditions</t>
+        </is>
+      </c>
+      <c r="E585" s="2"/>
+      <c r="F585" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G585" s="2"/>
+      <c r="H585" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
+      <c r="A586" s="1" t="n">
+        <v>109028</v>
+      </c>
+      <c r="B586" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Mon Papa</t>
+        </is>
+      </c>
+      <c r="C586" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D586" s="2" t="inlineStr">
+        <is>
+          <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
+        </is>
+      </c>
+      <c r="E586" s="2"/>
+      <c r="F586" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G586" s="2"/>
+      <c r="H586" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
+      <c r="A587" s="1" t="n">
+        <v>106981</v>
+      </c>
+      <c r="B587" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Valse de Noël (Boris Vian)</t>
+        </is>
+      </c>
+      <c r="C587" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D587" s="2" t="inlineStr">
+        <is>
+          <t>Choux, Nathalie / Grasset jeunesse éditions</t>
+        </is>
+      </c>
+      <c r="E587" s="2"/>
+      <c r="F587" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G587" s="2"/>
+      <c r="H587" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
+      <c r="A588" s="1" t="n">
+        <v>107237</v>
+      </c>
+      <c r="B588" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Yasmina</t>
+        </is>
+      </c>
+      <c r="C588" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D588" s="2" t="inlineStr">
+        <is>
+          <t>Mannaert, Walter</t>
+        </is>
+      </c>
+      <c r="E588" s="2"/>
+      <c r="F588" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G588" s="2"/>
+      <c r="H588" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
+      <c r="A589" s="1" t="n">
+        <v>108005</v>
+      </c>
+      <c r="B589" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Cycle de Tchaï - Le Chasch (Jack Vance)</t>
+        </is>
+      </c>
+      <c r="C589" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D589" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe / J'ai Lu éditions</t>
+        </is>
+      </c>
+      <c r="E589" s="2"/>
+      <c r="F589" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G589" s="2"/>
+      <c r="H589" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
+      <c r="A590" s="1" t="n">
+        <v>106982</v>
+      </c>
+      <c r="B590" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Vue sur le Puy-de-Dôme</t>
+        </is>
+      </c>
+      <c r="C590" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D590" s="2" t="inlineStr">
+        <is>
+          <t>Cinquin, Fabienne</t>
+        </is>
+      </c>
+      <c r="E590" s="2"/>
+      <c r="F590" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G590" s="2"/>
+      <c r="H590" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
+      <c r="A591" s="1" t="n">
+        <v>107238</v>
+      </c>
+      <c r="B591" s="2" t="inlineStr">
+        <is>
+          <t>illustration inédite - Martine avec son chien Pouf</t>
+        </is>
+      </c>
+      <c r="C591" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D591" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E591" s="2"/>
+      <c r="F591" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, dessin</t>
+        </is>
+      </c>
+      <c r="G591" s="2" t="inlineStr">
+        <is>
+          <t>crayon</t>
+        </is>
+      </c>
+      <c r="H591" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
+      <c r="A592" s="1" t="n">
+        <v>108006</v>
+      </c>
+      <c r="B592" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Cycle de Tchaï - Le Pnume (Jack Vance)</t>
+        </is>
+      </c>
+      <c r="C592" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D592" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe / J'ai Lu éditions</t>
+        </is>
+      </c>
+      <c r="E592" s="2"/>
+      <c r="F592" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G592" s="2"/>
+      <c r="H592" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
+      <c r="A593" s="1" t="n">
+        <v>106983</v>
+      </c>
+      <c r="B593" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - L'histoire de Lilas (Nicole Maymat)</t>
+        </is>
+      </c>
+      <c r="C593" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D593" s="2" t="inlineStr">
+        <is>
+          <t>Clement, Frédéric / Ipomée éditions</t>
+        </is>
+      </c>
+      <c r="E593" s="2"/>
+      <c r="F593" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G593" s="2"/>
+      <c r="H593" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
+      <c r="A594" s="1" t="n">
+        <v>107239</v>
+      </c>
+      <c r="B594" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Martine couchée</t>
+        </is>
+      </c>
+      <c r="C594" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D594" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E594" s="2"/>
+      <c r="F594" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, dessin</t>
+        </is>
+      </c>
+      <c r="G594" s="2" t="inlineStr">
+        <is>
+          <t>crayon</t>
+        </is>
+      </c>
+      <c r="H594" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
+      <c r="A595" s="1" t="n">
+        <v>108007</v>
+      </c>
+      <c r="B595" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Cycle de Tchaï - Le Wankh (Jack Vance)</t>
+        </is>
+      </c>
+      <c r="C595" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D595" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe / J'ai Lu éditions</t>
+        </is>
+      </c>
+      <c r="E595" s="2"/>
+      <c r="F595" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G595" s="2"/>
+      <c r="H595" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
+      <c r="A596" s="1" t="n">
+        <v>106984</v>
+      </c>
+      <c r="B596" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparatoire en noir et blanc - Un million de papillons</t>
+        </is>
+      </c>
+      <c r="C596" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D596" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E596" s="2"/>
+      <c r="F596" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G596" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H596" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
+      <c r="A597" s="1" t="n">
+        <v>107240</v>
+      </c>
+      <c r="B597" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Martine assise sur une table</t>
+        </is>
+      </c>
+      <c r="C597" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D597" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
+        </is>
+      </c>
+      <c r="E597" s="2"/>
+      <c r="F597" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, dessin</t>
+        </is>
+      </c>
+      <c r="G597" s="2" t="inlineStr">
+        <is>
+          <t>papier, crayon</t>
+        </is>
+      </c>
+      <c r="H597" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
+      <c r="A598" s="1" t="n">
+        <v>106985</v>
+      </c>
+      <c r="B598" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Tout bêtement</t>
+        </is>
+      </c>
+      <c r="C598" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D598" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl / La joie de lire éditions</t>
+        </is>
+      </c>
+      <c r="E598" s="2"/>
+      <c r="F598" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G598" s="2"/>
+      <c r="H598" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
+      <c r="A599" s="1" t="n">
+        <v>107241</v>
+      </c>
+      <c r="B599" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le dernier spartiate</t>
+        </is>
+      </c>
+      <c r="C599" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D599" s="2" t="inlineStr">
+        <is>
+          <t>Martin, Jacques / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E599" s="2"/>
+      <c r="F599" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G599" s="2"/>
+      <c r="H599" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
+      <c r="A600" s="1" t="n">
+        <v>106986</v>
+      </c>
+      <c r="B600" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - La maison jaune</t>
+        </is>
+      </c>
+      <c r="C600" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D600" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl / La maison est en carton éditions</t>
+        </is>
+      </c>
+      <c r="E600" s="2"/>
+      <c r="F600" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G600" s="2"/>
+      <c r="H600" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
+      <c r="A601" s="1" t="n">
+        <v>107242</v>
+      </c>
+      <c r="B601" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - La naissance d'Ernestine </t>
+        </is>
+      </c>
+      <c r="C601" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D601" s="2" t="inlineStr">
+        <is>
+          <t>Martin, Monique (alias Gabrielle Vincent)</t>
+        </is>
+      </c>
+      <c r="E601" s="2"/>
+      <c r="F601" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G601" s="2" t="inlineStr">
+        <is>
+          <t>encre</t>
+        </is>
+      </c>
+      <c r="H601" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
+      <c r="A602" s="1" t="n">
+        <v>106987</v>
+      </c>
+      <c r="B602" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Souris chassant un chat</t>
+        </is>
+      </c>
+      <c r="C602" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D602" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E602" s="2"/>
+      <c r="F602" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G602" s="2"/>
+      <c r="H602" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
+      <c r="A603" s="1" t="n">
+        <v>107243</v>
+      </c>
+      <c r="B603" s="2" t="inlineStr">
+        <is>
+          <t>3 portraits de Musia (fille de D. Mwankumi)</t>
+        </is>
+      </c>
+      <c r="C603" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D603" s="2" t="inlineStr">
+        <is>
+          <t>Martin, Monique (alias Gabrielle Vincent)</t>
+        </is>
+      </c>
+      <c r="E603" s="2"/>
+      <c r="F603" s="2"/>
+      <c r="G603" s="2" t="inlineStr">
+        <is>
+          <t>encre</t>
+        </is>
+      </c>
+      <c r="H603" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
+      <c r="A604" s="1" t="n">
+        <v>106988</v>
+      </c>
+      <c r="B604" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Oiseaux en vol</t>
+        </is>
+      </c>
+      <c r="C604" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D604" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E604" s="2"/>
+      <c r="F604" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G604" s="2"/>
+      <c r="H604" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
+      <c r="A605" s="1" t="n">
+        <v>107244</v>
+      </c>
+      <c r="B605" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Ernest et Célestine - La fanfare</t>
+        </is>
+      </c>
+      <c r="C605" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D605" s="2" t="inlineStr">
+        <is>
+          <t>Martin, Monique (alias Gabrielle Vincent)</t>
+        </is>
+      </c>
+      <c r="E605" s="2"/>
+      <c r="F605" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G605" s="2"/>
+      <c r="H605" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
+      <c r="A606" s="1" t="n">
+        <v>106989</v>
+      </c>
+      <c r="B606" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - 4 personnages avec bagages</t>
+        </is>
+      </c>
+      <c r="C606" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D606" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E606" s="2"/>
+      <c r="F606" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G606" s="2"/>
+      <c r="H606" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
+      <c r="A607" s="1" t="n">
+        <v>106990</v>
+      </c>
+      <c r="B607" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'exposition - Exubérance &amp; Beauté </t>
+        </is>
+      </c>
+      <c r="C607" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D607" s="2" t="inlineStr">
+        <is>
+          <t>Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E607" s="2"/>
+      <c r="F607" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G607" s="2"/>
+      <c r="H607" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
+      <c r="A608" s="1" t="n">
+        <v>106991</v>
+      </c>
+      <c r="B608" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - La fée sorcière (couverture)</t>
+        </is>
+      </c>
+      <c r="C608" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D608" s="2" t="inlineStr">
+        <is>
+          <t>De Eenhoorn éditions,  / Minne, Brigitte / Pastel Editions (L'école des loisirs),  / Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E608" s="2"/>
+      <c r="F608" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G608" s="2"/>
+      <c r="H608" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
+      <c r="A609" s="1" t="n">
+        <v>108017</v>
+      </c>
+      <c r="B609" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Les voies d'Anubis (Tim Powers)</t>
+        </is>
+      </c>
+      <c r="C609" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D609" s="2" t="inlineStr">
+        <is>
+          <t>Caza, Philippe / J'ai Lu éditions</t>
+        </is>
+      </c>
+      <c r="E609" s="2"/>
+      <c r="F609" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G609" s="2"/>
+      <c r="H609" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
+      <c r="A610" s="1" t="n">
+        <v>106994</v>
+      </c>
+      <c r="B610" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - La volière dorée (couverture)</t>
+        </is>
+      </c>
+      <c r="C610" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D610" s="2" t="inlineStr">
+        <is>
+          <t>Castagnoli, Anna / De Eenhoorn éditions,  / Editions Pastel,  / Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E610" s="2"/>
+      <c r="F610" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G610" s="2"/>
+      <c r="H610" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
+      <c r="A611" s="1" t="n">
+        <v>107250</v>
+      </c>
+      <c r="B611" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie- Carnaval</t>
+        </is>
+      </c>
+      <c r="C611" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D611" s="2" t="inlineStr">
+        <is>
+          <t>Mattotti, Lorenzo</t>
+        </is>
+      </c>
+      <c r="E611" s="2"/>
+      <c r="F611" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G611" s="2"/>
+      <c r="H611" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
+      <c r="A612" s="1" t="n">
+        <v>109554</v>
+      </c>
+      <c r="B612" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Vue sur un phare</t>
+        </is>
+      </c>
+      <c r="C612" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D612" s="2" t="inlineStr">
+        <is>
+          <t>Julliard, André</t>
+        </is>
+      </c>
+      <c r="E612" s="2"/>
+      <c r="F612" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G612" s="2"/>
+      <c r="H612" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
+      <c r="A613" s="1" t="n">
+        <v>106995</v>
+      </c>
+      <c r="B613" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - La volière dorée (page 19)</t>
+        </is>
+      </c>
+      <c r="C613" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D613" s="2" t="inlineStr">
+        <is>
+          <t>De Eenhoorn éditions,  / Editions Pastel,  / Castagnoli, Anna / Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E613" s="2"/>
+      <c r="F613" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G613" s="2"/>
+      <c r="H613" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
+      <c r="A614" s="1" t="n">
+        <v>107251</v>
+      </c>
+      <c r="B614" s="2" t="inlineStr">
+        <is>
+          <t>Figures rouges sur fond bleu</t>
+        </is>
+      </c>
+      <c r="C614" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D614" s="2" t="inlineStr">
+        <is>
+          <t>Mattotti, Lorenzo</t>
+        </is>
+      </c>
+      <c r="E614" s="2"/>
+      <c r="F614" s="2"/>
+      <c r="G614" s="2"/>
+      <c r="H614" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
+      <c r="A615" s="1" t="n">
+        <v>109555</v>
+      </c>
+      <c r="B615" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Venise</t>
+        </is>
+      </c>
+      <c r="C615" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D615" s="2" t="inlineStr">
+        <is>
+          <t>Julliard, André</t>
+        </is>
+      </c>
+      <c r="E615" s="2"/>
+      <c r="F615" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G615" s="2"/>
+      <c r="H615" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
+      <c r="A616" s="1" t="n">
+        <v>106996</v>
+      </c>
+      <c r="B616" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - De jongen, de neushoornvogel, de olifant, de tijger en het meisje</t>
+        </is>
+      </c>
+      <c r="C616" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D616" s="2" t="inlineStr">
+        <is>
+          <t>De Eenhoorn éditions,  / Cneut, Carl</t>
+        </is>
+      </c>
+      <c r="E616" s="2"/>
+      <c r="F616" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G616" s="2"/>
+      <c r="H616" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
+      <c r="A617" s="1" t="n">
+        <v>107252</v>
+      </c>
+      <c r="B617" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Affiche du Festival Bruxellois de la Petite Enfance 2012</t>
+        </is>
+      </c>
+      <c r="C617" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D617" s="2" t="inlineStr">
+        <is>
+          <t>Maubille, Jean</t>
+        </is>
+      </c>
+      <c r="E617" s="2"/>
+      <c r="F617" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G617" s="2"/>
+      <c r="H617" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
+      <c r="A618" s="1" t="n">
+        <v>106997</v>
+      </c>
+      <c r="B618" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Aleph ton premier livre</t>
+        </is>
+      </c>
+      <c r="C618" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D618" s="2" t="inlineStr">
+        <is>
+          <t>Coat, Janik</t>
+        </is>
+      </c>
+      <c r="E618" s="2"/>
+      <c r="F618" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G618" s="2"/>
+      <c r="H618" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
+      <c r="A619" s="1" t="n">
+        <v>109557</v>
+      </c>
+      <c r="B619" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Exposition Métal Hurlant départ immédiat - 2025</t>
+        </is>
+      </c>
+      <c r="C619" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D619" s="2" t="inlineStr">
+        <is>
+          <t>Khaled, Atif</t>
+        </is>
+      </c>
+      <c r="E619" s="2"/>
+      <c r="F619" s="2" t="inlineStr">
+        <is>
+          <t>illustration, affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G619" s="2"/>
+      <c r="H619" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
+      <c r="A620" s="1" t="n">
+        <v>106998</v>
+      </c>
+      <c r="B620" s="2" t="inlineStr">
+        <is>
+          <t>Dessin inédit - Indien</t>
+        </is>
+      </c>
+      <c r="C620" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D620" s="2" t="inlineStr">
+        <is>
+          <t>Comès, Didier</t>
+        </is>
+      </c>
+      <c r="E620" s="2"/>
+      <c r="F620" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G620" s="2"/>
+      <c r="H620" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
+      <c r="A621" s="1" t="n">
+        <v>108535</v>
+      </c>
+      <c r="B621" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - L'almanachat</t>
+        </is>
+      </c>
+      <c r="C621" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D621" s="2" t="inlineStr">
+        <is>
+          <t>Gisbert, Montse</t>
+        </is>
+      </c>
+      <c r="E621" s="2"/>
+      <c r="F621" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G621" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine, gouache, crayon de couleur</t>
+        </is>
+      </c>
+      <c r="H621" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
+      <c r="A622" s="1" t="n">
+        <v>107000</v>
+      </c>
+      <c r="B622" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Au clair de la lune</t>
+        </is>
+      </c>
+      <c r="C622" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D622" s="2" t="inlineStr">
+        <is>
+          <t>Concejo, Joanna</t>
+        </is>
+      </c>
+      <c r="E622" s="2"/>
+      <c r="F622" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G622" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir, crayon noir</t>
+        </is>
+      </c>
+      <c r="H622" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
+      <c r="A623" s="1" t="n">
+        <v>108536</v>
+      </c>
+      <c r="B623" s="2" t="inlineStr">
+        <is>
+          <t>Ex-Libris - JIXI 3 (Bug Livre 4)</t>
+        </is>
+      </c>
+      <c r="C623" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D623" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E623" s="2"/>
+      <c r="F623" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G623" s="2"/>
+      <c r="H623" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
+      <c r="A624" s="1" t="n">
+        <v>107001</v>
+      </c>
+      <c r="B624" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Arbre généalogique (Entrez !)</t>
+        </is>
+      </c>
+      <c r="C624" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D624" s="2" t="inlineStr">
+        <is>
+          <t>Concejo, Joanna</t>
+        </is>
+      </c>
+      <c r="E624" s="2"/>
+      <c r="F624" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G624" s="2"/>
+      <c r="H624" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
+      <c r="A625" s="1" t="n">
+        <v>108537</v>
+      </c>
+      <c r="B625" s="2" t="inlineStr">
+        <is>
+          <t>Estampe - Kameron Obb (Bug Livre 4)</t>
+        </is>
+      </c>
+      <c r="C625" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D625" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E625" s="2"/>
+      <c r="F625" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G625" s="2"/>
+      <c r="H625" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
+      <c r="A626" s="1" t="n">
+        <v>107002</v>
+      </c>
+      <c r="B626" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Tigres fluo</t>
+        </is>
+      </c>
+      <c r="C626" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D626" s="2" t="inlineStr">
+        <is>
+          <t>Cools, Léonard</t>
+        </is>
+      </c>
+      <c r="E626" s="2"/>
+      <c r="F626" s="2"/>
+      <c r="G626" s="2"/>
+      <c r="H626" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
+      <c r="A627" s="1" t="n">
+        <v>108538</v>
+      </c>
+      <c r="B627" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Kameron Obb rêveur (Bug Livre 4)</t>
+        </is>
+      </c>
+      <c r="C627" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D627" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E627" s="2"/>
+      <c r="F627" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G627" s="2"/>
+      <c r="H627" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
+      <c r="A628" s="1" t="n">
+        <v>107003</v>
+      </c>
+      <c r="B628" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Mère hindoue avec son enfant</t>
+        </is>
+      </c>
+      <c r="C628" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D628" s="2" t="inlineStr">
+        <is>
+          <t>Corvaisier, Laurent</t>
+        </is>
+      </c>
+      <c r="E628" s="2"/>
+      <c r="F628" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G628" s="2"/>
+      <c r="H628" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
+      <c r="A629" s="1" t="n">
+        <v>107004</v>
+      </c>
+      <c r="B629" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Chien andalou</t>
+        </is>
+      </c>
+      <c r="C629" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D629" s="2" t="inlineStr">
+        <is>
+          <t>La maison est en carton éditions,  / Corvaisier, Laurent</t>
+        </is>
+      </c>
+      <c r="E629" s="2"/>
+      <c r="F629" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G629" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H629" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
+      <c r="A630" s="1" t="n">
+        <v>108540</v>
+      </c>
+      <c r="B630" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Blueberry (visage)</t>
+        </is>
+      </c>
+      <c r="C630" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D630" s="2" t="inlineStr">
+        <is>
+          <t>Giraud dit Gir, Jean</t>
+        </is>
+      </c>
+      <c r="E630" s="2"/>
+      <c r="F630" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G630" s="2"/>
+      <c r="H630" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
+      <c r="A631" s="1" t="n">
+        <v>107005</v>
+      </c>
+      <c r="B631" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Assemblages (1)</t>
+        </is>
+      </c>
+      <c r="C631" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D631" s="2" t="inlineStr">
+        <is>
+          <t>Corvaisier, Laurent</t>
+        </is>
+      </c>
+      <c r="E631" s="2"/>
+      <c r="F631" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G631" s="2" t="inlineStr">
+        <is>
+          <t>gouache</t>
+        </is>
+      </c>
+      <c r="H631" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
+      <c r="A632" s="1" t="n">
+        <v>108541</v>
+      </c>
+      <c r="B632" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Blueberry à cheval</t>
+        </is>
+      </c>
+      <c r="C632" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D632" s="2" t="inlineStr">
+        <is>
+          <t>Giraud dit Gir, Jean</t>
+        </is>
+      </c>
+      <c r="E632" s="2"/>
+      <c r="F632" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G632" s="2"/>
+      <c r="H632" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
+      <c r="A633" s="1" t="n">
+        <v>107006</v>
+      </c>
+      <c r="B633" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Assemblages (2)</t>
+        </is>
+      </c>
+      <c r="C633" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D633" s="2" t="inlineStr">
+        <is>
+          <t>Corvaisier, Laurent</t>
+        </is>
+      </c>
+      <c r="E633" s="2"/>
+      <c r="F633" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G633" s="2" t="inlineStr">
+        <is>
+          <t>gouache</t>
+        </is>
+      </c>
+      <c r="H633" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
+      <c r="A634" s="1" t="n">
+        <v>108542</v>
+      </c>
+      <c r="B634" s="2" t="inlineStr">
+        <is>
+          <t>Illustration inédite - Personnages colorés</t>
+        </is>
+      </c>
+      <c r="C634" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D634" s="2" t="inlineStr">
+        <is>
+          <t>Godon, Ingrid</t>
+        </is>
+      </c>
+      <c r="E634" s="2"/>
+      <c r="F634" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G634" s="2"/>
+      <c r="H634" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
+      <c r="A635" s="1" t="n">
+        <v>108543</v>
+      </c>
+      <c r="B635" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie- Femme assise sur un banc</t>
+        </is>
+      </c>
+      <c r="C635" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D635" s="2" t="inlineStr">
+        <is>
+          <t>Goetzinger, Annie</t>
+        </is>
+      </c>
+      <c r="E635" s="2"/>
+      <c r="F635" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G635" s="2"/>
+      <c r="H635" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
+      <c r="A636" s="1" t="n">
         <v>102943</v>
       </c>
-      <c r="B201" s="2" t="inlineStr">
+      <c r="B636" s="2" t="inlineStr">
         <is>
           <t>Illustration originale - Chignon rouge </t>
         </is>
       </c>
-      <c r="C201" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D201" s="2" t="inlineStr">
+      <c r="C636" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D636" s="2" t="inlineStr">
         <is>
           <t>Aertssen, Kristien / Pastel Editions (L'école des loisirs)</t>
         </is>
       </c>
-      <c r="E201" s="2" t="inlineStr">
+      <c r="E636" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
-      <c r="F201" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G201" s="2" t="inlineStr">
+      <c r="F636" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G636" s="2" t="inlineStr">
         <is>
           <t>encre, gouache, crayon de couleur, papier, peinture acrylique</t>
         </is>
       </c>
-      <c r="H201" s="2" t="inlineStr">
+      <c r="H636" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">