--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -259,807 +259,975 @@
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>106655</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Tenue d'incendie, début 20ème siècle</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>104645</v>
+        <v>109773</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Seaux en toile</t>
+          <t>Appareil de réanimation SCHIEDAM</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D6" s="2"/>
-      <c r="E6" s="2" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>matériel médical</t>
+        </is>
+      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>107540</v>
+        <v>109779</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Pompiers d'Anderlecht, Lanterne à pétrole en métal noir</t>
+          <t>Cagoule respirateur en toile D.F.C., sur tête (Delhaize-Molenbeek) </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D7" s="2"/>
-      <c r="E7" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2" t="inlineStr">
+        <is>
+          <t>protection corporelle</t>
+        </is>
+      </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>107542</v>
+        <v>104645</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Pompiers d'Anderlecht, Hache</t>
+          <t>Seaux en toile</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1900 - ca</t>
+          <t>1780 - 1920</t>
         </is>
       </c>
       <c r="F8" s="2"/>
-      <c r="G8" s="2"/>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>107838</v>
+        <v>109818</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Corde roulé sur une planche carrée</t>
+          <t>Description de la Hache descendeur, brevet, Schaerbeek</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
-[...2 lines deleted...]
-      <c r="F9" s="2"/>
+          <t>1891 - </t>
+        </is>
+      </c>
+      <c r="F9" s="2" t="inlineStr">
+        <is>
+          <t>archives</t>
+        </is>
+      </c>
       <c r="G9" s="2"/>
-      <c r="H9" s="2"/>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>107839</v>
+        <v>107540</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Pompiers de Schaerbeek, Statue en plâtre peinte</t>
+          <t>Pompiers d'Anderlecht, Lanterne à pétrole en métal noir</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - ca</t>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>107840</v>
+        <v>107542</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Pompiers de Schaerbeek, Hache avec protection en cuir</t>
+          <t>Pompiers d'Anderlecht, Hache</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1900 - ca</t>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>104647</v>
+        <v>107838</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Grenade contre l'incendie</t>
+          <t>Corde roulé sur une planche carrée</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>104648</v>
+        <v>107840</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Extincteur 'Tue-Feu'</t>
+          <t>Pompiers de Schaerbeek, Hache avec protection en cuir</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F13" s="2"/>
-      <c r="G13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>104649</v>
+        <v>104647</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Casque en cuir</t>
+          <t>Grenade contre l'incendie</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>104668</v>
+        <v>104648</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Masque respiratoire </t>
+          <t>Extincteur 'Tue-Feu'</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1940</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1910</t>
+        </is>
+      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>106629</v>
+        <v>104649</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Système d’alarme en bois</t>
+          <t>Casque en cuir</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1935</t>
-[...3 lines deleted...]
-      <c r="G16" s="2"/>
+          <t>1900 - </t>
+        </is>
+      </c>
+      <c r="F16" s="2" t="inlineStr">
+        <is>
+          <t>casque</t>
+        </is>
+      </c>
+      <c r="G16" s="2" t="inlineStr">
+        <is>
+          <t>cuir</t>
+        </is>
+      </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>104653</v>
+        <v>104668</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Cagoule en toile et soufflet</t>
+          <t>Masque respiratoire </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>masque, soufflet</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, toile, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>107543</v>
+        <v>106629</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Pompiers Anderlecht, Projecteur à acétylène</t>
+          <t>Système d’alarme en bois</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1910 - 1935</t>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>106628</v>
+        <v>104653</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Système de réanimation</t>
+          <t>Cagoule en toile </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
-[...3 lines deleted...]
-      <c r="G19" s="2"/>
+          <t>1910 - </t>
+        </is>
+      </c>
+      <c r="F19" s="2" t="inlineStr">
+        <is>
+          <t>protection corporelle</t>
+        </is>
+      </c>
+      <c r="G19" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>106656</v>
+        <v>109789</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Tenue d'incendie</t>
+          <t>Soufflet</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
-      <c r="D20" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1972</t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>107544</v>
+        <v>109792</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Pompiers d’Anderlecht, Statue en bronze offerte au Sergent G. Deleforterie (1921-1945) </t>
+          <t>Démonstration de l'utilisation du système respiratoire composé de la cagoule et du soufflet, Bruxelles, Caserne de la Place du Jeu de Balle</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1945 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>107831</v>
+        <v>107543</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Pompiers de Saint-Gilles, Ecusson </t>
+          <t>Pompiers Anderlecht, Projecteur à acétylène</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1920 - </t>
+        </is>
+      </c>
+      <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>107541</v>
+        <v>107839</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Pompiers d’Anderlecht, Plaques de camion </t>
+          <t>Pompiers de Schaerbeek, Statue en plâtre peinte</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
-      <c r="D23" s="2"/>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Vanden Balck, Jean-Baptiste (Tich)</t>
+        </is>
+      </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1950 - ca</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F23" s="2"/>
-      <c r="G23" s="2"/>
+      <c r="G23" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>104650</v>
+        <v>109786</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Casque en liège</t>
+          <t>Masque respiratoire système Köning </t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>casque</t>
-[...6 lines deleted...]
-      </c>
+          <t>protection corporelle</t>
+        </is>
+      </c>
+      <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>107539</v>
+        <v>106628</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Pompiers d'Anderlecht, casque en liège de fabrication anglaise, orné de l’écusson communal en métal blanc</t>
+          <t>Système de réanimation</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>casque</t>
+          <t>matériel médical</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>107832</v>
+        <v>106656</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Pompiers de Saint Gilles, casque en liège</t>
+          <t>Tenue d'incendie</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
-      <c r="D26" s="2"/>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Bergeret, John</t>
+        </is>
+      </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1935 - 1972</t>
         </is>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>107837</v>
+        <v>107544</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Pompiers de Schaerbeek, casque en liège de fabrication anglaise </t>
+          <t>Pompiers d’Anderlecht, Statue en bronze offerte au Sergent G. Deleforterie (1921-1945) </t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1945 - </t>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>104646</v>
+        <v>107831</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Extincteur METEOR BT sur support ronde</t>
+          <t>Pompiers de Saint-Gilles, Ecusson </t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
-[...2 lines deleted...]
-      <c r="F28" s="2"/>
+          <t>1949 - </t>
+        </is>
+      </c>
+      <c r="F28" s="2" t="inlineStr">
+        <is>
+          <t>casque</t>
+        </is>
+      </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>107833</v>
+        <v>107541</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Pompiers de Molenbeek, assiette célébrant le 90 ans d’existence du corps </t>
+          <t>Pompiers d’Anderlecht, Plaques de camion </t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1969 - </t>
+          <t>1950 - ca</t>
         </is>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>107841</v>
+        <v>104650</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Pompier de Schaerbeek, écusson célébrant les 100 ans du corps</t>
+          <t>Casque en liège</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
-[...3 lines deleted...]
-      <c r="G30" s="2"/>
+          <t>1950 - </t>
+        </is>
+      </c>
+      <c r="F30" s="2" t="inlineStr">
+        <is>
+          <t>casque</t>
+        </is>
+      </c>
+      <c r="G30" s="2" t="inlineStr">
+        <is>
+          <t>liège</t>
+        </is>
+      </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>106630</v>
+        <v>107539</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Tenue d’approche en fibre d’amiante</t>
+          <t>Pompiers d'Anderlecht, casque en liège de fabrication anglaise, orné de l’écusson communal en métal blanc</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
-[...2 lines deleted...]
-      <c r="F31" s="2"/>
+          <t>1955 - </t>
+        </is>
+      </c>
+      <c r="F31" s="2" t="inlineStr">
+        <is>
+          <t>casque</t>
+        </is>
+      </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>106658</v>
+        <v>107832</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Tenue d'incendie</t>
+          <t>Pompiers de Saint Gilles, casque en liège</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1992</t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>104652</v>
+        <v>107837</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Casque en polyester et fibre de verre</t>
+          <t>Pompiers de Schaerbeek, casque en liège de fabrication anglaise </t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1955 - </t>
+        </is>
+      </c>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>106659</v>
+        <v>104646</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Tenue d'incendie</t>
+          <t>Extincteur METEOR BT sur support ronde</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1993 - 2014</t>
-[...6 lines deleted...]
-      </c>
+          <t>1956 - </t>
+        </is>
+      </c>
+      <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="1" t="n">
+        <v>107833</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Pompiers de Molenbeek, assiette célébrant le 90 ans d’existence du corps </t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
+        </is>
+      </c>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2" t="inlineStr">
+        <is>
+          <t>1969 - </t>
+        </is>
+      </c>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="1" t="n">
+        <v>107841</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Pompier de Schaerbeek, écusson célébrant les 100 ans du corps</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
+        </is>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="inlineStr">
+        <is>
+          <t>1970 - </t>
+        </is>
+      </c>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="1" t="n">
+        <v>106630</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Tenue d’approche en fibre d’amiante</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
+        </is>
+      </c>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="inlineStr">
+        <is>
+          <t>1970 - 1980</t>
+        </is>
+      </c>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="1" t="n">
+        <v>106658</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Tenue d'incendie</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
+        </is>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="inlineStr">
+        <is>
+          <t>1973 - 1992</t>
+        </is>
+      </c>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="1" t="n">
+        <v>104652</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Casque en polyester et fibre de verre</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
+        </is>
+      </c>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2" t="inlineStr">
+        <is>
+          <t>1980 - </t>
+        </is>
+      </c>
+      <c r="F39" s="2" t="inlineStr">
+        <is>
+          <t>casque</t>
+        </is>
+      </c>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <t>polyester</t>
+        </is>
+      </c>
+      <c r="H39" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="1" t="n">
+        <v>106659</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Tenue d'incendie</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>Service d'Incendie et d'Aide Médicale Urgente de la Région de Bruxelles-Capitale (SIAMU)</t>
+        </is>
+      </c>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2" t="inlineStr">
+        <is>
+          <t>1993 - 2014</t>
+        </is>
+      </c>
+      <c r="F40" s="2" t="inlineStr">
+        <is>
+          <t>dessin, protection corporelle</t>
+        </is>
+      </c>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>