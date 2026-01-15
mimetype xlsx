--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -3595,61 +3595,61 @@
           <t>1941 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
         <v>93384</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>calice holemans</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Holemans,  Henri</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1941 - 1950</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>argent, vermeil, malachite</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">