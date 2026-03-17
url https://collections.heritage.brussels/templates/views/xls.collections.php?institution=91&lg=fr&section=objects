--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H181"/>
+  <dimension ref="A1:H183"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -291,51 +291,51 @@
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>40756</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Fauteuils Aubecq</t>
+          <t>Ensemble de quatre fauteuils Aubecq</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>40761</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Chevalet Aubecq</t>
         </is>
@@ -1465,56 +1465,56 @@
           <t>verre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
         <v>40628</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Les grenouilles au marais</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Burgon-Schwerer</t>
+          <t>Burgon-Schwerer,  / Cristalleries de Pantin / Touvier, Stumpf, Viollet et Cie</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>verre, émail</t>
         </is>
       </c>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>40573</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>L'Orge</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
@@ -2215,4531 +2215,4599 @@
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1899 - 1902</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>porte</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>40765</v>
+        <v>40764</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Cheminée Aubecq</t>
+          <t>Deux fauteuils des anciens magasins Wolfers, rue Arenberg et un repose-pied (Aubecq ?)</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1899 - 1902</t>
         </is>
       </c>
       <c r="F60" s="2"/>
-      <c r="G60" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>40571</v>
+        <v>40765</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Bouton d'Iris</t>
+          <t>Cheminée Aubecq</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1899 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1899 - 1902</t>
+        </is>
+      </c>
+      <c r="F61" s="2"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>verre, bronze</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>40656</v>
+        <v>40571</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Quatre appliques "Tulipes"</t>
+          <t>Bouton d'Iris</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Dubois, Fernand</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1899 - 1900</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>verre, bronze</t>
         </is>
       </c>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>40661</v>
+        <v>40656</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Tulipes</t>
+          <t>Quatre appliques "Tulipes"</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Dubois, Fernand</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>40706</v>
+        <v>40661</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Femme assise</t>
+          <t>Tulipes</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Bouval, Maurice</t>
+          <t>Dubois, Fernand</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>40712</v>
+        <v>40706</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Le baiser</t>
+          <t>Femme assise</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Moreau-Vauthier, Paul</t>
+          <t>Bouval, Maurice</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F65" s="2"/>
+      <c r="F65" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>40713</v>
+        <v>40712</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Le baiser</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Moreau-Vauthier, Paul</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>40714</v>
+        <v>40713</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>La Loïe Fuller</t>
+          <t>Le baiser</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Pancetta, J.</t>
+          <t>Moreau-Vauthier, Paul</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F67" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F67" s="2"/>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>40715</v>
+        <v>40714</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Pensées</t>
+          <t>La Loïe Fuller</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Korschann, Charles</t>
+          <t>Pancetta, J.</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F68" s="2"/>
+      <c r="F68" s="2" t="inlineStr">
+        <is>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
+        </is>
+      </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>bronze, or, argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>40717</v>
+        <v>40715</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Salle à manger aux Épis de blé</t>
+          <t>Pensées</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Korschann, Charles</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F69" s="2"/>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>noyer, bronze</t>
+          <t>bronze, or, argent</t>
         </is>
       </c>
       <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>40718</v>
+        <v>40717</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Buffet Épis de blés</t>
+          <t>Salle à manger aux Épis de blé</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F70" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F70" s="2"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>noyer, chêne, bronze</t>
+          <t>noyer, bronze</t>
         </is>
       </c>
       <c r="H70" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>40719</v>
+        <v>40718</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Table Épis de blés</t>
+          <t>Buffet Épis de blés</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>noyer, bronze</t>
+          <t>noyer, chêne, bronze</t>
         </is>
       </c>
       <c r="H71" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>40720</v>
+        <v>40719</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Chaises Épis de blés</t>
+          <t>Table Épis de blés</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>noyer, cuir</t>
+          <t>noyer, bronze</t>
         </is>
       </c>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>40740</v>
+        <v>40720</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Sellettes aux feuilles de bananier</t>
+          <t>Chaises Épis de blés</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>sellette</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>noyer</t>
+          <t>noyer, cuir</t>
         </is>
       </c>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>40743</v>
+        <v>40740</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Cheminée</t>
+          <t>Sellettes aux feuilles de bananier</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Muller, Désiré</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F74" s="2"/>
+      <c r="F74" s="2" t="inlineStr">
+        <is>
+          <t>sellette</t>
+        </is>
+      </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>noyer</t>
         </is>
       </c>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>40744</v>
+        <v>40743</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Guéridon aux libellules, première version</t>
+          <t>Cheminée</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Muller, Désiré</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F75" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F75" s="2"/>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>noyer, nacre</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>40569</v>
+        <v>40744</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Colchique</t>
+          <t>Guéridon aux libellules, première version</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>guéridon</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>noyer, nacre</t>
         </is>
       </c>
       <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>40570</v>
+        <v>40569</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Iris</t>
+          <t>Colchique</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>aiguière</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>40575</v>
+        <v>40570</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Colombines</t>
+          <t>Iris</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>aiguière</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>40577</v>
+        <v>40575</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Nymphéas</t>
+          <t>Colombines</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H79" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>40580</v>
+        <v>40577</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Orchidée</t>
+          <t>Nymphéas</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>40588</v>
+        <v>40580</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Orchidée</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
-      <c r="G81" s="2"/>
-      <c r="H81" s="2"/>
+      <c r="G81" s="2" t="inlineStr">
+        <is>
+          <t>verre</t>
+        </is>
+      </c>
+      <c r="H81" s="2" t="inlineStr">
+        <is>
+          <t>technique du verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>40601</v>
+        <v>40588</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé jaune et bleu</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
-      <c r="G82" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>40602</v>
+        <v>40601</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé évasé</t>
+          <t>Vase irisé jaune et bleu</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>40606</v>
+        <v>40602</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or pied brun</t>
+          <t>Vase irisé évasé</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>40608</v>
+        <v>40606</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Vases irisés jaune et orange</t>
+          <t>Vase irisé or pied brun</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>40609</v>
+        <v>40608</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vases</t>
+          <t>Vases irisés jaune et orange</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>40645</v>
+        <v>40609</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Plafonnier boule jaune</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>filigrané [verre]</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>40646</v>
+        <v>40645</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Plafonnier boule orange</t>
+          <t>Sans titre. Plafonnier boule jaune</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>verre, bronze</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>filigrané [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>40647</v>
+        <v>40646</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>La Princesse lointaine</t>
+          <t>Sans titre. Plafonnier boule orange</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Truffier, Adolphe / Mucha, Alphonse</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>bronze, émail, malachite, améthyste, pierre bleue</t>
-[...2 lines deleted...]
-      <c r="H89" s="2"/>
+          <t>verre, bronze</t>
+        </is>
+      </c>
+      <c r="H89" s="2" t="inlineStr">
+        <is>
+          <t>filigrané [verre]</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>40648</v>
+        <v>40647</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Quatre appliques "Femme aux iris"</t>
+          <t>La Princesse lointaine</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Truffier, Adolphe / Mucha, Alphonse</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>applique</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, émail, malachite, améthyste, pierre bleue</t>
         </is>
       </c>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>40653</v>
+        <v>40648</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Pavots</t>
+          <t>Quatre appliques "Femme aux iris"</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Flamand, Auguste</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>applique</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H91" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>40655</v>
+        <v>40653</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>La Danse (la Loïe Fuller)</t>
+          <t>Pavots</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Larche, Raoul</t>
+          <t>Flamand, Georges</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H92" s="2"/>
+      <c r="H92" s="2" t="inlineStr">
+        <is>
+          <t>technique des métaux</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>40662</v>
+        <v>40655</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Deux Chandeliers</t>
+          <t>La Danse (la Loïe Fuller)</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>de Feure, Georges</t>
+          <t>Larche, Raoul</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>40665</v>
+        <v>40662</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Deux chandeliers "Lilium"</t>
+          <t>Deux Chandeliers</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Van Strydonck, Guillaume</t>
+          <t>de Feure, Georges</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>chandelier</t>
         </is>
       </c>
-      <c r="G94" s="2"/>
+      <c r="G94" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>40686</v>
+        <v>40665</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>La Nature</t>
+          <t>Deux chandeliers "Lilium"</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Lalique, René</t>
+          <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1901</t>
-[...7 lines deleted...]
-      </c>
+          <t>1900 - </t>
+        </is>
+      </c>
+      <c r="F95" s="2" t="inlineStr">
+        <is>
+          <t>chandelier</t>
+        </is>
+      </c>
+      <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>40689</v>
+        <v>40686</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Raisins</t>
+          <t>La Nature</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Lalique, René</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1901</t>
+        </is>
+      </c>
+      <c r="F96" s="2"/>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>40690</v>
+        <v>40689</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Petit plateau</t>
+          <t>Raisins</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>40693</v>
+        <v>40690</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Service à thé et à café</t>
+          <t>Sans titre. Petit plateau</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Follot, Paul</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1905</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>40694</v>
+        <v>40693</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Sonnette de table</t>
+          <t>Sans titre. Service à thé et à café</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
-      <c r="D99" s="2"/>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>Follot, Paul</t>
+        </is>
+      </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>40700</v>
+        <v>40694</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Nénuphars</t>
+          <t>Sans titre. Sonnette de table</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>céramique, bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>40701</v>
+        <v>40700</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Naufragés</t>
+          <t>Nénuphars</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F101" s="2"/>
+      <c r="F101" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>céramique, bronze</t>
         </is>
       </c>
-      <c r="H101" s="2"/>
+      <c r="H101" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>40702</v>
+        <v>40701</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Offrande. Brûle-parfums</t>
+          <t>Naufragés</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
-      <c r="D102" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F102" s="2"/>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>céramique, émail</t>
-[...6 lines deleted...]
-      </c>
+          <t>céramique, bronze</t>
+        </is>
+      </c>
+      <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>40707</v>
+        <v>40702</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Espérance</t>
+          <t>Offrande. Brûle-parfums</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>de Firmen, Adolphe</t>
+          <t>Massier, Clément</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - </t>
+        </is>
+      </c>
+      <c r="F103" s="2"/>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H103" s="2"/>
+          <t>céramique, émail</t>
+        </is>
+      </c>
+      <c r="H103" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>40729</v>
+        <v>40707</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Guéridons Nénuphar</t>
+          <t>Espérance</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>de Firmen, Adolphe</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1902</t>
-[...2 lines deleted...]
-      <c r="F104" s="2"/>
+          <t>1901 - </t>
+        </is>
+      </c>
+      <c r="F104" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>bois, bronze</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>40733</v>
+        <v>40729</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Sellette tripode</t>
+          <t>Guéridons Nénuphar</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1901 - 1902</t>
         </is>
       </c>
-      <c r="F105" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F105" s="2"/>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
+          <t>bois, bronze</t>
         </is>
       </c>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>40734</v>
+        <v>40733</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Grand meuble d'appui Nénuphar</t>
+          <t>Sellette tripode</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
-[...2 lines deleted...]
-      <c r="F106" s="2"/>
+          <t>1901 - 1902</t>
+        </is>
+      </c>
+      <c r="F106" s="2" t="inlineStr">
+        <is>
+          <t>sellette</t>
+        </is>
+      </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>acajou, bronze</t>
+          <t>acajou</t>
         </is>
       </c>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>40745</v>
+        <v>40734</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Guéridon aux libellules, deuxième version</t>
+          <t>Grand meuble d'appui Nénuphar</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>
-      <c r="F107" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F107" s="2"/>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>noyer, nacre</t>
+          <t>acajou, bronze</t>
         </is>
       </c>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>40753</v>
+        <v>40745</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Meuble d'appui Nénuphar</t>
+          <t>Guéridon aux libellules, deuxième version</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>
-      <c r="F108" s="2"/>
+      <c r="F108" s="2" t="inlineStr">
+        <is>
+          <t>guéridon</t>
+        </is>
+      </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>bois, bronze</t>
+          <t>noyer, nacre</t>
         </is>
       </c>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>40754</v>
+        <v>40753</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Grand bureau Nénuphar</t>
+          <t>Meuble d'appui Nénuphar</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
-[...6 lines deleted...]
-      </c>
+          <t>1901 - </t>
+        </is>
+      </c>
+      <c r="F109" s="2"/>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, bronze</t>
         </is>
       </c>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>40567</v>
+        <v>40754</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Les Hippocampes</t>
+          <t>Grand bureau Nénuphar</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>40574</v>
+        <v>40567</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Fonds marins</t>
+          <t>Les Hippocampes</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>40576</v>
+        <v>40574</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Hippocampe</t>
+          <t>Fonds marins</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>40603</v>
+        <v>40576</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or et pied brun</t>
+          <t>Hippocampe</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>40721</v>
+        <v>40603</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Vitrine Nénuphar</t>
+          <t>Vase irisé or et pied brun</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
-[...2 lines deleted...]
-      <c r="H114" s="2"/>
+          <t>verre</t>
+        </is>
+      </c>
+      <c r="H114" s="2" t="inlineStr">
+        <is>
+          <t>soufflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>40735</v>
+        <v>40721</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Vitrine-bibliothèque Nénuphar</t>
+          <t>Vitrine Nénuphar</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>vitrine</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>acajou, bronze</t>
+          <t>acajou</t>
         </is>
       </c>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>40739</v>
+        <v>40735</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Guéridon Fougère</t>
+          <t>Vitrine-bibliothèque Nénuphar</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
-      <c r="F116" s="2"/>
+      <c r="F116" s="2" t="inlineStr">
+        <is>
+          <t>vitrine</t>
+        </is>
+      </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
+          <t>acajou, bronze</t>
         </is>
       </c>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>40746</v>
+        <v>40739</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Guéridon aux ombelles</t>
+          <t>Guéridon Fougère</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1903</t>
-[...6 lines deleted...]
-      </c>
+          <t>1902 - </t>
+        </is>
+      </c>
+      <c r="F117" s="2"/>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>noyer</t>
+          <t>acajou</t>
         </is>
       </c>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>40752</v>
+        <v>40746</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Au gui</t>
+          <t>Guéridon aux ombelles</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Boverie, Louis</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1902 - 1903</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>secrétaire</t>
+          <t>guéridon</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>noyer, bronze</t>
+          <t>noyer</t>
         </is>
       </c>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>40600</v>
+        <v>40752</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Orchidée</t>
+          <t>Au gui</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Boverie, Louis</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>secrétaire</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
-[...6 lines deleted...]
-      </c>
+          <t>noyer, bronze</t>
+        </is>
+      </c>
+      <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>40641</v>
+        <v>40600</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Chandelle des prés</t>
+          <t>Orchidée</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis / Daum, Antonin</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>fer, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>forgé</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>40724</v>
+        <v>40641</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Bureau de dame Nénuphar</t>
+          <t>Chandelle des prés</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
-[...2 lines deleted...]
-      <c r="H121" s="2"/>
+          <t>fer, verre</t>
+        </is>
+      </c>
+      <c r="H121" s="2" t="inlineStr">
+        <is>
+          <t>forgé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>40728</v>
+        <v>40724</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Chaise Nénuphar</t>
+          <t>Bureau de dame Nénuphar</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>noyer, bronze, osier</t>
+          <t>acajou</t>
         </is>
       </c>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>40755</v>
+        <v>40728</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil de bureau Nénuphar</t>
+          <t>Chaise Nénuphar</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>acajou, cuir, bronze</t>
+          <t>noyer, bronze, osier</t>
         </is>
       </c>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>40629</v>
+        <v>40755</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Cyclamen</t>
+          <t>Fauteuil de bureau Nénuphar</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Daum, Antonin</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>acajou, cuir, bronze</t>
         </is>
       </c>
       <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>40631</v>
+        <v>40629</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Orchidées</t>
+          <t>Cyclamen</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Daum, Antonin</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
-      <c r="F125" s="2"/>
+      <c r="F125" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H125" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>40639</v>
+        <v>40631</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Lampe Magnolias</t>
+          <t>Orchidées</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis / Daum, Antonin</t>
+          <t>Daum, Antonin</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
-      <c r="F126" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F126" s="2"/>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
-[...2 lines deleted...]
-      <c r="H126" s="2"/>
+          <t>verre</t>
+        </is>
+      </c>
+      <c r="H126" s="2" t="inlineStr">
+        <is>
+          <t>technique du verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>40640</v>
+        <v>40639</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Applique Magnolias</t>
+          <t>Lampe Magnolias</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>bronze, verre</t>
         </is>
       </c>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>40644</v>
+        <v>40640</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Monnaie du pape</t>
+          <t>Applique Magnolias</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>40777</v>
+        <v>40644</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Circé</t>
+          <t>Monnaie du pape</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Mossa, Gustav Adolf</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>laiton, verre</t>
+        </is>
+      </c>
+      <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>40637</v>
+        <v>40777</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>La Gorgone</t>
+          <t>Circé</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Cros, Henri</t>
+          <t>Mossa, Gustav Adolf</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
-[...2 lines deleted...]
-      <c r="H130" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H130" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>40642</v>
+        <v>40637</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Ombelles du Caucase</t>
+          <t>La Gorgone</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis / Daum, Antonin</t>
+          <t>Cros, Henri</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>pâte de verre</t>
         </is>
       </c>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>40705</v>
+        <v>40642</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Le Secret</t>
+          <t>Ombelles du Caucase</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Masseau, Pierre Félix</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
-[...2 lines deleted...]
-      <c r="F132" s="2"/>
+          <t>1904 - </t>
+        </is>
+      </c>
+      <c r="F132" s="2" t="inlineStr">
+        <is>
+          <t>lampe</t>
+        </is>
+      </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>40709</v>
+        <v>40705</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>La perle</t>
+          <t>Le Secret</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Maillard, Charles</t>
+          <t>Masseau, Pierre Félix</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F133" s="2"/>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>40710</v>
+        <v>40709</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Perversité</t>
+          <t>La perle</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Chalon , Louis</t>
+          <t>Maillard, Charles</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F134" s="2"/>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>40711</v>
+        <v>40710</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Le secret</t>
+          <t>Perversité</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Masseau, Pierre Félix</t>
+          <t>Chalon , Louis</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F135" s="2"/>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>40654</v>
+        <v>40711</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Bouquet floral</t>
+          <t>Le secret</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Landry, Abel</t>
+          <t>Masseau, Pierre Félix</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
-      <c r="F136" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F136" s="2"/>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>40775</v>
+        <v>40654</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Une charogne</t>
+          <t>Bouquet floral</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Mossa, Gustav Adolf</t>
+          <t>Landry, Abel</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze, verre</t>
+        </is>
+      </c>
+      <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>40605</v>
+        <v>40775</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Vase bleu et orange</t>
+          <t>Une charogne</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Mossa, Gustav Adolf</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1913</t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>40607</v>
+        <v>40605</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Vase col de cygne</t>
+          <t>Vase bleu et orange</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1909</t>
+          <t>1906 - 1913</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>40610</v>
+        <v>40607</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Clair de lune</t>
+          <t>Vase col de cygne</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Muller, Henri / Muller, Désiré</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1906 - 1907</t>
+          <t>1906 - 1909</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H140" s="2"/>
+      <c r="H140" s="2" t="inlineStr">
+        <is>
+          <t>soufflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>40611</v>
+        <v>40610</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Clair de lune</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H141" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>40612</v>
+        <v>40611</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
           <t>Sans titre. Vase</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>40613</v>
+        <v>40612</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Soliflore Orchidées</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H143" s="2"/>
+      <c r="H143" s="2" t="inlineStr">
+        <is>
+          <t>technique du verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>40614</v>
+        <v>40613</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase au paysage lacustre et libellule</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H144" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>40615</v>
+        <v>40614</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase Orchidées</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>40616</v>
+        <v>40615</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase Coeur de Marie</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>40617</v>
+        <v>40616</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vases</t>
+          <t>Vase Orchidées</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>40619</v>
+        <v>40617</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Grand vase soliflore</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Muller, Henri</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H148" s="2"/>
+      <c r="H148" s="2" t="inlineStr">
+        <is>
+          <t>technique du verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>40620</v>
+        <v>40618</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>40621</v>
+        <v>40619</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vase</t>
+          <t>Vase soliflore décor aux petit pois</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Muller, Henri / Muller, Désiré</t>
+          <t>Muller, Henri</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H150" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>40622</v>
+        <v>40620</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Deux vases</t>
+          <t>Vase Vigne Vierge</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>40682</v>
+        <v>40621</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Serpent-python</t>
+          <t>Vase Jongen (?) à décor marronnier</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Bugatti, Rembrandt / Hébrard, Adrien-Aurélien</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>coulé à cire perdue</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>40776</v>
+        <v>40622</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Spleen and Ideal</t>
+          <t>Vase Orchidées et vase Jongen orchidées</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Schwabe, Carlos</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1906 - 1907</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>40779</v>
+        <v>40682</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Eva Pandora</t>
+          <t>Serpent-python</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Mossa, Gustav Adolf</t>
+          <t>Bugatti, Rembrandt / Hébrard, Adrien-Aurélien</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>40635</v>
+        <v>40776</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Masque de Cléo de Mérode (blonde)</t>
+          <t>Spleen and Ideal</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Despret, Georges</t>
+          <t>Schwabe, Carlos</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
-[...2 lines deleted...]
-      <c r="H155" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H155" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>40636</v>
+        <v>40779</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Masque de Cléo de Mérode (brune)</t>
+          <t>Eva Pandora</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Despret, Georges</t>
+          <t>Mossa, Gustav Adolf</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
-[...2 lines deleted...]
-      <c r="H156" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H156" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>40778</v>
+        <v>40635</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Les Mortes</t>
+          <t>Masque de Cléo de Mérode (blonde)</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Mossa, Gustav Adolf</t>
+          <t>Despret, Georges</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, gouache, encre de chine, papier</t>
+          <t>pâte de verre</t>
         </is>
       </c>
       <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>40604</v>
+        <v>40636</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Vase tulipe jaune et bleu</t>
+          <t>Masque de Cléo de Mérode (brune)</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Despret, Georges</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
-[...6 lines deleted...]
-      </c>
+          <t>pâte de verre</t>
+        </is>
+      </c>
+      <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>40627</v>
+        <v>40778</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Crabe</t>
+          <t>Les Mortes</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Walter, Amalric / Daum Frères</t>
+          <t>Mossa, Gustav Adolf</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1908 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>presse-papiers</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
+          <t>aquarelle, gouache, encre de chine, papier</t>
         </is>
       </c>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>40630</v>
+        <v>40604</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Tulipes</t>
+          <t>Vase tulipe jaune et bleu</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Daum, Antonin</t>
+          <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
-      <c r="H160" s="2"/>
+      <c r="H160" s="2" t="inlineStr">
+        <is>
+          <t>soufflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>40638</v>
+        <v>40627</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Coloquinte</t>
+          <t>Crabe</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Muller, Henri / Muller, Désiré</t>
+          <t>Walter, Amalric / Daum Frères</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>presse-papiers</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>pâte de verre</t>
         </is>
       </c>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>40643</v>
+        <v>40630</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Mousseron</t>
+          <t>Tulipes</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Daum, Antonin</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>verre, fer</t>
-[...6 lines deleted...]
-      </c>
+          <t>verre</t>
+        </is>
+      </c>
+      <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>40683</v>
+        <v>40638</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Grande autruche baissant la tête</t>
+          <t>Coloquinte (Vase à larmes)</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Bugatti, Rembrandt / Hébrard, Adrien-Aurélien</t>
+          <t>Muller, Henri / Muller, Désiré</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
-      <c r="F163" s="2"/>
+      <c r="F163" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>cristal</t>
+        </is>
+      </c>
+      <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>40673</v>
+        <v>40643</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Été </t>
+          <t>Mousseron</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Daum, Antonin</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>statuette</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>verre, fer</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>coulé à cire perdue</t>
+          <t>technique du verre, forgé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>40678</v>
+        <v>40683</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Eternelle Idylle</t>
+          <t>Grande autruche baissant la tête</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Bugatti, Rembrandt / Hébrard, Adrien-Aurélien</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1910 - </t>
+        </is>
+      </c>
+      <c r="F165" s="2"/>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>40623</v>
+        <v>40673</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Hibou</t>
+          <t>Été </t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Walter, Amalric / Daum Frères</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1912 - 1914</t>
-[...2 lines deleted...]
-      <c r="F166" s="2"/>
+          <t>1911 - </t>
+        </is>
+      </c>
+      <c r="F166" s="2" t="inlineStr">
+        <is>
+          <t>statuette</t>
+        </is>
+      </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
-[...2 lines deleted...]
-      <c r="H166" s="2"/>
+          <t>bronze, marbre</t>
+        </is>
+      </c>
+      <c r="H166" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>40624</v>
+        <v>40678</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Lézard</t>
+          <t>Eternelle Idylle</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Walter, Amalric / Daum Frères</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1912 - 1914</t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>cendrier</t>
+          <t>statuette</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
-[...2 lines deleted...]
-      <c r="H167" s="2"/>
+          <t>bronze, marbre</t>
+        </is>
+      </c>
+      <c r="H167" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>40625</v>
+        <v>40623</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Caméléon</t>
+          <t>Hibou</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Walter, Amalric</t>
+          <t>Walter, Amalric / Daum Frères</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1912 - 1914</t>
         </is>
       </c>
-      <c r="F168" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F168" s="2"/>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>pâte de verre</t>
         </is>
       </c>
       <c r="H168" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>40684</v>
+        <v>40624</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Échassier Jabiru</t>
+          <t>Lézard</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Bugatti, Rembrandt / Hébrard, Adrien-Aurélien</t>
+          <t>Walter, Amalric / Daum Frères</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1912 - 1914</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>cendrier</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>pâte de verre</t>
         </is>
       </c>
       <c r="H169" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>40685</v>
+        <v>40625</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Rapace serpentaire femelle</t>
+          <t>Caméléon</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Bugatti, Rembrandt / Hébrard, Adrien-Aurélien</t>
+          <t>Walter, Amalric</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1912 - 1914</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>cendrier</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>pâte de verre</t>
+        </is>
+      </c>
+      <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>40596</v>
+        <v>40684</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Scarabées</t>
+          <t>Échassier Jabiru</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Décorchemont, François</t>
+          <t>Bugatti, Rembrandt / Hébrard, Adrien-Aurélien</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H171" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>40597</v>
+        <v>40685</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Capricornes</t>
+          <t>Rapace serpentaire femelle</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Décorchemont, François</t>
+          <t>Bugatti, Rembrandt / Hébrard, Adrien-Aurélien</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre</t>
-[...2 lines deleted...]
-      <c r="H172" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H172" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>40626</v>
+        <v>40596</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Danaé</t>
+          <t>Scarabées</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Walter, Amalric / Daum Frères</t>
+          <t>Décorchemont, François</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>presse-papiers</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>pâte de verre</t>
         </is>
       </c>
-      <c r="H173" s="2"/>
+      <c r="H173" s="2" t="inlineStr">
+        <is>
+          <t>technique du verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>40674</v>
+        <v>40597</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Méditation</t>
+          <t>Capricornes</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Décorchemont, François</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>statuette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
-[...6 lines deleted...]
-      </c>
+          <t>pâte de verre</t>
+        </is>
+      </c>
+      <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>40599</v>
+        <v>40626</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Scarabées</t>
+          <t>Danaé</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Décorchemont, François</t>
+          <t>Walter, Amalric / Daum Frères</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>presse-papiers</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>pâte de verre</t>
         </is>
       </c>
-      <c r="H175" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>40677</v>
+        <v>40674</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>A Nos Héros</t>
+          <t>Méditation</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>statuette</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>40598</v>
+        <v>40599</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Les masques</t>
+          <t>Scarabées</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Décorchemont, François</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>pâte de verre</t>
         </is>
       </c>
-      <c r="H177" s="2"/>
+      <c r="H177" s="2" t="inlineStr">
+        <is>
+          <t>technique du verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>40671</v>
+        <v>40677</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Attitudes/ Arabesque</t>
+          <t>A Nos Héros</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>statuette</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>40672</v>
+        <v>40598</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Lassitude</t>
+          <t>Les masques</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Décorchemont, François</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>statuette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
-[...6 lines deleted...]
-      </c>
+          <t>pâte de verre</t>
+        </is>
+      </c>
+      <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>40679</v>
+        <v>40671</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>La Guirlande</t>
+          <t>Attitudes/ Arabesque</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>statuette</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
+        <v>40672</v>
+      </c>
+      <c r="B181" s="2" t="inlineStr">
+        <is>
+          <t>Lassitude</t>
+        </is>
+      </c>
+      <c r="C181" s="2" t="inlineStr">
+        <is>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D181" s="2" t="inlineStr">
+        <is>
+          <t>Wolfers, Philippe</t>
+        </is>
+      </c>
+      <c r="E181" s="2" t="inlineStr">
+        <is>
+          <t>1921 - </t>
+        </is>
+      </c>
+      <c r="F181" s="2" t="inlineStr">
+        <is>
+          <t>statuette</t>
+        </is>
+      </c>
+      <c r="G181" s="2" t="inlineStr">
+        <is>
+          <t>bronze, marbre</t>
+        </is>
+      </c>
+      <c r="H181" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="1" t="n">
+        <v>40679</v>
+      </c>
+      <c r="B182" s="2" t="inlineStr">
+        <is>
+          <t>La Guirlande</t>
+        </is>
+      </c>
+      <c r="C182" s="2" t="inlineStr">
+        <is>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D182" s="2" t="inlineStr">
+        <is>
+          <t>Wolfers, Philippe</t>
+        </is>
+      </c>
+      <c r="E182" s="2" t="inlineStr">
+        <is>
+          <t>1921 - </t>
+        </is>
+      </c>
+      <c r="F182" s="2" t="inlineStr">
+        <is>
+          <t>statuette</t>
+        </is>
+      </c>
+      <c r="G182" s="2" t="inlineStr">
+        <is>
+          <t>bronze, marbre</t>
+        </is>
+      </c>
+      <c r="H182" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="1" t="n">
         <v>40676</v>
       </c>
-      <c r="B181" s="2" t="inlineStr">
+      <c r="B183" s="2" t="inlineStr">
         <is>
           <t>Réveil du Printemps/ Naissance du Printemps</t>
         </is>
       </c>
-      <c r="C181" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D181" s="2" t="inlineStr">
+      <c r="C183" s="2" t="inlineStr">
+        <is>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe</t>
         </is>
       </c>
-      <c r="E181" s="2" t="inlineStr">
+      <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
-      <c r="F181" s="2" t="inlineStr">
+      <c r="F183" s="2" t="inlineStr">
         <is>
           <t>statuette</t>
         </is>
       </c>
-      <c r="G181" s="2" t="inlineStr">
+      <c r="G183" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
-      <c r="H181" s="2" t="inlineStr">
+      <c r="H183" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">