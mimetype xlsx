--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -2207,401 +2207,401 @@
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>68854</v>
+        <v>68770</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Philippe Zilcken, Profil de femme, gravure, s.d.</t>
+          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Zilcken, Philippe / Zileken, Philippe</t>
+          <t>Abattucci, Pierre</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>gravure à la pointe-sèche, collé</t>
+          <t>eau-forte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>68888</v>
+        <v>68854</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Charles Billoin, Portrait de la tragédienne Rachel, lithographie, s.d.</t>
+          <t>Philippe Zilcken, Profil de femme, gravure, s.d.</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Charles</t>
+          <t>Zilcken, Philippe / Zileken, Philippe</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>gravure à la pointe-sèche, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>68908</v>
+        <v>68888</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Armand Massonet, Projet d'affiche pour le cercle d'Art de Saint-Gilles, fusain et aquarel, s.d.</t>
+          <t>Charles Billoin, Portrait de la tragédienne Rachel, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Massonet, Armand</t>
+          <t>Billoin, Charles</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, aquarelle, fusain</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique de peinture, collé</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>68977</v>
+        <v>68908</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
+          <t>Armand Massonet, Projet d'affiche pour le cercle d'Art de Saint-Gilles, fusain et aquarel, s.d.</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Massonet, Armand</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, carton, aquarelle, fusain</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>dessin, technique de peinture, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>69069</v>
+        <v>68977</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Pierron, Portrait de mon frère Louis, crayon de couleur sur papier, s.d.</t>
+          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Pierron, Adolphe</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, crayon de couleur</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>dessin, collé</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>95224</v>
+        <v>69069</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Adolphe Pierron, Portrait de mon frère Louis, crayon de couleur sur papier, s.d.</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Pierron, Adolphe</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>peinture, papier</t>
+          <t>papier, carton, crayon de couleur</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>dessin, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>95351</v>
+        <v>95224</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Gabriel, Henri</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>feutrine</t>
+          <t>peinture, papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>95363</v>
+        <v>95351</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Gabriel, Henri</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
-      <c r="G61" s="2"/>
+      <c r="G61" s="2" t="inlineStr">
+        <is>
+          <t>feutrine</t>
+        </is>
+      </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>68770</v>
+        <v>95363</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Pierre Abattucci, Tête de jeune fille, gravure, s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Abattucci, Pierre</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>collage</t>
+        </is>
+      </c>
+      <c r="G62" s="2"/>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>eau-forte, collé</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>