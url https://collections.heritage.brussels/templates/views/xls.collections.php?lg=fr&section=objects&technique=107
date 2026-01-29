--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -179,141 +179,141 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>81254</v>
+        <v>99199</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Jupe </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Ascot</t>
+        </is>
+      </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>cuir, laine, soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, appliqué</t>
+          <t>drap, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>86541</v>
+        <v>81254</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Deux textiles à l’effigie du roi Léopold II </t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
-      <c r="F3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>veste d'intérieur</t>
+        </is>
+      </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>drap, satin, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99199</v>
+        <v>86541</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Jupe </t>
+          <t>Deux textiles à l’effigie du roi Léopold II </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>cuir, laine, soie</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>drap, technique du cuir</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>88458</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Décoration en soie peinte</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1749 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
@@ -419,117 +419,117 @@
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1860 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>pantalon, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>88468</v>
+        <v>74529</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Nœud en soie noire et blanche</t>
+          <t>Bottines, guêtres et embauchoirs</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>textile civil</t>
+          <t>ensemble, embauchoir, chaussure</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, laine, cuir</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>drap, passementerie</t>
+          <t>drap, vernis, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>74529</v>
+        <v>88468</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Bottines, guêtres et embauchoirs</t>
+          <t>Nœud en soie noire et blanche</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>ensemble, embauchoir, chaussure</t>
+          <t>textile civil</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>bois, laine, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>drap, vernis, taillé</t>
+          <t>drap, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>81220</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Costume d'amazone</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
@@ -999,115 +999,115 @@
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1958 - 1960</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>trois pièces, jupe, haut à manches courtes ou longues, accessoire textile</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>laine, viscose</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>drap, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>81465</v>
+        <v>99132</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Hirsch &amp; Cie</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1961</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>pantalon, veste d'intérieur</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>99132</v>
+        <v>81465</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Hirsch &amp; Cie</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1961</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>81438</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Robe de grossesse</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -1315,165 +1315,165 @@
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>95270</v>
+        <v>99285</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Tailleur pantalon et jupe </t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Lanvin</t>
+          <t>Ascot,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1978</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, soie, lin</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>tricot, drap</t>
+          <t>passementerie, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>57982</v>
+        <v>95270</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur et blouse</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent,  / Ascot,  / Saint Laurent, Yves</t>
+          <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>tricot, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>99285</v>
+        <v>57982</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon et jupe </t>
+          <t>Ensemble tailleur et blouse</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves</t>
+          <t>Yves Saint Laurent,  / Ascot,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, lin</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>passementerie, drap</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>57978</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Tailleur</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
@@ -1627,125 +1627,125 @@
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1988 - 1989</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>deux pièces, chaussure</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>laine, cuir, viscose</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>drap, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>54906</v>
+        <v>60653</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Galliano, John / John Galliano</t>
+          <t>Calvin Klein,  / Klein, Calvin</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, laine</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>drap, sergé</t>
+          <t>satin, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>60653</v>
+        <v>54906</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Calvin Klein,  / Klein, Calvin</t>
+          <t>Galliano, John / John Galliano</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>acétate, viscose, laine</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>satin, drap</t>
+          <t>drap, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
         <v>102739</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Ensemble de baptême orthodoxe</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
@@ -2055,245 +2055,245 @@
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>soie, cachemire</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>satin, peint, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>37072</v>
+        <v>59406</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et jupe</t>
+          <t>Veste-cape</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2017</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, drap</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>59404</v>
+        <v>59407</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Seghers, Gioia / Gioia Seghers,</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2013 - 2017</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques, coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>drap, sergé</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>59406</v>
+        <v>61492</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Veste-cape</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Thamanyah,  / Abdelrahman, Ahmed</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2017</t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>59407</v>
+        <v>37072</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Ensemble blouse et jupe</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2017</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>jacquard ou façonné, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>61492</v>
+        <v>59404</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Thamanyah,  / Abdelrahman, Ahmed</t>
+          <t>Seghers, Gioia / Gioia Seghers,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - 2017</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, fibres synthétiques, coton</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>drap, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>85688</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>2018 - 2019</t>