--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -179,141 +179,141 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99199</v>
+        <v>86541</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Jupe </t>
+          <t>Deux textiles à l’effigie du roi Léopold II </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D2" s="2"/>
       <c r="E2" s="2"/>
-      <c r="F2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>cuir, laine, soie</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>drap, technique du cuir</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>81254</v>
+        <v>99199</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Jupe </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="inlineStr">
+        <is>
+          <t>Ascot</t>
+        </is>
+      </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>cuir, laine, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, appliqué</t>
+          <t>drap, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>86541</v>
+        <v>81254</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Deux textiles à l’effigie du roi Léopold II </t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>veste d'intérieur</t>
+        </is>
+      </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>drap, satin, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>88458</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Décoration en soie peinte</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1749 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
@@ -419,117 +419,117 @@
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1860 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>pantalon, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>74529</v>
+        <v>88468</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Bottines, guêtres et embauchoirs</t>
+          <t>Nœud en soie noire et blanche</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>ensemble, embauchoir, chaussure</t>
+          <t>textile civil</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>bois, laine, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>drap, vernis, taillé</t>
+          <t>drap, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>88468</v>
+        <v>74529</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Nœud en soie noire et blanche</t>
+          <t>Bottines, guêtres et embauchoirs</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>textile civil</t>
+          <t>ensemble, embauchoir, chaussure</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, laine, cuir</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>drap, passementerie</t>
+          <t>drap, vernis, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>81220</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Costume d'amazone</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
@@ -999,115 +999,115 @@
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1958 - 1960</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>trois pièces, jupe, haut à manches courtes ou longues, accessoire textile</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>laine, viscose</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>drap, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>99132</v>
+        <v>81465</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Hirsch &amp; Cie</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1961</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>81465</v>
+        <v>99132</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Hirsch &amp; Cie</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1961</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>pantalon, veste d'intérieur</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>81438</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Robe de grossesse</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -1195,285 +1195,285 @@
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1969 - 1970</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>81350</v>
+        <v>57998</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Lapidus, Ted / Ted Lapidus</t>
+          <t>Balmain, Pierre / Balmain</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>57998</v>
+        <v>81350</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Balmain, Pierre / Balmain</t>
+          <t>Lapidus, Ted / Ted Lapidus</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, acétate</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
         <v>57845</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Cape</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>99285</v>
+        <v>95270</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon et jupe </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves</t>
+          <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, lin</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>passementerie, drap</t>
+          <t>tricot, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>95270</v>
+        <v>57982</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble tailleur et blouse</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Lanvin</t>
+          <t>Yves Saint Laurent,  / Ascot,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1978</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>tricot, drap</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>57982</v>
+        <v>99285</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur et blouse</t>
+          <t>Tailleur pantalon et jupe </t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent,  / Ascot,  / Saint Laurent, Yves</t>
+          <t>Ascot,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, soie, lin</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>passementerie, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>57978</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Tailleur</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
@@ -1627,125 +1627,125 @@
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1988 - 1989</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>deux pièces, chaussure</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>laine, cuir, viscose</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>drap, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>60653</v>
+        <v>54906</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Calvin Klein,  / Klein, Calvin</t>
+          <t>Galliano, John / John Galliano</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>acétate, viscose, laine</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>satin, drap</t>
+          <t>drap, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>54906</v>
+        <v>60653</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Galliano, John / John Galliano</t>
+          <t>Calvin Klein,  / Klein, Calvin</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, laine</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>drap, sergé</t>
+          <t>satin, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
         <v>102739</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Ensemble de baptême orthodoxe</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
@@ -2055,245 +2055,245 @@
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>soie, cachemire</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>satin, peint, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>59406</v>
+        <v>37072</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Veste-cape</t>
+          <t>Ensemble blouse et jupe</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2017</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>jacquard ou façonné, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>59407</v>
+        <v>59404</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Seghers, Gioia / Gioia Seghers,</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2013 - 2017</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, fibres synthétiques, coton</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>drap, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>61492</v>
+        <v>59406</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Veste-cape</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Thamanyah,  / Abdelrahman, Ahmed</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - 2017</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>37072</v>
+        <v>59407</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et jupe</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2017</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, drap</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>59404</v>
+        <v>61492</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Seghers, Gioia / Gioia Seghers,</t>
+          <t>Thamanyah,  / Abdelrahman, Ahmed</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2017</t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques, coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>drap, sergé</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>85688</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>2018 - 2019</t>