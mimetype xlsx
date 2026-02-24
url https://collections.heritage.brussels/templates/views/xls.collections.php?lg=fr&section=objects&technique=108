--- v0 (2026-01-09)
+++ v1 (2026-02-24)
@@ -903,333 +903,333 @@
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1830 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>taffetas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>45968</v>
+        <v>58552</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché</t>
+          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>57933</v>
+        <v>45968</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
+          <t>taffetas, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>58552</v>
+        <v>57933</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
+          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>60926</v>
+        <v>74199</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>60927</v>
+        <v>60926</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>87825</v>
+        <v>60927</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>88286</v>
+        <v>87825</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
+          <t>technique de sculpture, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>74199</v>
+        <v>88286</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>61808</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Bretelles</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1845 - 1865</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
@@ -1263,333 +1263,333 @@
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1848 - 1850</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>45856</v>
+        <v>58551</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Casaque</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1853</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>36979</v>
+        <v>58566</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>dentelle aux fuseaux, taffetas, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>46523</v>
+        <v>58567</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton, ivoire</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché, lampas</t>
+          <t>taffetas, dentelle à l'aiguille, dentelle aux fuseaux, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>36986</v>
+        <v>45856</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1853</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>chapeau, masque</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, paille, métal, crin, carton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>velours, dentelle aux fuseaux, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>36994</v>
+        <v>36979</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Capote</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1855</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>58551</v>
+        <v>46523</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Casaque</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1853</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, broché, lampas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>58566</v>
+        <v>36986</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1853</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chapeau, masque</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie, paille, métal, crin, carton</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, taffetas, dentelle mixte</t>
+          <t>velours, dentelle aux fuseaux, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>58567</v>
+        <v>36994</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Capote</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1855</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>taffetas, dentelle à l'aiguille, dentelle aux fuseaux, technique de sculpture</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>88403</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
@@ -1659,117 +1659,117 @@
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1855 - 1862</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>paille, soie, coton</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>61160</v>
+        <v>72917</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1859</t>
+          <t>1855 - 1856</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>72917</v>
+        <v>61160</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1855 - 1856</t>
+          <t>1855 - 1859</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>taffetas, jacquard ou façonné</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
         <v>58449</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1857 - 1859</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
@@ -1947,117 +1947,117 @@
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1863 - 1864</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>robe, robe longue</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>taffetas, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>58536</v>
+        <v>45503</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi.</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1866</t>
+          <t>1865 - 1870</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, broché, velours, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>45503</v>
+        <v>58536</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Robe d'après-midi.</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1870</t>
+          <t>1865 - 1866</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broché, velours, dentelle mécanique</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
         <v>44780</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1867 - 1868</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
@@ -2703,117 +2703,117 @@
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1893 - 1900</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>deux pièces, robe longue</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>36996</v>
+        <v>43082</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Corsage de demi-deuil </t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1898</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>taffetas, appliqué</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>43082</v>
+        <v>36996</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Corsage de demi-deuil </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1898</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>taffetas, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>80992</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
@@ -3099,117 +3099,117 @@
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1916 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>87796</v>
+        <v>59303</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>canne, ombrelle, parapluie</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>laiton, bois, soie, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>59303</v>
+        <v>87796</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laiton, bois, soie, ivoire</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>technique de gravure, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
         <v>45587</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
@@ -3733,51 +3733,51 @@
           <t>vinyle, étain, polyester</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>81292</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Balmain, Pierre</t>
+          <t>Balmain, Pierre / Balmain</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
@@ -3835,153 +3835,153 @@
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>60665</v>
+        <v>59458</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>taffetas, sergé</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>81442</v>
+        <v>60665</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble de cérémonie</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1958 - 1960</t>
+          <t>1958 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>taffetas</t>
+          <t>taffetas, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>59458</v>
+        <v>81442</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1958 - </t>
+          <t>1958 - 1960</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
         <v>100473</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Sac</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Loewe,  / Perez de Rosas, José</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
@@ -4589,139 +4589,139 @@
           <t>soie</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>taffetas, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
         <v>57859</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
           <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Dior, Christian / Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1976 - 1978</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>91090</v>
+        <v>74699</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble robe et étole</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1976 - 1977</t>
         </is>
       </c>
-      <c r="F123" s="2"/>
+      <c r="F123" s="2" t="inlineStr">
+        <is>
+          <t>ensemble</t>
+        </is>
+      </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>74699</v>
+        <v>91090</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et étole</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1976 - 1977</t>
         </is>
       </c>
-      <c r="F124" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F124" s="2"/>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
         <v>65683</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
           <t>Ensemble caraco et jupe longue </t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
@@ -4811,113 +4811,113 @@
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>mousseline, taffetas, imprimé, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>66490</v>
+        <v>74714</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et col </t>
+          <t>Ensemble robe et sur-jupe </t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1979</t>
-[...6 lines deleted...]
-      </c>
+          <t>1978 - 1980</t>
+        </is>
+      </c>
+      <c r="F128" s="2"/>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>74714</v>
+        <v>66490</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et sur-jupe </t>
+          <t>Ensemble robe et col </t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1980</t>
-[...2 lines deleted...]
-      <c r="F129" s="2"/>
+          <t>1978 - 1979</t>
+        </is>
+      </c>
+      <c r="F129" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
         <v>76042</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>