--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -179,141 +179,141 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>80870</v>
+        <v>64204</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Vitrine d'exposition </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>coton, métal, verre</t>
+          <t>bois, verre, laiton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>64204</v>
+        <v>44945</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Vitrine d'exposition </t>
+          <t>Pélerine</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, laiton</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>passementerie, dentelle mécanique, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>44945</v>
+        <v>80870</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Pélerine</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>coton, métal, verre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle mécanique, ottoman</t>
+          <t>broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>31029</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
@@ -635,1313 +635,1313 @@
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1680 - 1750</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>antependium et devant d'autel</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>70884</v>
+        <v>70889</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>70886</v>
+        <v>70884</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Chape</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>brocart, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>passementerie, tissage, broderie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>70887</v>
+        <v>70886</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, brocart d'argent</t>
+          <t>brocart, soie, fil d'or</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>70889</v>
+        <v>70887</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil d'or, brocart d'argent</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>30632</v>
+        <v>43487</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1715</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>passementerie, tissage, broché</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>30633</v>
+        <v>45154</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Pale</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1715</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>passementerie, tissage</t>
+          <t>velours, damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>45154</v>
+        <v>30632</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Pale</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1715</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>velours, damas, passementerie</t>
+          <t>passementerie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>43487</v>
+        <v>30633</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1715</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>70894</v>
+        <v>43484</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>70897</v>
+        <v>43485</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>70901</v>
+        <v>43489</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>70903</v>
+        <v>43481</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>70904</v>
+        <v>43482</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie, taffetas</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>70907</v>
+        <v>43483</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>pale de calice</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie, taffetas</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>70909</v>
+        <v>70890</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, taffetas</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>70910</v>
+        <v>70894</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>70911</v>
+        <v>70897</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D31" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>brocart d'argent, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>70916</v>
+        <v>86871</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, technique d'impression, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>86867</v>
+        <v>70901</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>86868</v>
+        <v>70903</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>86869</v>
+        <v>70904</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>tissage, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>86870</v>
+        <v>70907</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique d'impression, passementerie</t>
+          <t>tissage, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>70890</v>
+        <v>70909</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>31022</v>
+        <v>70910</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>31024</v>
+        <v>70911</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
+          <t>Chasuble</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
+      <c r="E39" s="2" t="inlineStr">
+        <is>
+          <t>1701 - 1800</t>
+        </is>
+      </c>
+      <c r="F39" s="2" t="inlineStr">
+        <is>
           <t>chasuble</t>
         </is>
       </c>
-      <c r="C39" s="2" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>brocart d'argent, soie, fil d'or</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>31026</v>
+        <v>70916</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D40" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>31027</v>
+        <v>86867</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'argent</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>30626</v>
+        <v>86868</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage, passementerie</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>43481</v>
+        <v>86869</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>43482</v>
+        <v>86870</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, technique d'impression, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>43483</v>
+        <v>31022</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>pale de calice</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>43484</v>
+        <v>31024</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>43485</v>
+        <v>31026</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>voile de calice</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>voile de calice</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>43489</v>
+        <v>31027</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>86871</v>
+        <v>30626</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique d'impression, passementerie</t>
+          <t>dentelle, broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
         <v>30613</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1710 - 1715</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
@@ -2443,1293 +2443,1293 @@
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1776 - 1800</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>fil d'or, fil d'argent, soie</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>31019</v>
+        <v>43488</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>43488</v>
+        <v>31019</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>70898</v>
+        <v>43486</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>70899</v>
+        <v>43091</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Robe de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, couture, passementerie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>70900</v>
+        <v>70892</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>70908</v>
+        <v>70898</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, taffetas</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>70912</v>
+        <v>70899</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>70913</v>
+        <v>70900</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D72" s="2"/>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>70914</v>
+        <v>70908</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D73" s="2"/>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>70892</v>
+        <v>70912</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>30617</v>
+        <v>70913</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, toile, soie, fil d'argent, damas</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>31025</v>
+        <v>70914</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie, verre</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>30618</v>
+        <v>30863</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent, or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>doré, passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>30619</v>
+        <v>30864</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de peinture, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>30620</v>
+        <v>30865</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>bannière de sainte Barbe</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, technique de peinture, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>30622</v>
+        <v>30606</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>30624</v>
+        <v>30607</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>Vêtement de la Vierge à l'Enfant dite Notre-Dame de Grâce</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>passementerie, dentelle, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>30625</v>
+        <v>30617</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, fil d'or, soie</t>
+          <t>bois, peinture à l'huile, toile, soie, fil d'argent, damas</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>30627</v>
+        <v>31025</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, feutre, coton</t>
+          <t>fil d'or, soie, verre</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>30628</v>
+        <v>30618</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, coton, feutre</t>
+          <t>bois, soie, fil d'argent, or</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>doré, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>31055</v>
+        <v>30619</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Bannière de procession de Jean Baptiste</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, verre, perle</t>
+          <t>bois, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>31058</v>
+        <v>30620</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>bannière de sainte Barbe</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, perle</t>
+          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>31065</v>
+        <v>30622</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Bannière avec le Sacré Cœur de Jésus</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>soie, perle, fil de métal, verre, bois, or</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, doré</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>30644</v>
+        <v>30624</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, soie, fil d'argent</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de peinture, broderie, tissage</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>30684</v>
+        <v>30625</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>costume de statue</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fil d'argent, fil d'or, soie</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>30695</v>
+        <v>30627</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>métal, plume, feutre, coton</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>30696</v>
+        <v>30628</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Bannière du Mariage de la Vierge</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>métal, plume, coton, feutre</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>30863</v>
+        <v>31055</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Bannière de procession de Jean Baptiste</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal, soie, verre, perle</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, broché</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>30864</v>
+        <v>31058</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal, perle</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>30865</v>
+        <v>31065</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Bannière avec le Sacré Cœur de Jésus</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, perle, fil de métal, verre, bois, or</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie, passementerie, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>30606</v>
+        <v>30644</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>peinture à l'huile, toile, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>30607</v>
+        <v>30684</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Vêtement de la Vierge à l'Enfant dite Notre-Dame de Grâce</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, tissage</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>43091</v>
+        <v>30695</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Robe de l'Enfant Jésus</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>costume de statue</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture, passementerie, dentelle</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>43486</v>
+        <v>30696</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>Bannière du Mariage de la Vierge</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>43474</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Saint Guidon</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1819 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
@@ -3763,541 +3763,541 @@
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1830 - 1832</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, bois, verre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>teint, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>80810</v>
+        <v>63573</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1920</t>
-[...2 lines deleted...]
-      <c r="F101" s="2"/>
+          <t>1840 - 1850</t>
+        </is>
+      </c>
+      <c r="F101" s="2" t="inlineStr">
+        <is>
+          <t>haut sans manche</t>
+        </is>
+      </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, coton</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, passementerie, toile</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>80812</v>
+        <v>44957</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Ruban honorifique et insigne de Président d’Honneur « La Prévoyance »</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1920</t>
-[...2 lines deleted...]
-      <c r="F102" s="2"/>
+          <t>1840 - 1870</t>
+        </is>
+      </c>
+      <c r="F102" s="2" t="inlineStr">
+        <is>
+          <t>ombrelle</t>
+        </is>
+      </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, passementerie</t>
+          <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>30602</v>
+        <v>44958</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Charles Borromée</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>toile, bois, fil de métal, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
+          <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>44957</v>
+        <v>45980</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie, technique de sculpture</t>
+          <t>passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>44958</v>
+        <v>57933</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie, technique de sculpture</t>
+          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>45980</v>
+        <v>58552</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>passementerie, imprimé</t>
+          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>57933</v>
+        <v>58565</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, os, damas, bois</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
+          <t>moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>58552</v>
+        <v>90606</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
+          <t>toile, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>58565</v>
+        <v>80810</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
-[...6 lines deleted...]
-      </c>
+          <t>1840 - 1920</t>
+        </is>
+      </c>
+      <c r="F109" s="2"/>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>soie, os, damas, bois</t>
+          <t>soie, fil d'argent, fil d'or, coton</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie</t>
+          <t>broderie, velours, passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>63573</v>
+        <v>80812</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Ruban honorifique et insigne de Président d’Honneur « La Prévoyance »</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
-[...6 lines deleted...]
-      </c>
+          <t>1840 - 1920</t>
+        </is>
+      </c>
+      <c r="F110" s="2"/>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>90606</v>
+        <v>87825</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>toile, passementerie, technique de sculpture</t>
+          <t>technique de sculpture, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>87825</v>
+        <v>88286</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas</t>
+          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>88286</v>
+        <v>90603</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
+          <t>toile, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>90603</v>
+        <v>30602</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Bannière de la confrérie de Saint Charles Borromée</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>toile, bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>toile, passementerie, technique de sculpture</t>
+          <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>30621</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Manteau de la Vierge</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
@@ -4983,585 +4983,585 @@
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>objet civil</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>velours, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>76972</v>
+        <v>93374</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Saint Roch de Montpellier</t>
+          <t>Saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie, couture</t>
+          <t>couture, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>76973</v>
+        <v>93375</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
+          <t>Vierge de l’Immaculée conception</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie, couture</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>30859</v>
+        <v>93376</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Enfant Jésus Sauveur</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1851</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>30860</v>
+        <v>76972</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Saint Roch de Montpellier</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1851</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>30861</v>
+        <v>76973</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1851</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
         <v>30862</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
           <t>voile huméral</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>voile huméral</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>93374</v>
+        <v>30859</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Saint Lambert de Liège</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, peint, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>93375</v>
+        <v>30860</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée conception</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>93376</v>
+        <v>30861</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Enfant Jésus Sauveur</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>30600</v>
+        <v>62326</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Aubert de Cambrai</t>
+          <t>Robe à crinoline </t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1853 - 1853</t>
+          <t>1853 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>passementerie, gaze, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>30604</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Bannière de la confrérie de Notre-Dame de Miséricorde</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>62326</v>
+        <v>30600</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline </t>
+          <t>Bannière de la confrérie de Saint Aubert de Cambrai</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1853 - </t>
+          <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>passementerie, gaze, broché</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>60118</v>
+        <v>60140</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise </t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1855 - 1870</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, technique de sculpture, tissage, passementerie</t>
+          <t>dentelle aux fuseaux, technique de sculpture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>60140</v>
+        <v>60193</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise </t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1855 - 1870</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, technique de sculpture, passementerie</t>
+          <t>dentelle aux fuseaux, technique de sculpture, passementerie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>60193</v>
+        <v>60118</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Ombrelle marquise </t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1855 - 1870</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, technique de sculpture, passementerie, satin</t>
+          <t>dentelle aux fuseaux, technique de sculpture, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
         <v>58449</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
           <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1857 - 1859</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
@@ -5599,153 +5599,153 @@
           <t>1858 - 1937</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, coton, papier, bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>velours, broderie, sergé, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
         <v>88473</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Melot, E.</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1859 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil d'argent, fil d'or, métal, bois, verre</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>velours, sergé, moiré, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>74198</v>
+        <v>41665</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Bourse d'avare</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1865</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>os, bois, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, dentelle mécanique, passementerie</t>
+          <t>crochet, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>41665</v>
+        <v>74198</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Bourse d'avare</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1865</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>os, bois, soie</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>crochet, passementerie</t>
+          <t>technique de sculpture, dentelle mécanique, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
         <v>63864</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la société royale "La Générale Belge des Décorés pour Actes de Courage et de Devouement”</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Borney, ED.</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1865 - 1950</t>
@@ -5859,2757 +5859,2761 @@
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1869 - 1869</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>toile, bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>passementerie, technique de sculpture, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>83368</v>
+        <v>43739</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Saint Louis de Gonzague</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1938</t>
-[...2 lines deleted...]
-      <c r="F159" s="2"/>
+          <t>1870 - </t>
+        </is>
+      </c>
+      <c r="F159" s="2" t="inlineStr">
+        <is>
+          <t>bannière</t>
+        </is>
+      </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal</t>
+          <t>soie, fil d'argent, toile, matière colorante</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>tissage, technique de peinture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>43739</v>
+        <v>66190</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Saint Louis de Gonzague</t>
+          <t>Bannière des Fanfares du Cercle Offenbach de Saint-Gilles</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D160" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>inconnu,</t>
+        </is>
+      </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, toile, matière colorante</t>
+          <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie</t>
+          <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>66190</v>
+        <v>98986</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Bannière des Fanfares du Cercle Offenbach de Saint-Gilles</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1875</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>98986</v>
+        <v>43476</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Bannière de la Confrérie royale de saint Guidon</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1875</t>
+          <t>1874 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil d'argent, toile, matière colorante, carton</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>43476</v>
+        <v>66245</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Confrérie royale de saint Guidon</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D163" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D163" s="2" t="inlineStr">
+        <is>
+          <t>Piret,  J. H.</t>
+        </is>
+      </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1874 - </t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, toile, matière colorante, carton</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, technique de peinture, passementerie</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>66246</v>
+        <v>45476</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration de Saint-Gilles</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1885</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, fil de métal, métal</t>
+          <t>perle</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>ottoman, passementerie, dentelle, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>66245</v>
+        <v>88021</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>soie, fil d'or, fil d'argent, bois</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>velours, broderie, passementerie, cannelé, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>45476</v>
+        <v>66246</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1885</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>perle</t>
+          <t>feutre, coton, fil de métal, métal</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>ottoman, passementerie, dentelle, satin</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>88021</v>
+        <v>88462</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
+          <t>Bannière de l' union Prevoyance et Fraternite de Laeken</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D167" s="2"/>
+      <c r="D167" s="2" t="inlineStr">
+        <is>
+          <t>Fonson Cie</t>
+        </is>
+      </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bois</t>
+          <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie, cannelé, sergé</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
         <v>30599</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
           <t>Bannière de la confrérie du Saint Sacrement</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>toile, soie</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>passementerie, technique de peinture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>88462</v>
+        <v>76245</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l' union Prevoyance et Fraternite de Laeken</t>
+          <t>Drapeau de la Société royale l'Avenir</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D169" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or</t>
+          <t>soie, fil d'or, métal, bois, métal, soie</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>toile, broderie, passementerie, toile, moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>83506</v>
+        <v>87745</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, coton</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>passementerie, sergé, damas</t>
+          <t>passementerie, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>73135</v>
+        <v>83506</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>coton, fil de métal, carton</t>
+          <t>fil d'argent, soie, coton</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>toile, damas, passementerie</t>
+          <t>passementerie, sergé, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>73139</v>
+        <v>88380</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Drapeau célébrant le 50eme anniversaire de l'independance nationale</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>soie, carton</t>
+          <t>laine, bois, fil de métal, bois, métal</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>toile, passementerie</t>
+          <t>sergé, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>73144</v>
+        <v>73135</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal, carton</t>
+          <t>coton, fil de métal, carton</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>toile, damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>73147</v>
+        <v>88468</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Nœud en soie noire et blanche</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>textile civil</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>damas, passementerie</t>
+          <t>drap, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>73191</v>
+        <v>73139</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>carton, soie</t>
+          <t>soie, carton</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>passementerie, toile, damas</t>
+          <t>toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>73192</v>
+        <v>73144</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, coton, carton</t>
+          <t>soie, coton, fil de métal, carton</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>moiré, toile, broderie, passementerie</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>73193</v>
+        <v>73147</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>coton, carton</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>73196</v>
+        <v>73191</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, carton</t>
+          <t>carton, soie</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, broderie, passementerie</t>
+          <t>passementerie, toile, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>73199</v>
+        <v>73192</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, carton, fil d'or</t>
+          <t>fil d'or, coton, carton</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>moiré, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>76245</v>
+        <v>73193</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société royale l'Avenir</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, métal, bois, métal, soie</t>
+          <t>coton, carton</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie, toile, moiré, passementerie</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>87745</v>
+        <v>73196</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>soie, fil d'argent, carton</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, mousseline</t>
+          <t>damas, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>88380</v>
+        <v>73199</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Drapeau célébrant le 50eme anniversaire de l'independance nationale</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>laine, bois, fil de métal, bois, métal</t>
+          <t>soie, coton, carton, fil d'or</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>sergé, technique de peinture, passementerie</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>88468</v>
+        <v>88513</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Nœud en soie noire et blanche</t>
+          <t>Bannière</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>textile civil</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, laine, bois</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>drap, passementerie</t>
+          <t>technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>88513</v>
+        <v>45192</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Bannière</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1885 - 1887</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>coton, laine, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, passementerie</t>
+          <t>chenille, passementerie, sabré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>45192</v>
+        <v>63865</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Bannière de la société royale "Alliance Musicale de Ten-Bosch”</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D185" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D185" s="2" t="inlineStr">
+        <is>
+          <t>Vanlaeken, J.</t>
+        </is>
+      </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1887</t>
+          <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, métal, soie, fil d'or</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>chenille, passementerie, sabré</t>
+          <t>technique de peinture, velours, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
         <v>76094</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
           <t>Bannière de la "Société chorale Les Sans Gène"</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, métal, métal</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>satin, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>63865</v>
+        <v>62666</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "Alliance Musicale de Ten-Bosch”</t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Vanlaeken, J.</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1887 - 1950</t>
+          <t>1890 - 1930</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, soie, fil d'or</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, velours, broderie, passementerie</t>
+          <t>lamé, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>81274</v>
+        <v>45201</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1895</t>
+          <t>1890 - 1899</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>jais, soie</t>
+          <t>soie, autruche</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie</t>
+          <t>passementerie, macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>81276</v>
+        <v>43477</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Notre-Dame de l'Immaculée Conception</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1892</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil d'argent, soie, toile, verre, matière colorante</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>technique de peinture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>66247</v>
+        <v>81274</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Képi de la police de Saint-Gilles</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, matière plastique, métal</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, couture</t>
+          <t>velours, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>45201</v>
+        <v>81276</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1899</t>
+          <t>1890 - 1892</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>soie, autruche</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>passementerie, macramé</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>43477</v>
+        <v>66247</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de l'Immaculée Conception</t>
+          <t>Képi de la police de Saint-Gilles</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D192" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D192" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, toile, verre, matière colorante</t>
+          <t>fil de métal, matière plastique, métal</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, tissage, broderie, passementerie</t>
+          <t>passementerie, broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>62666</v>
+        <v>43478</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Le Sacré Cœur du Christ</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1930</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>soie, toile, matière colorante, fil d'argent</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>lamé, broderie, chenille</t>
+          <t>tissage, technique de peinture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>70895</v>
+        <v>43479</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>L'enfant Jésus</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, toile, matière colorante, fil de métal</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, technique de peinture, broderie, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>70896</v>
+        <v>43480</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Bannière de l'association Notre-Dame de Grâce</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil d'argent, soie, verre, bois</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>70881</v>
+        <v>70893</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
           <t>Chape</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
-      <c r="F196" s="2"/>
+      <c r="F196" s="2" t="inlineStr">
+        <is>
+          <t>chape</t>
+        </is>
+      </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>70883</v>
+        <v>93377</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Agneau vexillifère</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>70893</v>
+        <v>70895</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D198" s="2"/>
+      <c r="D198" s="2" t="inlineStr">
+        <is>
+          <t>Schönberg, Rodolphe</t>
+        </is>
+      </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>43478</v>
+        <v>93378</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Le Sacré Cœur du Christ</t>
+          <t>Sacré-Coeur de la Vierge</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>soie, toile, matière colorante, fil d'argent</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>43479</v>
+        <v>70896</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>L'enfant Jésus</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>soie, toile, matière colorante, fil de métal</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie, velours</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>43480</v>
+        <v>70881</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'association Notre-Dame de Grâce</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
-      <c r="F201" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F201" s="2"/>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, verre, bois</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>93377</v>
+        <v>70883</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Agneau vexillifère</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>93378</v>
+        <v>66191</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Sacré-Coeur de la Vierge</t>
+          <t>Bannière des Fanfares du Cercle royal Offenbach de Saint-Gilles</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D203" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D203" s="2" t="inlineStr">
+        <is>
+          <t>Renert,  J.</t>
+        </is>
+      </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1892 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, pierre précieuse, bois, métal, perle, soie</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>couture, broderie, passementerie, tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>66191</v>
+        <v>56754</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Bannière des Fanfares du Cercle royal Offenbach de Saint-Gilles</t>
+          <t>Drapeau "Anciens Militaires 1831 – 1865"</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Renert,  J.</t>
+          <t>Fonson Cie</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1892 - </t>
+          <t>1892 - 1922</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, bois, métal, perle, soie</t>
+          <t>soie, fil de métal, bois, métal, soie, fil de métal, fil de métal</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage, technique d'assemblage, technique de sculpture</t>
+          <t>toile, broderie, passementerie, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>56754</v>
+        <v>63770</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Drapeau "Anciens Militaires 1831 – 1865"</t>
+          <t>Bannière de la société royale philanthropique "Les Artisans Décorés”</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D205" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1892 - 1922</t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, métal, soie, fil de métal, fil de métal</t>
+          <t>soie, fil d'argent, fil d'or, métal, métal, fil d'or, bois, métal</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie, toile, broderie</t>
+          <t>toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
         <v>78348</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
           <t>Fanion dédié aux Cyclistes amateurs bruxellois</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1893 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>métal, soie, fil d'or, fil d'argent, métal</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>63770</v>
+        <v>44884</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale philanthropique "Les Artisans Décorés”</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D207" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D207" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, métal, métal, fil d'or, bois, métal</t>
+          <t>laine, soie, laine, soie</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie</t>
+          <t>chenille, satin, drap, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>44884</v>
+        <v>45480</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D208" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, laine, soie</t>
+          <t>perle, coton</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>chenille, satin, drap, mousseline</t>
+          <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>45480</v>
+        <v>95650</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1905</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>perle, coton</t>
+          <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
+          <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>95650</v>
+        <v>95651</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
           <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1921</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>95651</v>
+        <v>63753</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
+          <t>Bannière de la société royale "La Phalange Belge"</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1921</t>
+          <t>1898 - 1940</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, soie</t>
+          <t>soie, fil de métal, métal, bambou, métal, métal, métal</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage</t>
+          <t>moiré, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>63753</v>
+        <v>43059</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "La Phalange Belge"</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1940</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, métal, bambou, métal, métal, métal</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>moiré, toile, broderie, passementerie</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>81271</v>
+        <v>43060</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Veste à basques </t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1905</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>dentelle, passementerie, satin</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>43059</v>
+        <v>43061</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>43060</v>
+        <v>43062</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>43061</v>
+        <v>45569</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>passementerie, dentelle mécanique, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>43062</v>
+        <v>57758</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>coton, bambou</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>toile, broderie anglaise, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>45569</v>
+        <v>87787</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1905</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois, porcelaine</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle mécanique, satin</t>
+          <t>satin, passementerie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>57758</v>
+        <v>81271</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Veste à basques </t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>coton, bambou</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie anglaise, passementerie</t>
+          <t>dentelle, passementerie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>87787</v>
+        <v>87793</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, porcelaine</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, mousseline</t>
+          <t>broderie anglaise, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>87793</v>
+        <v>87830</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, passementerie, velours</t>
+          <t>satin, passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>87830</v>
+        <v>90507</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, imprimé</t>
+          <t>imprimé, passementerie, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>90507</v>
+        <v>77893</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1902 - 1904</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>imprimé, passementerie, satin, toile</t>
+          <t>broderie, appliqué, passementerie, dentelle mécanique, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>77893</v>
+        <v>45309</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ensemble corsage et jupe</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D224" s="2"/>
+      <c r="D224" s="2" t="inlineStr">
+        <is>
+          <t>Goutière, Louise</t>
+        </is>
+      </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1904</t>
+          <t>1904 - 1905</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces, haut à manches courtes ou longues, jupe</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>coton, soie, jais</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>broderie, appliqué, passementerie, dentelle mécanique, broché</t>
+          <t>dentelle mécanique, passementerie, velours, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>45309</v>
+        <v>86323</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Ensemble corsage et jupe</t>
+          <t>Écharpe de député du bourgmestre Adolphe Max </t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1905</t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, haut à manches courtes ou longues, jupe</t>
+          <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, jais</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, passementerie, velours, tulle, broderie</t>
+          <t>cannelé, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>86323</v>
+        <v>76302</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Écharpe de député du bourgmestre Adolphe Max </t>
+          <t>Bannière "La Fraternelle"</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1910 - 1950</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil de métal, bambou, métal, métal</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>cannelé, passementerie</t>
+          <t>broderie, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
         <v>81240</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
           <t>Visite</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1910 - 1912</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>76302</v>
+        <v>37028</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Bannière "La Fraternelle"</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1950</t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bambou, métal, métal</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, passementerie</t>
+          <t>passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>37028</v>
+        <v>81848</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Bannière "Cortège de la Fleur de la Reine"</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, fil d'argent, fil d'or, bois</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>passementerie, toile</t>
+          <t>satin, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>81848</v>
+        <v>88014</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Bannière "Cortège de la Fleur de la Reine"</t>
+          <t>Bannière de la société royale "La Prévoyance des Pêcheurs à la Ligne" de Bruxelles</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D230" s="2"/>
+      <c r="D230" s="2" t="inlineStr">
+        <is>
+          <t>Renert, J.</t>
+        </is>
+      </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, bois</t>
+          <t>soie, coton, fil d'or, fil d'argent, papier, bois</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>satin, sergé, broderie, passementerie</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>88014</v>
+        <v>76132</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "La Prévoyance des Pêcheurs à la Ligne" de Bruxelles</t>
+          <t>Bannière du cercle royal philanthropique Les Gais Lurons</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Renert, J.</t>
+          <t>Ramaker &amp; Lefevre</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil d'or, fil d'argent, papier, bois</t>
+          <t>soie, fil de métal, bois</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>satin, toile, moiré, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>76132</v>
+        <v>83368</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Bannière du cercle royal philanthropique Les Gais Lurons</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>Ramaker &amp; Lefevre</t>
+          <t>Pirsch, E.</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois</t>
+          <t>soie, coton, fil de métal</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, moiré, broderie, peint, passementerie</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
         <v>11444</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
           <t>Méridienne</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
@@ -8683,215 +8687,215 @@
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>37033</v>
+        <v>37184</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Habit de cérémonie</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>cuir, laiton, soie</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, passementerie</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>37184</v>
+        <v>37033</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Habit de cérémonie</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>cuir, laiton, soie</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>drap, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>43491</v>
+        <v>43490</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>43492</v>
+        <v>43491</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>43490</v>
+        <v>43492</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
         <v>81868</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
           <t>Bannière de la “C. S. B. Lach-Club”</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
@@ -9007,121 +9011,121 @@
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F244" s="2"/>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>fibres artificielles, laine, bois, soie</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>faille, feutrine, passementerie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>37016</v>
+        <v>58706</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D245" s="2"/>
+      <c r="D245" s="2" t="inlineStr">
+        <is>
+          <t>Valens,  / Dior,  / Wittamer, Louis / De Camps, Berthe</t>
+        </is>
+      </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, chenille</t>
+          <t>passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>58706</v>
+        <v>37016</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D246" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>passementerie</t>
+          <t>satin, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
         <v>104794</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Severin Frères,  / Gallissimo</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>