--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -255,297 +255,297 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>crêpe, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>53945</v>
+        <v>80248</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>matière plastique, soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle mécanique</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>60953</v>
+        <v>80855</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>62671</v>
+        <v>80858</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1928</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie, verre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>80855</v>
+        <v>80860</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>échantillon textile</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, fil de métal, verre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>80858</v>
+        <v>62671</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1928</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie, verre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>80860</v>
+        <v>53945</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, verre</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>80248</v>
+        <v>60953</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>59972</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
@@ -611,621 +611,621 @@
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie, matière synthétique, métal</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>velours, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>53947</v>
+        <v>81475</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1928</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle mécanique</t>
+          <t>crochet, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>53950</v>
+        <v>80082</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière synthétique</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>58467</v>
+        <v>80085</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>soie, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>58695</v>
+        <v>80103</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D17" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1925</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>pâte de verre, soie, matière synthétique</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>tulle, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>81357</v>
+        <v>80109</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>81475</v>
+        <v>80221</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1928</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe, sous-vêtement</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, métal, verre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>crochet, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>80082</v>
+        <v>80249</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>80085</v>
+        <v>81357</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>80103</v>
+        <v>53950</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre, soie, matière synthétique</t>
+          <t>soie, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>80109</v>
+        <v>58467</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>80221</v>
+        <v>58695</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D24" s="2"/>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Vionnet, Madeleine / Maison Vionnet</t>
+        </is>
+      </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1925</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>robe, sous-vêtement</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>80249</v>
+        <v>53947</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>45051</v>
+        <v>81316</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1926 - 1930</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...2 lines deleted...]
-      <c r="G26" s="2"/>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G26" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>mousseline, crêpe</t>
+          <t>crêpe, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>45977</v>
+        <v>58463</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1927</t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>58463</v>
+        <v>45051</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G28" s="2"/>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>mousseline, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>81316</v>
+        <v>45977</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1930</t>
+          <t>1926 - 1927</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>métal, soie, verre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle mécanique</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>37114</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1927 - 1930</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
@@ -1295,539 +1295,539 @@
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1928 - 1930</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>crêpe, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>37150</v>
+        <v>81399</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>37177</v>
+        <v>81488</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>36976</v>
+        <v>81489</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>37112</v>
+        <v>80717</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>matière synthétique, soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>broderie, crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>80717</v>
+        <v>104792</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Severin Frères</t>
+        </is>
+      </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, tulle</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>81399</v>
+        <v>36976</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>crêpe, tulle</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>81488</v>
+        <v>37112</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>81489</v>
+        <v>37150</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>104792</v>
+        <v>37177</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D41" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>37125</v>
+        <v>86373</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D42" s="2"/>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Maison Vionnet</t>
+        </is>
+      </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>37126</v>
+        <v>61077</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Robe princesse</t>
+          <t>Aumônière</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>61077</v>
+        <v>37115</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Aumônière</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1932 - 1933</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle</t>
+          <t>crêpe, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>37115</v>
+        <v>37125</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1932 - 1933</t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broché</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>86373</v>
+        <v>37126</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe princesse</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D46" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
         <v>59417</v>
       </c>
@@ -2027,1455 +2027,1459 @@
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie, sous-vêtement, accessoire de coiffure</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>toile, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>81368</v>
+        <v>81435</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Ensemble robe et manteau</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1940 - 1945</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces, robe, manteau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle</t>
+          <t>crêpe, plissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>81435</v>
+        <v>81444</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D54" s="2"/>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Lanvin, Jeanne</t>
+        </is>
+      </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1945</t>
+          <t>1940 - 1949</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, robe, manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>crêpe, plissé</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>81444</v>
+        <v>81368</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D55" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1949</t>
+          <t>1940 - 1945</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>57625</v>
+        <v>81429</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Manteau habillé</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>J.Crahay</t>
+          <t>Crahay, Jules François / J.Crahay</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1948</t>
+          <t>1948 - 1950</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>soie, marmotte</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>57626</v>
+        <v>57625</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Manteau habillé</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Maison Paquin</t>
+          <t>J.Crahay</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1948 - </t>
+          <t>1948 - 1948</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, marmotte</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>67952</v>
+        <v>57626</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / J.Crahay</t>
+          <t>Maison Paquin</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1950</t>
+          <t>1948 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>81429</v>
+        <v>67952</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Crahay, Jules François / J.Crahay</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1948 - 1950</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>57631</v>
+        <v>73789</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D60" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>95513</v>
+        <v>86199</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Paletot</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>73789</v>
+        <v>95513</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Paletot</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>86199</v>
+        <v>57631</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D63" s="2"/>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>J.Crahay</t>
+        </is>
+      </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>74766</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe, pochette et diadème</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1957 - 1959</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>robe longue, sac</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>dentelle mécanique, crêpe, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>57948</v>
+        <v>88867</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D65" s="2"/>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+        </is>
+      </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1964</t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...2 lines deleted...]
-      <c r="G65" s="2"/>
+          <t>haut sans manche</t>
+        </is>
+      </c>
+      <c r="G65" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>88867</v>
+        <v>81348</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D66" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>crêpe, appliqué</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>81348</v>
+        <v>99160</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D67" s="2"/>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>99160</v>
+        <v>81360</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Valens</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>81360</v>
+        <v>57948</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D69" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1964</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G69" s="2"/>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>57798</v>
+        <v>90568</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble deux pièces</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Natan</t>
+          <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1961 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>90568</v>
+        <v>57798</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Crahay, Jules François</t>
+          <t>Natan</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1961 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>60771</v>
+        <v>86379</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe foureau à bretelles </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Crahay, Jules François</t>
+          <t>Emmanuelle Khanh</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1963 - 1964</t>
+          <t>1963 - 1967</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>86379</v>
+        <v>60771</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe foureau à bretelles </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Emmanuelle Khanh</t>
+          <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1963 - 1967</t>
+          <t>1963 - 1964</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>57805</v>
+        <v>90661</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cocktail</t>
+          <t>Ensemble deux pièces, robe courte et ceinture </t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D74" s="2"/>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Crahay, Jules François / Lanvin</t>
+        </is>
+      </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1964 - 1966</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, robe, veste d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>90661</v>
+        <v>57805</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces, robe courte et ceinture </t>
+          <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Lanvin</t>
+          <t>Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1964 - 1966</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces, robe, veste d'intérieur</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
         <v>78174</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Minirobe</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Laroche, Guy</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>matière synthétique, verre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>broderie, gaze, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>57802</v>
+        <v>99765</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D77" s="2"/>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1967 - 1968</t>
         </is>
       </c>
-      <c r="F77" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tulle, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>99765</v>
+        <v>57802</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D78" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1967 - 1968</t>
         </is>
       </c>
-      <c r="F78" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F78" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G78" s="2"/>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>tulle, crêpe, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>60376</v>
+        <v>99924</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1970</t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>99924</v>
+        <v>60376</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1968 - 1970</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>67911</v>
+        <v>73373</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Tunique</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D81" s="2"/>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1970</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>81327</v>
+        <v>74698</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D82" s="2"/>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>acétate, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>73373</v>
+        <v>81327</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D83" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1970</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>74698</v>
+        <v>99288</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1980</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>acétate, polyamide (=nylon)</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>99288</v>
+        <v>67911</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Tunique</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D85" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
         <v>57989</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>57994</v>
+        <v>78096</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe chemisier </t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>78096</v>
+        <v>99936</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier </t>
+          <t>Ensemble robe et manteau</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble, manteau, robe</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>99936</v>
+        <v>57994</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>ensemble, manteau, robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
         <v>81285</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
           <t>Robe du soir </t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -3683,241 +3687,241 @@
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>65686</v>
+        <v>88604</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Jupe longue </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, feutre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>88604</v>
+        <v>65686</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Jupe longue </t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>coton, feutre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>crêpe, toile</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
         <v>91094</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
           <t>Pièce de tissu</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>échantillon textile</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>81395</v>
+        <v>81466</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et jupe</t>
+          <t>Ensemble jupe et deux corsages</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D99" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1995</t>
+          <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, veste d'intérieur, jupe</t>
+          <t>trois pièces, jupe, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>toile, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>81466</v>
+        <v>81395</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Ensemble jupe et deux corsages</t>
+          <t>Ensemble veste et jupe</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D100" s="2"/>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>Sonia Rykiel</t>
+        </is>
+      </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1981</t>
+          <t>1980 - 1995</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, jupe, haut à manches courtes ou longues</t>
+          <t>deux pièces, veste d'intérieur, jupe</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>acétate, viscose</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>toile, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
         <v>99929</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe et veste</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
@@ -3959,116 +3963,116 @@
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>60023</v>
+        <v>99203</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Yamamoto Kansai Company,  / Yamamoto, Kansai</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
-      <c r="F103" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F103" s="2"/>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>99203</v>
+        <v>60023</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Ensemble</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Yamamoto Kansai Company,  / Yamamoto, Kansai</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
-      <c r="F104" s="2"/>
+      <c r="F104" s="2" t="inlineStr">
+        <is>
+          <t>robe</t>
+        </is>
+      </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>81332</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Jean-Louis Scherrer,  / Scherrer, Jean-Louis</t>
@@ -4115,161 +4119,161 @@
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1988 - 1989</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>laine, cuir</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>crêpe, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>61733</v>
+        <v>86380</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, chemise et pantalon</t>
+          <t>Robe asymétrique </t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Sami Tillouche,  / Tillouche , Sami</t>
+          <t>Gibo</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G107" s="2"/>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>sergé, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
         <v>72301</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
           <t>Veste de tailleur</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1989 - 1990</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>laine, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>86380</v>
+        <v>61733</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique </t>
+          <t>Ensemble veste, chemise et pantalon</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Gibo</t>
+          <t>Sami Tillouche,  / Tillouche , Sami</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...2 lines deleted...]
-      <c r="G109" s="2"/>
+          <t>trois pièces</t>
+        </is>
+      </c>
+      <c r="G109" s="2" t="inlineStr">
+        <is>
+          <t>laine, fibres synthétiques</t>
+        </is>
+      </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>sergé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
         <v>75937</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
           <t>Ensemble combi-short, veste et accessoires</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Chantal Thomass,  / Thomass, Chantal</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1993 - 1994</t>
@@ -4325,51 +4329,51 @@
           <t>coton, acétate, viscose</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
         <v>81743</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe et gilet</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>Watelet, Gérald / Gérald Watelet</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>crêpe, satin, velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
@@ -4391,405 +4395,405 @@
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1995 - 1999</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>61841</v>
+        <v>72361</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir "Solaris"</t>
+          <t>Blouse </t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>crêpe, sergé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>88060</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>72361</v>
+        <v>61841</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Blouse </t>
+          <t>Robe du soir "Solaris"</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>crêpe, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>59962</v>
+        <v>74238</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble robe et débardeur</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Comme des garçons,  / Kawakubo, Rei</t>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), laine, polyester</t>
+          <t>acétate, modal, soie, cuir, aluminium</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>gaze, crêpe</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>60344</v>
+        <v>90580</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Prada,  / Prada, Miuccia</t>
+          <t>Gaultier, Jean-Paul / Jean Paul Gaultier</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>90580</v>
+        <v>59962</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Gaultier, Jean-Paul / Jean Paul Gaultier</t>
+          <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>polyamide (=nylon), laine, polyester</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>crêpe, technique d'impression</t>
+          <t>gaze, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>74238</v>
+        <v>60344</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et débardeur</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+          <t>Prada,  / Prada, Miuccia</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>acétate, modal, soie, cuir, aluminium</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>60338</v>
+        <v>55699</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau</t>
+          <t>Blouse asymétrique</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Giorgio Armani,  / Armani, Giorgio</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose, fibres synthétiques</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, enduit, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>55699</v>
+        <v>60338</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Blouse asymétrique</t>
+          <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Giorgio Armani,  / Armani, Giorgio</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1999</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>viscose, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>crêpe, enduit, tricot</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
         <v>73926</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Balenciaga,  / Ghesquière, Nicolas</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
@@ -4831,405 +4835,405 @@
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>2000 - 2001</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>laine, cuir, soie</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>toile, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>54043</v>
+        <v>72482</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Robe drapée</t>
+          <t>Veste de tailleur </t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Theyskens, Olivier / Olivier Theyskens</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>72482</v>
+        <v>72757</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>72757</v>
+        <v>85443</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>crêpe, passementerie</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>85443</v>
+        <v>54043</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe drapée</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Theyskens, Olivier / Olivier Theyskens</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>54156</v>
+        <v>99940</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Vandevorst, An / Arickx, Filip / A. F. Vandevorst</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>99940</v>
+        <v>54156</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Vandevorst, An / Arickx, Filip / A. F. Vandevorst</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>acétate, viscose</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie, taffetas</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>60154</v>
+        <v>85451</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>acétate, viscose, cuir</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>jersey, crêpe</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>85451</v>
+        <v>85453</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, cuir</t>
+          <t>résine, soie</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>satin, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>85453</v>
+        <v>60154</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>résine, soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, crêpe</t>
+          <t>jersey, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
         <v>59445</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
           <t>Robe courte "Guillemette"</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>David Szeto</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
@@ -5471,85 +5475,85 @@
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>60435</v>
+        <v>85580</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Ensemble veste, haut et pantacourt</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
         <v>54908</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
           <t>Blouse</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
@@ -5591,85 +5595,85 @@
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>85580</v>
+        <v>60435</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, haut et pantacourt</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>54128</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Robe housse</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>D'hoore, Sofie / Sofie D'Hoore</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>2014 - 2015</t>
@@ -5751,205 +5755,205 @@
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>broderie, crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>59408</v>
+        <v>37101</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>60436</v>
+        <v>59408</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>soie, polyéthylène, polyester, cuir</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>crêpe, teint</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>60437</v>
+        <v>60436</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>polyester, soie, polyéthylène</t>
+          <t>soie, polyéthylène, polyester, cuir</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>crêpe, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>37101</v>
+        <v>60437</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyester, soie, polyéthylène</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
         <v>85616</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
           <t>Jupe</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>