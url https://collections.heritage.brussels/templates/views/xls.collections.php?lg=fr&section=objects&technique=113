--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -467,117 +467,117 @@
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1845 - 1850</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>imprimé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>59637</v>
+        <v>58528</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1855</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>imprimé sur chaîne, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>58528</v>
+        <v>59637</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1855</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>imprimé sur chaîne, gaze</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>62326</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Robe à crinoline </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1853 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
@@ -611,261 +611,261 @@
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1859 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie, laine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>59713</v>
+        <v>59856</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1900</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, dentelle mécanique</t>
+          <t>taillé, dentelle aux fuseaux, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>59856</v>
+        <v>59880</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux, gaze, peint</t>
+          <t>taillé, gaze, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>59880</v>
+        <v>59887</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint, dentelle mécanique</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>59887</v>
+        <v>45413</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - 1875</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>45413</v>
+        <v>59889</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1875</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>gaze</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>59889</v>
+        <v>59713</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1900</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bois, soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>taillé, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>87741</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
@@ -1115,701 +1115,701 @@
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>velours, toile, broderie, plissé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>59707</v>
+        <v>80289</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1893 - 1898</t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie, ébène, gouache</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, gaze, peint</t>
+          <t>gaze, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>80289</v>
+        <v>59707</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1893 - 1898</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, ébène, gouache</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>gaze, dentelle aux fuseaux</t>
+          <t>taillé, dentelle mécanique, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>59763</v>
+        <v>45480</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>nacre, papier</t>
+          <t>perle, coton</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>45480</v>
+        <v>59614</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1905</t>
+          <t>1895 - 1920</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>perle, coton</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>59614</v>
+        <v>59763</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1920</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>nacre, papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>59645</v>
+        <v>59770</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>écaille, coton</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>59675</v>
+        <v>59771</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D34" s="2"/>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Duvelleroy, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>59676</v>
+        <v>59772</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, papier</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
+          <t>taillé, broderie, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>59708</v>
+        <v>59800</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, dentelle mixte</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>59766</v>
+        <v>59608</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>écaille, nacre</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>59769</v>
+        <v>59611</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>ivoire, soie, nacre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>taillé, satin, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>59770</v>
+        <v>59613</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>corne, soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>taillé, gaze, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>59771</v>
+        <v>59645</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D40" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>écaille, coton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>59772</v>
+        <v>59675</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, dentelle mécanique</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>59800</v>
+        <v>59676</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre, gouache, papier</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>59608</v>
+        <v>59708</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
+          <t>taillé, gaze, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>59611</v>
+        <v>59766</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, nacre</t>
+          <t>écaille, nacre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, gaze, broderie</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>59613</v>
+        <v>59769</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>corne, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>60947</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1904 - 1905</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
@@ -1843,153 +1843,153 @@
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>déguisement</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>soie, paille, métal, coton</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>gaze, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>59700</v>
+        <v>36999</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1920</t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, gaze, broderie</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>36999</v>
+        <v>59629</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>broderie, taillé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>59629</v>
+        <v>59700</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1910 - 1920</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé, gaze</t>
+          <t>technique de sculpture, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
         <v>59647</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Duvelleroy, Jean-Pierre</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
@@ -2027,117 +2027,117 @@
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1919 - 1950</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>métal, bois, soie, fil de métal, fibres synthétiques</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>gaze, cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>87797</v>
+        <v>74502</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, bois, corne, cuir</t>
+          <t>gouache, bois, soie</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, toile, gaze</t>
+          <t>peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>74502</v>
+        <v>87797</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>gouache, bois, soie</t>
+          <t>coton, soie, bois, corne, cuir</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>peint, gaze, broderie</t>
+          <t>technique de sculpture, toile, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
         <v>45454</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
@@ -2171,113 +2171,113 @@
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>perle</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>81353</v>
+        <v>65982</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Chapeau d'été</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...2 lines deleted...]
-      <c r="G57" s="2"/>
+          <t>chapeau</t>
+        </is>
+      </c>
+      <c r="G57" s="2" t="inlineStr">
+        <is>
+          <t>paille</t>
+        </is>
+      </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>velours, gaze</t>
+          <t>gaze, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>65982</v>
+        <v>81353</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Chapeau d'été</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G58" s="2"/>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>gaze, tulle</t>
+          <t>velours, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
         <v>78174</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
           <t>Minirobe</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Laroche, Guy</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>