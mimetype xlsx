--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -1299,517 +1299,517 @@
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>nacre, papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>59770</v>
+        <v>59608</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>59771</v>
+        <v>59611</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D34" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>ivoire, soie, nacre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>taillé, satin, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>59772</v>
+        <v>59613</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>corne, soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, dentelle mécanique</t>
+          <t>taillé, gaze, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>59800</v>
+        <v>59645</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>écaille, coton</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>59608</v>
+        <v>59675</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>59611</v>
+        <v>59676</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, nacre</t>
+          <t>nacre, gouache, papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, gaze, broderie</t>
+          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>59613</v>
+        <v>59708</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>corne, soie</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie</t>
+          <t>taillé, gaze, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>59645</v>
+        <v>59766</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>écaille, coton</t>
+          <t>écaille, nacre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>59675</v>
+        <v>59769</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>59676</v>
+        <v>59770</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, papier</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>59708</v>
+        <v>59771</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D43" s="2"/>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Duvelleroy, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, dentelle mixte</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>59766</v>
+        <v>59772</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>écaille, nacre</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>taillé, broderie, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>59769</v>
+        <v>59800</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>60947</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1904 - 1905</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>