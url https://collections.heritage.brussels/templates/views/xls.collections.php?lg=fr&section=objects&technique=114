--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -755,153 +755,153 @@
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>perle, coton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>80992</v>
+        <v>69472</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1904</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, matière synthétique</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
+          <t>dentelle aux fuseaux, toile, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>81261</v>
+        <v>80992</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1902</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>soie, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>satin, velours, mousseline</t>
+          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>69472</v>
+        <v>81261</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1904</t>
+          <t>1898 - 1902</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, toile, mousseline</t>
+          <t>satin, velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>80938</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
@@ -1155,184 +1155,184 @@
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie, verre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>80869</v>
+        <v>81483</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>81483</v>
+        <v>58959</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>velours, mousseline</t>
+          <t>mousseline, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>58959</v>
+        <v>45200</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>mousseline, tulle, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>45200</v>
+        <v>80869</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>95594</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Châle</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
@@ -2715,157 +2715,157 @@
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>57983</v>
+        <v>57996</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>57996</v>
+        <v>73387</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D72" s="2"/>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Zandra Rhodes ,  / Rhodes, Zandra</t>
+        </is>
+      </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, sérigraphié, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>73387</v>
+        <v>57983</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D73" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1975</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>mousseline, sérigraphié, satin</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>99202</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
@@ -2943,121 +2943,121 @@
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1976 - 1979</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>57990</v>
+        <v>65684</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D77" s="2"/>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, taffetas, imprimé, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>65684</v>
+        <v>57990</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D78" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1978</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>mousseline, taffetas, imprimé, lamé</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
         <v>98497</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe longue et manteau</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Chloé,  / Lagerfeld, Karl</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>