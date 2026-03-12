--- v1 (2025-12-10)
+++ v2 (2026-03-12)
@@ -319,117 +319,117 @@
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1815 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>87100</v>
+        <v>100261</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Coiffe</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>mousseline, satin</t>
+          <t>satin, mousseline, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>100261</v>
+        <v>87100</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Coiffe</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>satin, mousseline, dentelle aux fuseaux</t>
+          <t>mousseline, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>58685</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Capote</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1860 - 1865</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
@@ -755,153 +755,153 @@
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>perle, coton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>69472</v>
+        <v>80992</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1904</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, toile, mousseline</t>
+          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>80992</v>
+        <v>81261</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1902</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, matière synthétique</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
+          <t>satin, velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>81261</v>
+        <v>69472</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1902</t>
+          <t>1898 - 1904</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>satin, velours, mousseline</t>
+          <t>dentelle aux fuseaux, toile, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>80938</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
@@ -1055,87 +1055,95 @@
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>37026</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D26" s="2"/>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Paul Poiret</t>
+        </is>
+      </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie, robe de cérémonie</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>damas, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>45642</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Maison Worth</t>
+        </is>
+      </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>perle, jais</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>satin, tulle, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>81410</v>
       </c>
@@ -1155,184 +1163,184 @@
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie, verre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>81483</v>
+        <v>80869</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>velours, mousseline</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>58959</v>
+        <v>81483</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>mousseline, tulle, broderie</t>
+          <t>velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>45200</v>
+        <v>58959</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>mousseline, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>80869</v>
+        <v>45200</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>95594</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Châle</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
@@ -1371,148 +1379,148 @@
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>soie, chevreau</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>58465</v>
+        <v>80235</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Robe à diner</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal, verre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline, lamé</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>58875</v>
+        <v>58465</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe à diner</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1922</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>imprimé, mousseline, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>80235</v>
+        <v>58875</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, verre</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>59976</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Robe du soir "Fontaine lumineuse"</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Lanvin, Jeanne</t>
@@ -1555,265 +1563,265 @@
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>soie, matière synthétique, jais</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>31084</v>
+        <v>80108</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Robe charleston</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1927</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre, plume</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>59649</v>
+        <v>31084</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe charleston</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1925</t>
+          <t>1925 - 1927</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>59975</v>
+        <v>59649</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D42" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1926</t>
+          <t>1925 - 1925</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>53946</v>
+        <v>59975</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D43" s="2"/>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Jean Patou,  / Patou, Jean</t>
+        </is>
+      </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1926</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>80101</v>
+        <v>53946</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>80108</v>
+        <v>80101</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, plume</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>broderie, mousseline</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>45051</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
@@ -2122,51 +2130,51 @@
           <t>mousseline, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
         <v>45640</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Robe du soir </t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Maison Worth</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1953 - 1953</t>
+          <t>1953 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>perle</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
         <v>81629</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>Coiffe</t>
@@ -2715,157 +2723,157 @@
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>57996</v>
+        <v>57983</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1975</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>73387</v>
+        <v>57996</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D72" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>mousseline, sérigraphié, satin</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>57983</v>
+        <v>73387</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D73" s="2"/>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Zandra Rhodes ,  / Rhodes, Zandra</t>
+        </is>
+      </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, sérigraphié, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>99202</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
@@ -2943,121 +2951,125 @@
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1976 - 1979</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>65684</v>
+        <v>57990</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1978</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>mousseline, taffetas, imprimé, lamé</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>57990</v>
+        <v>65684</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D78" s="2"/>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>mousseline, taffetas, imprimé, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
         <v>98497</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe longue et manteau</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Chloé,  / Lagerfeld, Karl</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>