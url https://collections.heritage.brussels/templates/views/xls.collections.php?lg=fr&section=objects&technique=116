--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -287,113 +287,113 @@
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1870 - 1910</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>61059</v>
+        <v>90554</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Jackson</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
-      <c r="G5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>organdi</t>
+          <t>organdi, satin, moiré, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>90554</v>
+        <v>61059</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>Jackson</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>organdi, satin, moiré, ottoman</t>
+          <t>organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>62674</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
@@ -567,116 +567,116 @@
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>61076</v>
+        <v>65936</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Aumônière</t>
+          <t>Toque</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Rose Valois</t>
+        </is>
+      </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1975</t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>65936</v>
+        <v>61076</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Toque</t>
+          <t>Aumônière</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - 1975</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>88855</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Minirobe</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Ascot,  / Crahay, Jules François</t>