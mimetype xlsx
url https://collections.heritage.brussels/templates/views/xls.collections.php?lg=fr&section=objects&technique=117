--- v0 (2025-11-16)
+++ v1 (2026-02-25)
@@ -511,125 +511,125 @@
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>robe longue, manteau, ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>dentelle mécanique, organza</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>57806</v>
+        <v>95494</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Lanvin,  / Crahay, Jules François</t>
+          <t>Valens</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1964 - 1965</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>organza, pékin, velours</t>
+          <t>organza, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>95494</v>
+        <v>57806</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Valens</t>
+          <t>Valens,  / Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1964 - 1965</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>organza, broderie, dentelle mécanique</t>
+          <t>organza, pékin, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>57404</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Balmain,  / Balmain, Pierre</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
@@ -979,125 +979,125 @@
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>robe longue, manteau, deux pièces</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>organza</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>37041</v>
+        <v>86166</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Chemisier</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Tilley, Kaat</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2001</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>taffetas, organza</t>
+          <t>organza</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>86166</v>
+        <v>37041</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Chemisier</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Tilley, Kaat</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2001</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>organza</t>
+          <t>taffetas, organza</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>102520</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Ensemble cape et robe </t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Natan,  / Vermeulen, Edouard / Coppens, Christophe</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>2023 - 2024</t>