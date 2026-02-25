--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -779,153 +779,153 @@
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>organdi, satin, moiré, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>81263</v>
+        <v>88120</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Ensemble corsage et jupe</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1914</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues, jupe, deux pièces</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois, laiton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>ottoman, tulle, broderie</t>
+          <t>toile, imprimé, technique de sculpture, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>88120</v>
+        <v>58939</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, laiton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé, technique de sculpture, ottoman</t>
+          <t>ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>58939</v>
+        <v>81263</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble corsage et jupe</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1914</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut à manches courtes ou longues, jupe, deux pièces</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>ottoman</t>
+          <t>ottoman, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>54195</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>