--- v2 (2026-01-10)
+++ v3 (2026-02-25)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H657"/>
+  <dimension ref="A1:H660"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -371,134 +371,134 @@
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broderie anglaise, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>58025</v>
+        <v>81238</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Gilet </t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...2 lines deleted...]
-      <c r="G8" s="2"/>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>coton, jais</t>
+        </is>
+      </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>ottoman, appliqué, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>80719</v>
+        <v>81254</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>papier, jais, soie</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>drap, satin, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>80720</v>
+        <v>58025</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textiles</t>
+          <t>Gilet </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>106091</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Agneau de la Résurrection entouré des vingt-quatre vieillards de l'Apocalypse</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>textile</t>
@@ -727,109 +727,109 @@
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>tulle, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>81238</v>
+        <v>80719</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>coton, jais</t>
+          <t>papier, jais, soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>ottoman, appliqué, dentelle mécanique</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>81254</v>
+        <v>80720</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Echantillon textiles</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, appliqué</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>100231</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Ensemble de deux orfrois </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1400 - 1550</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
@@ -863,184 +863,184 @@
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1500 - 1600</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>textile religieux</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, cuir</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>31225</v>
+        <v>31021</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jacques-sur-Coudenberg</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1550</t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil de métal, carton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>31021</v>
+        <v>31029</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
+          <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, carton</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>31029</v>
+        <v>31030</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>31030</v>
+        <v>31225</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Jacques-sur-Coudenberg</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>45592</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Orfrois et chaperon</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
@@ -1191,225 +1191,225 @@
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>31068</v>
+        <v>31020</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>fil d'or</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>31020</v>
+        <v>31068</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>fil d'or</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>31034</v>
+        <v>31032</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1643 - 1643</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>damas, soie, fil de métal</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, dentelle</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>31032</v>
+        <v>31033</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1643 - 1643</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>damas, soie, fil de métal</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>31033</v>
+        <v>31034</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1643 - 1643</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>damas, soie, fil de métal</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie, passementerie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>86863</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>antependium</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1680 - 1750</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
@@ -1587,1421 +1587,1421 @@
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1700 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>98851</v>
+        <v>99056</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Étole </t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1800</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>lin, soie, fil d'argent</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>appliqué</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>98853</v>
+        <v>99209</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Étole </t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>appliqué</t>
+          <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>99025</v>
+        <v>99215</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, lin, vélin</t>
+          <t>lin, coton</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>broderie, moiré</t>
+          <t>broderie, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>99026</v>
+        <v>100233</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Ensemble de trois étoles et deux manipules </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>étole, manipule</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, lin</t>
+          <t>soie, fil de métal, lin</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>appliqué, moiré</t>
+          <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>99056</v>
+        <v>98849</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Étole </t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1800</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>lin, fil d'or, soie</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>appliqué, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>99209</v>
+        <v>98851</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Étole </t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1800</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>lin, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>broché, broderie</t>
+          <t>appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>99215</v>
+        <v>98853</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Étole </t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>broderie, ottoman</t>
+          <t>appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>100233</v>
+        <v>99025</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois étoles et deux manipules </t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>étole, manipule</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, lin</t>
+          <t>soie, fil d'or, lin, vélin</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours</t>
+          <t>broderie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>98849</v>
+        <v>99026</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Étole </t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1800</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>lin, fil d'or, soie</t>
+          <t>soie, fil d'or, lin</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>appliqué, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>43481</v>
+        <v>31022</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>43482</v>
+        <v>31024</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>43483</v>
+        <v>31026</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>pale de calice</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>43484</v>
+        <v>31027</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>43485</v>
+        <v>30626</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>dentelle, broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>43489</v>
+        <v>40143</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>40143</v>
+        <v>43483</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>pale de calice</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>70890</v>
+        <v>43484</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>70894</v>
+        <v>43485</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>70897</v>
+        <v>43489</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>70901</v>
+        <v>43481</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>70903</v>
+        <v>43482</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>70909</v>
+        <v>70903</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, taffetas</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>70910</v>
+        <v>70909</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>70911</v>
+        <v>70910</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D66" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>brocart d'argent, soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>99742</v>
+        <v>70911</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D67" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>brocart d'argent, soie, fil d'or</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
         <v>70916</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>95698</v>
+        <v>99742</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>brocart d'argent</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>31022</v>
+        <v>95698</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>brocart d'argent</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>31024</v>
+        <v>70890</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>31026</v>
+        <v>70894</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>31027</v>
+        <v>70897</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'argent</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>30626</v>
+        <v>70901</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
         <v>99059</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
           <t>Ensemble chape et chasuble</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1720 - 1760</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>chape, chasuble</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>fil d'argent, soie, lin, fil d'or, laiton</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>broderie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>36997</v>
+        <v>64698</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1725 - 1740</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>lin, os</t>
+          <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>59664</v>
+        <v>36997</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1725 - 1740</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, lin</t>
+          <t>lin, os</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>cannelé, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>64698</v>
+        <v>59664</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1725 - 1740</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent</t>
+          <t>soie, fil d'argent, lin</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>broché, broderie</t>
+          <t>cannelé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>69205</v>
+        <v>30634</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Barbe de coiffure</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1740</t>
+          <t>1730 - 1750</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>mousseline, appliqué</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>30634</v>
+        <v>69205</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Barbe de coiffure</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1750</t>
+          <t>1730 - 1740</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>mousseline, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
         <v>58436</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>Portefeuille</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1740 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
@@ -3179,297 +3179,297 @@
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1760 - 1765</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>passementerie, broderie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>36944</v>
+        <v>64696</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Habit à la française</t>
+          <t>Veste non-montée</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1770 - 1785</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>cannelé, broderie</t>
+          <t>broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>58469</v>
+        <v>36944</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Habit à la française</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1782</t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>cannelé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
         <v>59536</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>nacre, soie</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>taillé, peint, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>72862</v>
+        <v>58469</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Habit à la française</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1770 - 1782</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, laine, métal</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile, velours</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>64696</v>
+        <v>72862</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Veste non-montée</t>
+          <t>Habit à la française</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1785</t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'argent, laine, métal</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>broderie, taffetas</t>
+          <t>broderie, toile, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>53197</v>
+        <v>37038</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Habit de cour</t>
+          <t>Jarretières</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1785</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>velours, appliqué</t>
+          <t>taffetas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>37038</v>
+        <v>53197</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Jarretières</t>
+          <t>Habit de cour</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1775 - 1785</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broderie</t>
+          <t>velours, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
         <v>30639</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1776 - 1800</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
@@ -3611,333 +3611,333 @@
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1780 - 1840</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>fil de métal, cuir</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>44469</v>
+        <v>31090</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1782 - 1787</t>
+          <t>1782 - 1786</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, lin, fil de métal, métal</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>cannelé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>44474</v>
+        <v>57831</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1782 - 1787</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>lamé, broderie</t>
+          <t>broderie, gaze, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>31090</v>
+        <v>44469</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1782 - 1786</t>
+          <t>1782 - 1787</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie, coton, lin, fil de métal, métal</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>cannelé, broderie</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>57831</v>
+        <v>44474</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1782 - 1787</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>haut</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>broderie, gaze, toile, satin</t>
+          <t>lamé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>72645</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1782 - 1787</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>44466</v>
+        <v>57839</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1783 - 1787</t>
+          <t>1783 - 1785</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>44472</v>
+        <v>44466</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1783 - 1787</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>57839</v>
+        <v>44472</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1783 - 1785</t>
+          <t>1783 - 1787</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
         <v>72655</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Veste </t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1783 - 1787</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
@@ -4115,1425 +4115,1405 @@
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1790 - 1800</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>soie, laine</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>43488</v>
+        <v>31019</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>31019</v>
+        <v>43488</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>100878</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Marquoir</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1798 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>broderie, ouvrage</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>soie, lin</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>99028</v>
+        <v>60867</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Culotte</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1850</t>
-[...3 lines deleted...]
-      <c r="G116" s="2"/>
+          <t>1800 - 1899</t>
+        </is>
+      </c>
+      <c r="F116" s="2" t="inlineStr">
+        <is>
+          <t>sous-vêtement</t>
+        </is>
+      </c>
+      <c r="G116" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>broderie, linon</t>
+          <t>toile, dentelle mécanique, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>99068</v>
+        <v>66395</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Dalmatiques </t>
+          <t>Bottillon</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1800 - 1810</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>botte</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>99169</v>
+        <v>59615</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Chasuble et étole </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1800 - 1820</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>chasuble, étole</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>soie, lin, laine</t>
+          <t>nacre, métal, ivoire</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>broderie, broché</t>
+          <t>tulle, taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>99183</v>
+        <v>58615</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Costume de statue </t>
+          <t>Ensemble robe Empire et manches</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1800 - 1805</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>robe longue, deux pièces</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie</t>
+          <t>broderie, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>99185</v>
+        <v>90532</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Chape et chasuble</t>
+          <t>Manches</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>chape, chasuble</t>
+          <t>manche</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>lin, fil de métal</t>
+          <t>lin, coton</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>organza, dentelle aux fuseaux, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>99786</v>
+        <v>99028</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux ceintures</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...11 lines deleted...]
-      </c>
+          <t>1800 - 1850</t>
+        </is>
+      </c>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>99862</v>
+        <v>99068</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Robe de statue</t>
+          <t>Dalmatiques </t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, lin</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle, velours</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>98822</v>
+        <v>99169</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Chasuble et étole </t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>chasuble, étole</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>soie, lin, fil de métal</t>
+          <t>soie, lin, laine</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>98845</v>
+        <v>99183</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Costume de statue </t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>lin, coton, soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>59615</v>
+        <v>99185</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Chape et chasuble</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1820</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chape, chasuble</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>nacre, métal, ivoire</t>
+          <t>lin, fil de métal</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>tulle, taillé, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>58615</v>
+        <v>99786</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe Empire et manches</t>
+          <t>Ensemble de deux ceintures</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1805</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>robe longue, deux pièces</t>
+          <t>ceinture</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin, soie, métal</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>broderie, linon</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>60867</v>
+        <v>99862</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Culotte</t>
+          <t>Robe de statue</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fil de métal, soie, lin</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>toile, dentelle mécanique, broderie anglaise</t>
+          <t>broderie, dentelle, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>66395</v>
+        <v>98822</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Bottillon</t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1810</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>botte</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>soie, lin, fil de métal</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>90532</v>
+        <v>98845</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Manches</t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>manche</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>lin, coton, soie, fil d'or</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>organza, dentelle aux fuseaux, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>43091</v>
+        <v>30684</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Robe de l'Enfant Jésus</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>costume de statue</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture, passementerie, dentelle</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>43486</v>
+        <v>30695</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>43583</v>
+        <v>30696</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Bannière du Mariage de la Vierge</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>soie, brocart d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>31039</v>
+        <v>30863</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>dentelle, tissage, broderie</t>
+          <t>tissage, broderie, passementerie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>31040</v>
+        <v>30864</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, dentelle</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>31055</v>
+        <v>30605</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Bannière de procession de Jean Baptiste</t>
+          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du Rosaire / Notre-Dame de la Miséricorde</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, verre, perle</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>31058</v>
+        <v>30865</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, perle</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>31063</v>
+        <v>30606</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>de Sainte Barbe</t>
+          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>brocart d'or, brocart d'argent, toile, peinture à l'huile</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>broderie, technique de peinture</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>31065</v>
+        <v>31017</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Bannière avec le Sacré Cœur de Jésus</t>
+          <t>Notre Dame</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>soie, perle, fil de métal, verre, bois, or</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, doré</t>
+          <t>broderie, technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>93436</v>
+        <v>30616</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>Saint Erasme</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
-[...2 lines deleted...]
-      <c r="G139" s="2"/>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G139" s="2" t="inlineStr">
+        <is>
+          <t>vernis, bois, toile, peinture à l'huile, verre, soie, fil d'argent, fil d'or</t>
+        </is>
+      </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>doré, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>70898</v>
+        <v>30617</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>bois, peinture à l'huile, toile, soie, fil d'argent, damas</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>70899</v>
+        <v>30618</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>bois, soie, fil d'argent, or</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>doré, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>70900</v>
+        <v>30619</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>bois, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>70908</v>
+        <v>30620</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière de sainte Barbe</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, taffetas</t>
+          <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>99501</v>
+        <v>31025</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Bannière de Notre-Dame-de-Lorette</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G144" s="2"/>
+          <t>chasuble</t>
+        </is>
+      </c>
+      <c r="G144" s="2" t="inlineStr">
+        <is>
+          <t>fil d'or, soie, verre</t>
+        </is>
+      </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>70912</v>
+        <v>30622</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>70913</v>
+        <v>30623</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>métal, fil d'argent, soie</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>70914</v>
+        <v>30624</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>70917</v>
+        <v>30625</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Bannière à l'effigie de sainte Catherine d'Alexandrie</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D148" s="2"/>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'argent, fil d'or, soie</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>70918</v>
+        <v>30630</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Bannière à l'effigie du Sacré-Coeur de Jésus</t>
+          <t>aube</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>aube</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>soie, pierre précieuse</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>dentelle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>72669</v>
+        <v>30631</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Châle de la Vierge</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1899</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>dentelle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
         <v>30643</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
           <t>pale de calice</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
@@ -5603,1157 +5583,1177 @@
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>pale</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>carton, lin</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>30684</v>
+        <v>31039</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>dentelle, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>30695</v>
+        <v>31040</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>tissage, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>30696</v>
+        <v>31055</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Bannière du Mariage de la Vierge</t>
+          <t>Bannière de procession de Jean Baptiste</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fil de métal, soie, verre, perle</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>30863</v>
+        <v>31058</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal, perle</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, broché</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>30864</v>
+        <v>31063</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>de Sainte Barbe</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>brocart d'or, brocart d'argent, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>30605</v>
+        <v>31065</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du Rosaire / Notre-Dame de la Miséricorde</t>
+          <t>Bannière avec le Sacré Cœur de Jésus</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, perle, fil de métal, verre, bois, or</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>30865</v>
+        <v>43486</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>30606</v>
+        <v>43583</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, brocart d'or</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>31017</v>
+        <v>43091</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Notre Dame</t>
+          <t>Robe de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>broderie, technique de sculpture, technique de peinture</t>
+          <t>broderie, couture, passementerie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>30616</v>
+        <v>70908</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Saint Erasme</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D163" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D163" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>vernis, bois, toile, peinture à l'huile, verre, soie, fil d'argent, fil d'or</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de peinture, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>30617</v>
+        <v>93436</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...6 lines deleted...]
-      </c>
+          <t>statue, costume de statue</t>
+        </is>
+      </c>
+      <c r="G164" s="2"/>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>30618</v>
+        <v>70912</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D165" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent, or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>doré, passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>30619</v>
+        <v>70913</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de peinture, broderie, tissage</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>30620</v>
+        <v>70914</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>bannière de sainte Barbe</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, technique de peinture, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>31025</v>
+        <v>70917</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Bannière à l'effigie de sainte Catherine d'Alexandrie</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D168" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D168" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie, verre</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>30622</v>
+        <v>99501</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>Bannière de Notre-Dame-de-Lorette</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G169" s="2"/>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>30623</v>
+        <v>70898</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D170" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D170" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>métal, fil d'argent, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>30624</v>
+        <v>70899</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D171" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D171" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>30625</v>
+        <v>70900</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D172" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D172" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, fil d'or, soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>30630</v>
+        <v>70918</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>aube</t>
+          <t>Bannière à l'effigie du Sacré-Coeur de Jésus</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D173" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D173" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>aube</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>soie, pierre précieuse</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>30631</v>
+        <v>72669</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Châle de la Vierge</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1899</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>45401</v>
+        <v>59610</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Robe empire</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1805 - 1812</t>
+          <t>1805 - 1815</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>taillé, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>45403</v>
+        <v>45401</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Fichu</t>
+          <t>Robe empire</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1805 - 1812</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>coton, lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>broderie, linon</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>59610</v>
+        <v>45403</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Fichu</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1805 - 1815</t>
+          <t>1805 - 1812</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>coton, lin</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze</t>
+          <t>broderie, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
         <v>72716</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Robe empire</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1805 - 1810</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>44452</v>
+        <v>88082</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Corsage </t>
+          <t>Volant</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1820</t>
+          <t>1810 - 1910</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...2 lines deleted...]
-      <c r="G179" s="2"/>
+          <t>volant</t>
+        </is>
+      </c>
+      <c r="G179" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>linon, broderie, dentelle aux fuseaux, batiste</t>
+          <t>appliqué, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
         <v>59735</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1810 - 1820</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>gaze, taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>88082</v>
+        <v>44452</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Volant</t>
+          <t>Corsage </t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1910</t>
+          <t>1810 - 1820</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>volant</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G181" s="2"/>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>appliqué, dentelle mécanique</t>
+          <t>linon, broderie, dentelle aux fuseaux, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>45406</v>
+        <v>103522</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Réticule</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1815 - 1820</t>
+          <t>1815 - 1825</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir, métal</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>broderie, mousseline</t>
+          <t>broderie, gaufré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>74119</v>
+        <v>45406</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Robe Empire</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1815 - </t>
+          <t>1815 - 1820</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>103522</v>
+        <v>74119</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Réticule</t>
+          <t>Robe Empire</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1815 - 1825</t>
+          <t>1815 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>broderie, gaufré</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
         <v>43474</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
           <t>Saint Guidon</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1819 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
@@ -6859,117 +6859,117 @@
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1830 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>taffetas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>88116</v>
+        <v>87266</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Volant (fragment)</t>
+          <t>Parure de berceau</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1830 - 1930</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>volant</t>
+          <t>parure de lit</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, coton, lin</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>dentelle aux fuseaux, broderie, armures multiples</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>87266</v>
+        <v>88116</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Parure de berceau</t>
+          <t>Volant (fragment)</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1830 - 1930</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>parure de lit</t>
+          <t>volant</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, broderie, armures multiples</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
         <v>86555</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
           <t>Croix de Chevalier de l'Ordre de Léopold de Belgique </t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1832 - 1930</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
@@ -7003,429 +7003,429 @@
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1835 - 1840</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>bretelle</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>soie, perle</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>44363</v>
+        <v>30602</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Napperon</t>
+          <t>Bannière de la confrérie de Saint Charles Borromée</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1930</t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>napperon</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>toile, bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, batiste, broderie</t>
+          <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>44978</v>
+        <v>59827</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
-[...2 lines deleted...]
-      <c r="G194" s="2"/>
+          <t>éventail plié</t>
+        </is>
+      </c>
+      <c r="G194" s="2" t="inlineStr">
+        <is>
+          <t>ivoire, soie, plume</t>
+        </is>
+      </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>linon, broderie, dentelle aux fuseaux, dentelle à l'aiguille</t>
+          <t>broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>80810</v>
+        <v>61791</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
+          <t>Bretelle</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1920</t>
-[...2 lines deleted...]
-      <c r="F195" s="2"/>
+          <t>1840 - 1860</t>
+        </is>
+      </c>
+      <c r="F195" s="2" t="inlineStr">
+        <is>
+          <t>bretelle</t>
+        </is>
+      </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, coton</t>
+          <t>lin, soie, laine</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, passementerie, toile</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>80812</v>
+        <v>61792</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Ruban honorifique et insigne de Président d’Honneur « La Prévoyance »</t>
+          <t>Bretelles</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1920</t>
-[...2 lines deleted...]
-      <c r="F196" s="2"/>
+          <t>1840 - 1860</t>
+        </is>
+      </c>
+      <c r="F196" s="2" t="inlineStr">
+        <is>
+          <t>bretelle</t>
+        </is>
+      </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, passementerie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>72706</v>
+        <v>63573</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, nacre</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>59827</v>
+        <v>88112</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Col</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1840 - 1910</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>col</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, plume</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé</t>
+          <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>61791</v>
+        <v>44363</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Bretelle</t>
+          <t>Napperon</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1840 - 1930</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>bretelle</t>
+          <t>napperon</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>lin, soie, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>dentelle aux fuseaux, batiste, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>61792</v>
+        <v>44978</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Bretelles</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>bretelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>mouchoir</t>
+        </is>
+      </c>
+      <c r="G200" s="2"/>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>linon, broderie, dentelle aux fuseaux, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>63573</v>
+        <v>72706</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie, métal, nacre</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>88112</v>
+        <v>80810</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Col</t>
+          <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1840 - 1920</t>
+        </is>
+      </c>
+      <c r="F202" s="2"/>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fil d'argent, fil d'or, coton</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours</t>
+          <t>broderie, velours, passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>30602</v>
+        <v>80812</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Charles Borromée</t>
+          <t>Ruban honorifique et insigne de Président d’Honneur « La Prévoyance »</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
-[...6 lines deleted...]
-      </c>
+          <t>1840 - 1920</t>
+        </is>
+      </c>
+      <c r="F203" s="2"/>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>toile, bois, fil de métal, soie</t>
+          <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
+          <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
         <v>30621</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
           <t>Manteau de la Vierge</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
@@ -7535,117 +7535,117 @@
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1845 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>61808</v>
+        <v>30601</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Bretelles</t>
+          <t>Bannière de la confrérie des Fidèles trépassés</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1865</t>
+          <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>bretelle</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, cuir</t>
+          <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>broderie, taffetas, toile</t>
+          <t>passementerie, technique de sculpture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>30601</v>
+        <v>61808</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie des Fidèles trépassés</t>
+          <t>Bretelles</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1845</t>
+          <t>1845 - 1865</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bretelle</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>bois, fil de métal, soie</t>
+          <t>coton, soie, cuir</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, broderie, tissage</t>
+          <t>broderie, taffetas, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
         <v>100903</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
           <t>Marquoir</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1848 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
@@ -7711,193 +7711,189 @@
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1849 - </t>
         </is>
       </c>
       <c r="F212" s="2"/>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>velours, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>56689</v>
+        <v>60891</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
+          <t>Bonnet </t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1921</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, sergé, broderie, passementerie</t>
+          <t>broderie, batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>43077</v>
+        <v>62119</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'Association de saint François de Sales</t>
+          <t>Escarpins </t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>cuir, métal</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, passementerie</t>
+          <t>broderie, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>43078</v>
+        <v>62165</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Mitaines </t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>43079</v>
+        <v>62631</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Col</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1920</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>col</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, toile, peinture à l'huile</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie, passementerie, technique de peinture</t>
+          <t>toile, broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
         <v>43069</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
@@ -8103,81 +8099,81 @@
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>100378</v>
+        <v>80968</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Nappe</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>nappe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, broderie, dentelle aux fuseaux, batiste</t>
+          <t>imprimé, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
         <v>58303</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
           <t>Etole</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
@@ -8211,4633 +8207,4637 @@
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>80805</v>
+        <v>109511</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Brassard de commissaire de la Société des Secours Mutuels de saint Eloi</t>
+          <t>Manchettes (paire de)</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
-[...2 lines deleted...]
-      <c r="F227" s="2"/>
+          <t>1850 - 1900</t>
+        </is>
+      </c>
+      <c r="F227" s="2" t="inlineStr">
+        <is>
+          <t>manchette</t>
+        </is>
+      </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, coton, fil de métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie</t>
+          <t>dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>80968</v>
+        <v>56689</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D228" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D228" s="2" t="inlineStr">
+        <is>
+          <t>Dewinter-Spinoy</t>
+        </is>
+      </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1921</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, dentelle</t>
+          <t>velours, broderie, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>60891</v>
+        <v>43077</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Bonnet </t>
+          <t>Bannière de l'Association de saint François de Sales</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>broderie, batiste, dentelle aux fuseaux</t>
+          <t>couture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>62119</v>
+        <v>43078</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Escarpins </t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>broderie, technique du cuir</t>
+          <t>couture, damas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>62165</v>
+        <v>43079</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Mitaines </t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>couture, damas, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>62631</v>
+        <v>100378</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Col</t>
+          <t>Nappe</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1920</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>col</t>
+          <t>nappe</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, dentelle aux fuseaux</t>
+          <t>dentelle à l'aiguille, broderie, dentelle aux fuseaux, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>93375</v>
+        <v>80805</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée conception</t>
+          <t>Brassard de commissaire de la Société des Secours Mutuels de saint Eloi</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1850 - 1950</t>
+        </is>
+      </c>
+      <c r="F233" s="2"/>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, métal, coton, fil de métal</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>velours, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>93376</v>
+        <v>30859</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Enfant Jésus Sauveur</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>76972</v>
+        <v>30860</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Saint Roch de Montpellier</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie, couture</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>76973</v>
+        <v>30861</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie, couture</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>30859</v>
+        <v>30862</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>30860</v>
+        <v>93375</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Vierge de l’Immaculée conception</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1851</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>30861</v>
+        <v>93376</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Enfant Jésus Sauveur</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1851</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>30862</v>
+        <v>93374</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>Saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1851</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>couture, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>93374</v>
+        <v>76972</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Saint Lambert de Liège</t>
+          <t>Saint Roch de Montpellier</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, peint, passementerie</t>
+          <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>30600</v>
+        <v>76973</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Aubert de Cambrai</t>
+          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1853 - 1853</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>30604</v>
+        <v>30600</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Notre-Dame de Miséricorde</t>
+          <t>Bannière de la confrérie de Saint Aubert de Cambrai</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>bois, fil de métal, soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, broderie, tissage</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>57341</v>
+        <v>30604</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'Association mutuelle philanthropique des artistes musiciens de Bruxelles</t>
+          <t>Bannière de la confrérie de Notre-Dame de Miséricorde</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1858 - 1937</t>
+          <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, coton, papier, bois, métal, fil de métal</t>
+          <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, sergé, passementerie</t>
+          <t>technique de sculpture, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>88473</v>
+        <v>57341</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Bannière de l'Association mutuelle philanthropique des artistes musiciens de Bruxelles</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D245" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D245" s="2"/>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1859 - </t>
+          <t>1858 - 1937</t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil d'argent, fil d'or, métal, bois, verre</t>
+          <t>soie, fil de métal, coton, papier, bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, moiré, broderie, passementerie</t>
+          <t>velours, broderie, sergé, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>59644</v>
+        <v>88473</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D246" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D246" s="2" t="inlineStr">
+        <is>
+          <t>Melot, E.</t>
+        </is>
+      </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1890</t>
+          <t>1859 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie, coton, fil d'argent, fil d'or, métal, bois, verre</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, broderie</t>
+          <t>velours, sergé, moiré, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
         <v>59889</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
           <t>bois, soie</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>80797</v>
+        <v>59644</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Deux rubans honorifique des Anciens Militaires sous Léopold Ier 1831-1865</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1865 - </t>
+          <t>1860 - 1890</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile, satin</t>
+          <t>taillé, dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
         <v>63864</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la société royale "La Générale Belge des Décorés pour Actes de Courage et de Devouement”</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Borney, ED.</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1865 - 1950</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil de métal, bois, métal, bois, métal</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>broderie, cannelé, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>43475</v>
+        <v>80797</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la congrégation de la Sainte-Famille</t>
+          <t>Deux rubans honorifique des Anciens Militaires sous Léopold Ier 1831-1865</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1866 - </t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, matière colorante, toile</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie</t>
+          <t>broderie, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
         <v>58601</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
           <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1866 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>57364</v>
+        <v>43475</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Société de l’Industrie, Bruxelles</t>
+          <t>Bannière de la congrégation de la Sainte-Famille</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D252" s="2"/>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1868 - 1940</t>
+          <t>1866 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, métal, métal, métal, fil de métal, soie, coton, métal</t>
+          <t>soie, fil d'argent, matière colorante, toile</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, toile, passementerie</t>
+          <t>tissage, technique de peinture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>43071</v>
+        <v>57364</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bannière de la Société de l’Industrie, Bruxelles</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Van Rooters, F.</t>
+          <t>Renert, F.</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1869</t>
+          <t>1868 - 1940</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, fil de métal</t>
+          <t>soie, fil de métal, bois, métal, métal, métal, fil de métal, soie, coton, métal</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, damas, technique de peinture</t>
+          <t>velours, broderie, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>80813</v>
+        <v>30598</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Deux rubans honorifique: Société Philanthropique des Cuisiniers de Bruxelles</t>
+          <t>Bannière de la confrérie de Saint Boniface</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1960</t>
-[...2 lines deleted...]
-      <c r="F254" s="2"/>
+          <t>1869 - 1869</t>
+        </is>
+      </c>
+      <c r="F254" s="2" t="inlineStr">
+        <is>
+          <t>bannière</t>
+        </is>
+      </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil d'or</t>
+          <t>toile, bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>passementerie, technique de sculpture, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>30598</v>
+        <v>43071</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Boniface</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D255" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D255" s="2" t="inlineStr">
+        <is>
+          <t>Van Rooters, F.</t>
+        </is>
+      </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1869 - 1869</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>toile, bois, fil de métal, soie</t>
+          <t>peinture à l'huile, toile, fil de métal</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, technique de peinture, broderie, tissage</t>
+          <t>couture, broderie, damas, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>43739</v>
+        <v>80813</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Saint Louis de Gonzague</t>
+          <t>Deux rubans honorifique: Société Philanthropique des Cuisiniers de Bruxelles</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1869 - 1960</t>
+        </is>
+      </c>
+      <c r="F256" s="2"/>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, toile, matière colorante</t>
+          <t>soie, coton, fil d'or</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
         <v>66190</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
           <t>Bannière des Fanfares du Cercle Offenbach de Saint-Gilles</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>inconnu,</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>83368</v>
+        <v>43739</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Saint Louis de Gonzague</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D258" s="2"/>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1938</t>
-[...2 lines deleted...]
-      <c r="F258" s="2"/>
+          <t>1870 - </t>
+        </is>
+      </c>
+      <c r="F258" s="2" t="inlineStr">
+        <is>
+          <t>bannière</t>
+        </is>
+      </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal</t>
+          <t>soie, fil d'argent, toile, matière colorante</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>tissage, technique de peinture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
         <v>43476</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
           <t>Bannière de la Confrérie royale de saint Guidon</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>fil d'argent, toile, matière colorante, carton</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>45591</v>
+        <v>66245</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D260" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D260" s="2" t="inlineStr">
+        <is>
+          <t>Piret,  J. H.</t>
+        </is>
+      </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1885</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>54581</v>
+        <v>66246</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir de mariée</t>
+          <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1885</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
-[...2 lines deleted...]
-      <c r="G261" s="2"/>
+          <t>chapeau</t>
+        </is>
+      </c>
+      <c r="G261" s="2" t="inlineStr">
+        <is>
+          <t>feutre, coton, fil de métal, métal</t>
+        </is>
+      </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>appliqué, dentelle à l'aiguille, linon</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>99500</v>
+        <v>88021</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la "Ligue du Saint-Sacrement"</t>
+          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'or, fil d'argent, bois</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>velours, broderie, passementerie, cannelé, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>66245</v>
+        <v>109513</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>Barbe de coiffure</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1920</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>dentelle à l'aiguille, dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>66246</v>
+        <v>54581</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration de Saint-Gilles</t>
+          <t>Mouchoir de mariée</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1885</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
-[...6 lines deleted...]
-      </c>
+          <t>mouchoir</t>
+        </is>
+      </c>
+      <c r="G264" s="2"/>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>appliqué, dentelle à l'aiguille, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>88021</v>
+        <v>45591</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1885</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bois</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie, cannelé, sergé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>88462</v>
+        <v>99500</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l' union Prevoyance et Fraternite de Laeken</t>
+          <t>Drapeau de la "Ligue du Saint-Sacrement"</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Fonson Cie</t>
+          <t>Rectem,  Maurice</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>101004</v>
+        <v>88462</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Bannière de l' union Prevoyance et Fraternite de Laeken</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D267" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D267" s="2" t="inlineStr">
+        <is>
+          <t>Fonson Cie</t>
+        </is>
+      </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, dentelle aux fuseaux</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>58576</v>
+        <v>11883</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>perle</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
+          <t>broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>59677</v>
+        <v>81265</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze</t>
+          <t>broderie, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>58671</v>
+        <v>87745</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1890</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>passementerie, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>73192</v>
+        <v>87789</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, coton, carton</t>
+          <t>argent, bois, soie</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>moiré, toile, broderie, passementerie</t>
+          <t>broderie, dentelle, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>73196</v>
+        <v>58576</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, carton</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, broderie, passementerie</t>
+          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>80326</v>
+        <v>88121</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>ruban honorifique du Chat Noir "Académie du Chat Noir de Bruxelles - Prince de Megriou"</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
-[...2 lines deleted...]
-      <c r="F273" s="2"/>
+          <t>1880 - 1910</t>
+        </is>
+      </c>
+      <c r="F273" s="2" t="inlineStr">
+        <is>
+          <t>ombrelle</t>
+        </is>
+      </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, coton, bois</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>satin, toile, technique de sculpture, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>76245</v>
+        <v>59677</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société royale l'Avenir</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, métal, bois, métal, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie, toile, moiré, passementerie</t>
+          <t>taillé, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>80223</v>
+        <v>88474</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>jais, verre, soie</t>
+          <t>soie, bois, laiton</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, tulle</t>
+          <t>mousseline, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>87789</v>
+        <v>58671</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1890</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>argent, bois, soie</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle, tulle</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>11883</v>
+        <v>101004</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "Cercle Saint-Laurent"</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1914</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>perle</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture</t>
+          <t>toile, broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>88121</v>
+        <v>80223</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, bois</t>
+          <t>jais, verre, soie</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, technique de sculpture, tulle, broderie</t>
+          <t>satin, broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>88474</v>
+        <v>73192</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, laiton</t>
+          <t>fil d'or, coton, carton</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie anglaise</t>
+          <t>moiré, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>81265</v>
+        <v>73196</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, fil d'argent, carton</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>broderie, ottoman</t>
+          <t>damas, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>87745</v>
+        <v>80326</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>ruban honorifique du Chat Noir "Académie du Chat Noir de Bruxelles - Prince de Megriou"</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1880 - 1960</t>
+        </is>
+      </c>
+      <c r="F281" s="2"/>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, mousseline</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>45199</v>
+        <v>76245</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Drapeau de la Société royale l'Avenir</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1882 - 1884</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, fil d'or, métal, bois, métal, soie</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique, broderie</t>
+          <t>toile, broderie, passementerie, toile, moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>45090</v>
+        <v>45199</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Cape </t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1895</t>
+          <t>1882 - 1884</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>tulle, gaze, broderie, satin</t>
+          <t>satin, dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>76094</v>
+        <v>45090</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la "Société chorale Les Sans Gène"</t>
+          <t>Cape </t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1887 - 1950</t>
+          <t>1885 - 1895</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, métal, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, passementerie</t>
+          <t>tulle, gaze, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
         <v>63865</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
           <t>Bannière de la société royale "Alliance Musicale de Ten-Bosch”</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>Vanlaeken, J.</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
           <t>bois, métal, soie, fil d'or</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, velours, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>43477</v>
+        <v>76094</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de l'Immaculée Conception</t>
+          <t>Bannière de la "Société chorale Les Sans Gène"</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, toile, verre, matière colorante</t>
+          <t>soie, fil de métal, métal, métal</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, tissage, broderie, passementerie</t>
+          <t>satin, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>47225</v>
+        <v>61050</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Minerve</t>
+          <t>Chaussons</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D287" s="2"/>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1945</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
-          <t>objet de confection textile</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>satin, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>43065</v>
+        <v>66247</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>Képi de la police de Saint-Gilles</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D288" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D288" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1925</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, métal</t>
+          <t>fil de métal, matière plastique, métal</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, tissage, broderie, couture, taffetas</t>
+          <t>passementerie, broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>98732</v>
+        <v>59849</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>résine synthétique, coton, métal</t>
+          <t>écaille, plume</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, broderie</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>98733</v>
+        <v>62075</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bavoir</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
-[...2 lines deleted...]
-      <c r="F290" s="2"/>
+          <t>1890 - 1920</t>
+        </is>
+      </c>
+      <c r="F290" s="2" t="inlineStr">
+        <is>
+          <t>accessoire textile</t>
+        </is>
+      </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>écaille, coton, acier</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>dentelle mixte, broderie</t>
+          <t>broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>59631</v>
+        <v>59891</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Feuille d'éventail</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle à l'aiguille, taillé</t>
+          <t>broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>58527</v>
+        <v>62666</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D292" s="2"/>
+      <c r="D292" s="2" t="inlineStr">
+        <is>
+          <t>Baes, Firmin</t>
+        </is>
+      </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1891</t>
+          <t>1890 - 1930</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>broché, tulle, broderie</t>
+          <t>lamé, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>59560</v>
+        <v>43065</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1925</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie, fil de métal, bois, métal</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, taillé</t>
+          <t>technique d'assemblage, tissage, broderie, couture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>59603</v>
+        <v>86765</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>cadre-reliquaire</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1940</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache</t>
+          <t>bois, verre, papier, encre, os</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, broderie, gaze</t>
+          <t>technique d'assemblage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>61050</v>
+        <v>59560</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Chaussons</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie anglaise</t>
+          <t>satin, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>66247</v>
+        <v>87742</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Képi de la police de Saint-Gilles</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, matière plastique, métal</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, couture</t>
+          <t>broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>59849</v>
+        <v>59603</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>écaille, plume</t>
+          <t>ivoire, gouache</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>taillé, peint, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>62075</v>
+        <v>81274</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Bavoir</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle mécanique</t>
+          <t>velours, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>59891</v>
+        <v>87812</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Feuille d'éventail</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>broderie, peint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>62666</v>
+        <v>87813</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D300" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D300" s="2"/>
       <c r="E300" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1930</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>lamé, broderie, chenille</t>
+          <t>tulle, crochet, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>81274</v>
+        <v>59631</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1895</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>jais, soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie</t>
+          <t>broderie, dentelle à l'aiguille, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>87812</v>
+        <v>88023</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>crochet, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>87813</v>
+        <v>58527</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1891</t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>tulle, crochet, broderie</t>
+          <t>broché, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>88023</v>
+        <v>90316</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1930</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>raphia, soie</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>crochet, broderie</t>
+          <t>broderie, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>90316</v>
+        <v>83415</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Panneau décoratif</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D305" s="2"/>
+      <c r="D305" s="2" t="inlineStr">
+        <is>
+          <t>Wilhem, Rosa  / Portaels, Jean</t>
+        </is>
+      </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1930</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>panneau décoratif, broderie</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>raphia, soie</t>
+          <t>laine, coton, soie</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>broderie, teint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>83415</v>
+        <v>83425</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
           <t>Panneau décoratif</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Wilhem, Rosa  / Portaels, Jean</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>panneau décoratif, broderie</t>
+          <t>broderie, panneau décoratif</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>laine, coton, soie</t>
+          <t>coton, soie, laine</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>83425</v>
+        <v>47225</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Panneau décoratif</t>
+          <t>Minerve</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>Wilhem, Rosa  / Portaels, Jean</t>
+          <t>De Rudder, Isidore / du Ménil-De Rudder, Hélène</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1945</t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>broderie, panneau décoratif</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>86765</v>
+        <v>43477</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>cadre-reliquaire</t>
+          <t>Notre-Dame de l'Immaculée Conception</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1940</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, papier, encre, os</t>
+          <t>fil d'argent, soie, toile, verre, matière colorante</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, broderie</t>
+          <t>technique de peinture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>87742</v>
+        <v>98732</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>résine synthétique, coton, métal</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin</t>
+          <t>dentelle aux fuseaux, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>43478</v>
+        <v>98733</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Le Sacré Cœur du Christ</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1890 - </t>
+        </is>
+      </c>
+      <c r="F310" s="2"/>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>soie, toile, matière colorante, fil d'argent</t>
+          <t>écaille, coton, acier</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie</t>
+          <t>dentelle mixte, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>43479</v>
+        <v>43478</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>L'enfant Jésus</t>
+          <t>Le Sacré Cœur du Christ</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>soie, toile, matière colorante, fil de métal</t>
+          <t>soie, toile, matière colorante, fil d'argent</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie, velours</t>
+          <t>tissage, technique de peinture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>43480</v>
+        <v>43479</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'association Notre-Dame de Grâce</t>
+          <t>L'enfant Jésus</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, verre, bois</t>
+          <t>soie, toile, matière colorante, fil de métal</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, technique de peinture, broderie, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>70881</v>
+        <v>43480</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Bannière de l'association Notre-Dame de Grâce</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
-      <c r="F313" s="2"/>
+      <c r="F313" s="2" t="inlineStr">
+        <is>
+          <t>bannière</t>
+        </is>
+      </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'argent, soie, verre, bois</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>70883</v>
+        <v>93377</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Agneau vexillifère</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>93377</v>
+        <v>93378</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Agneau vexillifère</t>
+          <t>Sacré-Coeur de la Vierge</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>93378</v>
+        <v>70881</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Sacré-Coeur de la Vierge</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1891 - 1900</t>
+        </is>
+      </c>
+      <c r="F316" s="2"/>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>70893</v>
+        <v>70883</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
           <t>Chape</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>70895</v>
+        <v>70893</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D318" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D318" s="2"/>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>70896</v>
+        <v>70895</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D319" s="2"/>
+      <c r="D319" s="2" t="inlineStr">
+        <is>
+          <t>Schönberg, Rodolphe</t>
+        </is>
+      </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>72913</v>
+        <v>70896</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, plissé, gaze</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>56754</v>
+        <v>72913</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Drapeau "Anciens Militaires 1831 – 1865"</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D321" s="2"/>
       <c r="E321" s="2" t="inlineStr">
         <is>
-          <t>1892 - 1922</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, métal, soie, fil de métal, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie, toile, broderie</t>
+          <t>velours, toile, broderie, plissé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
         <v>66191</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
           <t>Bannière des Fanfares du Cercle royal Offenbach de Saint-Gilles</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>Renert,  J.</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, bois, métal, perle, soie</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>78348</v>
+        <v>56754</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Fanion dédié aux Cyclistes amateurs bruxellois</t>
+          <t>Drapeau "Anciens Militaires 1831 – 1865"</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D323" s="2"/>
+      <c r="D323" s="2" t="inlineStr">
+        <is>
+          <t>Fonson Cie</t>
+        </is>
+      </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1892 - 1922</t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, fil d'or, fil d'argent, métal</t>
+          <t>soie, fil de métal, bois, métal, soie, fil de métal, fil de métal</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, passementerie</t>
+          <t>toile, broderie, passementerie, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
         <v>63770</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
           <t>Bannière de la société royale philanthropique "Les Artisans Décorés”</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1893 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent, fil d'or, métal, métal, fil d'or, bois, métal</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>81243</v>
+        <v>78348</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Collet du soir</t>
+          <t>Fanion dédié aux Cyclistes amateurs bruxellois</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1896</t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>métal, soie, fil d'or, fil d'argent, métal</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie</t>
+          <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>95650</v>
+        <v>81243</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
+          <t>Collet du soir</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1894 - 1896</t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, soie</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage</t>
+          <t>velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>95651</v>
+        <v>59558</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1921</t>
+          <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage</t>
+          <t>peint, broderie, taillé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
         <v>59614</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1895 - 1920</t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
           <t>écaille, soie</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>59558</v>
+        <v>95650</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1905</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>peint, broderie, taillé, satin</t>
+          <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>47220</v>
+        <v>95651</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Allégorie du Mariage ou La Loi, l'Amour et l'Espérance</t>
+          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D330" s="2"/>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
-[...2 lines deleted...]
-      <c r="F330" s="2"/>
+          <t>1895 - 1921</t>
+        </is>
+      </c>
+      <c r="F330" s="2" t="inlineStr">
+        <is>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>43082</v>
+        <v>47220</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Allégorie du Mariage ou La Loi, l'Amour et l'Espérance</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D331" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D331" s="2" t="inlineStr">
+        <is>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+        </is>
+      </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1898</t>
-[...6 lines deleted...]
-      </c>
+          <t>1896 - </t>
+        </is>
+      </c>
+      <c r="F331" s="2"/>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>45625</v>
+        <v>63753</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Collet du soir</t>
+          <t>Bannière de la société royale "La Phalange Belge"</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1901</t>
+          <t>1898 - 1940</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>soie, jais, verre</t>
+          <t>soie, fil de métal, métal, bambou, métal, métal, métal</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, satin</t>
+          <t>moiré, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
         <v>36996</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
           <t>Corsage de demi-deuil </t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>taffetas, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>63753</v>
+        <v>80992</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "La Phalange Belge"</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1940</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, métal, bambou, métal, métal, métal</t>
+          <t>soie, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>moiré, toile, broderie, passementerie</t>
+          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>80992</v>
+        <v>43082</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1898</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>43081</v>
+        <v>45625</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Collet du soir</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie, jais, verre</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, peint, taffetas</t>
+          <t>velours, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>43080</v>
+        <v>60937</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Gilde de Saint Josse</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1940</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>batiste, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>36751</v>
+        <v>59769</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Les quatre saisons</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D338" s="2"/>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>43059</v>
+        <v>59770</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>43060</v>
+        <v>59772</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>taillé, broderie, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>43061</v>
+        <v>59853</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>bois, autruche</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>taillé, teint, broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>43062</v>
+        <v>59868</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>36708</v>
+        <v>62157</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Le printemps</t>
+          <t>Jabot</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D343" s="2"/>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>col</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>98987</v>
+        <v>62537</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Robe de fiançailles </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bambou, bois, coton</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie anglaise</t>
+          <t>broderie anglaise, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>99181</v>
+        <v>36751</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Aube</t>
+          <t>Les quatre saisons</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D345" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D345" s="2" t="inlineStr">
+        <is>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+        </is>
+      </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1965</t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>aube</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>66892</v>
+        <v>43059</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Tablier</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>tablier</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie anglaise</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>59613</v>
+        <v>43060</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>corne, soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>59675</v>
+        <v>43061</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>59676</v>
+        <v>43062</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, papier</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>59769</v>
+        <v>36708</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le printemps</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D350" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D350" s="2" t="inlineStr">
+        <is>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+        </is>
+      </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>57758</v>
+        <v>59565</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>coton, bambou</t>
+          <t>soie, nacre, écaille</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie anglaise, passementerie</t>
+          <t>broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>59565</v>
+        <v>81263</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ensemble corsage et jupe</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1914</t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>haut à manches courtes ou longues, jupe, deux pièces</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>soie, nacre, écaille</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé</t>
+          <t>ottoman, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
         <v>59599</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
@@ -12907,8777 +12907,8773 @@
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>tablier</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
           <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>59611</v>
+        <v>58277</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, nacre</t>
+          <t>laine, nacre, soie, coton</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, gaze, broderie</t>
+          <t>velours, technique d'apprêt et embellissement du tissu, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>58277</v>
+        <v>59611</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>laine, nacre, soie, coton</t>
+          <t>ivoire, soie, nacre</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>velours, technique d'apprêt et embellissement du tissu, broderie</t>
+          <t>taillé, satin, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>59612</v>
+        <v>87793</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>nacre, ivoire, soie</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>broderie anglaise, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
         <v>58285</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
           <t>Béguin</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
           <t>soie, pâte de verre</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>80328</v>
+        <v>59612</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1962</t>
-[...2 lines deleted...]
-      <c r="F360" s="2"/>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F360" s="2" t="inlineStr">
+        <is>
+          <t>éventail plié</t>
+        </is>
+      </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>nacre, ivoire, soie</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, sergé</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>60937</v>
+        <v>87802</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, bois, laiton, os, corne</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie anglaise</t>
+          <t>broderie anglaise, technique de sculpture, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>59770</v>
+        <v>59613</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>corne, soie</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>taillé, gaze, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>59772</v>
+        <v>59675</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, dentelle mécanique</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>59853</v>
+        <v>59676</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>bois, autruche</t>
+          <t>nacre, gouache, papier</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint, broderie, peint</t>
+          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>59868</v>
+        <v>88472</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>broderie anglaise, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>62157</v>
+        <v>57758</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Jabot</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>col</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, bambou</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie</t>
+          <t>toile, broderie anglaise, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>62537</v>
+        <v>43080</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Drapeau de la Gilde de Saint Josse</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>bambou, bois, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, placage</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>87793</v>
+        <v>43081</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, passementerie, velours</t>
+          <t>tissage, couture, broderie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>87802</v>
+        <v>99181</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Aube</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1965</t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>aube</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton, os, corne</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, technique de sculpture, tulle</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>88472</v>
+        <v>66892</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Tablier</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>tablier</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, toile</t>
+          <t>toile, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>81263</v>
+        <v>98987</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Ensemble corsage et jupe</t>
+          <t>Robe de fiançailles </t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1914</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues, jupe, deux pièces</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>ottoman, tulle, broderie</t>
+          <t>dentelle mécanique, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>53196</v>
+        <v>80328</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Ouvrages scolaires</t>
+          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1904</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1962</t>
+        </is>
+      </c>
+      <c r="F372" s="2"/>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
-          <t>crochet, broderie, tricot</t>
+          <t>broderie, velours, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>54195</v>
+        <v>53196</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ouvrages scolaires</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1904</t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ouvrage</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>ottoman, broderie</t>
+          <t>crochet, broderie, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>36709</v>
+        <v>54195</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>L'été</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D374" s="2"/>
       <c r="E374" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1902</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>ottoman, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>77893</v>
+        <v>60950</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1904</t>
+          <t>1902 - 1912</t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
-          <t>broderie, appliqué, passementerie, dentelle mécanique, broché</t>
+          <t>broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>80200</v>
+        <v>60661</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Robe de bal</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1906</t>
+          <t>1902 - 1908</t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>60950</v>
+        <v>60662</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe d'été</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1912</t>
+          <t>1902 - 1908</t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>60661</v>
+        <v>36709</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>L'été</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D378" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D378" s="2" t="inlineStr">
+        <is>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+        </is>
+      </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1908</t>
+          <t>1902 - 1902</t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>60662</v>
+        <v>58618</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Robe d'été</t>
+          <t>Corsage demi-deuil</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1908</t>
+          <t>1902 - 1903</t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>damas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>36711</v>
+        <v>80200</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>L'hiver</t>
+          <t>Robe de bal</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D380" s="2"/>
       <c r="E380" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1902 - 1906</t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>36710</v>
+        <v>77893</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>L'automne</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D381" s="2"/>
       <c r="E381" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1902 - 1904</t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, appliqué, passementerie, dentelle mécanique, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>95560</v>
+        <v>36711</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>L'Éducation</t>
+          <t>L'hiver</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>95561</v>
+        <v>36710</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Le Travail</t>
+          <t>L'automne</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E383" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>95562</v>
+        <v>95560</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>Les Loisirs</t>
+          <t>L'Éducation</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>95563</v>
+        <v>95561</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Le Repos</t>
+          <t>Le Travail</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>45309</v>
+        <v>95562</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>Ensemble corsage et jupe</t>
+          <t>Les Loisirs</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
-          <t>Goutière, Louise</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1905</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, haut à manches courtes ou longues, jupe</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, jais</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, passementerie, velours, tulle, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>95558</v>
+        <v>95563</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>Les Fiançailles</t>
+          <t>Le Repos</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D387" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E387" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>95559</v>
+        <v>45309</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>La Famille</t>
+          <t>Ensemble corsage et jupe</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>Goutière, Louise</t>
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1905</t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>deux pièces, haut à manches courtes ou longues, jupe</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie, jais</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>dentelle mécanique, passementerie, velours, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>95564</v>
+        <v>95558</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>La Vieillesse</t>
+          <t>Les Fiançailles</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1908</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>99158</v>
+        <v>95559</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>La Famille</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D390" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D390" s="2" t="inlineStr">
+        <is>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+        </is>
+      </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
-          <t>robe, robe longue</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>95557</v>
+        <v>95564</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>Le Mariage</t>
+          <t>La Vieillesse</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E391" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1904 - 1908</t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>102544</v>
+        <v>81040</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de fiançailles</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1912</t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>faille, broderie</t>
+          <t>satin, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>79850</v>
+        <v>102544</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble de fiançailles</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1906</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
-          <t>velours, appliqué</t>
+          <t>faille, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>81040</v>
+        <v>99158</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1912</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe, robe longue</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, mousseline</t>
+          <t>broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>37030</v>
+        <v>95557</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Robe de gala</t>
+          <t>Le Mariage</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
-          <t>Drecoll,  / Drecoll, Christopher</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>crêpe, tulle, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>80348</v>
+        <v>79850</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Robe deux-pièces</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2" t="inlineStr">
         <is>
-          <t>1907 - 1908</t>
+          <t>1905 - 1906</t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, velours, taffetas</t>
+          <t>velours, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>101003</v>
+        <v>37030</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Robe de gala</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D397" s="2"/>
+      <c r="D397" s="2" t="inlineStr">
+        <is>
+          <t>Drecoll,  / Drecoll, Christopher</t>
+        </is>
+      </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
-          <t>1908 - </t>
-[...2 lines deleted...]
-      <c r="F397" s="2"/>
+          <t>1907 - </t>
+        </is>
+      </c>
+      <c r="F397" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie</t>
+          <t>crêpe, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>60639</v>
+        <v>80348</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D398" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D398" s="2"/>
       <c r="E398" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1911</t>
+          <t>1907 - 1908</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>velours, satin, broderie</t>
+          <t>satin, broderie, velours, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>56299</v>
+        <v>101003</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
-[...6 lines deleted...]
-      </c>
+          <t>1908 - </t>
+        </is>
+      </c>
+      <c r="F399" s="2"/>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>99072</v>
+        <v>60639</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D400" s="2"/>
+      <c r="D400" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Lanvin, Jeanne</t>
+        </is>
+      </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1913</t>
+          <t>1909 - 1911</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>velours, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>59629</v>
+        <v>60638</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Chemise de nuit ou combinaison</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1910 - 1920</t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé, gaze</t>
+          <t>dentelle mécanique, broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>59700</v>
+        <v>59629</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1920</t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, gaze, broderie</t>
+          <t>broderie, taillé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>76302</v>
+        <v>59700</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Bannière "La Fraternelle"</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1950</t>
+          <t>1910 - 1920</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bambou, métal, métal</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, passementerie</t>
+          <t>technique de sculpture, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>60638</v>
+        <v>56299</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Chemise de nuit ou combinaison</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1920</t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie, toile</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>66139</v>
+        <v>99072</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Drapeau des supporters du club de football de l'Union saint-gilloise</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - 1913</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>88014</v>
+        <v>76302</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "La Prévoyance des Pêcheurs à la Ligne" de Bruxelles</t>
+          <t>Bannière "La Fraternelle"</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D406" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D406" s="2"/>
       <c r="E406" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1910 - 1950</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil d'or, fil d'argent, papier, bois</t>
+          <t>soie, fil de métal, bambou, métal, métal</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>broderie, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>81848</v>
+        <v>66139</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Bannière "Cortège de la Fleur de la Reine"</t>
+          <t>Drapeau des supporters du club de football de l'Union saint-gilloise</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, bois</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
-          <t>satin, sergé, broderie, passementerie</t>
+          <t>broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>76132</v>
+        <v>88014</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Bannière du cercle royal philanthropique Les Gais Lurons</t>
+          <t>Bannière de la société royale "La Prévoyance des Pêcheurs à la Ligne" de Bruxelles</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
-          <t>Ramaker &amp; Lefevre</t>
+          <t>Renert, J.</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois</t>
+          <t>soie, coton, fil d'or, fil d'argent, papier, bois</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, moiré, broderie, peint, passementerie</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>43055</v>
+        <v>81848</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la congrégation Notre-Dame de l'Immaculée-conception d'Anderlecht</t>
+          <t>Bannière "Cortège de la Fleur de la Reine"</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie, fil d'argent, fil d'or, bois</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>satin, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>78173</v>
+        <v>83368</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D410" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D410" s="2" t="inlineStr">
+        <is>
+          <t>Pirsch, E.</t>
+        </is>
+      </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
-          <t>1913 - 1917</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, métal</t>
+          <t>soie, coton, fil de métal</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>58616</v>
+        <v>76132</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Sac à farine</t>
+          <t>Bannière du cercle royal philanthropique Les Gais Lurons</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D411" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D411" s="2" t="inlineStr">
+        <is>
+          <t>Ramaker &amp; Lefevre</t>
+        </is>
+      </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
-          <t>1914 - 1918</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fil de métal, bois</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, peint</t>
+          <t>satin, toile, moiré, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>103156</v>
+        <v>43055</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Sac à farine</t>
+          <t>Drapeau de la congrégation Notre-Dame de l'Immaculée-conception d'Anderlecht</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="inlineStr">
         <is>
-          <t>1914 - 1918</t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, toile</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>103157</v>
+        <v>78173</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Sac à farine</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2" t="inlineStr">
         <is>
-          <t>1914 - 1918</t>
+          <t>1913 - 1917</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, verre, métal</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>59647</v>
+        <v>103156</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Sac à farine</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D414" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D414" s="2"/>
       <c r="E414" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1925</t>
+          <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>imprimé, broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>81410</v>
+        <v>103157</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Sac à farine</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D415" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D415" s="2"/>
       <c r="E415" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1925</t>
+          <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>43054</v>
+        <v>58616</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de l'église des Saints-Pierre-et-Guidon d'Anderlecht</t>
+          <t>Sac à farine</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="inlineStr">
         <is>
-          <t>1916 - </t>
+          <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>toile, broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>80243</v>
+        <v>81410</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Broderie 'Les Grenadiers 1914 à 1916'</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D417" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D417" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
-          <t>1916 - 1950</t>
+          <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
-          <t>textile civil</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
-          <t>broderie, linon</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>59299</v>
+        <v>59647</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D418" s="2"/>
+      <c r="D418" s="2" t="inlineStr">
+        <is>
+          <t>Duvelleroy, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie anglaise</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>37046</v>
+        <v>43054</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Chaussures de mariée</t>
+          <t>Drapeau de l'église des Saints-Pierre-et-Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1916 - </t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir, perle</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>45842</v>
+        <v>80243</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Broderie 'Les Grenadiers 1914 à 1916'</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1916 - 1950</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>textile civil</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>soie, argent</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>46002</v>
+        <v>59299</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D421" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D421" s="2"/>
       <c r="E421" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1923</t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
-          <t>verre, jais</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>batiste, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>45200</v>
+        <v>37046</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Chaussures de mariée</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir, perle</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>67382</v>
+        <v>60954</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Pochette du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
-          <t>broderie, moiré</t>
+          <t>broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>58876</v>
+        <v>61254</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
-      <c r="F424" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F424" s="2"/>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>verre, résine synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
-          <t>broderie, imprimé</t>
+          <t>dentelle mécanique, broderie, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>58959</v>
+        <v>62670</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
           <t>Robe à danser</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1928</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre, matière plastique</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
-          <t>mousseline, tulle, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>59202</v>
+        <v>60637</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>Pochette du soir</t>
+          <t>Combinaison culotte</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
-[...2 lines deleted...]
-      <c r="G426" s="2"/>
+          <t>sous-vêtement</t>
+        </is>
+      </c>
+      <c r="G426" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
-          <t>broderie, moiré</t>
+          <t>dentelle, broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>80248</v>
+        <v>11330</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Linge de table brodé (grande et petite nappes, serviette)</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...6 lines deleted...]
-      </c>
+          <t>nappage</t>
+        </is>
+      </c>
+      <c r="G427" s="2"/>
       <c r="H427" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>101800</v>
+        <v>11331</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Linge de table brodé et ajouré (grande et petite nappes, serviette)</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>nappage</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>coton, fil de métal</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>74502</v>
+        <v>11332</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Linge de table brodé aux initiales de David Van Buuren (nappe et serviette)</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
-[...6 lines deleted...]
-      </c>
+          <t>nappage</t>
+        </is>
+      </c>
+      <c r="G429" s="2"/>
       <c r="H429" s="2" t="inlineStr">
         <is>
-          <t>peint, gaze, broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>76278</v>
+        <v>11333</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Nappe brodée aux initiales de David Van Buuren</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...6 lines deleted...]
-      </c>
+          <t>nappage</t>
+        </is>
+      </c>
+      <c r="G430" s="2"/>
       <c r="H430" s="2" t="inlineStr">
         <is>
-          <t>appliqué, ottoman</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>80855</v>
+        <v>81371</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1960</t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>80858</v>
+        <v>101800</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>coton, fil de métal</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>80860</v>
+        <v>58876</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, verre</t>
+          <t>verre, résine synthétique</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>broderie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>80862</v>
+        <v>58959</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>mousseline, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>80869</v>
+        <v>59202</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Pochette du soir</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
-[...6 lines deleted...]
-      </c>
+          <t>sac</t>
+        </is>
+      </c>
+      <c r="G435" s="2"/>
       <c r="H435" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
-        <v>60954</v>
+        <v>45200</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H436" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle aux fuseaux</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>61254</v>
+        <v>45842</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
-      <c r="F437" s="2"/>
+      <c r="F437" s="2" t="inlineStr">
+        <is>
+          <t>sac</t>
+        </is>
+      </c>
       <c r="G437" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, argent</t>
         </is>
       </c>
       <c r="H437" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie, batiste</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>62670</v>
+        <v>46002</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D438" s="2"/>
+      <c r="D438" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1928</t>
+          <t>1920 - 1923</t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G438" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière plastique</t>
+          <t>verre, jais</t>
         </is>
       </c>
       <c r="H438" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>60637</v>
+        <v>67382</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>Combinaison culotte</t>
+          <t>Pochette du soir</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F439" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H439" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, toile</t>
+          <t>broderie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>11330</v>
+        <v>80855</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>Linge de table brodé (grande et petite nappes, serviette)</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F440" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
-[...2 lines deleted...]
-      <c r="G440" s="2"/>
+          <t>échantillon textile</t>
+        </is>
+      </c>
+      <c r="G440" s="2" t="inlineStr">
+        <is>
+          <t>soie, verre</t>
+        </is>
+      </c>
       <c r="H440" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>11331</v>
+        <v>80858</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>Linge de table brodé et ajouré (grande et petite nappes, serviette)</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H441" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>11332</v>
+        <v>80860</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>Linge de table brodé aux initiales de David Van Buuren (nappe et serviette)</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
-[...2 lines deleted...]
-      <c r="G442" s="2"/>
+          <t>échantillon textile</t>
+        </is>
+      </c>
+      <c r="G442" s="2" t="inlineStr">
+        <is>
+          <t>soie, fil de métal, verre</t>
+        </is>
+      </c>
       <c r="H442" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>81371</v>
+        <v>80862</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1960</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>11333</v>
+        <v>80869</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Nappe brodée aux initiales de David Van Buuren</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
-[...2 lines deleted...]
-      <c r="G444" s="2"/>
+          <t>haut sans manche</t>
+        </is>
+      </c>
+      <c r="G444" s="2" t="inlineStr">
+        <is>
+          <t>soie, verre</t>
+        </is>
+      </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>43058</v>
+        <v>80248</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Congrégation de la Chapelle de Notre-Dame Auxiliatrice du quartier du Broeck (Anderlec</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G445" s="2" t="inlineStr">
         <is>
-          <t>matière colorante, soie</t>
+          <t>matière plastique, soie</t>
         </is>
       </c>
       <c r="H445" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>58875</v>
+        <v>74502</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1922</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>gouache, bois, soie</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>80853</v>
+        <v>76278</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1927</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, verre, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
-          <t>broderie, découpé au laser, satin</t>
+          <t>appliqué, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>80235</v>
+        <v>59972</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H448" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>59972</v>
+        <v>43058</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Drapeau de la Congrégation de la Chapelle de Notre-Dame Auxiliatrice du quartier du Broeck (Anderlec</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>matière colorante, soie</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>59300</v>
+        <v>58875</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>80240</v>
+        <v>80235</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>soie, matière synthétique, métal</t>
+          <t>soie, fil de métal, verre</t>
         </is>
       </c>
       <c r="H451" s="2" t="inlineStr">
         <is>
-          <t>velours, crêpe, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>45454</v>
+        <v>80853</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1926</t>
+          <t>1922 - 1927</t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G452" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre, matière synthétique, soie</t>
+          <t>fibres synthétiques, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H452" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie</t>
+          <t>broderie, découpé au laser, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>59976</v>
+        <v>59300</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir "Fontaine lumineuse"</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D453" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D453" s="2"/>
       <c r="E453" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1925</t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H453" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
-        <v>45448</v>
+        <v>80240</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D454" s="2"/>
       <c r="E454" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F454" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G454" s="2" t="inlineStr">
         <is>
-          <t>perle</t>
+          <t>soie, matière synthétique, métal</t>
         </is>
       </c>
       <c r="H454" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie</t>
+          <t>velours, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
-        <v>53946</v>
+        <v>59976</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe du soir "Fontaine lumineuse"</t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D455" s="2"/>
+      <c r="D455" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Lanvin, Jeanne</t>
+        </is>
+      </c>
       <c r="E455" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1924 - 1925</t>
         </is>
       </c>
       <c r="F455" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G455" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H455" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>53950</v>
+        <v>45454</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F456" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière synthétique</t>
+          <t>pâte de verre, matière synthétique, soie</t>
         </is>
       </c>
       <c r="H456" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>37110</v>
+        <v>59975</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D457" s="2"/>
+      <c r="D457" s="2" t="inlineStr">
+        <is>
+          <t>Jean Patou,  / Patou, Jean</t>
+        </is>
+      </c>
       <c r="E457" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1927</t>
+          <t>1925 - 1926</t>
         </is>
       </c>
       <c r="F457" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H457" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>31084</v>
+        <v>63604</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>Robe charleston</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1927</t>
+          <t>1925 - 1965</t>
         </is>
       </c>
       <c r="F458" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G458" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H458" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
-        <v>43053</v>
+        <v>37110</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la congrégation de la sainte Vierge d'Anderlecht</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1950</t>
+          <t>1925 - 1927</t>
         </is>
       </c>
       <c r="F459" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G459" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H459" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
-        <v>95435</v>
+        <v>31084</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
-          <t>Body</t>
+          <t>Robe charleston</t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1935</t>
+          <t>1925 - 1927</t>
         </is>
       </c>
       <c r="F460" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G460" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H460" s="2" t="inlineStr">
         <is>
-          <t>toile, tulle, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="1" t="n">
-        <v>58464</v>
+        <v>43053</v>
       </c>
       <c r="B461" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Drapeau de la congrégation de la sainte Vierge d'Anderlecht</t>
         </is>
       </c>
       <c r="C461" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1950</t>
         </is>
       </c>
       <c r="F461" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G461" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H461" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>58467</v>
+        <v>81357</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F462" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G462" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H462" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>80249</v>
+        <v>58464</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F463" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G463" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H463" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
-        <v>78101</v>
+        <v>58467</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F464" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G464" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H464" s="2" t="inlineStr">
         <is>
-          <t>broderie, macramé</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>80081</v>
+        <v>53946</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F465" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H465" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>80082</v>
+        <v>53950</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F466" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G466" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H466" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
-        <v>80085</v>
+        <v>45448</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F467" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G467" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière synthétique</t>
+          <t>perle</t>
         </is>
       </c>
       <c r="H467" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="1" t="n">
-        <v>80103</v>
+        <v>95435</v>
       </c>
       <c r="B468" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Body</t>
         </is>
       </c>
       <c r="C468" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F468" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G468" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre, soie, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H468" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, crêpe</t>
+          <t>toile, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="1" t="n">
-        <v>80108</v>
+        <v>80081</v>
       </c>
       <c r="B469" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C469" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F469" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G469" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, plume</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H469" s="2" t="inlineStr">
         <is>
-          <t>broderie, mousseline</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
-        <v>80109</v>
+        <v>80082</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F470" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G470" s="2" t="inlineStr">
         <is>
           <t>soie, verre</t>
         </is>
       </c>
       <c r="H470" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
-        <v>80110</v>
+        <v>80085</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F471" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G471" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>soie, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H471" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
-        <v>80221</v>
+        <v>80103</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F472" s="2" t="inlineStr">
         <is>
-          <t>robe, sous-vêtement</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, verre</t>
+          <t>pâte de verre, soie, matière synthétique</t>
         </is>
       </c>
       <c r="H472" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tulle, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
-        <v>59975</v>
+        <v>80108</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D473" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D473" s="2"/>
       <c r="E473" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1926</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F473" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G473" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre, plume</t>
         </is>
       </c>
       <c r="H473" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>63604</v>
+        <v>80109</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1965</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F474" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G474" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H474" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>81357</v>
+        <v>80110</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G475" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>45977</v>
+        <v>80221</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1927</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe, sous-vêtement</t>
         </is>
       </c>
       <c r="G476" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, verre</t>
+          <t>soie, métal, verre</t>
         </is>
       </c>
       <c r="H476" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>58462</v>
+        <v>80249</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
-          <t>soie, autruche</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H477" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>60021</v>
+        <v>78101</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D478" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D478" s="2"/>
       <c r="E478" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F478" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>broderie, macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>43057</v>
+        <v>60021</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Ligue des femmes d'Anderlecht</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D479" s="2" t="inlineStr">
         <is>
-          <t>Colle,  L.</t>
+          <t>Patou, Jean / Jean Patou</t>
         </is>
       </c>
       <c r="E479" s="2" t="inlineStr">
         <is>
-          <t>1927 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F479" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
-          <t>matière colorante</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
-        <v>37114</v>
+        <v>58462</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="inlineStr">
         <is>
-          <t>1927 - 1930</t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F480" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G480" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, autruche</t>
         </is>
       </c>
       <c r="H480" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>59152</v>
+        <v>45977</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2" t="inlineStr">
         <is>
-          <t>1927 - </t>
+          <t>1926 - 1927</t>
         </is>
       </c>
       <c r="F481" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G481" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>métal, soie, verre</t>
         </is>
       </c>
       <c r="H481" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
         <v>61365</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
           <t>Bonnet</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
           <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G482" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H482" s="2" t="inlineStr">
         <is>
           <t>broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>37153</v>
+        <v>43057</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe du soir et cape</t>
+          <t>Drapeau de la Ligue des femmes d'Anderlecht</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D483" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D483" s="2" t="inlineStr">
+        <is>
+          <t>Colle,  L.</t>
+        </is>
+      </c>
       <c r="E483" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1927 - </t>
         </is>
       </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G483" s="2" t="inlineStr">
         <is>
-          <t>verre, fil de métal</t>
+          <t>matière colorante</t>
         </is>
       </c>
       <c r="H483" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>62518</v>
+        <v>37114</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>Châle </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1927 - 1930</t>
         </is>
       </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H484" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>11324</v>
+        <v>59152</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>Couverture de piano</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D485" s="2"/>
       <c r="E485" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1927 - </t>
         </is>
       </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H485" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>11334</v>
+        <v>11335</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de tentures</t>
+          <t>napperon</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D486" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E486" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
-          <t>tenture</t>
+          <t>nappage</t>
         </is>
       </c>
       <c r="G486" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H486" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>11335</v>
+        <v>62518</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
-          <t>napperon</t>
+          <t>Châle </t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D487" s="2"/>
       <c r="E487" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G487" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H487" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
-        <v>37156</v>
+        <v>11324</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et boléro</t>
+          <t>Couverture de piano</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D488" s="2" t="inlineStr">
         <is>
-          <t>Chanel, Gabrielle / Chanel</t>
+          <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E488" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1931</t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F488" s="2" t="inlineStr">
         <is>
-          <t>robe longue, deux pièces</t>
+          <t>nappage</t>
         </is>
       </c>
       <c r="G488" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H488" s="2" t="inlineStr">
         <is>
-          <t>broderie, tulle</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
-        <v>69847</v>
+        <v>11334</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Ensemble de tentures</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D489" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E489" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F489" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
-[...2 lines deleted...]
-      <c r="G489" s="2"/>
+          <t>tenture</t>
+        </is>
+      </c>
+      <c r="G489" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H489" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
-        <v>70084</v>
+        <v>37153</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Ensemble robe du soir et cape</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D490" s="2"/>
       <c r="E490" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F490" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G490" s="2" t="inlineStr">
         <is>
-          <t>coton, encre</t>
+          <t>verre, fil de métal</t>
         </is>
       </c>
       <c r="H490" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, dessin</t>
+          <t>dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="1" t="n">
-        <v>69866</v>
+        <v>30698</v>
       </c>
       <c r="B491" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Drapeau de l'organisation Jeunesse Ouvrière Chrétienne, section du Béguinage de Bruxelles</t>
         </is>
       </c>
       <c r="C491" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D491" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Vermeersch,  G.</t>
         </is>
       </c>
       <c r="E491" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F491" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G491" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H491" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>technique d'impression, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="1" t="n">
-        <v>70086</v>
+        <v>30699</v>
       </c>
       <c r="B492" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Drapeau de la Ligue du Sacré-Coeur de la paroisse du Béguinage de Bruxelles</t>
         </is>
       </c>
       <c r="C492" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D492" s="2"/>
       <c r="E492" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F492" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G492" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H492" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>technique d'impression, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="1" t="n">
-        <v>69871</v>
+        <v>30700</v>
       </c>
       <c r="B493" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Drapeau de l'organisation Jeunesse Ouvrière Chrétienne, section du Béguinage de Bruxelles</t>
         </is>
       </c>
       <c r="C493" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D493" s="2"/>
       <c r="E493" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F493" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G493" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H493" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="1" t="n">
-        <v>69873</v>
+        <v>11329</v>
       </c>
       <c r="B494" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Huit modèles différents de serviettes de table brodées aux initiales de David Van Buuren</t>
         </is>
       </c>
       <c r="C494" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D494" s="2"/>
       <c r="E494" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F494" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
-[...6 lines deleted...]
-      </c>
+          <t>nappage</t>
+        </is>
+      </c>
+      <c r="G494" s="2"/>
       <c r="H494" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="1" t="n">
-        <v>69876</v>
+        <v>37156</v>
       </c>
       <c r="B495" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Ensemble robe et boléro</t>
         </is>
       </c>
       <c r="C495" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D495" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Chanel, Gabrielle / Chanel</t>
         </is>
       </c>
       <c r="E495" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1931</t>
         </is>
       </c>
       <c r="F495" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>robe longue, deux pièces</t>
         </is>
       </c>
       <c r="G495" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H495" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="1" t="n">
-        <v>69878</v>
+        <v>81322</v>
       </c>
       <c r="B496" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C496" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D496" s="2"/>
       <c r="E496" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F496" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G496" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H496" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="1" t="n">
-        <v>69879</v>
+        <v>81356</v>
       </c>
       <c r="B497" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C497" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D497" s="2"/>
       <c r="E497" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F497" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G497" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H497" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="1" t="n">
-        <v>69880</v>
+        <v>81479</v>
       </c>
       <c r="B498" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C498" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D498" s="2"/>
       <c r="E498" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F498" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G498" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H498" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="1" t="n">
-        <v>69881</v>
+        <v>81480</v>
       </c>
       <c r="B499" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C499" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D499" s="2"/>
       <c r="E499" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F499" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G499" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H499" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="1" t="n">
-        <v>69897</v>
+        <v>81481</v>
       </c>
       <c r="B500" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C500" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D500" s="2"/>
       <c r="E500" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F500" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G500" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H500" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="1" t="n">
-        <v>69901</v>
+        <v>69973</v>
       </c>
       <c r="B501" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C501" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D501" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E501" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F501" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G501" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, brocart</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H501" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="1" t="n">
-        <v>69916</v>
+        <v>70027</v>
       </c>
       <c r="B502" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C502" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D502" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E502" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F502" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G502" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H502" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="1" t="n">
-        <v>69917</v>
+        <v>70029</v>
       </c>
       <c r="B503" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C503" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D503" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E503" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F503" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G503" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H503" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="1" t="n">
-        <v>69918</v>
+        <v>70030</v>
       </c>
       <c r="B504" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C504" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D504" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E504" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F504" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G504" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H504" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="1" t="n">
-        <v>69920</v>
+        <v>70032</v>
       </c>
       <c r="B505" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C505" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D505" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E505" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F505" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G505" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H505" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="1" t="n">
-        <v>69939</v>
+        <v>70034</v>
       </c>
       <c r="B506" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C506" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D506" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E506" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F506" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G506" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H506" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="1" t="n">
-        <v>69945</v>
+        <v>70036</v>
       </c>
       <c r="B507" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C507" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D507" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E507" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F507" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G507" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H507" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="1" t="n">
-        <v>69948</v>
+        <v>70044</v>
       </c>
       <c r="B508" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C508" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D508" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E508" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F508" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G508" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H508" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="1" t="n">
-        <v>69949</v>
+        <v>70045</v>
       </c>
       <c r="B509" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C509" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D509" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E509" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F509" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G509" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H509" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="1" t="n">
-        <v>69959</v>
+        <v>70046</v>
       </c>
       <c r="B510" s="2" t="inlineStr">
         <is>
-          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C510" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D510" s="2"/>
+      <c r="D510" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E510" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F510" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G510" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, plume, matière synthétique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H510" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="1" t="n">
-        <v>69973</v>
+        <v>70047</v>
       </c>
       <c r="B511" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C511" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D511" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E511" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F511" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G511" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H511" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="1" t="n">
-        <v>70027</v>
+        <v>70051</v>
       </c>
       <c r="B512" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C512" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D512" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E512" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F512" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G512" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H512" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="1" t="n">
-        <v>70029</v>
+        <v>70067</v>
       </c>
       <c r="B513" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C513" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D513" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E513" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F513" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G513" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, brocart</t>
         </is>
       </c>
       <c r="H513" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="1" t="n">
-        <v>70030</v>
+        <v>70068</v>
       </c>
       <c r="B514" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C514" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D514" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E514" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F514" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G514" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H514" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="1" t="n">
-        <v>70032</v>
+        <v>70078</v>
       </c>
       <c r="B515" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C515" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D515" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E515" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F515" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G515" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H515" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="1" t="n">
-        <v>70034</v>
+        <v>70081</v>
       </c>
       <c r="B516" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C516" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D516" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E516" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F516" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G516" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H516" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="1" t="n">
-        <v>95592</v>
+        <v>70082</v>
       </c>
       <c r="B517" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C517" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D517" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D517" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E517" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F517" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G517" s="2" t="inlineStr">
         <is>
-          <t>soie, pâte de verre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H517" s="2" t="inlineStr">
         <is>
-          <t>broderie, tulle, mousseline</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="1" t="n">
-        <v>70036</v>
+        <v>69847</v>
       </c>
       <c r="B518" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C518" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D518" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E518" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F518" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
-      <c r="G518" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G518" s="2"/>
       <c r="H518" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="1" t="n">
-        <v>95593</v>
+        <v>70084</v>
       </c>
       <c r="B519" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C519" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D519" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D519" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E519" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F519" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G519" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, encre</t>
         </is>
       </c>
       <c r="H519" s="2" t="inlineStr">
         <is>
-          <t>broderie, mousseline, tulle</t>
+          <t>couture, tissage, broderie, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="1" t="n">
-        <v>70044</v>
+        <v>69866</v>
       </c>
       <c r="B520" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C520" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D520" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E520" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F520" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G520" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H520" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="1" t="n">
-        <v>70045</v>
+        <v>95592</v>
       </c>
       <c r="B521" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C521" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D521" s="2"/>
       <c r="E521" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F521" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G521" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>soie, pâte de verre</t>
         </is>
       </c>
       <c r="H521" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie, tulle, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="1" t="n">
-        <v>70046</v>
+        <v>70086</v>
       </c>
       <c r="B522" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C522" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D522" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E522" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F522" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G522" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H522" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="1" t="n">
-        <v>70047</v>
+        <v>69871</v>
       </c>
       <c r="B523" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C523" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D523" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E523" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F523" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G523" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H523" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="1" t="n">
-        <v>70051</v>
+        <v>95593</v>
       </c>
       <c r="B524" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C524" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D524" s="2"/>
       <c r="E524" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F524" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G524" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H524" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie, mousseline, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="1" t="n">
-        <v>70067</v>
+        <v>69873</v>
       </c>
       <c r="B525" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C525" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D525" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E525" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F525" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G525" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H525" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="1" t="n">
-        <v>70068</v>
+        <v>69876</v>
       </c>
       <c r="B526" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C526" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D526" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E526" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F526" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G526" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H526" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="1" t="n">
-        <v>70078</v>
+        <v>69878</v>
       </c>
       <c r="B527" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C527" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D527" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E527" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F527" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G527" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H527" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="1" t="n">
-        <v>70081</v>
+        <v>69879</v>
       </c>
       <c r="B528" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C528" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D528" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E528" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F528" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G528" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H528" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="1" t="n">
-        <v>70082</v>
+        <v>69880</v>
       </c>
       <c r="B529" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C529" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D529" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E529" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F529" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G529" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H529" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="1" t="n">
-        <v>80717</v>
+        <v>69881</v>
       </c>
       <c r="B530" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C530" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D530" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D530" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E530" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F530" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G530" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique, soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H530" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, tulle</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="1" t="n">
-        <v>81322</v>
+        <v>69897</v>
       </c>
       <c r="B531" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C531" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D531" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D531" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E531" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F531" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G531" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H531" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="1" t="n">
-        <v>81356</v>
+        <v>69901</v>
       </c>
       <c r="B532" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C532" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D532" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D532" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E532" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F532" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G532" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, brocart</t>
         </is>
       </c>
       <c r="H532" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="1" t="n">
-        <v>11329</v>
+        <v>69916</v>
       </c>
       <c r="B533" s="2" t="inlineStr">
         <is>
-          <t>Huit modèles différents de serviettes de table brodées aux initiales de David Van Buuren</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C533" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D533" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D533" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E533" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F533" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
-[...2 lines deleted...]
-      <c r="G533" s="2"/>
+          <t>costume, costume et parure</t>
+        </is>
+      </c>
+      <c r="G533" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H533" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="1" t="n">
-        <v>81479</v>
+        <v>69917</v>
       </c>
       <c r="B534" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C534" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D534" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D534" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E534" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F534" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G534" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H534" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="1" t="n">
-        <v>81480</v>
+        <v>69918</v>
       </c>
       <c r="B535" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C535" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D535" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D535" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E535" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F535" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G535" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H535" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="1" t="n">
-        <v>30698</v>
+        <v>69920</v>
       </c>
       <c r="B536" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de l'organisation Jeunesse Ouvrière Chrétienne, section du Béguinage de Bruxelles</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C536" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D536" s="2" t="inlineStr">
         <is>
-          <t>Vermeersch,  G.</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E536" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F536" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G536" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H536" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, broderie, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="1" t="n">
-        <v>81481</v>
+        <v>69939</v>
       </c>
       <c r="B537" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C537" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D537" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D537" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E537" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F537" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G537" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H537" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="1" t="n">
-        <v>30699</v>
+        <v>69945</v>
       </c>
       <c r="B538" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Ligue du Sacré-Coeur de la paroisse du Béguinage de Bruxelles</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C538" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D538" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D538" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E538" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F538" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G538" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H538" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, broderie, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="1" t="n">
-        <v>30700</v>
+        <v>69948</v>
       </c>
       <c r="B539" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de l'organisation Jeunesse Ouvrière Chrétienne, section du Béguinage de Bruxelles</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C539" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D539" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D539" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E539" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F539" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G539" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H539" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="1" t="n">
-        <v>43056</v>
+        <v>69949</v>
       </c>
       <c r="B540" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Fraternité de saint Guidon d'Anderlecht</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C540" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D540" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D540" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E540" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F540" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G540" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H540" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="1" t="n">
-        <v>37155</v>
+        <v>69959</v>
       </c>
       <c r="B541" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C541" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D541" s="2"/>
       <c r="E541" s="2" t="inlineStr">
         <is>
-          <t>1932 - 1933</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F541" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G541" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie, plume, matière synthétique</t>
         </is>
       </c>
       <c r="H541" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, velours</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="1" t="n">
-        <v>37146</v>
+        <v>80717</v>
       </c>
       <c r="B542" s="2" t="inlineStr">
         <is>
-          <t>Ensemble barboteuse et gilet</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C542" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2" t="inlineStr">
         <is>
-          <t>1933 - 1934</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F542" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G542" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>matière synthétique, soie</t>
         </is>
       </c>
       <c r="H542" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>broderie, crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="1" t="n">
-        <v>60992</v>
+        <v>43056</v>
       </c>
       <c r="B543" s="2" t="inlineStr">
         <is>
-          <t>Déguisement</t>
+          <t>Drapeau de la Fraternité de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C543" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F543" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G543" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, verre, métal</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H543" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="1" t="n">
-        <v>53198</v>
+        <v>37155</v>
       </c>
       <c r="B544" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C544" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1940</t>
+          <t>1932 - 1933</t>
         </is>
       </c>
       <c r="F544" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G544" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H544" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>tulle, broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="1" t="n">
-        <v>43490</v>
+        <v>37146</v>
       </c>
       <c r="B545" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Ensemble barboteuse et gilet</t>
         </is>
       </c>
       <c r="C545" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1933 - 1934</t>
         </is>
       </c>
       <c r="F545" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G545" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H545" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="1" t="n">
-        <v>43491</v>
+        <v>60992</v>
       </c>
       <c r="B546" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Déguisement</t>
         </is>
       </c>
       <c r="C546" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F546" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G546" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>coton, soie, verre, métal</t>
         </is>
       </c>
       <c r="H546" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="1" t="n">
-        <v>43492</v>
+        <v>53198</v>
       </c>
       <c r="B547" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C547" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1935 - 1940</t>
         </is>
       </c>
       <c r="F547" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G547" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H547" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="1" t="n">
-        <v>11950</v>
+        <v>43490</v>
       </c>
       <c r="B548" s="2" t="inlineStr">
         <is>
-          <t>bannière de société</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C548" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D548" s="2"/>
       <c r="E548" s="2" t="inlineStr">
         <is>
-          <t>1936 - 1936</t>
-[...2 lines deleted...]
-      <c r="F548" s="2"/>
+          <t>1935 - </t>
+        </is>
+      </c>
+      <c r="F548" s="2" t="inlineStr">
+        <is>
+          <t>chape</t>
+        </is>
+      </c>
       <c r="G548" s="2" t="inlineStr">
         <is>
-          <t>métal, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H548" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="1" t="n">
-        <v>61065</v>
+        <v>43491</v>
       </c>
       <c r="B549" s="2" t="inlineStr">
         <is>
-          <t>Burnous </t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C549" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1950</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F549" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
-[...2 lines deleted...]
-      <c r="G549" s="2"/>
+          <t>chape</t>
+        </is>
+      </c>
+      <c r="G549" s="2" t="inlineStr">
+        <is>
+          <t>soie, fil d'or</t>
+        </is>
+      </c>
       <c r="H549" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="1" t="n">
-        <v>81444</v>
+        <v>43492</v>
       </c>
       <c r="B550" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C550" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D550" s="2"/>
       <c r="E550" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1949</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F550" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G550" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H550" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
       <c r="A551" s="1" t="n">
-        <v>81487</v>
+        <v>11950</v>
       </c>
       <c r="B551" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>bannière de société</t>
         </is>
       </c>
       <c r="C551" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D551" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D551" s="2" t="inlineStr">
+        <is>
+          <t>Brix, E.</t>
+        </is>
+      </c>
       <c r="E551" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1945</t>
-[...6 lines deleted...]
-      </c>
+          <t>1936 - 1936</t>
+        </is>
+      </c>
+      <c r="F551" s="2"/>
       <c r="G551" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>métal, fil de métal</t>
         </is>
       </c>
       <c r="H551" s="2" t="inlineStr">
         <is>
-          <t>broderie, maille</t>
+          <t>technique d'assemblage, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="1" t="n">
-        <v>102522</v>
+        <v>61065</v>
       </c>
       <c r="B552" s="2" t="inlineStr">
         <is>
-          <t>Robe de communiante et accessoires</t>
+          <t>Burnous </t>
         </is>
       </c>
       <c r="C552" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2" t="inlineStr">
         <is>
-          <t>1943 - </t>
+          <t>1940 - 1950</t>
         </is>
       </c>
       <c r="F552" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, robe de cérémonie</t>
-[...6 lines deleted...]
-      </c>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G552" s="2"/>
       <c r="H552" s="2" t="inlineStr">
         <is>
-          <t>satin, tulle, appliqué</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
       <c r="A553" s="1" t="n">
-        <v>61064</v>
+        <v>81444</v>
       </c>
       <c r="B553" s="2" t="inlineStr">
         <is>
-          <t>Housse d'édredon et taie d'oreiller </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C553" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D553" s="2"/>
+      <c r="D553" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Lanvin, Jeanne</t>
+        </is>
+      </c>
       <c r="E553" s="2" t="inlineStr">
         <is>
-          <t>1943 - </t>
+          <t>1940 - 1949</t>
         </is>
       </c>
       <c r="F553" s="2" t="inlineStr">
         <is>
-          <t>taie, linge domestique</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G553" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H553" s="2" t="inlineStr">
         <is>
-          <t>organdi, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="1" t="n">
-        <v>81868</v>
+        <v>81487</v>
       </c>
       <c r="B554" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la “C. S. B. Lach-Club”</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C554" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D554" s="2"/>
       <c r="E554" s="2" t="inlineStr">
         <is>
-          <t>1945 - </t>
+          <t>1940 - 1945</t>
         </is>
       </c>
       <c r="F554" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G554" s="2" t="inlineStr">
         <is>
-          <t>soie, laine, métal, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H554" s="2" t="inlineStr">
         <is>
-          <t>velours, feutre, broderie, passementerie</t>
+          <t>broderie, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="1" t="n">
-        <v>43052</v>
+        <v>61064</v>
       </c>
       <c r="B555" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Ligue du Sacré-Coeur d'Anderlecht</t>
+          <t>Housse d'édredon et taie d'oreiller </t>
         </is>
       </c>
       <c r="C555" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="inlineStr">
         <is>
-          <t>1947 - </t>
+          <t>1943 - </t>
         </is>
       </c>
       <c r="F555" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>taie, linge domestique</t>
         </is>
       </c>
       <c r="G555" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H555" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>organdi, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="1" t="n">
-        <v>37003</v>
+        <v>102522</v>
       </c>
       <c r="B556" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe de communiante et accessoires</t>
         </is>
       </c>
       <c r="C556" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1943 - </t>
         </is>
       </c>
       <c r="F556" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>ensemble de cérémonie, robe de cérémonie</t>
         </is>
       </c>
       <c r="G556" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H556" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin, tulle, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="1" t="n">
-        <v>37062</v>
+        <v>81868</v>
       </c>
       <c r="B557" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Bannière de la “C. S. B. Lach-Club”</t>
         </is>
       </c>
       <c r="C557" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1945 - </t>
         </is>
       </c>
       <c r="F557" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G557" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, laine, métal, fibres synthétiques</t>
         </is>
       </c>
       <c r="H557" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>velours, feutre, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="1" t="n">
-        <v>80311</v>
+        <v>43052</v>
       </c>
       <c r="B558" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Drapeau de la Ligue du Sacré-Coeur d'Anderlecht</t>
         </is>
       </c>
       <c r="C558" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D558" s="2"/>
       <c r="E558" s="2" t="inlineStr">
         <is>
-          <t>1949 - 1953</t>
+          <t>1947 - </t>
         </is>
       </c>
       <c r="F558" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G558" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H558" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="1" t="n">
-        <v>88015</v>
+        <v>37003</v>
       </c>
       <c r="B559" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de l'"Académie du Chat Noir" de Bruxelles</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C559" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D559" s="2"/>
       <c r="E559" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F559" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G559" s="2" t="inlineStr">
         <is>
-          <t>soie, bambou, métal, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H559" s="2" t="inlineStr">
         <is>
-          <t>cannelé, broderie, passementerie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="1" t="n">
-        <v>43063</v>
+        <v>37062</v>
       </c>
       <c r="B560" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C560" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D560" s="2"/>
       <c r="E560" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F560" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G560" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G560" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H560" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="1" t="n">
-        <v>43064</v>
+        <v>88015</v>
       </c>
       <c r="B561" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Drapeau de l'"Académie du Chat Noir" de Bruxelles</t>
         </is>
       </c>
       <c r="C561" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D561" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D561" s="2" t="inlineStr">
+        <is>
+          <t>Brisc, E.</t>
+        </is>
+      </c>
       <c r="E561" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F561" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G561" s="2"/>
+          <t>drapeau</t>
+        </is>
+      </c>
+      <c r="G561" s="2" t="inlineStr">
+        <is>
+          <t>soie, bambou, métal, métal</t>
+        </is>
+      </c>
       <c r="H561" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>cannelé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="1" t="n">
-        <v>100532</v>
+        <v>80311</v>
       </c>
       <c r="B562" s="2" t="inlineStr">
         <is>
-          <t>Robe croisée</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C562" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D562" s="2" t="inlineStr">
         <is>
-          <t>Maison Dujardin</t>
+          <t>Maison Paquin</t>
         </is>
       </c>
       <c r="E562" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1949 - 1953</t>
         </is>
       </c>
       <c r="F562" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G562" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H562" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="1" t="n">
-        <v>57425</v>
+        <v>61071</v>
       </c>
       <c r="B563" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Barboteuse</t>
         </is>
       </c>
       <c r="C563" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1954</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F563" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G563" s="2" t="inlineStr">
         <is>
-          <t>jais, fibres synthétiques</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H563" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="1" t="n">
-        <v>105748</v>
+        <v>62530</v>
       </c>
       <c r="B564" s="2" t="inlineStr">
         <is>
-          <t>Bavoir</t>
+          <t>Chapeau </t>
         </is>
       </c>
       <c r="C564" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F564" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile, linge domestique</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G564" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H564" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile, dentelle mécanique</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="1" t="n">
         <v>60859</v>
       </c>
       <c r="B565" s="2" t="inlineStr">
         <is>
           <t>Ensemble blouse et barboteuse</t>
         </is>
       </c>
       <c r="C565" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D565" s="2"/>
       <c r="E565" s="2" t="inlineStr">
         <is>
           <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F565" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G565" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H565" s="2" t="inlineStr">
         <is>
           <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="1" t="n">
-        <v>61071</v>
+        <v>43063</v>
       </c>
       <c r="B566" s="2" t="inlineStr">
         <is>
-          <t>Barboteuse</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C566" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F566" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G566" s="2"/>
       <c r="H566" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="1" t="n">
-        <v>62530</v>
+        <v>43064</v>
       </c>
       <c r="B567" s="2" t="inlineStr">
         <is>
-          <t>Chapeau </t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C567" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D567" s="2"/>
       <c r="E567" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F567" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G567" s="2"/>
       <c r="H567" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="1" t="n">
-        <v>81382</v>
+        <v>87081</v>
       </c>
       <c r="B568" s="2" t="inlineStr">
         <is>
-          <t>Ensemble folklorique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C568" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1965</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F568" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, robe, tablier, haut à manches courtes ou longues</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G568" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H568" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="1" t="n">
-        <v>90488</v>
+        <v>81382</v>
       </c>
       <c r="B569" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Ensemble folklorique</t>
         </is>
       </c>
       <c r="C569" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D569" s="2"/>
       <c r="E569" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1965</t>
         </is>
       </c>
       <c r="F569" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces, robe, tablier, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G569" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H569" s="2" t="inlineStr">
         <is>
           <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="1" t="n">
-        <v>87081</v>
+        <v>105748</v>
       </c>
       <c r="B570" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Bavoir</t>
         </is>
       </c>
       <c r="C570" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F570" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>accessoire textile, linge domestique</t>
         </is>
       </c>
       <c r="G570" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H570" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>broderie, toile, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="1" t="n">
-        <v>73497</v>
+        <v>57425</v>
       </c>
       <c r="B571" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C571" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D571" s="2"/>
       <c r="E571" s="2" t="inlineStr">
         <is>
-          <t>1952 - </t>
+          <t>1950 - 1954</t>
         </is>
       </c>
       <c r="F571" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G571" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>jais, fibres synthétiques</t>
         </is>
       </c>
       <c r="H571" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="1" t="n">
-        <v>73498</v>
+        <v>90488</v>
       </c>
       <c r="B572" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C572" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2" t="inlineStr">
         <is>
-          <t>1952 - </t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F572" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G572" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H572" s="2" t="inlineStr">
         <is>
           <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="1" t="n">
-        <v>59286</v>
+        <v>100532</v>
       </c>
       <c r="B573" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe croisée</t>
         </is>
       </c>
       <c r="C573" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D573" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Maison Dujardin</t>
         </is>
       </c>
       <c r="E573" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1959</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F573" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G573" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H573" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>batiste, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="1" t="n">
-        <v>60587</v>
+        <v>73497</v>
       </c>
       <c r="B574" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C574" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D574" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D574" s="2"/>
       <c r="E574" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1952 - </t>
         </is>
       </c>
       <c r="F574" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G574" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H574" s="2" t="inlineStr">
         <is>
-          <t>organza, broderie</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="1" t="n">
-        <v>37016</v>
+        <v>73498</v>
       </c>
       <c r="B575" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C575" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1952 - </t>
         </is>
       </c>
       <c r="F575" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G575" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H575" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, chenille</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="1" t="n">
-        <v>102790</v>
+        <v>60587</v>
       </c>
       <c r="B576" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et cardigan</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C576" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D576" s="2"/>
+      <c r="D576" s="2" t="inlineStr">
+        <is>
+          <t>Dior, Christian / Dior</t>
+        </is>
+      </c>
       <c r="E576" s="2" t="inlineStr">
         <is>
-          <t>1958 - 1960</t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F576" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, robe courte, haut à manches courtes ou longues</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G576" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H576" s="2" t="inlineStr">
         <is>
-          <t>toile, maille, appliqué</t>
+          <t>organza, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="1" t="n">
-        <v>102794</v>
+        <v>59286</v>
       </c>
       <c r="B577" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C577" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D577" s="2"/>
+      <c r="D577" s="2" t="inlineStr">
+        <is>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+        </is>
+      </c>
       <c r="E577" s="2" t="inlineStr">
         <is>
-          <t>1958 - 1960</t>
+          <t>1955 - 1959</t>
         </is>
       </c>
       <c r="F577" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G577" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H577" s="2" t="inlineStr">
         <is>
-          <t>toile, appliqué</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="1" t="n">
-        <v>104794</v>
+        <v>37016</v>
       </c>
       <c r="B578" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C578" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D578" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D578" s="2"/>
       <c r="E578" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F578" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G578" s="2" t="inlineStr">
         <is>
-          <t>fourrure, laiton, cuir, fil de métal, soie</t>
+          <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H578" s="2" t="inlineStr">
         <is>
-          <t>passementerie, taffetas, mousseline, broderie</t>
+          <t>satin, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="1" t="n">
-        <v>80841</v>
+        <v>102790</v>
       </c>
       <c r="B579" s="2" t="inlineStr">
         <is>
-          <t>Corsage démonté</t>
+          <t>Ensemble robe et cardigan</t>
         </is>
       </c>
       <c r="C579" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1958 - 1960</t>
         </is>
       </c>
       <c r="F579" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces, robe courte, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G579" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H579" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>toile, maille, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="1" t="n">
-        <v>81348</v>
+        <v>102794</v>
       </c>
       <c r="B580" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C580" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1958 - 1960</t>
         </is>
       </c>
       <c r="F580" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G580" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H580" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>toile, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="1" t="n">
-        <v>81358</v>
+        <v>81348</v>
       </c>
       <c r="B581" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C581" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D581" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D581" s="2"/>
       <c r="E581" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F581" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G581" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H581" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="1" t="n">
-        <v>81360</v>
+        <v>81358</v>
       </c>
       <c r="B582" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C582" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D582" s="2" t="inlineStr">
         <is>
           <t>Valens</t>
         </is>
       </c>
       <c r="E582" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F582" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G582" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H582" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="1" t="n">
-        <v>88867</v>
+        <v>81360</v>
       </c>
       <c r="B583" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C583" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D583" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Valens</t>
         </is>
       </c>
       <c r="E583" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F583" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G583" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H583" s="2" t="inlineStr">
         <is>
-          <t>crêpe, appliqué</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="1" t="n">
-        <v>92349</v>
+        <v>104794</v>
       </c>
       <c r="B584" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C584" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D584" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Crahay, Jules François</t>
+          <t>Severin Frères,  / Gallissimo</t>
         </is>
       </c>
       <c r="E584" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1961</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F584" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G584" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fourrure, laiton, cuir, fil de métal, soie</t>
         </is>
       </c>
       <c r="H584" s="2" t="inlineStr">
         <is>
-          <t>broderie, cannelé</t>
+          <t>passementerie, taffetas, mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="1" t="n">
-        <v>60976</v>
+        <v>88867</v>
       </c>
       <c r="B585" s="2" t="inlineStr">
         <is>
-          <t>Robe de communion</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C585" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D585" s="2"/>
+      <c r="D585" s="2" t="inlineStr">
+        <is>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+        </is>
+      </c>
       <c r="E585" s="2" t="inlineStr">
         <is>
-          <t>1961 - </t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F585" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G585" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H585" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise</t>
+          <t>crêpe, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="1" t="n">
-        <v>58493</v>
+        <v>92349</v>
       </c>
       <c r="B586" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C586" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D586" s="2"/>
+      <c r="D586" s="2" t="inlineStr">
+        <is>
+          <t>Nina Ricci,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E586" s="2" t="inlineStr">
         <is>
-          <t>1962 - 1963</t>
+          <t>1960 - 1961</t>
         </is>
       </c>
       <c r="F586" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G586" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H586" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>broderie, cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="1" t="n">
-        <v>60771</v>
+        <v>80841</v>
       </c>
       <c r="B587" s="2" t="inlineStr">
         <is>
-          <t>Robe foureau à bretelles </t>
+          <t>Corsage démonté</t>
         </is>
       </c>
       <c r="C587" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D587" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D587" s="2"/>
       <c r="E587" s="2" t="inlineStr">
         <is>
-          <t>1963 - 1964</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F587" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G587" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>matière synthétique</t>
         </is>
       </c>
       <c r="H587" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="1" t="n">
-        <v>56214</v>
+        <v>60976</v>
       </c>
       <c r="B588" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe de communion</t>
         </is>
       </c>
       <c r="C588" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D588" s="2"/>
       <c r="E588" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1961 - </t>
         </is>
       </c>
       <c r="F588" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G588" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H588" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin</t>
+          <t>broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="1" t="n">
-        <v>95494</v>
+        <v>58493</v>
       </c>
       <c r="B589" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C589" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D589" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D589" s="2"/>
       <c r="E589" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1962 - 1963</t>
         </is>
       </c>
       <c r="F589" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G589" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H589" s="2" t="inlineStr">
         <is>
-          <t>organza, broderie, dentelle mécanique</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="1" t="n">
-        <v>95504</v>
+        <v>60771</v>
       </c>
       <c r="B590" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe de mariée et traîne</t>
+          <t>Robe foureau à bretelles </t>
         </is>
       </c>
       <c r="C590" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D590" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E590" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1963 - 1964</t>
         </is>
       </c>
       <c r="F590" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, traîne</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G590" s="2" t="inlineStr">
         <is>
-          <t>soie, matière plastique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H590" s="2" t="inlineStr">
         <is>
-          <t>shantung, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="1" t="n">
         <v>57807</v>
       </c>
       <c r="B591" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C591" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D591" s="2" t="inlineStr">
         <is>
           <t>Maggy Rouff,  / Jane d'Anjou</t>
         </is>
       </c>
       <c r="E591" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
@@ -21719,617 +21715,621 @@
         </is>
       </c>
       <c r="E592" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F592" s="2" t="inlineStr">
         <is>
           <t>robe longue, manteau, ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G592" s="2" t="inlineStr">
         <is>
           <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H592" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="1" t="n">
-        <v>102792</v>
+        <v>56214</v>
       </c>
       <c r="B593" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, chemise et culotte</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C593" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1968</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F593" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, deux pièces, veste d'intérieur, pantalon court, haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G593" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H593" s="2" t="inlineStr">
         <is>
-          <t>toile, appliqué, velours</t>
+          <t>broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="1" t="n">
-        <v>66513</v>
+        <v>95494</v>
       </c>
       <c r="B594" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C594" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D594" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Valens</t>
         </is>
       </c>
       <c r="E594" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1967</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F594" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G594" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H594" s="2" t="inlineStr">
         <is>
-          <t>broderie, jacquard ou façonné</t>
+          <t>organza, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="1" t="n">
-        <v>53934</v>
+        <v>95504</v>
       </c>
       <c r="B595" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble robe de mariée et traîne</t>
         </is>
       </c>
       <c r="C595" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D595" s="2" t="inlineStr">
         <is>
-          <t>Pierre Cardin,  / Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E595" s="2" t="inlineStr">
         <is>
-          <t>1966 - 1968</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F595" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe de cérémonie, traîne</t>
         </is>
       </c>
       <c r="G595" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, soie</t>
+          <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H595" s="2" t="inlineStr">
         <is>
-          <t>broderie, jacquard ou façonné</t>
+          <t>shantung, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="1" t="n">
-        <v>78174</v>
+        <v>102792</v>
       </c>
       <c r="B596" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>Ensemble veste, chemise et culotte</t>
         </is>
       </c>
       <c r="C596" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D596" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D596" s="2"/>
       <c r="E596" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1965 - 1968</t>
         </is>
       </c>
       <c r="F596" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces, deux pièces, veste d'intérieur, pantalon court, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G596" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique, verre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H596" s="2" t="inlineStr">
         <is>
-          <t>broderie, gaze, crêpe</t>
+          <t>toile, appliqué, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="1" t="n">
-        <v>87753</v>
+        <v>66513</v>
       </c>
       <c r="B597" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau et robe</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C597" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D597" s="2" t="inlineStr">
         <is>
-          <t>Mila Schön,  / Schön, Mila</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E597" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1965 - 1967</t>
         </is>
       </c>
       <c r="F597" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G597" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H597" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, broderie</t>
+          <t>broderie, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="1" t="n">
-        <v>99164</v>
+        <v>87753</v>
       </c>
       <c r="B598" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste </t>
+          <t>Ensemble manteau et robe</t>
         </is>
       </c>
       <c r="C598" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D598" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Mila Schön,  / Schön, Mila</t>
         </is>
       </c>
       <c r="E598" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
+          <t>1966 - </t>
         </is>
       </c>
       <c r="F598" s="2" t="inlineStr">
         <is>
-          <t>robe, veste d'intérieur, deux pièces</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G598" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H598" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé</t>
+          <t>jacquard ou façonné, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="1" t="n">
-        <v>99765</v>
+        <v>53934</v>
       </c>
       <c r="B599" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C599" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D599" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Pierre Cardin,  / Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E599" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1968</t>
-[...2 lines deleted...]
-      <c r="F599" s="2"/>
+          <t>1966 - 1968</t>
+        </is>
+      </c>
+      <c r="F599" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
       <c r="G599" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>matière plastique, soie</t>
         </is>
       </c>
       <c r="H599" s="2" t="inlineStr">
         <is>
-          <t>tulle, crêpe, broderie</t>
+          <t>broderie, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="1" t="n">
-        <v>57802</v>
+        <v>78174</v>
       </c>
       <c r="B600" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C600" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D600" s="2"/>
+      <c r="D600" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Laroche, Guy</t>
+        </is>
+      </c>
       <c r="E600" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1968</t>
+          <t>1966 - </t>
         </is>
       </c>
       <c r="F600" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...2 lines deleted...]
-      <c r="G600" s="2"/>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G600" s="2" t="inlineStr">
+        <is>
+          <t>matière synthétique, verre</t>
+        </is>
+      </c>
       <c r="H600" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie, gaze, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="1" t="n">
-        <v>80365</v>
+        <v>88855</v>
       </c>
       <c r="B601" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C601" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D601" s="2"/>
+      <c r="D601" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Ascot,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E601" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
+          <t>1967 - 1969</t>
         </is>
       </c>
       <c r="F601" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G601" s="2" t="inlineStr">
         <is>
-          <t>cuir, fil d'or, fil d'argent</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H601" s="2" t="inlineStr">
         <is>
-          <t>broderie, tulle</t>
+          <t>broderie, organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="1" t="n">
-        <v>88855</v>
+        <v>57802</v>
       </c>
       <c r="B602" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C602" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D602" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D602" s="2"/>
       <c r="E602" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
+          <t>1967 - 1968</t>
         </is>
       </c>
       <c r="F602" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G602" s="2"/>
       <c r="H602" s="2" t="inlineStr">
         <is>
-          <t>broderie, organdi</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="1" t="n">
-        <v>90590</v>
+        <v>99164</v>
       </c>
       <c r="B603" s="2" t="inlineStr">
         <is>
-          <t>Poncho</t>
+          <t>Ensemble robe et veste </t>
         </is>
       </c>
       <c r="C603" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D603" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E603" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1970</t>
+          <t>1967 - 1969</t>
         </is>
       </c>
       <c r="F603" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G603" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H603" s="2" t="inlineStr">
         <is>
-          <t>appliqué, organza</t>
+          <t>broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="1" t="n">
-        <v>58596</v>
+        <v>99765</v>
       </c>
       <c r="B604" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie - robe de mariée et manteau de cour</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C604" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D604" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / De Camps, Berthe / Wittamer, Louis</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E604" s="2" t="inlineStr">
         <is>
-          <t>1969 - 1970</t>
-[...6 lines deleted...]
-      </c>
+          <t>1967 - 1968</t>
+        </is>
+      </c>
+      <c r="F604" s="2"/>
       <c r="G604" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H604" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>tulle, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="1" t="n">
-        <v>101259</v>
+        <v>80365</v>
       </c>
       <c r="B605" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C605" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D605" s="2"/>
       <c r="E605" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
-[...2 lines deleted...]
-      <c r="F605" s="2"/>
+          <t>1967 - </t>
+        </is>
+      </c>
+      <c r="F605" s="2" t="inlineStr">
+        <is>
+          <t>chaussure</t>
+        </is>
+      </c>
       <c r="G605" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>cuir, fil d'or, fil d'argent</t>
         </is>
       </c>
       <c r="H605" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, organza, toile, broderie</t>
+          <t>broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="1" t="n">
-        <v>99764</v>
+        <v>90590</v>
       </c>
       <c r="B606" s="2" t="inlineStr">
         <is>
-          <t>Casaquin</t>
+          <t>Poncho</t>
         </is>
       </c>
       <c r="C606" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D606" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E606" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1968 - 1970</t>
         </is>
       </c>
       <c r="F606" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G606" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H606" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>appliqué, organza</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="1" t="n">
-        <v>57718</v>
+        <v>58596</v>
       </c>
       <c r="B607" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble de cérémonie - robe de mariée et manteau de cour</t>
         </is>
       </c>
       <c r="C607" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D607" s="2" t="inlineStr">
         <is>
-          <t>Lapidus, Ted / Ted Lapidus</t>
+          <t>Valens,  / De Camps, Berthe / Wittamer, Louis</t>
         </is>
       </c>
       <c r="E607" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1974</t>
+          <t>1969 - 1970</t>
         </is>
       </c>
       <c r="F607" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G607" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H607" s="2" t="inlineStr">
         <is>
-          <t>appliqué</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="1" t="n">
         <v>57842</v>
       </c>
       <c r="B608" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C608" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F608" s="2" t="inlineStr">
         <is>
@@ -22403,1891 +22403,2003 @@
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F610" s="2" t="inlineStr">
         <is>
           <t>deux pièces, bas, haut sans manche</t>
         </is>
       </c>
       <c r="G610" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H610" s="2" t="inlineStr">
         <is>
           <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="1" t="n">
-        <v>98499</v>
+        <v>101259</v>
       </c>
       <c r="B611" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C611" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D611" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D611" s="2"/>
       <c r="E611" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1970 - 1980</t>
+        </is>
+      </c>
+      <c r="F611" s="2"/>
       <c r="G611" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H611" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, organdi</t>
+          <t>technique d'impression, organza, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="1" t="n">
-        <v>57849</v>
+        <v>57718</v>
       </c>
       <c r="B612" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir "Mirage"</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C612" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D612" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Balmain, Pierre / Balmain,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Lapidus, Ted / Ted Lapidus</t>
         </is>
       </c>
       <c r="E612" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1973</t>
+          <t>1970 - 1974</t>
         </is>
       </c>
       <c r="F612" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G612" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H612" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="1" t="n">
-        <v>81392</v>
+        <v>99764</v>
       </c>
       <c r="B613" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Casaquin</t>
         </is>
       </c>
       <c r="C613" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D613" s="2"/>
+      <c r="D613" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E613" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F613" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G613" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H613" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="1" t="n">
-        <v>98497</v>
+        <v>98499</v>
       </c>
       <c r="B614" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe longue et manteau</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C614" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D614" s="2" t="inlineStr">
         <is>
-          <t>Chloé,  / Lagerfeld, Karl</t>
+          <t>Jane d'Anjou</t>
         </is>
       </c>
       <c r="E614" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F614" s="2" t="inlineStr">
         <is>
-          <t>manteau, deux pièces, robe longue</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G614" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H614" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline</t>
+          <t>broderie anglaise, organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="1" t="n">
-        <v>65683</v>
+        <v>57849</v>
       </c>
       <c r="B615" s="2" t="inlineStr">
         <is>
-          <t>Ensemble caraco et jupe longue </t>
+          <t>Robe du soir "Mirage"</t>
         </is>
       </c>
       <c r="C615" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D615" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Valens,  / Balmain, Pierre / Balmain,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E615" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F615" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G615" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H615" s="2" t="inlineStr">
         <is>
-          <t>taffetas, toile, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="1" t="n">
-        <v>58657</v>
+        <v>81392</v>
       </c>
       <c r="B616" s="2" t="inlineStr">
         <is>
-          <t>Robe de suite de mariage</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C616" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D616" s="2"/>
       <c r="E616" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1978</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F616" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G616" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H616" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="1" t="n">
-        <v>70141</v>
+        <v>65683</v>
       </c>
       <c r="B617" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’enfant dite “Notre-Dame du Sablon”</t>
+          <t>Ensemble caraco et jupe longue </t>
         </is>
       </c>
       <c r="C617" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D617" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E617" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F617" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G617" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fil de métal</t>
+          <t>soie, coton, lin</t>
         </is>
       </c>
       <c r="H617" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, broderie, passementerie, dentelle, peint</t>
+          <t>taffetas, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="1" t="n">
-        <v>81742</v>
+        <v>98497</v>
       </c>
       <c r="B618" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble robe longue et manteau</t>
         </is>
       </c>
       <c r="C618" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D618" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>Chloé,  / Lagerfeld, Karl</t>
         </is>
       </c>
       <c r="E618" s="2" t="inlineStr">
         <is>
-          <t>1990 - 2000</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F618" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau, deux pièces, robe longue</t>
         </is>
       </c>
       <c r="G618" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H618" s="2" t="inlineStr">
         <is>
-          <t>ottoman, velours, broderie, tulle</t>
+          <t>tulle, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="1" t="n">
-        <v>74512</v>
+        <v>58657</v>
       </c>
       <c r="B619" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>Robe de suite de mariage</t>
         </is>
       </c>
       <c r="C619" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D619" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D619" s="2"/>
       <c r="E619" s="2" t="inlineStr">
         <is>
-          <t>1992 - </t>
+          <t>1978 - 1978</t>
         </is>
       </c>
       <c r="F619" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G619" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H619" s="2" t="inlineStr">
         <is>
-          <t>broderie, taffetas</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="1" t="n">
-        <v>81743</v>
+        <v>70141</v>
       </c>
       <c r="B620" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et gilet</t>
+          <t>Vierge à l’enfant dite “Notre-Dame du Sablon”</t>
         </is>
       </c>
       <c r="C620" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D620" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E620" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F620" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G620" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H620" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin, velours, broderie</t>
+          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, broderie, passementerie, dentelle, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
       <c r="A621" s="1" t="n">
-        <v>102739</v>
+        <v>81742</v>
       </c>
       <c r="B621" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de baptême orthodoxe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C621" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D621" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D621" s="2" t="inlineStr">
+        <is>
+          <t>Watelet, Gérald</t>
+        </is>
+      </c>
       <c r="E621" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1990 - 2000</t>
         </is>
       </c>
       <c r="F621" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G621" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H621" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, broderie</t>
+          <t>ottoman, velours, broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="1" t="n">
-        <v>60344</v>
+        <v>74512</v>
       </c>
       <c r="B622" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C622" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D622" s="2" t="inlineStr">
         <is>
-          <t>Prada,  / Prada, Miuccia</t>
+          <t>Moschino,  / Moschino, Franco</t>
         </is>
       </c>
       <c r="E622" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1992 - </t>
         </is>
       </c>
       <c r="F622" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G622" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>acétate, viscose</t>
         </is>
       </c>
       <c r="H622" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
       <c r="A623" s="1" t="n">
-        <v>56420</v>
+        <v>81743</v>
       </c>
       <c r="B623" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et pantalon</t>
+          <t>Ensemble robe et gilet</t>
         </is>
       </c>
       <c r="C623" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D623" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Watelet, Gérald / Gérald Watelet</t>
         </is>
       </c>
       <c r="E623" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1999</t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F623" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G623" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H623" s="2" t="inlineStr">
         <is>
-          <t>jersey, enduit, broderie, dentelle</t>
+          <t>crêpe, satin, velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="1" t="n">
-        <v>60338</v>
+        <v>60344</v>
       </c>
       <c r="B624" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C624" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D624" s="2" t="inlineStr">
         <is>
-          <t>Giorgio Armani,  / Armani, Giorgio</t>
+          <t>Prada,  / Prada, Miuccia</t>
         </is>
       </c>
       <c r="E624" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F624" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G624" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H624" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="1" t="n">
-        <v>11885</v>
+        <v>102739</v>
       </c>
       <c r="B625" s="2" t="inlineStr">
         <is>
-          <t>Bannière et enseigne de la société royale "Cercle Saint-Laurent"</t>
+          <t>Ensemble de baptême orthodoxe</t>
         </is>
       </c>
       <c r="C625" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D625" s="2"/>
       <c r="E625" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F625" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G625" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, perle</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H625" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de repoussage, soudé, martelé, broderie, couture, moulé</t>
+          <t>drap, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="1" t="n">
-        <v>101044</v>
+        <v>11885</v>
       </c>
       <c r="B626" s="2" t="inlineStr">
         <is>
-          <t> T-shirt </t>
+          <t>Bannière et enseigne de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C626" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D626" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Institut des arts et métiers,  / Dhaenens-Lammens &amp; Cie,</t>
         </is>
       </c>
       <c r="E626" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
-[...2 lines deleted...]
-      <c r="F626" s="2"/>
+          <t>1998 - 1998</t>
+        </is>
+      </c>
+      <c r="F626" s="2" t="inlineStr">
+        <is>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
       <c r="G626" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>bois, métal, perle</t>
         </is>
       </c>
       <c r="H626" s="2" t="inlineStr">
         <is>
-          <t>maille, appliqué</t>
+          <t>technique d'assemblage, technique de repoussage, soudé, martelé, broderie, couture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="1" t="n">
-        <v>85444</v>
+        <v>60338</v>
       </c>
       <c r="B627" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et haut</t>
+          <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C627" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D627" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Giorgio Armani,  / Armani, Giorgio</t>
         </is>
       </c>
       <c r="E627" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F627" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G627" s="2" t="inlineStr">
         <is>
-          <t>cuir, cachemire, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H627" s="2" t="inlineStr">
         <is>
-          <t>drap, gaze, broderie</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="1" t="n">
-        <v>99940</v>
+        <v>56420</v>
       </c>
       <c r="B628" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble débardeur et pantalon</t>
         </is>
       </c>
       <c r="C628" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D628" s="2" t="inlineStr">
         <is>
-          <t>Vandevorst, An / Arickx, Filip / A. F. Vandevorst</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E628" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F628" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G628" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H628" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie, taffetas</t>
+          <t>jersey, enduit, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="1" t="n">
-        <v>72760</v>
+        <v>85444</v>
       </c>
       <c r="B629" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Canevas"</t>
+          <t>Ensemble robe et haut</t>
         </is>
       </c>
       <c r="C629" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D629" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E629" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F629" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G629" s="2" t="inlineStr">
         <is>
-          <t>coton, laine, viscose</t>
+          <t>cuir, cachemire, coton</t>
         </is>
       </c>
       <c r="H629" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, sergé</t>
+          <t>drap, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
       <c r="A630" s="1" t="n">
-        <v>85453</v>
+        <v>101044</v>
       </c>
       <c r="B630" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t> T-shirt </t>
         </is>
       </c>
       <c r="C630" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D630" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E630" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
-[...6 lines deleted...]
-      </c>
+          <t>2001 - </t>
+        </is>
+      </c>
+      <c r="F630" s="2"/>
       <c r="G630" s="2" t="inlineStr">
         <is>
-          <t>résine, soie</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H630" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, crêpe</t>
+          <t>maille, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="1" t="n">
-        <v>53307</v>
+        <v>99940</v>
       </c>
       <c r="B631" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C631" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D631" s="2" t="inlineStr">
         <is>
-          <t>Dries Van Noten,  / Van Noten, Dries</t>
+          <t>Vandevorst, An / Arickx, Filip / A. F. Vandevorst</t>
         </is>
       </c>
       <c r="E631" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F631" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G631" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H631" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>crêpe, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="1" t="n">
-        <v>60115</v>
+        <v>85453</v>
       </c>
       <c r="B632" s="2" t="inlineStr">
         <is>
-          <t>Cravate "Kill Tie"</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C632" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D632" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E632" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F632" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G632" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>résine, soie</t>
         </is>
       </c>
       <c r="H632" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="1" t="n">
-        <v>11886</v>
+        <v>72760</v>
       </c>
       <c r="B633" s="2" t="inlineStr">
         <is>
-          <t>Drapeau des Poepedroegers du Meyboom de Bruxelles</t>
+          <t>Débardeur "Canevas"</t>
         </is>
       </c>
       <c r="C633" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D633" s="2" t="inlineStr">
         <is>
-          <t>Association des Poepedroegers du Meyboom de Bruxelles,</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E633" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2005</t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F633" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
-[...2 lines deleted...]
-      <c r="G633" s="2"/>
+          <t>haut sans manche</t>
+        </is>
+      </c>
+      <c r="G633" s="2" t="inlineStr">
+        <is>
+          <t>coton, laine, viscose</t>
+        </is>
+      </c>
       <c r="H633" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture</t>
+          <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="1" t="n">
-        <v>85459</v>
+        <v>60115</v>
       </c>
       <c r="B634" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Cravate "Kill Tie"</t>
         </is>
       </c>
       <c r="C634" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D634" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E634" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2006</t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F634" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G634" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H634" s="2" t="inlineStr">
         <is>
-          <t>broderie, broché</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="1" t="n">
-        <v>55756</v>
+        <v>53307</v>
       </c>
       <c r="B635" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C635" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D635" s="2" t="inlineStr">
         <is>
-          <t>Roxane Baines,  / Baines, Roxane</t>
+          <t>Dries Van Noten,  / Van Noten, Dries</t>
         </is>
       </c>
       <c r="E635" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F635" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G635" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H635" s="2" t="inlineStr">
         <is>
-          <t>feutrine, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="1" t="n">
-        <v>37064</v>
+        <v>11886</v>
       </c>
       <c r="B636" s="2" t="inlineStr">
         <is>
-          <t>Ensemble boléro et jupe</t>
+          <t>Drapeau des Poepedroegers du Meyboom de Bruxelles</t>
         </is>
       </c>
       <c r="C636" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D636" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Association des Poepedroegers du Meyboom de Bruxelles,</t>
         </is>
       </c>
       <c r="E636" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2005 - 2005</t>
         </is>
       </c>
       <c r="F636" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G636" s="2"/>
       <c r="H636" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="1" t="n">
-        <v>63113</v>
+        <v>85459</v>
       </c>
       <c r="B637" s="2" t="inlineStr">
         <is>
-          <t>Robe drapée</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C637" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D637" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E637" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F637" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G637" s="2" t="inlineStr">
         <is>
-          <t>soie, polyamide (=nylon), fil de métal</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H637" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>broderie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="1" t="n">
-        <v>85467</v>
+        <v>63113</v>
       </c>
       <c r="B638" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Robe drapée</t>
         </is>
       </c>
       <c r="C638" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D638" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E638" s="2" t="inlineStr">
         <is>
-          <t>2008 - 2009</t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F638" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G638" s="2" t="inlineStr">
         <is>
-          <t>laine, crin, cuir, résine synthétique, fil d'argent</t>
+          <t>soie, polyamide (=nylon), fil de métal</t>
         </is>
       </c>
       <c r="H638" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, sergé</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="1" t="n">
-        <v>59234</v>
+        <v>37064</v>
       </c>
       <c r="B639" s="2" t="inlineStr">
         <is>
-          <t>Grenouillère</t>
+          <t>Ensemble boléro et jupe</t>
         </is>
       </c>
       <c r="C639" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D639" s="2"/>
+      <c r="D639" s="2" t="inlineStr">
+        <is>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+        </is>
+      </c>
       <c r="E639" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F639" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G639" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H639" s="2" t="inlineStr">
         <is>
-          <t>broderie, jersey</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="1" t="n">
-        <v>11880</v>
+        <v>85467</v>
       </c>
       <c r="B640" s="2" t="inlineStr">
         <is>
-          <t>Képi du garde champêtre des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C640" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D640" s="2" t="inlineStr">
         <is>
-          <t>Dhaenens-Lammens &amp; Cie,</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E640" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2010</t>
+          <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F640" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G640" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>laine, crin, cuir, résine synthétique, fil d'argent</t>
         </is>
       </c>
       <c r="H640" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture</t>
+          <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="1" t="n">
-        <v>37078</v>
+        <v>55756</v>
       </c>
       <c r="B641" s="2" t="inlineStr">
         <is>
-          <t>Ensemble sweat-shirt et jupe</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C641" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D641" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Roxane Baines,  / Baines, Roxane</t>
         </is>
       </c>
       <c r="E641" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F641" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G641" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H641" s="2" t="inlineStr">
         <is>
-          <t>broderie, jersey</t>
+          <t>feutrine, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
       <c r="A642" s="1" t="n">
-        <v>94978</v>
+        <v>11880</v>
       </c>
       <c r="B642" s="2" t="inlineStr">
         <is>
-          <t>BA text I</t>
+          <t>Képi du garde champêtre des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="C642" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D642" s="2" t="inlineStr">
         <is>
-          <t>Podmanicka, Mira</t>
+          <t>Dhaenens-Lammens &amp; Cie,</t>
         </is>
       </c>
       <c r="E642" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2010 - 2010</t>
         </is>
       </c>
       <c r="F642" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
-[...2 lines deleted...]
-      <c r="G642" s="2"/>
+          <t>accessoire de coiffure et chapeau</t>
+        </is>
+      </c>
+      <c r="G642" s="2" t="inlineStr">
+        <is>
+          <t>métal</t>
+        </is>
+      </c>
       <c r="H642" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
       <c r="A643" s="1" t="n">
-        <v>94979</v>
+        <v>59234</v>
       </c>
       <c r="B643" s="2" t="inlineStr">
         <is>
-          <t>BA text II</t>
+          <t>Grenouillère</t>
         </is>
       </c>
       <c r="C643" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D643" s="2"/>
       <c r="E643" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F643" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
-[...2 lines deleted...]
-      <c r="G643" s="2"/>
+          <t>combinaison</t>
+        </is>
+      </c>
+      <c r="G643" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H643" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="1" t="n">
-        <v>37075</v>
+        <v>37078</v>
       </c>
       <c r="B644" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Ensemble sweat-shirt et jupe</t>
         </is>
       </c>
       <c r="C644" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D644" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E644" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F644" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G644" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H644" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, feutre</t>
+          <t>broderie, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="1" t="n">
-        <v>37097</v>
+        <v>94978</v>
       </c>
       <c r="B645" s="2" t="inlineStr">
         <is>
-          <t>Coque d'Iphone</t>
+          <t>BA text I</t>
         </is>
       </c>
       <c r="C645" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D645" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Podmanicka, Mira</t>
         </is>
       </c>
       <c r="E645" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2015</t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F645" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile</t>
+        </is>
+      </c>
+      <c r="G645" s="2"/>
       <c r="H645" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="1" t="n">
-        <v>37099</v>
+        <v>94979</v>
       </c>
       <c r="B646" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>BA text II</t>
         </is>
       </c>
       <c r="C646" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D646" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Podmanicka, Mira</t>
         </is>
       </c>
       <c r="E646" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F646" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...6 lines deleted...]
-      </c>
+          <t>textile</t>
+        </is>
+      </c>
+      <c r="G646" s="2"/>
       <c r="H646" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, jersey</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="1" t="n">
-        <v>63143</v>
+        <v>37075</v>
       </c>
       <c r="B647" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut à manches longues et jupe portefeuille</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C647" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D647" s="2" t="inlineStr">
         <is>
-          <t>Atto,  / Dossena, Julien</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E647" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F647" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G647" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), polyester, élasthane, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H647" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile, broderie</t>
+          <t>toile, broderie, feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="1" t="n">
-        <v>54133</v>
+        <v>37097</v>
       </c>
       <c r="B648" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Coque d'Iphone</t>
         </is>
       </c>
       <c r="C648" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D648" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Cédric / Cédric Charlier</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E648" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2013 - 2015</t>
         </is>
       </c>
       <c r="F648" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G648" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>matière plastique, verre</t>
         </is>
       </c>
       <c r="H648" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé, toile</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="1" t="n">
-        <v>37095</v>
+        <v>63143</v>
       </c>
       <c r="B649" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Ensemble haut à manches longues et jupe portefeuille</t>
         </is>
       </c>
       <c r="C649" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D649" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Atto,  / Dossena, Julien</t>
         </is>
       </c>
       <c r="E649" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F649" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G649" s="2" t="inlineStr">
         <is>
-          <t>coton, verre</t>
+          <t>polyamide (=nylon), polyester, élasthane, coton</t>
         </is>
       </c>
       <c r="H649" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>sergé, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
       <c r="A650" s="1" t="n">
-        <v>85622</v>
+        <v>37099</v>
       </c>
       <c r="B650" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C650" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D650" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E650" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F650" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G650" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, polyamide (=nylon), lin</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H650" s="2" t="inlineStr">
         <is>
-          <t>jersey, appliqué</t>
+          <t>broderie, crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="1" t="n">
-        <v>87644</v>
+        <v>37095</v>
       </c>
       <c r="B651" s="2" t="inlineStr">
         <is>
-          <t>Store enrouleur Strawberry Thief</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C651" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D651" s="2" t="inlineStr">
         <is>
-          <t>Architextile</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E651" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F651" s="2" t="inlineStr">
         <is>
-          <t>mobilier civil</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G651" s="2" t="inlineStr">
         <is>
-          <t>coton, lin, polyester</t>
+          <t>coton, verre</t>
         </is>
       </c>
       <c r="H651" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="1" t="n">
-        <v>105122</v>
+        <v>54133</v>
       </c>
       <c r="B652" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C652" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D652" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Charlier, Cédric / Cédric Charlier</t>
         </is>
       </c>
       <c r="E652" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F652" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G652" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H652" s="2" t="inlineStr">
         <is>
-          <t>cotelé, sergé, appliqué</t>
+          <t>broderie, sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="1" t="n">
-        <v>61737</v>
+        <v>87644</v>
       </c>
       <c r="B653" s="2" t="inlineStr">
         <is>
-          <t>Ensemble t-shirt, pantalon et ceinture</t>
+          <t>Store enrouleur Strawberry Thief</t>
         </is>
       </c>
       <c r="C653" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D653" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Architextile</t>
         </is>
       </c>
       <c r="E653" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F653" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>mobilier civil</t>
         </is>
       </c>
       <c r="G653" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, métal, polyester</t>
+          <t>coton, lin, polyester</t>
         </is>
       </c>
       <c r="H653" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, jersey, sergé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="1" t="n">
-        <v>90616</v>
+        <v>85622</v>
       </c>
       <c r="B654" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gilet et robe</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C654" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D654" s="2" t="inlineStr">
         <is>
-          <t>Rogge, Meryll</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E654" s="2" t="inlineStr">
         <is>
-          <t>2021 - </t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F654" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G654" s="2" t="inlineStr">
         <is>
-          <t>viscose, coton</t>
+          <t>coton, viscose, polyamide (=nylon), lin</t>
         </is>
       </c>
       <c r="H654" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie anglaise</t>
+          <t>jersey, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="1" t="n">
-        <v>105259</v>
+        <v>61737</v>
       </c>
       <c r="B655" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemise, pantalon et short</t>
+          <t>Ensemble t-shirt, pantalon et ceinture</t>
         </is>
       </c>
       <c r="C655" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D655" s="2" t="inlineStr">
         <is>
-          <t>Dieryck, Igor</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E655" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F655" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G655" s="2" t="inlineStr">
         <is>
-          <t>métal, coton, cuir</t>
+          <t>coton, viscose, métal, polyester</t>
         </is>
       </c>
       <c r="H655" s="2" t="inlineStr">
         <is>
-          <t>sergé, broderie</t>
+          <t>imprimé, broderie, jersey, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
       <c r="A656" s="1" t="n">
-        <v>99001</v>
+        <v>105122</v>
       </c>
       <c r="B656" s="2" t="inlineStr">
         <is>
-          <t>Velum Magneticus - tenture de la salle des mariages</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C656" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D656" s="2" t="inlineStr">
         <is>
-          <t>Henry, Daniel</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E656" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F656" s="2" t="inlineStr">
         <is>
-          <t>tenture, broderie</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G656" s="2" t="inlineStr">
         <is>
-          <t>métal, viscose</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H656" s="2" t="inlineStr">
         <is>
-          <t>sérigraphié, broderie, cotelé</t>
+          <t>cotelé, sergé, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="1" t="n">
+        <v>90616</v>
+      </c>
+      <c r="B657" s="2" t="inlineStr">
+        <is>
+          <t>Ensemble gilet et robe</t>
+        </is>
+      </c>
+      <c r="C657" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D657" s="2" t="inlineStr">
+        <is>
+          <t>Rogge, Meryll</t>
+        </is>
+      </c>
+      <c r="E657" s="2" t="inlineStr">
+        <is>
+          <t>2021 - </t>
+        </is>
+      </c>
+      <c r="F657" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G657" s="2" t="inlineStr">
+        <is>
+          <t>viscose, coton</t>
+        </is>
+      </c>
+      <c r="H657" s="2" t="inlineStr">
+        <is>
+          <t>satin, broderie anglaise</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
+      <c r="A658" s="1" t="n">
+        <v>105259</v>
+      </c>
+      <c r="B658" s="2" t="inlineStr">
+        <is>
+          <t>Ensemble chemise, pantalon et short</t>
+        </is>
+      </c>
+      <c r="C658" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D658" s="2" t="inlineStr">
+        <is>
+          <t>Dieryck, Igor</t>
+        </is>
+      </c>
+      <c r="E658" s="2" t="inlineStr">
+        <is>
+          <t>2022 - </t>
+        </is>
+      </c>
+      <c r="F658" s="2" t="inlineStr">
+        <is>
+          <t>trois pièces</t>
+        </is>
+      </c>
+      <c r="G658" s="2" t="inlineStr">
+        <is>
+          <t>métal, coton, cuir</t>
+        </is>
+      </c>
+      <c r="H658" s="2" t="inlineStr">
+        <is>
+          <t>sergé, broderie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
+      <c r="A659" s="1" t="n">
+        <v>99001</v>
+      </c>
+      <c r="B659" s="2" t="inlineStr">
+        <is>
+          <t>Velum Magneticus - tenture de la salle des mariages</t>
+        </is>
+      </c>
+      <c r="C659" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D659" s="2" t="inlineStr">
+        <is>
+          <t>Henry, Daniel</t>
+        </is>
+      </c>
+      <c r="E659" s="2" t="inlineStr">
+        <is>
+          <t>2024 - </t>
+        </is>
+      </c>
+      <c r="F659" s="2" t="inlineStr">
+        <is>
+          <t>tenture, broderie</t>
+        </is>
+      </c>
+      <c r="G659" s="2" t="inlineStr">
+        <is>
+          <t>métal, viscose</t>
+        </is>
+      </c>
+      <c r="H659" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphié, broderie, cotelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
+      <c r="A660" s="1" t="n">
         <v>109584</v>
       </c>
-      <c r="B657" s="2" t="inlineStr">
+      <c r="B660" s="2" t="inlineStr">
         <is>
           <t>Destruction du théâtre de Mariupol</t>
         </is>
       </c>
-      <c r="C657" s="2" t="inlineStr">
+      <c r="C660" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D657" s="2" t="inlineStr">
+      <c r="D660" s="2" t="inlineStr">
         <is>
           <t>de Tourtier, Servane</t>
         </is>
       </c>
-      <c r="E657" s="2" t="inlineStr">
+      <c r="E660" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
-      <c r="F657" s="2" t="inlineStr">
+      <c r="F660" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
-      <c r="G657" s="2" t="inlineStr">
+      <c r="G660" s="2" t="inlineStr">
         <is>
           <t>laine, lin</t>
         </is>
       </c>
-      <c r="H657" s="2" t="inlineStr">
+      <c r="H660" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">