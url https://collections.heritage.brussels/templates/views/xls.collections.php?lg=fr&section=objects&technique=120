--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -1059,125 +1059,125 @@
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>chaussure, robe courte, deux pièces</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>cannelé, imprimé sur chaîne</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>74495</v>
+        <v>92349</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t> Ensemble boléro, robe, deux ceintures</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1961</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>toile, cannelé</t>
+          <t>broderie, cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>92349</v>
+        <v>74495</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t> Ensemble boléro, robe, deux ceintures</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1961</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>broderie, cannelé</t>
+          <t>toile, cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>102349</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Ensemble manteau et chaussures</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1963 - 1973</t>
@@ -1259,154 +1259,154 @@
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>satin, gaze, taffetas, cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>60986</v>
+        <v>105891</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe de communion et aumônière</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D31" s="2"/>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Van Saene, Dirk</t>
+        </is>
+      </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1981 - </t>
+          <t>1981 - 1990</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie, sac</t>
-[...2 lines deleted...]
-      <c r="G31" s="2"/>
+          <t>veste d'intérieur</t>
+        </is>
+      </c>
+      <c r="G31" s="2" t="inlineStr">
+        <is>
+          <t>résine synthétique, soie</t>
+        </is>
+      </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>cannelé</t>
+          <t>cannelé, dentelle mécanique, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>105891</v>
+        <v>105893</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Jupe</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Van Saene, Dirk</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1981 - 1990</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>jupe, bretelle</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>résine synthétique, soie</t>
+          <t>soie, polyester, résine synthétique</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>cannelé, dentelle mécanique, tulle</t>
+          <t>cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>105893</v>
+        <v>60986</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Jupe</t>
+          <t>Robe de communion et aumônière</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1981 - 1990</t>
+          <t>1981 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>jupe, bretelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe de cérémonie, sac</t>
+        </is>
+      </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>105890</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Bassetti,  / Yee, Marina / Bikkembergs, Dirk</t>
         </is>
       </c>