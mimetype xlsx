--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -179,145 +179,145 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>81254</v>
+        <v>99195</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Veste "La Perouse"</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, appliqué</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>81262</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Cape</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>satin, cannelé, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99195</v>
+        <v>81254</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Veste "La Perouse"</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>drap, satin, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>60915</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Béguin</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1600 - 1700</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
@@ -387,153 +387,153 @@
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>ensemble, robe de cérémonie</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>satin, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>64693</v>
+        <v>58436</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Robe à la française</t>
+          <t>Portefeuille</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1740 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>portefeuille et étui</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>satin, taffetas</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>58436</v>
+        <v>58445</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Portefeuille</t>
+          <t>Jupon</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1740 - </t>
+          <t>1740 - 1745</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>portefeuille et étui</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton, lin</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin, surpiqué, toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>58445</v>
+        <v>64693</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Jupon</t>
+          <t>Robe à la française</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1745</t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>satin, surpiqué, toile, imprimé</t>
+          <t>satin, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>88458</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Décoration en soie peinte</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1749 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
@@ -783,117 +783,117 @@
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1800 - 1810</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>36987</v>
+        <v>58699</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Habit à la française</t>
+          <t>Corset</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1805</t>
+          <t>1800 - 1825</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, veste d'intérieur, haut sans manche</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>satin, drap</t>
+          <t>surpiqué, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>58699</v>
+        <v>36987</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Corset</t>
+          <t>Habit à la française</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1825</t>
+          <t>1800 - 1805</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>trois pièces, veste d'intérieur, haut sans manche</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>surpiqué, satin</t>
+          <t>satin, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>72669</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1801 - 1899</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
@@ -999,585 +999,585 @@
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>damas, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>63648</v>
+        <v>90609</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, sergé</t>
+          <t>toile, satin, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>63650</v>
+        <v>72708</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, sergé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>72708</v>
+        <v>63648</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>90609</v>
+        <v>63650</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>toile, satin, technique de sculpture</t>
+          <t>satin, broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>66709</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Chapeau </t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1845 - 1849</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>paille, soie, coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>66394</v>
+        <v>100261</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Coiffe</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, toile, satin</t>
+          <t>satin, mousseline, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>87100</v>
+        <v>88118</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, rotin, bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>mousseline, satin</t>
+          <t>tissage, satin, technique de sculpture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>100261</v>
+        <v>87100</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Coiffe</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>satin, mousseline, dentelle aux fuseaux</t>
+          <t>mousseline, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>88118</v>
+        <v>103718</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1880</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>soie, rotin, bois</t>
+          <t>coton, lin, soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>tissage, satin, technique de sculpture, passementerie</t>
+          <t>dentelle aux fuseaux, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>45242</v>
+        <v>103962</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Pochette</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>linge domestique</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>lin, soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle aux fuseaux</t>
+          <t>satin, toile, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>45855</v>
+        <v>105148</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Bonnet </t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1875</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>dentelle à l'aiguille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>103718</v>
+        <v>58564</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>coton, lin, soie</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, satin</t>
+          <t>ottoman, satin, passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>103962</v>
+        <v>45855</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Pochette</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>linge domestique</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, dentelle aux fuseaux</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>105148</v>
+        <v>45242</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Bonnet </t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1875</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>lin, soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, satin</t>
+          <t>satin, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>58564</v>
+        <v>66394</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin, passementerie, toile</t>
+          <t>dentelle mécanique, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>60122</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1855 - 1870</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
@@ -1611,221 +1611,221 @@
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1855 - 1870</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, technique de sculpture, passementerie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>36988</v>
+        <v>58667</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Coiffe</t>
+          <t>Bottines</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
-[...6 lines deleted...]
-      </c>
+          <t>1860 - 1865</t>
+        </is>
+      </c>
+      <c r="F42" s="2"/>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>lin, soie, carton</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, satin</t>
+          <t>satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
         <v>59756</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>58667</v>
+        <v>36988</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Coiffe</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1865</t>
-[...2 lines deleted...]
-      <c r="F44" s="2"/>
+          <t>1860 - 1870</t>
+        </is>
+      </c>
+      <c r="F44" s="2" t="inlineStr">
+        <is>
+          <t>chapeau, masque</t>
+        </is>
+      </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>lin, soie, carton</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>satin, sergé</t>
+          <t>dentelle aux fuseaux, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>80797</v>
+        <v>59539</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Deux rubans honorifique des Anciens Militaires sous Léopold Ier 1831-1865</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1865 - </t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile, satin</t>
+          <t>ciselé, taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>59539</v>
+        <v>80797</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Deux rubans honorifique des Anciens Militaires sous Léopold Ier 1831-1865</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>ciselé, taillé, satin, peint</t>
+          <t>broderie, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
         <v>58663</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>Escarpins</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1866 - 1881</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
@@ -1931,441 +1931,441 @@
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1870 - 1920</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>59638</v>
+        <v>59551</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, gouache</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>taillé, satin, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>59778</v>
+        <v>59572</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>nacre, gouache, soie</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>satin, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>59821</v>
+        <v>59638</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>bois, soie, gouache</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, taillé</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>59551</v>
+        <v>59778</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint, dentelle mécanique</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>59572</v>
+        <v>59821</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, soie</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>satin, taillé, peint</t>
+          <t>satin, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
         <v>58503</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1873 - 1874</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>ottoman, satin, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>80997</v>
+        <v>58718</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Robe d'intérieur</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1876</t>
+          <t>1875 - 1885</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, dentelle, velours</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>37022</v>
+        <v>58468</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1880</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>mousseline, satin, dentelle, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>45476</v>
+        <v>37022</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1885</t>
+          <t>1875 - 1880</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>perle</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>ottoman, passementerie, dentelle, satin</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>58468</v>
+        <v>45476</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1885</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>perle</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>mousseline, satin, dentelle, floqué</t>
+          <t>ottoman, passementerie, dentelle, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>58718</v>
+        <v>80997</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe d'intérieur</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1885</t>
+          <t>1875 - 1876</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>satin, broché, dentelle, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>58532</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1877 - 1882</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
@@ -2399,405 +2399,405 @@
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1878 - 1920</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, dentelle mécanique, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>80223</v>
+        <v>88121</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>jais, verre, soie</t>
+          <t>soie, coton, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, tulle</t>
+          <t>satin, toile, technique de sculpture, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>88121</v>
+        <v>58684</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Bonnet d'enfant</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, technique de sculpture, tulle, broderie</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>58576</v>
+        <v>59557</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
+          <t>taillé, dentelle mécanique, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>58684</v>
+        <v>59571</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Bonnet d'enfant</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>écaille, soie, gouache</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>59557</v>
+        <v>58576</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, satin</t>
+          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>59571</v>
+        <v>80223</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie, gouache</t>
+          <t>jais, verre, soie</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, satin</t>
+          <t>satin, broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>45199</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1882 - 1884</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>81272</v>
+        <v>45090</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Cape </t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1905</t>
+          <t>1885 - 1895</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>tulle, satin, dentelle mécanique</t>
+          <t>tulle, gaze, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>45090</v>
+        <v>36980</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Cape </t>
+          <t>Robe de sortie</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1895</t>
+          <t>1885 - 1886</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>tulle, gaze, broderie, satin</t>
+          <t>satin, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>36980</v>
+        <v>81272</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Robe de sortie</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1886</t>
+          <t>1885 - 1905</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>satin, taffetas</t>
+          <t>tulle, satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>76094</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Bannière de la "Société chorale Les Sans Gène"</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
@@ -2831,329 +2831,329 @@
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1889 - 1891</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>botte</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>soie, cuir, toile</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>satin, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>37023</v>
+        <v>87742</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1895</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>87742</v>
+        <v>90169</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>soie, bois, laiton</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin</t>
+          <t>satin, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>57688</v>
+        <v>90554</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>parapluie</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G78" s="2"/>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>organdi, satin, moiré, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>90169</v>
+        <v>59560</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, laiton</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>satin, vernis</t>
+          <t>satin, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>90554</v>
+        <v>61050</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>Chaussons</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...2 lines deleted...]
-      <c r="G80" s="2"/>
+          <t>chaussure</t>
+        </is>
+      </c>
+      <c r="G80" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>organdi, satin, moiré, ottoman</t>
+          <t>satin, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
         <v>59810</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>taillé, satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>59560</v>
+        <v>37023</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, taillé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>61050</v>
+        <v>57688</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Chaussons</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>parapluie</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bambou, métal, soie</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie anglaise</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
         <v>88622</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
           <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1891 - 1920</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
@@ -3263,193 +3263,193 @@
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>satin, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>44884</v>
+        <v>59558</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D88" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, laine, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>chenille, satin, drap, mousseline</t>
+          <t>peint, broderie, taillé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>45480</v>
+        <v>59614</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1905</t>
+          <t>1895 - 1920</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>perle, coton</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>59614</v>
+        <v>44884</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D90" s="2"/>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1920</t>
+          <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>laine, soie, laine, soie</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>chenille, satin, drap, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>59558</v>
+        <v>45480</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>perle, coton</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>peint, broderie, taillé, satin</t>
+          <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>79849</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
@@ -3547,1013 +3547,1013 @@
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>satin, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>80290</v>
+        <v>45625</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Robe de bal</t>
+          <t>Collet du soir</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, jais, verre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>satin, velours, dentelle aux fuseaux</t>
+          <t>velours, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>81261</v>
+        <v>80290</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Robe de bal</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1902</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>satin, velours, mousseline</t>
+          <t>satin, velours, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>45625</v>
+        <v>81261</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Collet du soir</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1901</t>
+          <t>1898 - 1902</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>soie, jais, verre</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, satin</t>
+          <t>satin, velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>58506</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1899 - 1900</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>81270</v>
+        <v>87787</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie, bois, porcelaine</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, tulle</t>
+          <t>satin, passementerie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>81271</v>
+        <v>87830</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Veste à basques </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1905</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>dentelle, passementerie, satin</t>
+          <t>satin, passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>87787</v>
+        <v>88698</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
-      <c r="F102" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F102" s="2"/>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, porcelaine</t>
+          <t>coton, bois, laiton</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, mousseline</t>
+          <t>gaufré, martelé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>87830</v>
+        <v>90507</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, imprimé</t>
+          <t>imprimé, passementerie, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>88698</v>
+        <v>95597</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ensemble sarrau et casquette</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
-[...2 lines deleted...]
-      <c r="F104" s="2"/>
+          <t>1900 - </t>
+        </is>
+      </c>
+      <c r="F104" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces, chapeau, sarrau</t>
+        </is>
+      </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>gaufré, martelé, satin</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>90507</v>
+        <v>99052</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>imprimé, passementerie, satin, toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>58285</v>
+        <v>102937</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Béguin</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>mouchoir</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>soie, pâte de verre</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>45569</v>
+        <v>59576</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Ensemble de cérémonie</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1905</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle mécanique, satin</t>
+          <t>batiste, satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>95597</v>
+        <v>59599</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Ensemble sarrau et casquette</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, chapeau, sarrau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>taillé, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>99052</v>
+        <v>59608</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>haut</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>102937</v>
+        <v>59611</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>ivoire, soie, nacre</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle aux fuseaux</t>
+          <t>taillé, satin, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
         <v>105147</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Bonnet</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>coton, soie, viscose</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>59608</v>
+        <v>59613</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>corne, soie</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
+          <t>taillé, gaze, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>59611</v>
+        <v>59769</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, nacre</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, gaze, broderie</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>59613</v>
+        <v>58515</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>corne, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>59769</v>
+        <v>58285</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Béguin</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie, pâte de verre</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>58515</v>
+        <v>45569</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>passementerie, dentelle mécanique, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>59576</v>
+        <v>81270</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>batiste, satin, dentelle mécanique</t>
+          <t>drap, satin, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>59599</v>
+        <v>81271</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Veste à basques </t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, broderie</t>
+          <t>dentelle, passementerie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
         <v>80200</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
           <t>Robe de bal</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1902 - 1906</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>81040</v>
+        <v>102543</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Ensemble de mariée</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1912</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, mousseline</t>
+          <t>jacquard ou façonné, satin, ajouré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>102543</v>
+        <v>60989</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de mariée</t>
+          <t>Déguisement</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
+          <t>déguisement</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, paille, métal, coton</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, satin, ajouré</t>
+          <t>gaze, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>60989</v>
+        <v>81040</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Déguisement</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1912</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>déguisement</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>soie, paille, métal, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>gaze, satin, toile</t>
+          <t>satin, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
         <v>80348</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1907 - 1908</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
@@ -4627,265 +4627,265 @@
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1909 - 1911</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>velours, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>81486</v>
+        <v>60952</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1914</t>
+          <t>1910 - 1920</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, plissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>76302</v>
+        <v>81486</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Bannière "La Fraternelle"</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1950</t>
+          <t>1910 - 1914</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bambou, métal, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, passementerie</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>60952</v>
+        <v>76302</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Bannière "La Fraternelle"</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1920</t>
+          <t>1910 - 1950</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal, bambou, métal, métal</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>satin, plissé</t>
+          <t>broderie, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
         <v>81848</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
           <t>Bannière "Cortège de la Fleur de la Reine"</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent, fil d'or, bois</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>satin, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>76132</v>
+        <v>45642</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Bannière du cercle royal philanthropique Les Gais Lurons</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois</t>
+          <t>perle, jais</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, moiré, broderie, peint, passementerie</t>
+          <t>satin, tulle, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>45642</v>
+        <v>76132</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Bannière du cercle royal philanthropique Les Gais Lurons</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D131" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Ramaker &amp; Lefevre</t>
+        </is>
+      </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1912 - 1913</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>perle, jais</t>
+          <t>soie, fil de métal, bois</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>satin, tulle, mousseline</t>
+          <t>satin, toile, moiré, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
         <v>76597</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
           <t>Costume-tailleur</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1916 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
@@ -4919,153 +4919,153 @@
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>soie, cuir, perle</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>81371</v>
+        <v>86370</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble robe et veste</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1960</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose, coton</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
         <v>70279</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
           <t>Chaussures</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1920 - 1924</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>soie, cuir</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>86370</v>
+        <v>81371</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1960</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>viscose, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mixte</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
         <v>80853</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
           <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1922 - 1927</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
@@ -5099,669 +5099,669 @@
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>soie, cuir</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>37152</v>
+        <v>58462</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D139" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1927</t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>soie, autruche</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>satin, lamé</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>58462</v>
+        <v>60021</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D140" s="2"/>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>Patou, Jean / Jean Patou</t>
+        </is>
+      </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>soie, autruche</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>60021</v>
+        <v>37152</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Patou, Jean / Jean Patou</t>
+          <t>Lanvin, Jeanne / Lanvin</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1926 - 1927</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
         <v>31086</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>80241</v>
+        <v>100333</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D143" s="2"/>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>Fortuny, Mariano</t>
+        </is>
+      </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>robe longue, ceinture, accessoire de coiffure</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre de Murano</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>plissé, taffetas, imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>37033</v>
+        <v>90408</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Habit de cérémonie</t>
+          <t>Parapluie</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - 1950</t>
+        </is>
+      </c>
+      <c r="F144" s="2"/>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie, résine synthétique</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, passementerie</t>
+          <t>placage, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>100333</v>
+        <v>90409</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Parapluie</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D145" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>robe longue, ceinture, accessoire de coiffure</t>
+          <t>parapluie</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>soie, verre de Murano</t>
+          <t>soie, résine synthétique</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>plissé, taffetas, imprimé, satin</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>37106</v>
+        <v>91036</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble gaine et soutien-gorge</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>sous-vêtement, sous-vêtement structurant</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>soie, poil</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>damas, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>90408</v>
+        <v>95596</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Parapluie</t>
+          <t>Ensemble de soutiens-gorges</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
-[...2 lines deleted...]
-      <c r="F147" s="2"/>
+          <t>1930 - 1935</t>
+        </is>
+      </c>
+      <c r="F147" s="2" t="inlineStr">
+        <is>
+          <t>sous-vêtement</t>
+        </is>
+      </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>soie, résine synthétique</t>
+          <t>viscose, coton</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>placage, toile, satin</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>37176</v>
+        <v>37033</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Habit de cérémonie</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>drap, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>90409</v>
+        <v>37106</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Parapluie</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>parapluie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>soie, résine synthétique</t>
+          <t>soie, poil</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>37180</v>
+        <v>37176</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D150" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>37181</v>
+        <v>37180</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D151" s="2"/>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Schiaparelli, Elsa / Elsa Schiaparelli</t>
+        </is>
+      </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>37188</v>
+        <v>37181</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>91036</v>
+        <v>37188</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gaine et soutien-gorge</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement, sous-vêtement structurant</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>damas, satin</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
         <v>31088</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
           <t>Escarpins</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>soie, cuir</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>95596</v>
+        <v>80241</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de soutiens-gorges</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>viscose, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
         <v>60992</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Déguisement</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
@@ -5867,265 +5867,265 @@
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>61862</v>
+        <v>37116</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Déguisement </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>déguisement</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>velours, satin</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>37116</v>
+        <v>37165</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Bibi</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>37165</v>
+        <v>61862</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Bibi</t>
+          <t>Déguisement </t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>déguisement</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>velours, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
         <v>37151</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>de Pombo, Ana / Maison Paquin</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>dentelle mécanique, satin, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>44588</v>
+        <v>61066</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Ensemble manteau et bonnet</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1965</t>
+          <t>1940 - 1960</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>deux pièces, manteau</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>lin, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle à l'aiguille</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>61066</v>
+        <v>44588</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau et bonnet</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1960</t>
+          <t>1940 - 1965</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, manteau</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>lin, soie</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
         <v>102522</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
           <t>Robe de communiante et accessoires</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
@@ -6239,80 +6239,76 @@
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>80311</v>
+        <v>37003</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D170" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1949 - 1953</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
         <v>37039</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>Béguin</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
@@ -6351,218 +6347,222 @@
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>37003</v>
+        <v>80311</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D173" s="2"/>
+      <c r="D173" s="2" t="inlineStr">
+        <is>
+          <t>Maison Paquin</t>
+        </is>
+      </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1949 - 1953</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>69473</v>
+        <v>95434</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Liseuse</t>
+          <t>Soutien-gorge</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>soie, fibres artificielles</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>81290</v>
+        <v>44597</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cocktail</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1969</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
-[...2 lines deleted...]
-      <c r="G175" s="2"/>
+          <t>sac</t>
+        </is>
+      </c>
+      <c r="G175" s="2" t="inlineStr">
+        <is>
+          <t>coton, soie</t>
+        </is>
+      </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>44597</v>
+        <v>69473</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Liseuse</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1969</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie, fibres artificielles</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle aux fuseaux</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>95434</v>
+        <v>81290</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Soutien-gorge</t>
+          <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
-[...6 lines deleted...]
-      </c>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G177" s="2"/>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
         <v>53732</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1952 - 1953</t>
         </is>
@@ -6859,259 +6859,259 @@
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>81865</v>
+        <v>95445</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Fanion “Hapoel Israël”</t>
+          <t>Ensemble robe et manteau</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1960 - 2000</t>
+          <t>1960 - 1963</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>robe courte, deux pièces, manteau</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>bois, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>63598</v>
+        <v>66879</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble robe de baptême et bonnet</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D188" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1968</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...6 lines deleted...]
-      </c>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G188" s="2"/>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>66879</v>
+        <v>81287</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe de baptême et bonnet</t>
+          <t>Manteau du soir </t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D189" s="2"/>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>Nina Ricci,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1968</t>
+          <t>1960 - 1961</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
-[...2 lines deleted...]
-      <c r="G189" s="2"/>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G189" s="2" t="inlineStr">
+        <is>
+          <t>soie, fil de métal</t>
+        </is>
+      </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>satin, jacquard ou façonné</t>
+          <t>satin, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>81287</v>
+        <v>81362</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir </t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Crahay, Jules François</t>
+          <t>Jane d'Anjou</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1961</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>satin, lamé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>81362</v>
+        <v>81865</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Fanion “Hapoel Israël”</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 2000</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, fibres synthétiques</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>95445</v>
+        <v>63598</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et manteau</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D192" s="2"/>
+      <c r="D192" s="2" t="inlineStr">
+        <is>
+          <t>Chanel,  / Chanel, Gabrielle</t>
+        </is>
+      </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1963</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>robe courte, deux pièces, manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
         <v>56272</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
           <t>Coiffe</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -7383,227 +7383,227 @@
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>soie, laine</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>81625</v>
+        <v>57985</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D201" s="2"/>
+      <c r="D201" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>daim</t>
+          <t>soie, émail</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>satin, technique du cuir</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>57985</v>
+        <v>81625</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cocktail</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D202" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>soie, émail</t>
+          <t>daim</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
         <v>99925</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>57967</v>
+        <v>99166</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D204" s="2"/>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1971 - 1975</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>99166</v>
+        <v>57967</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D205" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1971 - 1975</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
         <v>53300</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
           <t>Combinaison</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -8051,1121 +8051,1121 @@
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1993 - 1994</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>laine, soie, cuir</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>satin, feutre, toile, sergé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>72756</v>
+        <v>60162</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Accessoire multifonctionnel </t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile, satin, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
         <v>72353</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
           <t>Robe fourreau </t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>acrylique, viscose</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>60162</v>
+        <v>72756</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Accessoire multifonctionnel </t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>toile, satin, sérigraphié</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>81743</v>
+        <v>60653</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et gilet</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>Calvin Klein,  / Klein, Calvin</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin, velours, broderie</t>
+          <t>satin, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>105870</v>
+        <v>61838</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Haut</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Rombaux, Sandrine  / Delcampe, Tony</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1999</t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>61838</v>
+        <v>105870</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Haut</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Rombaux, Sandrine  / Delcampe, Tony</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - 1999</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>60653</v>
+        <v>81743</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble robe et gilet</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Calvin Klein,  / Klein, Calvin</t>
+          <t>Watelet, Gérald</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>satin, drap</t>
+          <t>crêpe, satin, velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
         <v>98498</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
           <t>Robe de nuit</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1996 - 1998</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>dentelle mécanique, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>74238</v>
+        <v>95606</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et débardeur</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>acétate, modal, soie, cuir, aluminium</t>
+          <t>soie, viscose, polyester</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>95606</v>
+        <v>60337</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe-chemise</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>soie, viscose, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
         <v>102739</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
           <t>Ensemble de baptême orthodoxe</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>drap, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>60337</v>
+        <v>74238</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Robe-chemise</t>
+          <t>Ensemble robe et débardeur</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>acétate, modal, soie, cuir, aluminium</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>105130</v>
+        <v>60319</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Helmut Lang,  / Lang, Helmut</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1999</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>60319</v>
+        <v>105130</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Helmut Lang,  / Lang, Helmut</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
         <v>95335</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
           <t>Tenue portée par Franc'Pairon</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Yamamoto, Yohji / Yohji Yamamoto</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>2000 - 2009</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur, ensemble, pantalon, robe, bijou, chaussure</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>résine synthétique, laine, ébène, métal, viscose, papier mâché, acrylique</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>satin, sergé, drap, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>85443</v>
+        <v>95512</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Yohji Yamamoto,  / Yamamoto, Yohji</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>95512</v>
+        <v>60212</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Yohji Yamamoto,  / Yamamoto, Yohji</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie, laine</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile, satin, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
         <v>60079</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
           <t>Ensemble blouson et pantalon</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>60212</v>
+        <v>85443</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, laine</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>toile, satin, tricot</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
         <v>60618</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Watanabe, Junya / Comme des garçons</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>laine, viscose, cuir</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>patchwork, sergé, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>85451</v>
+        <v>60310</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Dolce &amp; Gabbana,  / Dolce, Domenico / Gabbana, Stefano</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, cuir</t>
+          <t>soie, polyamide (=nylon), cuir</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>85453</v>
+        <v>85451</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>résine, soie</t>
+          <t>acétate, viscose, cuir</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, crêpe</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>60310</v>
+        <v>85453</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Dolce &amp; Gabbana,  / Dolce, Domenico / Gabbana, Stefano</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>soie, polyamide (=nylon), cuir</t>
+          <t>résine, soie</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>85456</v>
+        <v>60115</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson, haut et sous-vêtements</t>
+          <t>Cravate "Kill Tie"</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / DIM</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>maille, satin</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>85457</v>
+        <v>85456</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble blouson, haut et sous-vêtements</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / DIM</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir, métal</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>satin, mousseline</t>
+          <t>maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>60115</v>
+        <v>85457</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Cravate "Kill Tie"</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir, métal</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>85458</v>
+        <v>60073</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Costume</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, sérigraphié, crêpe</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
         <v>37018</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>Watelet, Gérald</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
@@ -9207,201 +9207,201 @@
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>soie, coton, viscose, polyester</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>60073</v>
+        <v>85458</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Costume</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2006</t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>satin, peint, sérigraphié, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>85460</v>
+        <v>85461</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
-[...2 lines deleted...]
-      <c r="F248" s="2"/>
+          <t>2006 - 2007</t>
+        </is>
+      </c>
+      <c r="F248" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>viscose, soie, acétate</t>
+          <t>soie, peinture</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>jersey, satin</t>
+          <t>satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
         <v>54155</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
           <t>Robe drapée</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Theyskens, Olivier / Rochas , Marcel</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>2006 - 2007</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>85461</v>
+        <v>85460</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble haut et jupe</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>2006 - 2007</t>
-[...6 lines deleted...]
-      </c>
+          <t>2006 - </t>
+        </is>
+      </c>
+      <c r="F250" s="2"/>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>soie, peinture</t>
+          <t>viscose, soie, acétate</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>satin, peint</t>
+          <t>jersey, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
         <v>85463</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
@@ -9483,477 +9483,477 @@
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>2007 - 2008</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>cachemire, soie, laine</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>drap, satin, toile, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>76021</v>
+        <v>85466</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble manteau, robes</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
-      <c r="F254" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F254" s="2"/>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>élasthane, soie</t>
+          <t>soie, cachemire</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>imprimé, satin</t>
+          <t>satin, peint, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>76202</v>
+        <v>85468</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Smoking </t>
+          <t>Ensemble cape, gilet, pull et bermuda</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>3 SUISSES,  / Branquinho, Véronique</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / 3 SUISSES,  / Georges Morand</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>laine, laine</t>
+          <t>laine, soie, coton, cachemire, cuir, chevreau, résine</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>tricot, satin, tricot, satin</t>
+          <t>sergé, maille, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>63113</v>
+        <v>106473</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Robe drapée</t>
+          <t>Ensemble haut, chemise et bermuda</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>soie, polyamide (=nylon), fil de métal</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>imprimé sur chaîne, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>63133</v>
+        <v>76021</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Fasoli, Sandrina</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester</t>
+          <t>élasthane, soie</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>85466</v>
+        <v>76202</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, robes</t>
+          <t>Smoking </t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>3 SUISSES,  / Branquinho, Véronique</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
-[...2 lines deleted...]
-      <c r="F258" s="2"/>
+          <t>2008 - 2009</t>
+        </is>
+      </c>
+      <c r="F258" s="2" t="inlineStr">
+        <is>
+          <t>ensemble de cérémonie</t>
+        </is>
+      </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>soie, cachemire</t>
+          <t>laine, laine</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, drap</t>
+          <t>tricot, satin, tricot, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>85468</v>
+        <v>63113</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cape, gilet, pull et bermuda</t>
+          <t>Robe drapée</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / 3 SUISSES,  / Georges Morand</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>2008 - 2009</t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton, cachemire, cuir, chevreau, résine</t>
+          <t>soie, polyamide (=nylon), fil de métal</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>sergé, maille, toile, satin</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>106473</v>
+        <v>63133</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, chemise et bermuda</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Fasoli, Sandrina</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie, polyester</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>imprimé sur chaîne, satin</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>63135</v>
+        <v>85469</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Robe trapèze</t>
+          <t>Ensemble haut et jupe</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Sandrina Fasoli,  / Fasoli, Sandrina</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Ramanankirahina, Amalia</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>2009 - 2010</t>
-[...6 lines deleted...]
-      </c>
+          <t>2009 - </t>
+        </is>
+      </c>
+      <c r="F261" s="2"/>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, lin, polyester, soie</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin, toile</t>
+          <t>satin, peint, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>56038</v>
+        <v>53308</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau</t>
+          <t>Ensemble robe et corset</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>McQueen, Alexander / Alexander McQueen</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>soie, fibres synthétiques</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>mousseline, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>85469</v>
+        <v>56038</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe</t>
+          <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Ramanankirahina, Amalia</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
-      <c r="F263" s="2"/>
+      <c r="F263" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>coton, lin, polyester, soie</t>
+          <t>soie, fibres synthétiques</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, toile</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>53308</v>
+        <v>63135</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et corset</t>
+          <t>Robe trapèze</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>McQueen, Alexander / Alexander McQueen</t>
+          <t>Sandrina Fasoli,  / Fasoli, Sandrina</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2009 - 2010</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>mousseline, satin</t>
+          <t>crêpe, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
         <v>85470</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
@@ -10275,360 +10275,360 @@
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>viscose, polyester, élasthane, métal</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>sergé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>54035</v>
+        <v>106062</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>106062</v>
+        <v>54035</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>54128</v>
+        <v>85603</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Robe housse</t>
+          <t>Ensemble haut et short</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>D'hoore, Sofie / Sofie D'Hoore</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>2014 - 2015</t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, viscose, soie</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>37171</v>
+        <v>54128</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe housse</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
-          <t>Woit, Nicolas</t>
+          <t>D'hoore, Sofie / Sofie D'Hoore</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2014 - 2015</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>85603</v>
+        <v>37171</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et short</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Woit, Nicolas</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
         <v>102562</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
           <t>Ensemble nuisette et shorty</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur, sous-vêtement, deux pièces</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>46456</v>
+        <v>106476</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et short</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Dries Van Noten,  / Van Noten, Dries</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir, renard</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>106476</v>
+        <v>46456</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble veste et short</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Dries Van Noten,  / Van Noten, Dries</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir, renard</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
         <v>85616</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
           <t>Jupe</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
@@ -10715,165 +10715,165 @@
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>soie, élasthane</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>54306</v>
+        <v>95301</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau</t>
+          <t>Caftan </t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>2018 - 2019</t>
+          <t>2018 - 2023</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>soie, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>velours, satin</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>95301</v>
+        <v>85676</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Caftan </t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>2018 - 2023</t>
+          <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, polyester</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>jersey, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>85676</v>
+        <v>54306</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester</t>
+          <t>soie, viscose</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>jersey, satin</t>
+          <t>velours, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
         <v>95303</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
           <t>Ensemble trois pièces - bustier, pantalon, ceinture</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>