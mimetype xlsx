--- v1 (2026-01-23)
+++ v2 (2026-03-12)
@@ -215,109 +215,109 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>soie, laine</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>81262</v>
+        <v>81254</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>satin, cannelé, velours</t>
+          <t>drap, satin, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>81254</v>
+        <v>81262</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, appliqué</t>
+          <t>satin, cannelé, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>60915</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Béguin</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1600 - 1700</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
@@ -927,657 +927,657 @@
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1801 - 1899</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>54192</v>
+        <v>36978</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>imprimé, satin, ciré, toile</t>
+          <t>damas, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>36978</v>
+        <v>54192</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>damas, satin</t>
+          <t>imprimé, satin, ciré, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>90609</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>soie, os</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>toile, satin, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>72708</v>
+        <v>63648</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>63648</v>
+        <v>63650</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>satin, broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>63650</v>
+        <v>72708</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, sergé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>66709</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Chapeau </t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1845 - 1849</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>paille, soie, coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>100261</v>
+        <v>87100</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Coiffe</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>satin, mousseline, dentelle aux fuseaux</t>
+          <t>mousseline, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>88118</v>
+        <v>100261</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Coiffe</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1880</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>soie, rotin, bois</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>tissage, satin, technique de sculpture, passementerie</t>
+          <t>satin, mousseline, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>87100</v>
+        <v>88118</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1880</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, rotin, bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>mousseline, satin</t>
+          <t>tissage, satin, technique de sculpture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>103718</v>
+        <v>58564</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>coton, lin, soie</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, satin</t>
+          <t>ottoman, satin, passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>103962</v>
+        <v>66394</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Pochette</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>linge domestique</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, dentelle aux fuseaux</t>
+          <t>dentelle mécanique, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>105148</v>
+        <v>45242</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Bonnet </t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1875</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>lin, soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, satin</t>
+          <t>satin, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>58564</v>
+        <v>45855</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin, passementerie, toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>45855</v>
+        <v>103718</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>coton, lin, soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>dentelle aux fuseaux, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>45242</v>
+        <v>103962</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Pochette</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>linge domestique</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>lin, soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle aux fuseaux</t>
+          <t>satin, toile, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>66394</v>
+        <v>105148</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Bonnet </t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1875</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, toile, satin</t>
+          <t>dentelle à l'aiguille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>60122</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1855 - 1870</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
@@ -1859,513 +1859,513 @@
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1866 - 1867</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>botte</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>88043</v>
+        <v>98586</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Béguin</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1880</t>
+          <t>1870 - 1920</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, ajouré [sculpture], satin</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>98586</v>
+        <v>88043</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Béguin</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1920</t>
+          <t>1870 - 1880</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>dentelle mécanique, ajouré [sculpture], satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>59551</v>
+        <v>59778</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint, dentelle mécanique</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>59572</v>
+        <v>59821</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, soie</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>satin, taillé, peint</t>
+          <t>satin, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>59638</v>
+        <v>59551</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, gouache</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>taillé, satin, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>59778</v>
+        <v>59572</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>nacre, gouache, soie</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>satin, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>59821</v>
+        <v>59638</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>bois, soie, gouache</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, taillé</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
         <v>58503</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1873 - 1874</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>ottoman, satin, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>58718</v>
+        <v>58468</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1885</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>mousseline, satin, dentelle, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>58468</v>
+        <v>58718</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1885</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>mousseline, satin, dentelle, floqué</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>37022</v>
+        <v>80997</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe d'intérieur</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1880</t>
+          <t>1875 - 1876</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, broché, dentelle, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
         <v>45476</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Visite</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1875 - 1885</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>perle</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>ottoman, passementerie, dentelle, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>80997</v>
+        <v>37022</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Robe d'intérieur</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1876</t>
+          <t>1875 - 1880</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, dentelle, velours</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>58532</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1877 - 1882</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
@@ -2435,189 +2435,189 @@
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>soie, coton, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>satin, toile, technique de sculpture, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>58684</v>
+        <v>58576</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Bonnet d'enfant</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>59557</v>
+        <v>58684</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bonnet d'enfant</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, satin</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>59571</v>
+        <v>59557</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie, gouache</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, satin</t>
+          <t>taillé, dentelle mécanique, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>58576</v>
+        <v>59571</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>écaille, soie, gouache</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
+          <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
         <v>80223</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
@@ -2687,117 +2687,117 @@
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1885 - 1895</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>tulle, gaze, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>36980</v>
+        <v>81272</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe de sortie</t>
+          <t>Visite</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1886</t>
+          <t>1885 - 1905</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>satin, taffetas</t>
+          <t>tulle, satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>81272</v>
+        <v>36980</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Visite</t>
+          <t>Robe de sortie</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1905</t>
+          <t>1885 - 1886</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tulle, satin, dentelle mécanique</t>
+          <t>satin, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
         <v>76094</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>Bannière de la "Société chorale Les Sans Gène"</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1887 - 1950</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
@@ -2935,153 +2935,153 @@
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>organdi, satin, moiré, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>59560</v>
+        <v>59810</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, taillé</t>
+          <t>taillé, satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>61050</v>
+        <v>59560</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Chaussons</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie anglaise</t>
+          <t>satin, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>59810</v>
+        <v>61050</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Chaussons</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, dentelle mécanique</t>
+          <t>satin, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
         <v>37023</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
@@ -3411,1005 +3411,1005 @@
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>perle, coton</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>dentelle mécanique, gaze, passementerie, satin, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>79849</v>
+        <v>63403</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Haut-de-forme</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
-      <c r="F92" s="2"/>
-      <c r="G92" s="2"/>
+      <c r="F92" s="2" t="inlineStr">
+        <is>
+          <t>chapeau</t>
+        </is>
+      </c>
+      <c r="G92" s="2" t="inlineStr">
+        <is>
+          <t>soie, cuir</t>
+        </is>
+      </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>63403</v>
+        <v>79849</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Haut-de-forme</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
-      <c r="F93" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>80287</v>
+        <v>80288</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1898</t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>satin, jacquard ou façonné</t>
+          <t>satin, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>80288</v>
+        <v>80287</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1897 - 1898</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>satin, broché</t>
+          <t>satin, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>45625</v>
+        <v>80290</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Collet du soir</t>
+          <t>Robe de bal</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1901</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>soie, jais, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, satin</t>
+          <t>satin, velours, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>80290</v>
+        <v>81261</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Robe de bal</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1902</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>satin, velours, dentelle aux fuseaux</t>
+          <t>satin, velours, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>81261</v>
+        <v>45625</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Collet du soir</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1902</t>
+          <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>soie, jais, verre</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>satin, velours, mousseline</t>
+          <t>velours, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>58506</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1899 - 1900</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>87787</v>
+        <v>95597</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ensemble sarrau et casquette</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>deux pièces, chapeau, sarrau</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, porcelaine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, mousseline</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>87830</v>
+        <v>99052</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>haut</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, imprimé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>88698</v>
+        <v>87787</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
-      <c r="F102" s="2"/>
+      <c r="F102" s="2" t="inlineStr">
+        <is>
+          <t>ombrelle</t>
+        </is>
+      </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton</t>
+          <t>soie, bois, porcelaine</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>gaufré, martelé, satin</t>
+          <t>satin, passementerie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>90507</v>
+        <v>87830</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>imprimé, passementerie, satin, toile</t>
+          <t>satin, passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>95597</v>
+        <v>88698</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Ensemble sarrau et casquette</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F104" s="2"/>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, bois, laiton</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>gaufré, martelé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>99052</v>
+        <v>90507</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>haut</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>imprimé, passementerie, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>102937</v>
+        <v>59769</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle aux fuseaux</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>59576</v>
+        <v>58515</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>batiste, satin, dentelle mécanique</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>59599</v>
+        <v>59576</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ensemble de cérémonie</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, broderie</t>
+          <t>batiste, satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>59608</v>
+        <v>59599</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
+          <t>taillé, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>59611</v>
+        <v>59608</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, nacre</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, gaze, broderie</t>
+          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>105147</v>
+        <v>59611</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, viscose</t>
+          <t>ivoire, soie, nacre</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, satin</t>
+          <t>taillé, satin, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
         <v>59613</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>corne, soie</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>taillé, gaze, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>59769</v>
+        <v>58285</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Béguin</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie, pâte de verre</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>58515</v>
+        <v>81270</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>drap, satin, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>58285</v>
+        <v>45569</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Béguin</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>soie, pâte de verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>passementerie, dentelle mécanique, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>45569</v>
+        <v>81271</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Veste à basques </t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1900 - 1905</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle mécanique, satin</t>
+          <t>dentelle, passementerie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>81270</v>
+        <v>102937</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>mouchoir</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, tulle</t>
+          <t>satin, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>81271</v>
+        <v>105147</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Veste à basques </t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1905</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie, viscose</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>dentelle, passementerie, satin</t>
+          <t>dentelle aux fuseaux, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
         <v>80200</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
           <t>Robe de bal</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1902 - 1906</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
@@ -4783,51 +4783,55 @@
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent, fil d'or, bois</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>satin, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
         <v>45642</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D130" s="2"/>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Maison Worth</t>
+        </is>
+      </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>perle, jais</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>satin, tulle, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>76132</v>
       </c>
@@ -5251,512 +5255,512 @@
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>100333</v>
+        <v>95596</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble de soutiens-gorges</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D143" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>robe longue, ceinture, accessoire de coiffure</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>soie, verre de Murano</t>
+          <t>viscose, coton</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>plissé, taffetas, imprimé, satin</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>90408</v>
+        <v>100333</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Parapluie</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D144" s="2"/>
+      <c r="D144" s="2" t="inlineStr">
+        <is>
+          <t>Fortuny, Mariano</t>
+        </is>
+      </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
-[...2 lines deleted...]
-      <c r="F144" s="2"/>
+          <t>1930 - 1939</t>
+        </is>
+      </c>
+      <c r="F144" s="2" t="inlineStr">
+        <is>
+          <t>robe longue, ceinture, accessoire de coiffure</t>
+        </is>
+      </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>soie, résine synthétique</t>
+          <t>soie, verre de Murano</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>placage, toile, satin</t>
+          <t>plissé, taffetas, imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>90409</v>
+        <v>90408</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Parapluie</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1930 - 1950</t>
         </is>
       </c>
-      <c r="F145" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F145" s="2"/>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>soie, résine synthétique</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>placage, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>91036</v>
+        <v>90409</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gaine et soutien-gorge</t>
+          <t>Parapluie</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement, sous-vêtement structurant</t>
+          <t>parapluie</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>soie, résine synthétique</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>damas, satin</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>95596</v>
+        <v>91036</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de soutiens-gorges</t>
+          <t>Ensemble gaine et soutien-gorge</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>sous-vêtement, sous-vêtement structurant</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>viscose, coton</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>damas, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>37033</v>
+        <v>37180</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Habit de cérémonie</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D148" s="2"/>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Schiaparelli, Elsa / Elsa Schiaparelli</t>
+        </is>
+      </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, passementerie</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>37106</v>
+        <v>37181</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>soie, poil</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>37176</v>
+        <v>37188</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>37180</v>
+        <v>31088</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D151" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>37181</v>
+        <v>37033</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Habit de cérémonie</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>drap, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>37188</v>
+        <v>37106</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, poil</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>31088</v>
+        <v>80241</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1940</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>80241</v>
+        <v>37176</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1940</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
         <v>60992</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Déguisement</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
@@ -5795,117 +5799,117 @@
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1935 - 1949</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>37179</v>
+        <v>31087</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Costume</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>31087</v>
+        <v>37179</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Costume</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
         <v>37116</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
@@ -6239,188 +6243,188 @@
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>37003</v>
+        <v>80311</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D170" s="2"/>
+      <c r="D170" s="2" t="inlineStr">
+        <is>
+          <t>Maison Paquin</t>
+        </is>
+      </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1949 - 1953</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>37039</v>
+        <v>37003</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Béguin</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1949 - 1949</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>37062</v>
+        <v>37039</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Béguin</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1949 - 1949</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>80311</v>
+        <v>37062</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D173" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1949 - 1953</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
         <v>95434</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
           <t>Soutien-gorge</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
@@ -6799,51 +6803,55 @@
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>satin, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
         <v>58488</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée </t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D185" s="2"/>
+      <c r="D185" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie,  / Dessès, Jean</t>
+        </is>
+      </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1958 - 1958</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>satin, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
         <v>37017</v>
       </c>
@@ -6895,233 +6903,233 @@
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1960 - 1963</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>robe courte, deux pièces, manteau</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>66879</v>
+        <v>63598</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe de baptême et bonnet</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D188" s="2"/>
+      <c r="D188" s="2" t="inlineStr">
+        <is>
+          <t>Chanel,  / Chanel, Gabrielle</t>
+        </is>
+      </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1968</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
-[...2 lines deleted...]
-      <c r="G188" s="2"/>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G188" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>satin, jacquard ou façonné</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>81287</v>
+        <v>66879</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir </t>
+          <t>Ensemble robe de baptême et bonnet</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D189" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1961</t>
+          <t>1960 - 1968</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
-[...6 lines deleted...]
-      </c>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G189" s="2"/>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>satin, lamé</t>
+          <t>satin, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>81362</v>
+        <v>81287</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Manteau du soir </t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Jane d'Anjou</t>
+          <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1961</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>81865</v>
+        <v>81362</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Fanion “Hapoel Israël”</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D191" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D191" s="2" t="inlineStr">
+        <is>
+          <t>Jane d'Anjou</t>
+        </is>
+      </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1960 - 2000</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>bois, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>63598</v>
+        <v>81865</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Fanion “Hapoel Israël”</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 2000</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, fibres synthétiques</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
         <v>56272</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
           <t>Coiffe</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1961 - 1961</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
@@ -7459,95 +7467,95 @@
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>daim</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>satin, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>99925</v>
+        <v>99166</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>99166</v>
+        <v>99925</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
           <t>soie</t>
@@ -8251,125 +8259,125 @@
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>105870</v>
+        <v>81743</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Haut</t>
+          <t>Ensemble robe et gilet</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Rombaux, Sandrine  / Delcampe, Tony</t>
+          <t>Watelet, Gérald / Gérald Watelet</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1999</t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>viscose, acétate</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>crêpe, satin, velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>81743</v>
+        <v>105870</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et gilet</t>
+          <t>Haut</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Rombaux, Sandrine  / Delcampe, Tony</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - 1999</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>viscose, acétate</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin, velours, broderie</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
         <v>98498</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
           <t>Robe de nuit</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1996 - 1998</t>
@@ -8451,121 +8459,121 @@
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>102739</v>
+        <v>74238</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de baptême orthodoxe</t>
+          <t>Ensemble robe et débardeur</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D228" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D228" s="2" t="inlineStr">
+        <is>
+          <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
+        </is>
+      </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>acétate, modal, soie, cuir, aluminium</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, broderie</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>74238</v>
+        <v>102739</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et débardeur</t>
+          <t>Ensemble de baptême orthodoxe</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>acétate, modal, soie, cuir, aluminium</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>drap, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
         <v>60319</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Helmut Lang,  / Lang, Helmut</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
@@ -8687,125 +8695,125 @@
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>60212</v>
+        <v>60079</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Ensemble blouson et pantalon</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>toile, satin, tricot</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>60079</v>
+        <v>60212</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson et pantalon</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Yvrenogeau, Hervé / Rondenet, Thierry / Own</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie, laine</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>toile, satin, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
         <v>85443</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
@@ -9559,401 +9567,401 @@
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>laine, soie, coton, cachemire, cuir, chevreau, résine</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>sergé, maille, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>106473</v>
+        <v>76021</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, chemise et bermuda</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>élasthane, soie</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>imprimé sur chaîne, satin</t>
+          <t>imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>76021</v>
+        <v>76202</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Smoking </t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>3 SUISSES,  / Branquinho, Véronique</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>élasthane, soie</t>
+          <t>laine, laine</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>imprimé, satin</t>
+          <t>tricot, satin, tricot, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>76202</v>
+        <v>63113</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Smoking </t>
+          <t>Robe drapée</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>3 SUISSES,  / Branquinho, Véronique</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>2008 - 2009</t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>laine, laine</t>
+          <t>soie, polyamide (=nylon), fil de métal</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
-          <t>tricot, satin, tricot, satin</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>63113</v>
+        <v>63133</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Robe drapée</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Fasoli, Sandrina</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>soie, polyamide (=nylon), fil de métal</t>
+          <t>soie, polyester</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>satin, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>63133</v>
+        <v>106473</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble haut, chemise et bermuda</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Fasoli, Sandrina</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>satin, crêpe</t>
+          <t>imprimé sur chaîne, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
         <v>85469</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
           <t>Ensemble haut et jupe</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Ramanankirahina, Amalia</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F261" s="2"/>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>coton, lin, polyester, soie</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>satin, peint, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>53308</v>
+        <v>63135</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et corset</t>
+          <t>Robe trapèze</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>McQueen, Alexander / Alexander McQueen</t>
+          <t>Sandrina Fasoli,  / Fasoli, Sandrina</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2009 - 2010</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>mousseline, satin</t>
+          <t>crêpe, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>56038</v>
+        <v>53308</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau</t>
+          <t>Ensemble robe et corset</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>McQueen, Alexander / Alexander McQueen</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>soie, fibres synthétiques</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>mousseline, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>63135</v>
+        <v>56038</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Robe trapèze</t>
+          <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Sandrina Fasoli,  / Fasoli, Sandrina</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>2009 - 2010</t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, fibres synthétiques</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin, toile</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
         <v>85470</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
@@ -10155,225 +10163,225 @@
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>satin, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>85578</v>
+        <v>85580</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble veste, haut et pantacourt</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>satin, technique d'impression</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>85580</v>
+        <v>85582</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, haut et pantacourt</t>
+          <t>Veste de tailleur</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>viscose, polyester, élasthane, métal</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>sergé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>85582</v>
+        <v>85578</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester, élasthane, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>sergé, satin</t>
+          <t>satin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>106062</v>
+        <v>54035</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>54035</v>
+        <v>106062</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Knott, Jean-Paul / Jean-Paul Knott</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>toile, maille, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
@@ -10449,51 +10457,51 @@
           <t>soie</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
         <v>37171</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Woit, Nicolas</t>
+          <t>Woit, Nicolas / Nicolas Woit</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
@@ -10715,245 +10723,245 @@
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>soie, élasthane</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>95301</v>
+        <v>85676</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Caftan </t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>2018 - 2023</t>
+          <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, polyester</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>jersey, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>85676</v>
+        <v>95301</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Caftan </t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>2018 - 2019</t>
+          <t>2018 - 2023</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>jersey, satin</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
         <v>54306</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
           <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
           <t>soie, viscose</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>velours, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>95303</v>
+        <v>85698</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Ensemble trois pièces - bustier, pantalon, ceinture</t>
+          <t>Ensemble gilet, haut et pantalon</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie, cachemire, élasthane</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>maille, jersey, satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>85698</v>
+        <v>95303</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gilet, haut et pantalon</t>
+          <t>Ensemble trois pièces - bustier, pantalon, ceinture</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, cachemire, élasthane</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey, satin, sergé</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
         <v>61854</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
           <t>Déshabillé</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
@@ -11085,51 +11093,51 @@
           <t>soie</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
         <v>90616</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
           <t>Ensemble gilet et robe</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Rogge, Meryll</t>
+          <t>Rogge, Meryll / Meryll Rogge</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>2021 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>viscose, coton</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>satin, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">