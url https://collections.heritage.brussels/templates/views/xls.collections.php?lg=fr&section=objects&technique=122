--- v0 (2025-12-30)
+++ v1 (2026-02-17)
@@ -431,225 +431,225 @@
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1832 - 1930</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>métal, soie, coton, fil d'argent</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>velours, sergé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>37000</v>
+        <v>63573</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>broché, sergé</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>63573</v>
+        <v>63648</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>satin, broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>63648</v>
+        <v>63650</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>satin, broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>63650</v>
+        <v>72709</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>satin, broché, sergé</t>
+          <t>jacquard ou façonné, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>72709</v>
+        <v>37000</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Gilet</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, sergé</t>
+          <t>broché, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>56689</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Dewinter-Spinoy</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1850 - 1921</t>
@@ -691,51 +691,51 @@
           <t>1858 - 1937</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, coton, papier, bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>velours, broderie, sergé, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>88473</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Melot, E.</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1859 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil d'argent, fil d'or, métal, bois, verre</t>
@@ -867,265 +867,265 @@
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>soie, coton</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>taffetas, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>83368</v>
+        <v>88021</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1938</t>
-[...2 lines deleted...]
-      <c r="F21" s="2"/>
+          <t>1875 - 1925</t>
+        </is>
+      </c>
+      <c r="F21" s="2" t="inlineStr">
+        <is>
+          <t>drapeau</t>
+        </is>
+      </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal</t>
+          <t>soie, fil d'or, fil d'argent, bois</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>velours, broderie, passementerie, cannelé, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>88021</v>
+        <v>58532</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Section des Collecteurs de Bruxelles</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1877 - 1882</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bois</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie, cannelé, sergé</t>
+          <t>sergé, satin, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>58532</v>
+        <v>88462</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Bannière de l' union Prevoyance et Fraternite de Laeken</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D23" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Fonson Cie</t>
+        </is>
+      </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1877 - 1882</t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>sergé, satin, dentelle</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>88462</v>
+        <v>88380</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l' union Prevoyance et Fraternite de Laeken</t>
+          <t>Drapeau célébrant le 50eme anniversaire de l'independance nationale</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D24" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or</t>
+          <t>laine, bois, fil de métal, bois, métal</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>sergé, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>88380</v>
+        <v>83506</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Drapeau célébrant le 50eme anniversaire de l'independance nationale</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>laine, bois, fil de métal, bois, métal</t>
+          <t>fil d'argent, soie, coton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>sergé, technique de peinture, passementerie</t>
+          <t>passementerie, sergé, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>83506</v>
+        <v>77252</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Costume de bain</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>maillot de bain et vêtement de plage</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>passementerie, sergé, damas</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
         <v>57686</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Parapluie</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1890 - 1950</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
@@ -1159,477 +1159,481 @@
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie, bambou, métal</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>argenté, sergé, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>77252</v>
+        <v>80328</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Costume de bain</t>
+          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1962</t>
+        </is>
+      </c>
+      <c r="F29" s="2"/>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>broderie, velours, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>80328</v>
+        <v>63605</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
+          <t>Marinière</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1962</t>
-[...2 lines deleted...]
-      <c r="F30" s="2"/>
+          <t>1900 - 1950</t>
+        </is>
+      </c>
+      <c r="F30" s="2" t="inlineStr">
+        <is>
+          <t>haut sans manche</t>
+        </is>
+      </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, sergé</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>63605</v>
+        <v>66889</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Marinière</t>
+          <t>Sarrau</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>sarrau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>66889</v>
+        <v>61521</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Sarrau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>sarrau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>61521</v>
+        <v>95499</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble de marié</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1902 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble de cérémonie, veste d'intérieur, pantalon, chapeau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>95499</v>
+        <v>95446</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de marié</t>
+          <t>Costume trois-pièces</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1902 - </t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, veste d'intérieur, pantalon, chapeau</t>
+          <t>pantalon, trois pièces, haut à manches courtes ou longues, veste d'intérieur</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>sergé, drap</t>
+          <t>drap, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>95446</v>
+        <v>81848</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Costume trois-pièces</t>
+          <t>Bannière "Cortège de la Fleur de la Reine"</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>pantalon, trois pièces, haut à manches courtes ou longues, veste d'intérieur</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, fil d'argent, fil d'or, bois</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>drap, sergé</t>
+          <t>satin, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>88014</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Bannière de la société royale "La Prévoyance des Pêcheurs à la Ligne" de Bruxelles</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Renert, J.</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil d'or, fil d'argent, papier, bois</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>81848</v>
+        <v>83368</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Bannière "Cortège de la Fleur de la Reine"</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Pirsch, E.</t>
+        </is>
+      </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, bois</t>
+          <t>soie, coton, fil de métal</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>satin, sergé, broderie, passementerie</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>58613</v>
+        <v>61991</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Cravate</t>
+          <t>Costume de marin - pantalon et vareuse</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
         <v>73464</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Costume trois-pièces</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>61991</v>
+        <v>58613</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Costume de marin - pantalon et vareuse</t>
+          <t>Cravate</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
         <v>61902</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Vareuse</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
@@ -1807,345 +1811,345 @@
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie, veste d'intérieur, pantalon, accessoire textile, haut sans manche</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>drap, sergé, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>58999</v>
+        <v>81217</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Costume d'amazone</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D47" s="2"/>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Severin Frères</t>
+        </is>
+      </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, cuir, coton</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, feutre, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>104790</v>
+        <v>81233</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>81217</v>
+        <v>58999</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Costume d'amazone</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D49" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>sergé, feutre, toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>81233</v>
+        <v>104790</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>60665</v>
+        <v>61123</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie</t>
+          <t>Ensemble blouse et culotte</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>taffetas, sergé</t>
+          <t>sergé, piqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>61123</v>
+        <v>60665</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et culotte</t>
+          <t>Ensemble de cérémonie</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>sergé, piqué</t>
+          <t>taffetas, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>95471</v>
+        <v>99763</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur robe, veste, ceinture et bandeaux</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / Nina Ricci</t>
+          <t>Dior,  / Ascot</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1961</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, veste d'intérieur, ceinture, accessoire de coiffure, robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>sergé, jacquard ou façonné</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>99763</v>
+        <v>95471</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Ensemble tailleur robe, veste, ceinture et bandeaux</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Dior,  / Ascot</t>
+          <t>Crahay, Jules François / Nina Ricci</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1961</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>deux pièces, veste d'intérieur, ceinture, accessoire de coiffure, robe courte</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
         <v>61432</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste, gilet et pantalon</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Weatherill Bros</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1961 - </t>
@@ -2299,225 +2303,225 @@
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1965 - 1975</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>56247</v>
+        <v>76776</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Robe trapèze</t>
+          <t>Toque </t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Courrèges,  / Wittamer, Louis / Courrèges, André / De Camps, Berthe</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>99164</v>
+        <v>56247</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste </t>
+          <t>Robe trapèze</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Valens,  / Courrèges,  / Wittamer, Louis / Courrèges, André / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
+          <t>1967 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>robe, veste d'intérieur, deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>76776</v>
+        <v>99164</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Toque </t>
+          <t>Ensemble robe et veste </t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
+          <t>1967 - 1969</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>robe, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>37061</v>
+        <v>81464</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Mini-robe</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Courrèges,  / Courrèges, André</t>
+          <t>Lapidus, Ted / Ted Lapidus</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>81464</v>
+        <v>37061</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Mini-robe</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Lapidus, Ted / Ted Lapidus</t>
+          <t>Courrèges,  / Courrèges, André</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
@@ -2619,224 +2623,224 @@
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>soie, laine</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>57841</v>
+        <v>78148</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Jupe longue</t>
+          <t>Jupe</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1973</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>jupe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>58004</v>
+        <v>61436</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Jean</t>
+          <t>Ensemble veste, gilet et pantalon</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D69" s="2"/>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Amies, Hardy</t>
+        </is>
+      </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>58011</v>
+        <v>57841</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Jupe longue</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1973</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>61436</v>
+        <v>58004</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, gilet et pantalon</t>
+          <t>Jean</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D71" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>78148</v>
+        <v>58011</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Jupe</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
         <v>57854</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>Tailleur</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Saint Laurent, Yves / Yves Saint Laurent</t>
@@ -2923,120 +2927,120 @@
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>58022</v>
+        <v>76777</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Jupe culotte</t>
+          <t>Turban </t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Cacharel</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1974</t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>76777</v>
+        <v>58022</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Turban </t>
+          <t>Jupe culotte</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Cacharel</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1973 - 1974</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
         <v>59277</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe et ceinture</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
@@ -3319,276 +3323,276 @@
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1985 - 1990</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>95511</v>
+        <v>61452</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Veste droite</t>
+          <t>Costume</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Giorgio Armani,  / Armani, Giorgio</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1986 - 1990</t>
+          <t>1986 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>61452</v>
+        <v>95511</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Costume</t>
+          <t>Veste droite</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Giorgio Armani,  / Armani, Giorgio</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1986 - </t>
+          <t>1986 - 1990</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
         <v>106564</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
           <t>Ensemble manteau, veste et pantalon</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1988 - 1989</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>laine, coton</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>maille, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>54314</v>
+        <v>61733</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Veste de tailleur</t>
+          <t>Ensemble veste, chemise et pantalon</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Sami Tillouche,  / Tillouche , Sami</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>61733</v>
+        <v>74164</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, chemise et pantalon</t>
+          <t>Veste-jupe </t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Sami Tillouche,  / Tillouche , Sami</t>
+          <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1989 - 1990</t>
+        </is>
+      </c>
+      <c r="F90" s="2"/>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>sergé, crêpe</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>74164</v>
+        <v>54314</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Veste-jupe </t>
+          <t>Veste de tailleur</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Comme des garçons,  / Kawakubo, Rei</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1989 - 1990</t>
-[...2 lines deleted...]
-      <c r="F91" s="2"/>
+          <t>1989 - </t>
+        </is>
+      </c>
+      <c r="F91" s="2" t="inlineStr">
+        <is>
+          <t>veste d'intérieur</t>
+        </is>
+      </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>56267</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Toque</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Coppens, Christophe / Christophe Coppens</t>
@@ -3755,165 +3759,165 @@
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1993 - 1994</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>laine, soie, cuir</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>satin, feutre, toile, sergé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>56250</v>
+        <v>75924</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Tailleur pantalon </t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Moschino,  / Moschino, Franco</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1994 - 2001</t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>laine, acétate, viscose</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>sergé, armures multiples</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
         <v>72303</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
           <t>Ensemble débardeur et jupe </t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>polyester, soie</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>75924</v>
+        <v>56250</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon </t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Moschino,  / Moschino, Franco</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1994 - 2001</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate, viscose</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, armures multiples</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>54906</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Galliano, John / John Galliano</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
@@ -3995,285 +3999,285 @@
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>105129</v>
+        <v>61840</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Robe courte "Night Flight"</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>coton, résine</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>63111</v>
+        <v>61841</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Kimono</t>
+          <t>Robe du soir "Solaris"</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>crêpe, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>61691</v>
+        <v>63110</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe trois-trous réversible</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Masson, Anne / Beauduin, Eric</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>jersey, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>61840</v>
+        <v>63111</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Robe courte "Night Flight"</t>
+          <t>Kimono</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>sergé, laque</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>61841</v>
+        <v>61691</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir "Solaris"</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Beauduin-Masson,  / Masson, Anne / Beauduin, Eric</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>crêpe, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>63110</v>
+        <v>105129</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Robe trois-trous réversible</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, résine</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>jersey, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>55692</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Robe trois-trous</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
@@ -4475,832 +4479,832 @@
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>maille, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>53621</v>
+        <v>61700</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Salopette </t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Simons, Raf / Raf Simons</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>53671</v>
+        <v>53621</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Salopette </t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
-      <c r="F116" s="2"/>
+      <c r="F116" s="2" t="inlineStr">
+        <is>
+          <t>combinaison</t>
+        </is>
+      </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>105895</v>
+        <v>53671</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Beauduin, Eric / Beauduin-Masson,  / Masson, Anne</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1999</t>
-[...6 lines deleted...]
-      </c>
+          <t>1998 - </t>
+        </is>
+      </c>
+      <c r="F117" s="2"/>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>95601</v>
+        <v>105895</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>coton, laine, matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>sergé, drap</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>61700</v>
+        <v>95601</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Simons, Raf</t>
+          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton, laine, matière plastique</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>59330</v>
+        <v>63119</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe longue et pull</t>
+          <t>Jupe crayon</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, robe longue, haut à manches courtes ou longues</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>acétate, polyamide (=nylon)</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>teint, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>56402</v>
+        <v>66514</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Porte-monnaie</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Véronique Branquinho ,  / Branquinho, Véronique</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1999 - 2000</t>
+        </is>
+      </c>
+      <c r="F121" s="2"/>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>63119</v>
+        <v>73985</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Jupe crayon</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Simons, Raf / Raf Simons</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>teint, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>66514</v>
+        <v>56402</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Porte-monnaie</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Véronique Branquinho ,  / Branquinho, Véronique</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2000</t>
-[...2 lines deleted...]
-      <c r="F123" s="2"/>
+          <t>1999 - </t>
+        </is>
+      </c>
+      <c r="F123" s="2" t="inlineStr">
+        <is>
+          <t>portefeuille et étui</t>
+        </is>
+      </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>73985</v>
+        <v>59330</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble robe longue et pull</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Simons, Raf / Raf Simons</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces, robe longue, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>acétate, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>56318</v>
+        <v>61752</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
           <t>Pantalon</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2001</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>95335</v>
+        <v>61753</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Tenue portée par Franc'Pairon</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Yamamoto, Yohji / Yohji Yamamoto</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2009</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur, ensemble, pantalon, robe, bijou, chaussure</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>résine synthétique, laine, ébène, métal, viscose, papier mâché, acrylique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>satin, sergé, drap, jersey</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
         <v>63120</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
           <t>Pantalon droit</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>2000 - 2010</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>61752</v>
+        <v>56318</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
           <t>Pantalon</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2001</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>61753</v>
+        <v>95335</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Tenue portée par Franc'Pairon</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Yamamoto, Yohji / Yohji Yamamoto</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2009</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur, ensemble, pantalon, robe, bijou, chaussure</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>résine synthétique, laine, ébène, métal, viscose, papier mâché, acrylique</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>satin, sergé, drap, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>54304</v>
+        <v>61730</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Peignoir</t>
+          <t>Costume</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>sergé, imprimé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>59359</v>
+        <v>54304</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull "Nadar", chemisier "Bi-Beatty" et jupe "Simon"</t>
+          <t>Peignoir</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>maille, sergé, imprimé</t>
+          <t>sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>56244</v>
+        <v>59359</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Ensemble pull "Nadar", chemisier "Bi-Beatty" et jupe "Simon"</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>polyester, coton, matière plastique</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>sergé, collé, toile</t>
+          <t>maille, sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>106457</v>
+        <v>56244</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et pantalon</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester, élasthane, viscose</t>
+          <t>polyester, coton, matière plastique</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, collé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>61730</v>
+        <v>106457</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Costume</t>
+          <t>Ensemble blouse et pantalon</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Comme des garçons,  / Kawakubo, Rei</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, polyester, élasthane, viscose</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
         <v>60618</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Watanabe, Junya / Comme des garçons</t>
@@ -5347,765 +5351,765 @@
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>2002 - 2022</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>54305</v>
+        <v>72760</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Robe Haricot</t>
+          <t>Débardeur "Canevas"</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, viscose, acétate</t>
+          <t>coton, laine, viscose</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>55733</v>
+        <v>72761</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Jupe </t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate</t>
+          <t>laine, acétate, viscose</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>36595</v>
+        <v>61709</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Gilet "Fork"</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, cuir</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>86376</v>
+        <v>36595</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Gilet "Fork"</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>105887</v>
+        <v>54305</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Robe Haricot</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>laine, soie, viscose, acétate</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>85452</v>
+        <v>55733</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, chemise et bermuda</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>cachemire, coton, laine, métal</t>
+          <t>laine, acétate</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile, drap</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>72760</v>
+        <v>86376</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Canevas"</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>coton, laine, viscose</t>
+          <t>laine, cuir</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>72761</v>
+        <v>105887</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Jupe </t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate, viscose</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>61709</v>
+        <v>85452</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Ensemble manteau, chemise et bermuda</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir</t>
+          <t>cachemire, coton, laine, métal</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, toile, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>54153</v>
+        <v>63109</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Robe boule</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Theyskens, Olivier / Rochas , Marcel</t>
+          <t>Sandrina Fasoli</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, coton</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>tulle, sergé</t>
+          <t>tulle, toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>59444</v>
+        <v>54153</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail "Suzie"</t>
+          <t>Robe boule</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>David Szeto,  / Szeto, David</t>
+          <t>Theyskens, Olivier / Rochas , Marcel</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>laine, viscose</t>
+          <t>métal, soie, coton</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>tulle, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>60082</v>
+        <v>59444</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Robe de cocktail "Suzie"</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>David Szeto,  / Szeto, David</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, viscose</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>60084</v>
+        <v>60082</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Bomber</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>85455</v>
+        <v>60084</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, chemise et short</t>
+          <t>Bomber</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>63109</v>
+        <v>85455</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble veste, chemise et short</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Sandrina Fasoli</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>tulle, toile, sergé</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>54891</v>
+        <v>61789</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Ensemble jupe et manteau</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Olivier Strelli</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces, jupe, manteau</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>laine, cuir</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>sergé, enduit</t>
+          <t>sergé, jacquard ou façonné, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>54965</v>
+        <v>54891</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Comme des garçons,  / Kawakubo, Rei</t>
+          <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2006</t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, viscose, polyester</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>satin, sergé</t>
+          <t>sergé, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>61789</v>
+        <v>54965</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Ensemble jupe et manteau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Olivier Strelli</t>
+          <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, jupe, manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir</t>
+          <t>soie, coton, viscose, polyester</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>sergé, jacquard ou façonné, tulle</t>
+          <t>satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
         <v>59489</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
           <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Afsar, Azniv</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>2006 - 2012</t>
@@ -6187,405 +6191,405 @@
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>2006 - 2007</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>soie, coton, laine, cuir</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>crêpe, velours, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>106488</v>
+        <v>63107</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Mini-robe drapée</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>2008 - 2009</t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, résine</t>
+          <t>soie, coton, polyester</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>85467</v>
+        <v>106488</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>laine, crin, cuir, résine synthétique, fil d'argent</t>
+          <t>laine, soie, résine</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>85468</v>
+        <v>85467</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cape, gilet, pull et bermuda</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / 3 SUISSES,  / Georges Morand</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton, cachemire, cuir, chevreau, résine</t>
+          <t>laine, crin, cuir, résine synthétique, fil d'argent</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>sergé, maille, toile, satin</t>
+          <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>63107</v>
+        <v>85468</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Mini-robe drapée</t>
+          <t>Ensemble cape, gilet, pull et bermuda</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / 3 SUISSES,  / Georges Morand</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, polyester</t>
+          <t>laine, soie, coton, cachemire, cuir, chevreau, résine</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, maille, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>54145</v>
+        <v>72242</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe trapèze</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Givenchy,  / Tisci, Riccardo</t>
+          <t>Jean Paul Gaultier,  / Gaultier, Jean-Paul</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester, acrylique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>mousseline, sergé, imprimé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
         <v>54135</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
           <t>Robe housse</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Cathy Pill,  / Pill, Cathy</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>soie, viscose</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>85471</v>
+        <v>54145</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Givenchy,  / Tisci, Riccardo</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>laine, acétate</t>
+          <t>soie, polyester, acrylique</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé</t>
+          <t>mousseline, sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>85529</v>
+        <v>85471</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Ensemble cape, veste et bermuda</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2011</t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester, élasthane, laine</t>
+          <t>laine, acétate</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile, satin</t>
+          <t>toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>72242</v>
+        <v>85529</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Robe trapèze</t>
+          <t>Ensemble cape, veste et bermuda</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Jean Paul Gaultier,  / Gaultier, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2010 - 2011</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>viscose, polyester, élasthane, laine</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
         <v>85549</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
@@ -6867,1005 +6871,1005 @@
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>fourrure, viscose, coton, polyester, élasthane</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>56205</v>
+        <v>63143</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Trench-coat</t>
+          <t>Ensemble haut à manches longues et jupe portefeuille</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
+          <t>Atto,  / Dossena, Julien</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>2014 - 2015</t>
+          <t>2014 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres artificielles, polyester, acrylique</t>
+          <t>polyamide (=nylon), polyester, élasthane, coton</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
         <v>37079</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>63143</v>
+        <v>56205</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut à manches longues et jupe portefeuille</t>
+          <t>Trench-coat</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Atto,  / Dossena, Julien</t>
+          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>2014 - </t>
+          <t>2014 - 2015</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), polyester, élasthane, coton</t>
+          <t>laine, fibres artificielles, polyester, acrylique</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile, broderie</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>59401</v>
+        <v>61590</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe longue, mocassins et masque</t>
+          <t>Costume trois-pièces</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Marine Serre,  / Serre, Marine</t>
+          <t>Dolce &amp; Gabbana</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>taffetas, sergé</t>
+          <t>toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>59402</v>
+        <v>54133</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe courte et cuissardes</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Serre, Marine</t>
+          <t>Charlier, Cédric / Cédric Charlier</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, fibres synthétiques</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>taffetas, plissé, toile, sergé</t>
+          <t>broderie, sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>54133</v>
+        <v>59401</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble robe longue, mocassins et masque</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Cédric / Cédric Charlier</t>
+          <t>Marine Serre,  / Serre, Marine</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé, toile</t>
+          <t>taffetas, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>85611</v>
+        <v>59402</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Ensemble robe courte et cuissardes</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Serre, Marine</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>coton, soie, fibres synthétiques</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé</t>
+          <t>taffetas, plissé, toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>85613</v>
+        <v>85611</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon), polyester, viscose, élasthane</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, sergé, toile</t>
+          <t>toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>85615</v>
+        <v>85613</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Hamidou Diori, Zeinabou</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>coton, polyamide (=nylon), polyester, viscose, élasthane</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>sergé, peint</t>
+          <t>dentelle mécanique, sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>61590</v>
+        <v>85615</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Costume trois-pièces</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Dolce &amp; Gabbana</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Hamidou Diori, Zeinabou</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>laine, coton, fibres synthétiques</t>
+          <t>coton, cuir</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé</t>
+          <t>sergé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
         <v>87856</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>55759</v>
+        <v>74721</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Manteau kimono</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Roxane Baines,  / Baines, Roxane</t>
+          <t>Façon Jacmin,  / Jacmin, Alexandra</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>53986</v>
+        <v>63123</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Robe bain-de-soleil </t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Serre, Marine / Marine Serre</t>
+          <t>Roxane Baines,  / Baines, Roxane</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>2017 - 2018</t>
+          <t>2017 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>viscose, laine, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>54101</v>
+        <v>53986</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, sous-pull et bermuda</t>
+          <t>Robe bain-de-soleil </t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Christian Wijnants,  / Wijnants, Christian</t>
+          <t>Serre, Marine / Marine Serre</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
+          <t>2017 - 2018</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester</t>
+          <t>viscose, laine, coton</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey, imprimé</t>
+          <t>sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>85617</v>
+        <v>54101</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau et robe</t>
+          <t>Ensemble manteau, sous-pull et bermuda</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Wouters, Jean-Claude</t>
+          <t>Christian Wijnants,  / Wijnants, Christian</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>viscose, polyester</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>sergé, satin, peint</t>
+          <t>sergé, jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>85620</v>
+        <v>55759</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull, haut et pantalon</t>
+          <t>Manteau kimono</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Roxane Baines,  / Baines, Roxane</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>2017 - 2018</t>
+          <t>2017 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), coton, acétate, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>maille, toile, sergé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>63123</v>
+        <v>85617</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Ensemble manteau et robe</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Roxane Baines,  / Baines, Roxane</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Wouters, Jean-Claude</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>74721</v>
+        <v>85620</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Ensemble pull, haut et pantalon</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Façon Jacmin,  / Jacmin, Alexandra</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
+          <t>2017 - 2018</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, polyamide (=nylon), coton, acétate, polyester</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>maille, toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
         <v>73950</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Van Saene, Dirk</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>105122</v>
+        <v>61737</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Ensemble t-shirt, pantalon et ceinture</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>coton, viscose, métal, polyester</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>cotelé, sergé, appliqué</t>
+          <t>imprimé, broderie, jersey, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>85698</v>
+        <v>61741</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Ensemble gilet, haut et pantalon</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, cachemire, élasthane</t>
+          <t>laine, acrylique, polyester</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey, satin, sergé</t>
+          <t>toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
         <v>61488</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
           <t>Trench coat</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Burberry,  / Tisci, Riccardo</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>61737</v>
+        <v>105122</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Ensemble t-shirt, pantalon et ceinture</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, métal, polyester</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, jersey, sergé</t>
+          <t>cotelé, sergé, appliqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>61741</v>
+        <v>85698</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Ensemble gilet, haut et pantalon</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>laine, acrylique, polyester</t>
+          <t>coton, soie, cachemire, élasthane</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé</t>
+          <t>maille, jersey, satin, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
         <v>95336</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
           <t>Tenue portée par Franc'Pairon</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
@@ -8063,161 +8067,165 @@
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
           <t>coton, polyester</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
           <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>105259</v>
+        <v>81192</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemise, pantalon et short</t>
+          <t>Ensemble veste, pull et pantalon</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Dieryck, Igor</t>
+          <t>Seghers, Gioia</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>métal, coton, cuir</t>
+          <t>coton, cachemire</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>sergé, broderie</t>
+          <t>patchwork, sergé, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>81192</v>
+        <v>81258</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, pull et pantalon</t>
+          <t>Jean</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Seghers, Gioia</t>
+          <t>JBC</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>coton, cachemire</t>
+          <t>coton, polyester</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>patchwork, sergé, maille</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>81258</v>
+        <v>105259</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Jean</t>
+          <t>Ensemble chemise, pantalon et short</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D207" s="2"/>
+      <c r="D207" s="2" t="inlineStr">
+        <is>
+          <t>Dieryck, Igor</t>
+        </is>
+      </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester</t>
+          <t>métal, coton, cuir</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>sergé, broderie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>