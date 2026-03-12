--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -667,121 +667,121 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>piqué, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>58006</v>
+        <v>88675</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe courte </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>imprimé, piqué</t>
+          <t>piqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>88675</v>
+        <v>58006</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Robe courte </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>piqué</t>
+          <t>imprimé, piqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>88806</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ensemble vareuse et jupe midi</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Andrevie, France</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1980 - 1984</t>