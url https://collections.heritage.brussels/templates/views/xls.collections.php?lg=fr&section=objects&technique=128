--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -371,153 +371,153 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>imprimé, lamé, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>75145</v>
+        <v>99225</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1929</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>fourrure, soie</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>velours, lamé</t>
+          <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>81043</v>
+        <v>75145</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>fourrure, soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>velours, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>99225</v>
+        <v>81043</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1929</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>lamé</t>
+          <t>velours, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>45587</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>