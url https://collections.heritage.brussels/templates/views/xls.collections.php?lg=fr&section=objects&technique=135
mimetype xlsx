--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -1703,165 +1703,165 @@
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Maison Michel,  / Crahay, Laetitia</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>2011 - 2012</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>63359</v>
+        <v>37075</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Chapeau "Diabolo"</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>toile, broderie, feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>37075</v>
+        <v>95604</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Watanabe, Junya / Comme des garçons</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, viscose</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, feutre</t>
+          <t>feutre, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>95604</v>
+        <v>63359</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Chapeau "Diabolo"</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Watanabe, Junya / Comme des garçons</t>
+          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>laine, viscose</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>feutre, toile</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>