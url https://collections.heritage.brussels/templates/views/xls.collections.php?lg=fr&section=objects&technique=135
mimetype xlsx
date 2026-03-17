--- v1 (2025-12-16)
+++ v2 (2026-03-17)
@@ -755,125 +755,125 @@
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>soie, laine, métal, fibres synthétiques</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>velours, feutre, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>67535</v>
+        <v>81217</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Chapeau boule</t>
+          <t>Costume d'amazone</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Severin Frères</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>forme à chapeau, chapeau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>laine, carton, bois</t>
+          <t>laine, cuir, coton</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>sergé, feutre, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>81217</v>
+        <v>67535</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Costume d'amazone</t>
+          <t>Chapeau boule</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Severin Frères</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>forme à chapeau, chapeau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir, coton</t>
+          <t>laine, carton, bois</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>sergé, feutre, toile</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>61776</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Chapeau</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
@@ -1511,125 +1511,125 @@
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>taupé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>61815</v>
+        <v>72484</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Chapeau</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Christophe Coppens,  / Coppens, Christophe</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, viscose, polyester</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>feutre</t>
+          <t>toile, feutre, non tissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>72484</v>
+        <v>61815</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Chapeau</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Christophe Coppens,  / Coppens, Christophe</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>laine, viscose, polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>toile, feutre, non tissé</t>
+          <t>feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>55756</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Manteau </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Roxane Baines,  / Baines, Roxane</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>