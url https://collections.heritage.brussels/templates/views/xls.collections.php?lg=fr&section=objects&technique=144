--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H1227"/>
+  <dimension ref="A1:H1228"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -251,689 +251,689 @@
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Di Vincenzo, François</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>106091</v>
+        <v>58025</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Agneau de la Résurrection entouré des vingt-quatre vieillards de l'Apocalypse</t>
+          <t>Gilet </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>broderie, technique de sculpture</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>106869</v>
+        <v>106091</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>A cloche-pied</t>
+          <t>Agneau de la Résurrection entouré des vingt-quatre vieillards de l'Apocalypse</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>58025</v>
+        <v>106869</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Gilet </t>
+          <t>A cloche-pied</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D6" s="2"/>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D6" s="2" t="inlineStr">
+        <is>
+          <t>Alibeu, Géraldine</t>
+        </is>
+      </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
-[...2 lines deleted...]
-      <c r="G6" s="2"/>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>80118</v>
+        <v>71240</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Etole</t>
+          <t>Deux broderies sur papier : oiseau et bouquet de fleurs</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D7" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D7" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>encre, parchemin</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>80868</v>
+        <v>79912</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>80870</v>
+        <v>79914</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton, métal, verre</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>80902</v>
+        <v>40190</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Haut</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>brocart d'or</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>broderie, tulle</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>71240</v>
+        <v>40191</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Deux broderies sur papier : oiseau et bouquet de fleurs</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>objet de confection textile</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>encre, parchemin</t>
+          <t>brocart d'or</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>79912</v>
+        <v>40192</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>brocart d'or</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>79914</v>
+        <v>40193</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>brocart d'or</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>80529</v>
+        <v>40194</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Croix, grand-croix et plaque de l'Ordre de la Couronne de Chêne hollandaise </t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>argent, soie, métal, soie, métal</t>
+          <t>brocart d'or</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>toile, moiré</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>80549</v>
+        <v>40203</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Une plaque, deux croix et cordon de l’Ordre de Lion de Zaehringen, Bade (Autriche)</t>
+          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>argent, métal, soie</t>
+          <t>porcelaine, faïence</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>toile, moiré</t>
+          <t>cuit [céramique], cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>80719</v>
+        <v>80870</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>échantillon textile</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>papier, jais, soie</t>
+          <t>coton, métal, verre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>80720</v>
+        <v>80902</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textiles</t>
+          <t>Haut</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>jais, soie</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>40190</v>
+        <v>80529</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>Croix, grand-croix et plaque de l'Ordre de la Couronne de Chêne hollandaise </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>brocart d'or</t>
+          <t>argent, soie, métal, soie, métal</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>toile, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>40191</v>
+        <v>80549</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Une plaque, deux croix et cordon de l’Ordre de Lion de Zaehringen, Bade (Autriche)</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>brocart d'or</t>
+          <t>argent, métal, soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>toile, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>40192</v>
+        <v>80719</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>brocart d'or</t>
+          <t>papier, jais, soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>40193</v>
+        <v>80720</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>Echantillon textiles</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>brocart d'or</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>40194</v>
+        <v>80118</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>Etole</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>brocart d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tulle, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>40203</v>
+        <v>80868</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>porcelaine, faïence</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], cuit [céramique], peint</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>86169</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Peignoir</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
@@ -1035,340 +1035,340 @@
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1489 - 1501</t>
         </is>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie, cire d'abeille</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>cannelé, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>36829</v>
+        <v>36828</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Martyre des Saints Crépin et Crépinien</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Vanden Bossche, Aert</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1490 - 1494</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>36828</v>
+        <v>36829</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Martyre des Saints Crépin et Crépinien</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Vanden Bossche, Aert</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1490 - 1494</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>31208</v>
+        <v>99237</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Deux appliques brodées </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1505</t>
+          <t>1500 - 1600</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>peinture, tableau</t>
+          <t>textile religieux</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>soie, fil de métal, cuir</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, peint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>99237</v>
+        <v>31208</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Deux appliques brodées </t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D31" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Bouts,  Albrecht</t>
+        </is>
+      </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1600</t>
+          <t>1500 - 1505</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>textile religieux</t>
+          <t>peinture, tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, cuir</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>technique de peinture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>31225</v>
+        <v>31021</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jacques-sur-Coudenberg</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1550</t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil de métal, carton</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>31021</v>
+        <v>31029</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
+          <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, carton</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>31029</v>
+        <v>31030</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>31030</v>
+        <v>31225</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Jacques-sur-Coudenberg</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1501 - 1550</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>45592</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Orfrois et chaperon</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
@@ -1567,377 +1567,377 @@
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>36906</v>
+        <v>99167</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Clavicorde avec le panorama de Bruxelles, depuis Scheut, peint sur l'intérieur du couvercle</t>
+          <t>Dalmatique</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>instruments de musique</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>fil de métal, soie, lin</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>peint, tourné [bois]</t>
+          <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
         <v>99782</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Ensemble de bourses </t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>99167</v>
+        <v>36906</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Dalmatique</t>
+          <t>Clavicorde avec le panorama de Bruxelles, depuis Scheut, peint sur l'intérieur du couvercle</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D44" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>instruments de musique</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, lin</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>broché, broderie</t>
+          <t>peint, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>31068</v>
+        <v>66332</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D45" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>66332</v>
+        <v>31020</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>31020</v>
+        <v>31068</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>fil d'or</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>31034</v>
+        <v>31032</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1643 - 1643</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>damas, soie, fil de métal</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, dentelle</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>31032</v>
+        <v>31033</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1643 - 1643</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>damas, soie, fil de métal</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>31033</v>
+        <v>31034</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1643 - 1643</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>damas, soie, fil de métal</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie, passementerie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
         <v>46724</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Le passage du gué</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Siberechts, Jan</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1645 - 1703</t>
@@ -2195,445 +2195,445 @@
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>51346</v>
+        <v>48944</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Tête d'ange</t>
+          <t>Intérieur d'une église (Anderlecht ?)</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D59" s="2"/>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>De Blieck</t>
+        </is>
+      </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>bois, plâtre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>51369</v>
+        <v>51346</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Enseigne : Au chameau d'or</t>
+          <t>Tête d'ange</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>bois, plâtre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>48944</v>
+        <v>51369</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Intérieur d'une église (Anderlecht ?)</t>
+          <t>Enseigne : Au chameau d'or</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D61" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>98849</v>
+        <v>99056</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Étole </t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1800</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>lin, fil d'or, soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>appliqué, moiré</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>99025</v>
+        <v>99209</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, lin, vélin</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>broderie, moiré</t>
+          <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>100233</v>
+        <v>99211</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois étoles et deux manipules </t>
+          <t>Chasuble et étole </t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>étole, manipule</t>
+          <t>chasuble, étole</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, lin</t>
+          <t>lin, cuir</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>99026</v>
+        <v>99215</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, lin</t>
+          <t>lin, coton</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>appliqué, moiré</t>
+          <t>broderie, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>99056</v>
+        <v>98849</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Étole </t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1800</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>lin, fil d'or, soie</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>appliqué, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>99209</v>
+        <v>99025</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or, lin, vélin</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>broché, broderie</t>
+          <t>broderie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>99211</v>
+        <v>100233</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Chasuble et étole </t>
+          <t>Ensemble de trois étoles et deux manipules </t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>chasuble, étole</t>
+          <t>étole, manipule</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>lin, cuir</t>
+          <t>soie, fil de métal, lin</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>99215</v>
+        <v>99026</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>Chasuble</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>soie, fil d'or, lin</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>broderie, ottoman</t>
+          <t>appliqué, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>58040</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1700 - 1730</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
@@ -2667,1157 +2667,1157 @@
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1700 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>99742</v>
+        <v>66331</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D72" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>95698</v>
+        <v>66307</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D73" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>brocart d'argent</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>66307</v>
+        <v>66315</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
+          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>66315</v>
+        <v>66316</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
+          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>66316</v>
+        <v>66323</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>cuit [céramique], peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>66323</v>
+        <v>66325</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>66325</v>
+        <v>95698</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>brocart d'argent</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>66331</v>
+        <v>31022</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>70894</v>
+        <v>99742</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>70897</v>
+        <v>31024</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>70901</v>
+        <v>31026</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>70903</v>
+        <v>31027</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>damas, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>70909</v>
+        <v>30626</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, taffetas</t>
+          <t>dentelle, broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>70910</v>
+        <v>70897</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>70911</v>
+        <v>70901</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D86" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>brocart d'argent, soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>70916</v>
+        <v>70903</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D87" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>70890</v>
+        <v>70909</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>43483</v>
+        <v>70910</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>pale de calice</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>43484</v>
+        <v>70911</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D90" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>brocart d'argent, soie, fil d'or</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>43485</v>
+        <v>70916</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D91" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>43489</v>
+        <v>70890</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>40143</v>
+        <v>70894</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>43481</v>
+        <v>43482</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>manipule</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>43482</v>
+        <v>43483</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>pale de calice</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>manipule</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>86639</v>
+        <v>43484</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>31022</v>
+        <v>43485</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>voile de calice</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>31024</v>
+        <v>43489</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>31026</v>
+        <v>40143</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>31027</v>
+        <v>43481</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>voile de calice</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'argent</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>30626</v>
+        <v>86639</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage, passementerie</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
         <v>49551</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Portraits de souverains espagnols de la Galerie Grangé</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Grangé, Louis</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
@@ -3859,589 +3859,589 @@
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1718 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>99059</v>
+        <v>61986</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chape et chasuble</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1720 - 1760</t>
+          <t>1720 - 1770</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>chape, chasuble</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, lin, fil d'or, laiton</t>
+          <t>ivoire, vélin</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>broderie, broché</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>61986</v>
+        <v>99059</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Ensemble chape et chasuble</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1720 - 1770</t>
+          <t>1720 - 1760</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chape, chasuble</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>ivoire, vélin</t>
+          <t>fil d'argent, soie, lin, fil d'or, laiton</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>broderie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>36997</v>
+        <v>64698</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1725 - 1740</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>lin, os</t>
+          <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broché, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>64698</v>
+        <v>58077</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1725 - 1740</t>
+          <t>1725 - 1760</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent</t>
+          <t>nacre, papier, peau animale</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>broché, broderie</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>58077</v>
+        <v>59664</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1725 - 1760</t>
+          <t>1725 - 1740</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>nacre, papier, peau animale</t>
+          <t>soie, fil d'argent, lin</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>cannelé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>59664</v>
+        <v>36997</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1725 - 1740</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, lin</t>
+          <t>lin, os</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>cannelé, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>59588</v>
+        <v>30634</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1730 - 1750</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>30634</v>
+        <v>59588</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1730 - 1750</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
         <v>49526</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>L'écluse des Trois Fontaines, ou le sas de Vilvorde</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Martin, Andreas</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1738 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>57970</v>
+        <v>58436</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Corps à baleines</t>
+          <t>Portefeuille</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1740 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement structurant</t>
+          <t>portefeuille et étui</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>surpiqué, toile</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>58343</v>
+        <v>58437</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Portefeuille</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1740 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>portefeuille et étui</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>broderie, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>58434</v>
+        <v>58445</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Jupon</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1740 - 1745</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier, gouache</t>
+          <t>soie, coton, lin</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, ajouré [sculpture]</t>
+          <t>satin, surpiqué, toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>58436</v>
+        <v>58343</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Portefeuille</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1740 - </t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>portefeuille et étui</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>58437</v>
+        <v>58434</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Portefeuille</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1740 - </t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>portefeuille et étui</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>ivoire, papier, gouache</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>broderie, damas</t>
+          <t>peint, taillé, ajouré [sculpture]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>58445</v>
+        <v>57970</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Jupon</t>
+          <t>Corps à baleines</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1745</t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>sous-vêtement structurant</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, lin</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>satin, surpiqué, toile, imprimé</t>
+          <t>surpiqué, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
         <v>59691</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
@@ -4511,87 +4511,87 @@
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1745 - 1760</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>58353</v>
+        <v>58441</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1750 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>58441</v>
+        <v>58353</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1750 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>papier, ivoire</t>
@@ -4691,261 +4691,261 @@
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1755 - 1765</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>matière animale, ivoire, papier, soie</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>peint, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>57829</v>
+        <v>30638</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Robe à l'anglaise</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1760 - </t>
+          <t>1760 - 1765</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>taffetas, peint</t>
+          <t>passementerie, broderie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>58328</v>
+        <v>30637</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1760 - 1780</t>
+          <t>1760 - 1765</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>papier, nacre</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>passementerie, broderie, tissage, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>30637</v>
+        <v>58328</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1760 - 1765</t>
+          <t>1760 - 1780</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>papier, nacre</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage, broché</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>30638</v>
+        <v>57829</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Robe à l'anglaise</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1760 - 1765</t>
+          <t>1760 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage, broché</t>
+          <t>taffetas, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>36944</v>
+        <v>64696</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Habit à la française</t>
+          <t>Veste non-montée</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1770 - 1785</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>cannelé, broderie</t>
+          <t>broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>64696</v>
+        <v>58442</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Veste non-montée</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1785</t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>broderie, taffetas</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
         <v>58469</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1770 - 1782</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
@@ -5015,445 +5015,445 @@
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>peint, taillé, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>58442</v>
+        <v>59536</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>72862</v>
+        <v>59537</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Habit à la française</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, laine, métal</t>
+          <t>ivoire, gouache, soie, vélin</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile, velours</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>59536</v>
+        <v>59538</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, broderie</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>59537</v>
+        <v>72862</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Habit à la française</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache, soie, vélin</t>
+          <t>soie, fil d'argent, laine, métal</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>broderie, toile, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>59538</v>
+        <v>59692</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>ivoire, peau animale</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>59692</v>
+        <v>59695</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peau animale</t>
+          <t>ivoire, peau animale, gouache</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>59695</v>
+        <v>36944</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Habit à la française</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peau animale, gouache</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>cannelé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>37038</v>
+        <v>66319</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Jarretières</t>
+          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D143" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>faïence, vernis</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broderie</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>66319</v>
+        <v>58440</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1775 - 1790</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>faïence, vernis</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>58142</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Chaussures</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>cuir, soie</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>58440</v>
+        <v>37038</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Jarretières</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1790</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taffetas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
         <v>30639</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
           <t>dalmatique</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1776 - 1800</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
@@ -5667,153 +5667,153 @@
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1780 - 1800</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>31090</v>
+        <v>72645</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1782 - 1786</t>
+          <t>1782 - 1787</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>soie, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>cannelé, broderie</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
         <v>57831</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1782 - 1787</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>haut</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>soie, lin</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>broderie, gaze, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>72645</v>
+        <v>31090</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1782 - 1787</t>
+          <t>1782 - 1786</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, lin</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>cannelé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
         <v>44469</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1782 - 1787</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
@@ -5887,117 +5887,117 @@
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1783 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>57839</v>
+        <v>72655</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1783 - 1785</t>
+          <t>1783 - 1787</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal, lin, métal</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>72655</v>
+        <v>57839</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1783 - 1787</t>
+          <t>1783 - 1785</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, lin, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
         <v>44466</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1783 - 1787</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
@@ -6031,153 +6031,153 @@
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1783 - 1787</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>36947</v>
+        <v>58327</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Habit de cour</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1785 - 1790</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, veste d'intérieur, haut sans manche</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>cannelé, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>58327</v>
+        <v>73791</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1785 - 1790</t>
+          <t>1785 - 1800</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>papier, os, gouache</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, imprimé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>73791</v>
+        <v>36947</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Habit de cour</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1785 - 1800</t>
+          <t>1785 - 1790</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>deux pièces, veste d'intérieur, haut sans manche</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>papier, os, gouache</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>peint, imprimé, technique de sculpture</t>
+          <t>cannelé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
         <v>57832</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1787 - 1795</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
@@ -6363,653 +6363,653 @@
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1790 - 1800</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>soie, laine</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>43488</v>
+        <v>31019</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>46975</v>
+        <v>43488</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'empereur Léopold II</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1791 - </t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>31019</v>
+        <v>46975</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Portrait de l'empereur Léopold II</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D175" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D175" s="2" t="inlineStr">
+        <is>
+          <t>Davaux, V. Fr.</t>
+        </is>
+      </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1791 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>fil d'or</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
         <v>100878</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>Marquoir</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1798 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>broderie, ouvrage</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>soie, lin</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>98822</v>
+        <v>66395</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Bottillon</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1800 - 1810</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>botte</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>soie, lin, fil de métal</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>98845</v>
+        <v>99068</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Dalmatiques </t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>étole</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>lin, coton, soie, fil d'or</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>99786</v>
+        <v>99169</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux ceintures</t>
+          <t>Chasuble et étole </t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>ceinture</t>
+          <t>chasuble, étole</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>lin, soie, métal</t>
+          <t>soie, lin, laine</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>99862</v>
+        <v>99170</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Robe de statue</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, lin</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle, velours</t>
+          <t>damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>99028</v>
+        <v>99183</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Costume de statue </t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1850</t>
-[...3 lines deleted...]
-      <c r="G181" s="2"/>
+          <t>1800 - 1899</t>
+        </is>
+      </c>
+      <c r="F181" s="2" t="inlineStr">
+        <is>
+          <t>costume de statue</t>
+        </is>
+      </c>
+      <c r="G181" s="2" t="inlineStr">
+        <is>
+          <t>fil de métal, soie</t>
+        </is>
+      </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>broderie, linon</t>
+          <t>velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>99068</v>
+        <v>99185</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Dalmatiques </t>
+          <t>Chape et chasuble</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>chape, chasuble</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>lin, fil de métal</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>99169</v>
+        <v>98822</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Chasuble et étole </t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>chasuble, étole</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>soie, lin, laine</t>
+          <t>soie, lin, fil de métal</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>broderie, broché</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>99170</v>
+        <v>98845</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>étole</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>lin, coton, soie, fil d'or</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>damas, moiré</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>99183</v>
+        <v>99786</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Costume de statue </t>
+          <t>Ensemble de deux ceintures</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>ceinture</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>lin, soie, métal</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>99185</v>
+        <v>99862</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Chape et chasuble</t>
+          <t>Robe de statue</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>chape, chasuble</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>lin, fil de métal</t>
+          <t>fil de métal, soie, lin</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, dentelle, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>66395</v>
+        <v>99028</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Bottillon</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1810</t>
-[...11 lines deleted...]
-      </c>
+          <t>1800 - 1850</t>
+        </is>
+      </c>
+      <c r="F187" s="2"/>
+      <c r="G187" s="2"/>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>58615</v>
+        <v>58699</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe Empire et manches</t>
+          <t>Corset</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1805</t>
+          <t>1800 - 1825</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>robe longue, deux pièces</t>
+          <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>broderie, linon</t>
+          <t>surpiqué, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>58699</v>
+        <v>58615</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Corset</t>
+          <t>Ensemble robe Empire et manches</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1825</t>
+          <t>1800 - 1805</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>robe longue, deux pièces</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>surpiqué, satin</t>
+          <t>broderie, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
         <v>59615</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1800 - 1820</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
@@ -7155,1833 +7155,1833 @@
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>manche</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>lin, coton</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
           <t>organza, dentelle aux fuseaux, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>31039</v>
+        <v>66318</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>Paire de vases et potiche au décor de moulin</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D195" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D195" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>dentelle, tissage, broderie</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>31040</v>
+        <v>30643</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>pale de calice</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>pale</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>carton, lin</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, dentelle</t>
+          <t>dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>31055</v>
+        <v>30644</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Bannière de procession de Jean Baptiste</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, verre, perle</t>
+          <t>peinture à l'huile, toile, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>31058</v>
+        <v>30645</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>pale de calice</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, perle</t>
+          <t>carton, lin</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>31063</v>
+        <v>30684</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>de Sainte Barbe</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>brocart d'or, brocart d'argent, toile, peinture à l'huile</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>broderie, technique de peinture</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>31065</v>
+        <v>30695</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Bannière avec le Sacré Cœur de Jésus</t>
+          <t>Manteau de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>soie, perle, fil de métal, verre, bois, or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, doré</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>99501</v>
+        <v>30696</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Bannière de Notre-Dame-de-Lorette</t>
+          <t>Bannière du Mariage de la Vierge</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
-      <c r="G201" s="2"/>
+      <c r="G201" s="2" t="inlineStr">
+        <is>
+          <t>fil de métal, soie</t>
+        </is>
+      </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>66318</v>
+        <v>30863</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases et potiche au décor de moulin</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>tissage, broderie, passementerie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>70898</v>
+        <v>30864</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>70899</v>
+        <v>30605</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du Rosaire / Notre-Dame de la Miséricorde</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>70900</v>
+        <v>30865</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>70908</v>
+        <v>30606</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, taffetas</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>70912</v>
+        <v>31017</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Notre Dame</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>statue, costume de statue</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>70913</v>
+        <v>30616</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Saint Erasme</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>vernis, bois, toile, peinture à l'huile, verre, soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>doré, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>70914</v>
+        <v>30617</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>damas, soie, fil d'or</t>
+          <t>bois, peinture à l'huile, toile, soie, fil d'argent, damas</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>70917</v>
+        <v>30618</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Bannière à l'effigie de sainte Catherine d'Alexandrie</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>bois, soie, fil d'argent, or</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>doré, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>70918</v>
+        <v>30619</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Bannière à l'effigie du Sacré-Coeur de Jésus</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>soie, pierre précieuse</t>
+          <t>bois, soie, fil d'argent</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>passementerie, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>72669</v>
+        <v>99501</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Bannière de Notre-Dame-de-Lorette</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1899</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G212" s="2"/>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>43486</v>
+        <v>30620</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>bannière de sainte Barbe</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>43583</v>
+        <v>31025</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>chasuble</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>soie, brocart d'or</t>
+          <t>fil d'or, soie, verre</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>43067</v>
+        <v>30622</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, cire d'abeille, os</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, doré</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>43091</v>
+        <v>30623</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Robe de l'Enfant Jésus</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>costume de statue</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>métal, fil d'argent, soie</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture, passementerie, dentelle</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>30618</v>
+        <v>30624</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>robe de la Vierge</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent, or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>doré, passementerie, broderie, tissage</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>30619</v>
+        <v>30625</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Robe de la Vierge</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent</t>
+          <t>fil d'argent, fil d'or, soie</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de peinture, broderie, tissage</t>
+          <t>passementerie, dentelle, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>93436</v>
+        <v>30630</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>aube</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
-[...2 lines deleted...]
-      <c r="G219" s="2"/>
+          <t>aube</t>
+        </is>
+      </c>
+      <c r="G219" s="2" t="inlineStr">
+        <is>
+          <t>lin</t>
+        </is>
+      </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>dentelle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>30620</v>
+        <v>30631</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>bannière de sainte Barbe</t>
+          <t>Châle de la Vierge</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie, toile, peinture à l'huile, bois, or</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, technique de peinture, passementerie</t>
+          <t>dentelle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>31025</v>
+        <v>70898</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
+          <t>Chasuble</t>
+        </is>
+      </c>
+      <c r="C221" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D221" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
+      <c r="E221" s="2" t="inlineStr">
+        <is>
+          <t>1801 - 1900</t>
+        </is>
+      </c>
+      <c r="F221" s="2" t="inlineStr">
+        <is>
           <t>chasuble</t>
         </is>
       </c>
-      <c r="C221" s="2" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie, verre</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>30622</v>
+        <v>70899</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D222" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D222" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>30623</v>
+        <v>70900</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D223" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D223" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>métal, fil d'argent, soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>30624</v>
+        <v>70908</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>robe de la Vierge</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D224" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D224" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>30625</v>
+        <v>70912</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D225" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D225" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, fil d'or, soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>30630</v>
+        <v>70913</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>aube</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>aube</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>30631</v>
+        <v>70914</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Châle de la Vierge</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>damas, soie, fil d'or</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>30643</v>
+        <v>70917</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>pale de calice</t>
+          <t>Bannière à l'effigie de sainte Catherine d'Alexandrie</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D228" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D228" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>carton, lin</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>30644</v>
+        <v>70918</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bannière à l'effigie du Sacré-Coeur de Jésus</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D229" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D229" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, soie, fil d'argent</t>
+          <t>soie, pierre précieuse</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de peinture, broderie, tissage</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>30645</v>
+        <v>72669</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>pale de calice</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1899</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>pale</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>carton, lin</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>30684</v>
+        <v>43486</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>30695</v>
+        <v>43583</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Manteau de l'Enfant Jésus</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, brocart d'or</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>30696</v>
+        <v>43067</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Bannière du Mariage de la Vierge</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>métal, verre, cire d'abeille, os</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>technique d'assemblage, peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>30863</v>
+        <v>43091</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>Robe de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, broché</t>
+          <t>broderie, couture, passementerie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>30864</v>
+        <v>31039</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>dentelle, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>30605</v>
+        <v>31040</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du Rosaire / Notre-Dame de la Miséricorde</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>pale</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, tissage</t>
+          <t>tissage, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>30865</v>
+        <v>31055</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Bannière de procession de Jean Baptiste</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal, soie, verre, perle</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>30606</v>
+        <v>31058</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Robe de la Vierge à l'Enfant dite Notre-Dame du RosaireNotre-Dame de la Miséricorde</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>soie, fil de métal, perle</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>passementerie, dentelle, broderie, tissage</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>31017</v>
+        <v>31063</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Notre Dame</t>
+          <t>de Sainte Barbe</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>statue, costume de statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>brocart d'or, brocart d'argent, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>broderie, technique de sculpture, technique de peinture</t>
+          <t>broderie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>30616</v>
+        <v>31065</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Saint Erasme</t>
+          <t>Bannière avec le Sacré Cœur de Jésus</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>vernis, bois, toile, peinture à l'huile, verre, soie, fil d'argent, fil d'or</t>
+          <t>soie, perle, fil de métal, verre, bois, or</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de peinture, broderie, tissage</t>
+          <t>tissage, broderie, passementerie, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>30617</v>
+        <v>93436</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...6 lines deleted...]
-      </c>
+          <t>statue, costume de statue</t>
+        </is>
+      </c>
+      <c r="G241" s="2"/>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, technique de peinture, broderie, tissage</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>72716</v>
+        <v>59610</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Robe empire</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1805 - 1810</t>
+          <t>1805 - 1815</t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie</t>
+          <t>taillé, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>59610</v>
+        <v>72716</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe empire</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1805 - 1815</t>
+          <t>1805 - 1810</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze</t>
+          <t>gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
         <v>45401</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
           <t>Robe empire</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1805 - 1812</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
@@ -9335,121 +9335,121 @@
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1819 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>61267</v>
+        <v>51590</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Voile</t>
+          <t>Buste de François Gabriel Daboust</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D255" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D255" s="2" t="inlineStr">
+        <is>
+          <t>Gardel, Louis</t>
+        </is>
+      </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1840</t>
+          <t>1820 - 1855</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>51590</v>
+        <v>61267</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Buste de François Gabriel Daboust</t>
+          <t>Voile</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D256" s="2"/>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1855</t>
+          <t>1820 - 1840</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
         <v>48926</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
           <t>Étude de vache (rousse et blanche)</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Robbe, Louis</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1824 - 1887</t>
@@ -9639,517 +9639,517 @@
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1825 - 1835</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>54192</v>
+        <v>67970</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Drapeau de la "Société d'Anciens Chasseurs Eclaireurs de Bruxelles"</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois, verre</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>imprimé, satin, ciré, toile</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>54797</v>
+        <v>54192</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Drapeau d’honneur “À la Commune de Bruxelles” </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1832</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>teint, toile, passementerie</t>
+          <t>imprimé, satin, ciré, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>37021</v>
+        <v>54797</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Drapeau d’honneur “À la Commune de Bruxelles” </t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1830 - 1832</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal, bois, verre</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>taffetas, broderie</t>
+          <t>teint, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>36814</v>
+        <v>80436</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Projet abandonné du monument Belliard vu depuis le parc de Bruxelles</t>
+          <t>Brassard de l’Union Civique Bruxelloise aux couleurs de la Belgique </t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D266" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D266" s="2"/>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1836</t>
-[...6 lines deleted...]
-      </c>
+          <t>1830 - 1930</t>
+        </is>
+      </c>
+      <c r="F266" s="2"/>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>67970</v>
+        <v>36814</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la "Société d'Anciens Chasseurs Eclaireurs de Bruxelles"</t>
+          <t>Projet abandonné du monument Belliard vu depuis le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D267" s="2"/>
+      <c r="D267" s="2" t="inlineStr">
+        <is>
+          <t>Lauters, Paul / Cluysenaar, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1830 - 1836</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, verre</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>80436</v>
+        <v>59823</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Brassard de l’Union Civique Bruxelloise aux couleurs de la Belgique </t>
+          <t>Eventail écran</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1930</t>
-[...2 lines deleted...]
-      <c r="F268" s="2"/>
+          <t>1830 - 1860</t>
+        </is>
+      </c>
+      <c r="F268" s="2" t="inlineStr">
+        <is>
+          <t>éventail écran</t>
+        </is>
+      </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laiton, papier</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>87266</v>
+        <v>59760</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Parure de berceau</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1930</t>
+          <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>parure de lit</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, lin</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, broderie, armures multiples</t>
+          <t>peint, taillé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>83315</v>
+        <v>37021</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Liste des victimes de la Révolution belge en 1830 </t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1900</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>taffetas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>59823</v>
+        <v>59768</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Eventail écran</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1860</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>éventail écran</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>laiton, papier</t>
+          <t>os</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>59760</v>
+        <v>59874</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1850</t>
+          <t>1830 - 1860</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, vernis</t>
+          <t>taillé, peint, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>59768</v>
+        <v>87266</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Parure de berceau</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - 1930</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>parure de lit</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>os</t>
+          <t>soie, coton, lin</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>dentelle aux fuseaux, broderie, armures multiples</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>59874</v>
+        <v>46750</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le Gouvernement provisoire</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D274" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D274" s="2" t="inlineStr">
+        <is>
+          <t>Robert, Alexandre Nestor Nicolas</t>
+        </is>
+      </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1860</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, imprimé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>46750</v>
+        <v>83315</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Le Gouvernement provisoire</t>
+          <t>Liste des victimes de la Révolution belge en 1830 </t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D275" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D275" s="2"/>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - 1900</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
         <v>88116</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
           <t>Volant (fragment)</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1830 - 1930</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
@@ -10407,3149 +10407,3149 @@
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1835 - 1845</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>61791</v>
+        <v>63573</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Bretelle</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>bretelle</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>lin, soie, laine</t>
+          <t>laine, soie, coton</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>61792</v>
+        <v>49227</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Bretelles</t>
+          <t>Portrait d'Herminie Dansaert</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D285" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D285" s="2" t="inlineStr">
+        <is>
+          <t>Duwée, Henri Joseph</t>
+        </is>
+      </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>bretelle</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>49227</v>
+        <v>99073</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Herminie Dansaert</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D286" s="2"/>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>98988</v>
+        <v>30602</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Bannière de la confrérie de Saint Charles Borromée</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>toile, bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>ajouré</t>
+          <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>99073</v>
+        <v>98988</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>ajouré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>63573</v>
+        <v>58552</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>laine, soie, coton</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>57933</v>
+        <v>58565</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, os, damas, bois</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
+          <t>moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>58552</v>
+        <v>58606</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
+          <t>macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>58565</v>
+        <v>58607</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>soie, os, damas, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie</t>
+          <t>macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>58606</v>
+        <v>59678</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>os, soie</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>macramé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>58607</v>
+        <v>72706</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1840 - 1850</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, métal, nacre</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>macramé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>80810</v>
+        <v>57933</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1920</t>
-[...2 lines deleted...]
-      <c r="F295" s="2"/>
+          <t>1840 - 1870</t>
+        </is>
+      </c>
+      <c r="F295" s="2" t="inlineStr">
+        <is>
+          <t>ombrelle</t>
+        </is>
+      </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, coton</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, passementerie, toile</t>
+          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>80812</v>
+        <v>80810</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Ruban honorifique et insigne de Président d’Honneur « La Prévoyance »</t>
+          <t>Trois brassards de l’Amour Fraternel : président, secrétaire et contrôleur en chef </t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1840 - 1920</t>
         </is>
       </c>
       <c r="F296" s="2"/>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or</t>
+          <t>soie, fil d'argent, fil d'or, coton</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, passementerie</t>
+          <t>broderie, velours, passementerie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>72706</v>
+        <v>80812</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Ruban honorifique et insigne de Président d’Honneur « La Prévoyance »</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1850</t>
-[...6 lines deleted...]
-      </c>
+          <t>1840 - 1920</t>
+        </is>
+      </c>
+      <c r="F297" s="2"/>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, nacre</t>
+          <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>59678</v>
+        <v>59827</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>os, soie</t>
+          <t>ivoire, soie, plume</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>87832</v>
+        <v>59758</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle marquise</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1870</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>os, plume</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>moiré, technique de sculpture, toile</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>59796</v>
+        <v>59860</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Feuille d'éventail</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>ivoire, bois, soie</t>
+          <t>papier, gouache</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>59827</v>
+        <v>59773</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, plume</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé</t>
+          <t>peint, taillé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>59758</v>
+        <v>59870</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>os, plume</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>59860</v>
+        <v>59796</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Feuille d'éventail</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>papier, gouache</t>
+          <t>ivoire, bois, soie</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>59773</v>
+        <v>44363</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Napperon</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1840 - 1930</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>napperon</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, vernis</t>
+          <t>dentelle aux fuseaux, batiste, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>59870</v>
+        <v>44957</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>45980</v>
+        <v>44958</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>passementerie, imprimé</t>
+          <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>44363</v>
+        <v>44978</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Napperon</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1930</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>napperon</t>
-[...6 lines deleted...]
-      </c>
+          <t>mouchoir</t>
+        </is>
+      </c>
+      <c r="G307" s="2"/>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, batiste, broderie</t>
+          <t>linon, broderie, dentelle aux fuseaux, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>44957</v>
+        <v>87832</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie, technique de sculpture</t>
+          <t>moiré, technique de sculpture, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>44958</v>
+        <v>45980</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie, technique de sculpture</t>
+          <t>passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>44978</v>
+        <v>61791</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Bretelle</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>mouchoir</t>
-[...2 lines deleted...]
-      <c r="G310" s="2"/>
+          <t>bretelle</t>
+        </is>
+      </c>
+      <c r="G310" s="2" t="inlineStr">
+        <is>
+          <t>lin, soie, laine</t>
+        </is>
+      </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
-          <t>linon, broderie, dentelle aux fuseaux, dentelle à l'aiguille</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>88112</v>
+        <v>61792</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Col</t>
+          <t>Bretelles</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1910</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>col</t>
+          <t>bretelle</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
         <v>88286</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>30602</v>
+        <v>88112</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Charles Borromée</t>
+          <t>Col</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1840 - 1910</t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>col</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>toile, bois, fil de métal, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, broderie, technique de peinture, tissage</t>
+          <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>80991</v>
+        <v>30621</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Manteau de la Vierge</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1844</t>
+          <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>costume de statue</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>imprimé, batik</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>30621</v>
+        <v>80991</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Manteau de la Vierge</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1860</t>
+          <t>1841 - 1844</t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>costume de statue</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>imprimé, batik</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>80788</v>
+        <v>30603</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Bannière de la confrérie de Notre-Dame de Montaigu</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1843 - 1848</t>
+          <t>1843 - 1843</t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>imprimé, gaze</t>
+          <t>passementerie, technique de sculpture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>30603</v>
+        <v>80788</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Notre-Dame de Montaigu</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="inlineStr">
         <is>
-          <t>1843 - 1843</t>
+          <t>1843 - 1848</t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>bois, fil de métal, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, broderie, tissage</t>
+          <t>imprimé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
         <v>31067</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
           <t>Ecce Agnus Dei</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
           <t>Thys,  Jean François</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1844 - 1844</t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>fil de métal, soie, peinture à l'huile, bois, or, toile</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>60928</v>
+        <v>30601</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Chemise de bébé</t>
+          <t>Bannière de la confrérie des Fidèles trépassés</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="inlineStr">
         <is>
-          <t>1845 - </t>
+          <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>passementerie, technique de sculpture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>61808</v>
+        <v>58448</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Bretelles</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1865</t>
+          <t>1845 - 1850</t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>bretelle</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>broderie, taffetas, toile</t>
+          <t>imprimé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
         <v>58680</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1845 - 1850</t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>papier, nacre</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>peint, lithographie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>58448</v>
+        <v>80786</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1845 - 1850</t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
-          <t>imprimé, gaze</t>
+          <t>couture, technique d'apprêt et embellissement du tissu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>80786</v>
+        <v>60928</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Chemise de bébé</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1850</t>
+          <t>1845 - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>couture, technique d'apprêt et embellissement du tissu</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>30601</v>
+        <v>61808</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie des Fidèles trépassés</t>
+          <t>Bretelles</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1845</t>
+          <t>1845 - 1865</t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bretelle</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>bois, fil de métal, soie</t>
+          <t>coton, soie, cuir</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, broderie, tissage</t>
+          <t>broderie, taffetas, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>100903</v>
+        <v>66344</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Marquoir</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D325" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D325" s="2" t="inlineStr">
+        <is>
+          <t>Carpentero,  Fritz</t>
+        </is>
+      </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1848 - </t>
+          <t>1848 - 1914</t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>lin, coton</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>66344</v>
+        <v>100903</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Marquoir</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D326" s="2"/>
       <c r="E326" s="2" t="inlineStr">
         <is>
-          <t>1848 - 1914</t>
+          <t>1848 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>lin, coton</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
         <v>80971</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1848 - 1849</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>tissage, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>47418</v>
+        <v>46634</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Charles de Brouckère, bourgmestre de Bruxelles de 1848 à 1860</t>
+          <t>Intérieur de la Grande Boucherie</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Charles</t>
+          <t>Dansaert, Léon Marie Constant</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
-          <t>1848 - 1860</t>
+          <t>1848 - 1909</t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>46634</v>
+        <v>47418</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la Grande Boucherie</t>
+          <t>Charles de Brouckère, bourgmestre de Bruxelles de 1848 à 1860</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Dansaert, Léon Marie Constant</t>
+          <t>Billoin, Charles</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>1848 - 1909</t>
+          <t>1848 - 1860</t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>36992</v>
+        <v>80809</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Mouchoir</t>
+          <t>Ruban honorifique « JVDWL Président des Amis Réunis des Secours Mutuels » 1849</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1849 - 1855</t>
-[...6 lines deleted...]
-      </c>
+          <t>1849 - </t>
+        </is>
+      </c>
+      <c r="F330" s="2"/>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle aux fuseaux</t>
+          <t>velours, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>80809</v>
+        <v>36992</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Ruban honorifique « JVDWL Président des Amis Réunis des Secours Mutuels » 1849</t>
+          <t>Mouchoir</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="inlineStr">
         <is>
-          <t>1849 - </t>
-[...2 lines deleted...]
-      <c r="F331" s="2"/>
+          <t>1849 - 1855</t>
+        </is>
+      </c>
+      <c r="F331" s="2" t="inlineStr">
+        <is>
+          <t>mouchoir</t>
+        </is>
+      </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie</t>
+          <t>broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>59881</v>
+        <v>62631</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Col</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1920</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>col</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>toile, broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>59885</v>
+        <v>62119</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Escarpins </t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>cuir, métal</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>broderie, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>59888</v>
+        <v>62165</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Mitaines </t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>60891</v>
+        <v>100378</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Bonnet </t>
+          <t>Nappe</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>nappe</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>broderie, batiste, dentelle aux fuseaux</t>
+          <t>dentelle à l'aiguille, broderie, dentelle aux fuseaux, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>100378</v>
+        <v>70139</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Nappe</t>
+          <t>Berline de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D336" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D336" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>nappe</t>
+          <t>véhicule terrestre non motorisé</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bois, métal, cuir</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, broderie, dentelle aux fuseaux, batiste</t>
+          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, technique du cuir, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>62119</v>
+        <v>58303</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Escarpins </t>
+          <t>Etole</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>broderie, technique du cuir</t>
+          <t>dentelle mixte, dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>62165</v>
+        <v>58677</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Mitaines </t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>papier, nacre</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>taillé, peint, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>62631</v>
+        <v>59680</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Col</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1920</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>col</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bois, gouache</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, dentelle aux fuseaux</t>
+          <t>taillé, lithographie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>56689</v>
+        <v>59637</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D340" s="2"/>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1921</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, sergé, broderie, passementerie</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>70139</v>
+        <v>56689</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Berline de l’Ommegang de Bruxelles</t>
+          <t>Bannière de l’Harmonie de Bruxelles, Port de Mer</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Dewinter-Spinoy</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1921</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>véhicule terrestre non motorisé</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, cuir</t>
+          <t>soie, fil d'or, fil d'argent, bambou, bois, métal, métal, métal</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, technique du cuir, peint</t>
+          <t>velours, broderie, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>58303</v>
+        <v>43069</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Etole</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>dentelle mixte, dentelle mécanique, broderie</t>
+          <t>couture, broderie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>58677</v>
+        <v>43070</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>papier, nacre</t>
+          <t>fil de métal, carton</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, imprimé</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>80968</v>
+        <v>43072</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G344" s="2"/>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, dentelle</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>80805</v>
+        <v>43073</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Brassard de commissaire de la Société des Secours Mutuels de saint Eloi</t>
+          <t>Bannière des Fanfares du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
-[...2 lines deleted...]
-      <c r="F345" s="2"/>
+          <t>1850 - 1900</t>
+        </is>
+      </c>
+      <c r="F345" s="2" t="inlineStr">
+        <is>
+          <t>bannière</t>
+        </is>
+      </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, coton, fil de métal</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>59680</v>
+        <v>43074</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G346" s="2"/>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie, peint</t>
+          <t>couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>59637</v>
+        <v>43075</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>couture, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>43069</v>
+        <v>43076</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, technique de peinture</t>
+          <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>43070</v>
+        <v>43077</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Bannière de l'Association de saint François de Sales</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, carton</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>couture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>43072</v>
+        <v>43078</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
-      <c r="G350" s="2"/>
+      <c r="G350" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>couture, damas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>43073</v>
+        <v>43079</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Bannière des Fanfares du Cercle Saint-Josse</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>couture, damas, broderie, passementerie, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>43074</v>
+        <v>80968</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G352" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G352" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie</t>
+          <t>imprimé, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>43075</v>
+        <v>80805</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Brassard de commissaire de la Société des Secours Mutuels de saint Eloi</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1850 - 1950</t>
+        </is>
+      </c>
+      <c r="F353" s="2"/>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>soie, métal, coton, fil de métal</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, technique de peinture</t>
+          <t>velours, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>43076</v>
+        <v>59683</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie</t>
+          <t>taillé, imprimé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>43077</v>
+        <v>59767</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l'Association de saint François de Sales</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>bois, papier, ivoire, soie</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, passementerie</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>43078</v>
+        <v>59877</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1910</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>43079</v>
+        <v>59785</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Eventail écran</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail écran</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, toile, peinture à l'huile</t>
+          <t>bambou, soie</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>couture, damas, broderie, passementerie, technique de peinture</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>59877</v>
+        <v>47473</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Le canal de Willebroeck</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D358" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D358" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>59785</v>
+        <v>47534</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Eventail écran</t>
+          <t>La rue de l'Escalier</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D359" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D359" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>éventail écran</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>bambou, soie</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>59683</v>
+        <v>60891</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bonnet </t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé, peint</t>
+          <t>broderie, batiste, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>59767</v>
+        <v>59881</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, ivoire, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>47473</v>
+        <v>59885</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Le canal de Willebroeck</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D362" s="2"/>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>47534</v>
+        <v>59888</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>La rue de l'Escalier</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D363" s="2"/>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>76972</v>
+        <v>30859</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Saint Roch de Montpellier</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie, couture</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>76973</v>
+        <v>30860</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>broderie, passementerie, couture</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>30859</v>
+        <v>30861</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>30860</v>
+        <v>30862</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1851 - 1851</t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>voile huméral</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>30861</v>
+        <v>76972</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Saint Roch de Montpellier</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1851</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>30862</v>
+        <v>76973</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>Vierge à l’Enfant remettant le rosaire à saint Dominique</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1851</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>voile huméral</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil de métal</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, passementerie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
         <v>93374</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
           <t>Saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
@@ -13619,157 +13619,157 @@
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>46697</v>
+        <v>30600</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>L'ancien château d'eau dans la rue Ducale</t>
+          <t>Bannière de la confrérie de Saint Aubert de Cambrai</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D373" s="2"/>
       <c r="E373" s="2" t="inlineStr">
         <is>
           <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>fil de métal, soie</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>30600</v>
+        <v>30604</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Aubert de Cambrai</t>
+          <t>Bannière de la confrérie de Notre-Dame de Miséricorde</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>technique de sculpture, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>30604</v>
+        <v>46697</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Notre-Dame de Miséricorde</t>
+          <t>L'ancien château d'eau dans la rue Ducale</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D375" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D375" s="2" t="inlineStr">
+        <is>
+          <t>Haseleer, Joseph</t>
+        </is>
+      </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>bois, fil de métal, soie</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, broderie, tissage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
         <v>75364</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
           <t>Ruban du Général Boulanger 1837-1937</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="inlineStr">
         <is>
           <t>1856 - 1900</t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
@@ -13879,409 +13879,409 @@
         </is>
       </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
           <t>1859 - </t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil d'argent, fil d'or, métal, bois, verre</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
           <t>velours, sergé, moiré, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>59880</v>
+        <v>59644</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1890</t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint, dentelle mécanique</t>
+          <t>taillé, dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>59882</v>
+        <v>59648</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
           <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>59887</v>
+        <v>59733</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>taillé, peint, vernis, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>59889</v>
+        <v>59756</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>59644</v>
+        <v>59856</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1890</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, broderie</t>
+          <t>taillé, dentelle aux fuseaux, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>59648</v>
+        <v>47419</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>André-Napoléon Fontainas, bourgmestre de Bruxelles de 1860 à 1863</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D385" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D385" s="2" t="inlineStr">
+        <is>
+          <t>Billoin, Charles</t>
+        </is>
+      </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - 1863</t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>59733</v>
+        <v>59889</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2" t="inlineStr">
         <is>
           <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, vernis, moiré</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>59756</v>
+        <v>59880</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, satin</t>
+          <t>taillé, gaze, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>59856</v>
+        <v>59882</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="inlineStr">
         <is>
           <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux, gaze, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>47419</v>
+        <v>59887</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>André-Napoléon Fontainas, bourgmestre de Bruxelles de 1860 à 1863</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D389" s="2"/>
       <c r="E389" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1863</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
         <v>88471</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
           <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2" t="inlineStr">
         <is>
           <t>1860 - 1890</t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
@@ -14315,421 +14315,421 @@
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2" t="inlineStr">
         <is>
           <t>1861 - </t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
           <t>livre religieux</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>ivoire, papier, métal</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, ciselé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>49581</v>
+        <v>66487</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Percement de l'avenue Louise vers 1862</t>
+          <t>Textile religieux, (partie d’un mantelet de Torah) ,1862 </t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Juif de Belgique</t>
+        </is>
+      </c>
+      <c r="D392" s="2"/>
       <c r="E392" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>coton, fil d'or</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'apprêt et embellissement du tissu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>66487</v>
+        <v>49581</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>Textile religieux, (partie d’un mantelet de Torah) ,1862 </t>
+          <t>Percement de l'avenue Louise vers 1862</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
-[...2 lines deleted...]
-      <c r="D393" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D393" s="2" t="inlineStr">
+        <is>
+          <t>Van Der Vin, Paul</t>
+        </is>
+      </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
-          <t>coton, fil d'or</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
-          <t>technique d'apprêt et embellissement du tissu</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
         <v>48930</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
           <t>Portrait en médaillon du lieutenant général Corneille Alexis Lahure (1800-1882)</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>1863 - 1882</t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>61786</v>
+        <v>63864</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et robe</t>
+          <t>Drapeau de la société royale "La Générale Belge des Décorés pour Actes de Courage et de Devouement”</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D395" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D395" s="2" t="inlineStr">
+        <is>
+          <t>Borney, ED.</t>
+        </is>
+      </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1865 - </t>
+          <t>1865 - 1950</t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>soie, coton, fil de métal, bois, métal, bois, métal</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>broderie, cannelé, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>99212</v>
+        <v>66128</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Paysage de Campine</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D396" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D396" s="2" t="inlineStr">
+        <is>
+          <t>Heymans,  Adrien-Joseph</t>
+        </is>
+      </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>nacre, os, coton</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>63864</v>
+        <v>99212</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la société royale "La Générale Belge des Décorés pour Actes de Courage et de Devouement”</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D397" s="2"/>
       <c r="E397" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1950</t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal, bois, métal, bois, métal</t>
+          <t>nacre, os, coton</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>broderie, cannelé, passementerie</t>
+          <t>dentelle mécanique, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>66128</v>
+        <v>58658</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Campine</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D398" s="2"/>
       <c r="E398" s="2" t="inlineStr">
         <is>
-          <t>1865 - </t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>58658</v>
+        <v>59539</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>ciselé, taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
         <v>80797</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
           <t>Deux rubans honorifique des Anciens Militaires sous Léopold Ier 1831-1865</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>1865 - </t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
           <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
           <t>broderie, toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>59539</v>
+        <v>61786</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ensemble veste et robe</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>ciselé, taillé, satin, peint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
         <v>58601</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
           <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>1866 - </t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
@@ -14843,733 +14843,733 @@
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>1868 - 1940</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, bois, métal, métal, métal, fil de métal, soie, coton, métal</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
           <t>velours, broderie, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>58529</v>
+        <v>30598</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Robe à crinoline</t>
+          <t>Bannière de la confrérie de Saint Boniface</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1873</t>
+          <t>1869 - 1869</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>toile, bois, fil de métal, soie</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>passementerie, technique de sculpture, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>80813</v>
+        <v>58529</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Deux rubans honorifique: Société Philanthropique des Cuisiniers de Bruxelles</t>
+          <t>Robe à crinoline</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1960</t>
-[...2 lines deleted...]
-      <c r="F407" s="2"/>
+          <t>1869 - 1873</t>
+        </is>
+      </c>
+      <c r="F407" s="2" t="inlineStr">
+        <is>
+          <t>robe longue</t>
+        </is>
+      </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil d'or</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
         <v>43071</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
           <t>Van Rooters, F.</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>1869 - 1869</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, fil de métal</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, damas, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>30598</v>
+        <v>80813</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la confrérie de Saint Boniface</t>
+          <t>Deux rubans honorifique: Société Philanthropique des Cuisiniers de Bruxelles</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="inlineStr">
         <is>
-          <t>1869 - 1869</t>
-[...6 lines deleted...]
-      </c>
+          <t>1869 - 1960</t>
+        </is>
+      </c>
+      <c r="F409" s="2"/>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>toile, bois, fil de métal, soie</t>
+          <t>soie, coton, fil d'or</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>passementerie, technique de sculpture, technique de peinture, broderie, tissage</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>60945</v>
+        <v>66190</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Chaussures</t>
+          <t>Bannière des Fanfares du Cercle Offenbach de Saint-Gilles</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D410" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D410" s="2" t="inlineStr">
+        <is>
+          <t>inconnu,</t>
+        </is>
+      </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>66190</v>
+        <v>58682</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Bannière des Fanfares du Cercle Offenbach de Saint-Gilles</t>
+          <t>Coiffe</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D411" s="2"/>
       <c r="E411" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage</t>
+          <t>moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>58682</v>
+        <v>59551</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Coiffe</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>moiré</t>
+          <t>taillé, satin, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>59551</v>
+        <v>59572</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre, gouache, soie</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint, dentelle mécanique</t>
+          <t>satin, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>59572</v>
+        <v>59595</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail cocarde</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1880</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, soie</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
-          <t>satin, taillé, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>59595</v>
+        <v>59606</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Eventail cocarde</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>1870 - 1880</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>59606</v>
+        <v>59638</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1880</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>bois, soie, gouache</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé, toile</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>59638</v>
+        <v>59821</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, gouache</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>satin, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>86285</v>
+        <v>59720</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Croix de Commandeur de la Légion d'Honneur de France </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1940</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille, boite</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>métal, soie</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
-          <t>toile, moiré</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>83368</v>
+        <v>59778</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D419" s="2"/>
       <c r="E419" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1938</t>
-[...2 lines deleted...]
-      <c r="F419" s="2"/>
+          <t>1870 - 1900</t>
+        </is>
+      </c>
+      <c r="F419" s="2" t="inlineStr">
+        <is>
+          <t>éventail plié</t>
+        </is>
+      </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
-          <t>velours, sergé, broderie, passementerie</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>59821</v>
+        <v>59781</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="inlineStr">
         <is>
           <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, taillé</t>
+          <t>taillé, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>59720</v>
+        <v>43739</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Saint Louis de Gonzague</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>soie, fil d'argent, toile, matière colorante</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>tissage, technique de peinture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>59778</v>
+        <v>83368</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bannière de la Société du Jeu de Balle de Bruxelles</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D422" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D422" s="2" t="inlineStr">
+        <is>
+          <t>Pirsch, E.</t>
+        </is>
+      </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1870 - 1938</t>
+        </is>
+      </c>
+      <c r="F422" s="2"/>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>soie, coton, fil de métal</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>59781</v>
+        <v>86285</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Croix de Commandeur de la Légion d'Honneur de France </t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1940</t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>décoration et médaille, boite</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>métal, soie</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, dentelle mécanique</t>
+          <t>toile, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>43739</v>
+        <v>60945</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Saint Louis de Gonzague</t>
+          <t>Chaussures</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, toile, matière colorante</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
-          <t>tissage, technique de peinture, broderie, passementerie</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
         <v>87976</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
           <t>Enseigne Banque de Bruxelles</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2" t="inlineStr">
         <is>
           <t>1871 - 1975</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
@@ -15723,277 +15723,277 @@
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>36782</v>
+        <v>43476</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Le marché au Beurre</t>
+          <t>Bannière de la Confrérie royale de saint Guidon</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D430" s="2"/>
       <c r="E430" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>fil d'argent, toile, matière colorante, carton</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tissage, broderie, technique de peinture, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>43476</v>
+        <v>36782</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la Confrérie royale de saint Guidon</t>
+          <t>Le marché au Beurre</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D431" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D431" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, toile, matière colorante, carton</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, technique de peinture, passementerie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
         <v>46943</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
           <t>Vue de la Senne près de la rue dite Plattesteen</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>99500</v>
+        <v>66245</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la "Ligue du Saint-Sacrement"</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
-          <t>Rectem,  Maurice</t>
+          <t>Piret,  J. H.</t>
         </is>
       </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
         <v>66246</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
           <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2" t="inlineStr">
         <is>
           <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
           <t>feutre, coton, fil de métal, métal</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
           <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>66245</v>
+        <v>99500</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>Drapeau de la "Ligue du Saint-Sacrement"</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
-          <t>Piret,  J. H.</t>
+          <t>Rectem,  Maurice</t>
         </is>
       </c>
       <c r="E435" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
         <v>58468</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
@@ -16219,944 +16219,944 @@
         </is>
       </c>
       <c r="E442" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H442" s="2" t="inlineStr">
         <is>
           <t>velours, sergé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>99020</v>
+        <v>101004</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1990</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
-          <t>plissé</t>
+          <t>toile, broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>101004</v>
+        <v>11883</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G444" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>perle</t>
         </is>
       </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, dentelle aux fuseaux</t>
+          <t>broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>58576</v>
+        <v>99020</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1990</t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G445" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H445" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
+          <t>plissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>58671</v>
+        <v>58576</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1890</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, satin, dentelle mécanique, taffetas, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>58681</v>
+        <v>58671</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1890</t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>76245</v>
+        <v>58681</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société royale l'Avenir</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or, métal, bois, métal, soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H448" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie, toile, moiré, passementerie</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>80223</v>
+        <v>59677</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>jais, verre, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, tulle</t>
+          <t>taillé, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>80326</v>
+        <v>76245</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>ruban honorifique du Chat Noir "Académie du Chat Noir de Bruxelles - Prince de Megriou"</t>
+          <t>Drapeau de la Société royale l'Avenir</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
-[...2 lines deleted...]
-      <c r="F450" s="2"/>
+          <t>1880 - 1950</t>
+        </is>
+      </c>
+      <c r="F450" s="2" t="inlineStr">
+        <is>
+          <t>drapeau</t>
+        </is>
+      </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'or, métal, bois, métal, soie</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>toile, broderie, passementerie, toile, moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>81265</v>
+        <v>59571</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>écaille, soie, gouache</t>
         </is>
       </c>
       <c r="H451" s="2" t="inlineStr">
         <is>
-          <t>broderie, ottoman</t>
+          <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>73192</v>
+        <v>59275</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1920</t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G452" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, coton, carton</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H452" s="2" t="inlineStr">
         <is>
-          <t>moiré, toile, broderie, passementerie</t>
+          <t>peint, taillé, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>73196</v>
+        <v>59584</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>bourse</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, carton</t>
+          <t>ivoire, gouache</t>
         </is>
       </c>
       <c r="H453" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, broderie, passementerie</t>
+          <t>taillé, dentelle à l'aiguille, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
-        <v>80808</v>
+        <v>73192</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
-          <t>Ruban honorifique « Président S.M. Amis de la Justice »</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D454" s="2"/>
       <c r="E454" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1930</t>
-[...2 lines deleted...]
-      <c r="F454" s="2"/>
+          <t>1880 - 1960</t>
+        </is>
+      </c>
+      <c r="F454" s="2" t="inlineStr">
+        <is>
+          <t>bourse</t>
+        </is>
+      </c>
       <c r="G454" s="2" t="inlineStr">
         <is>
-          <t>métal, coton, soie</t>
+          <t>fil d'or, coton, carton</t>
         </is>
       </c>
       <c r="H454" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>moiré, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
-        <v>59571</v>
+        <v>73196</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D455" s="2"/>
       <c r="E455" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F455" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bourse</t>
         </is>
       </c>
       <c r="G455" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie, gouache</t>
+          <t>soie, fil d'argent, carton</t>
         </is>
       </c>
       <c r="H455" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, satin</t>
+          <t>damas, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>59275</v>
+        <v>80223</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1920</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F456" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>jais, verre, soie</t>
         </is>
       </c>
       <c r="H456" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, laque</t>
+          <t>satin, broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>59584</v>
+        <v>80326</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>ruban honorifique du Chat Noir "Académie du Chat Noir de Bruxelles - Prince de Megriou"</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1880 - 1960</t>
+        </is>
+      </c>
+      <c r="F457" s="2"/>
       <c r="G457" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H457" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle à l'aiguille, peint</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>59677</v>
+        <v>81265</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F458" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G458" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H458" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze</t>
+          <t>broderie, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
-        <v>87745</v>
+        <v>80808</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ruban honorifique « Président S.M. Amis de la Justice »</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1880 - 1930</t>
+        </is>
+      </c>
+      <c r="F459" s="2"/>
       <c r="G459" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>métal, coton, soie</t>
         </is>
       </c>
       <c r="H459" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, mousseline</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
-        <v>87789</v>
+        <v>59723</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F460" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G460" s="2" t="inlineStr">
         <is>
-          <t>argent, bois, soie</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H460" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle, tulle</t>
+          <t>taillé, peint, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="1" t="n">
-        <v>59723</v>
+        <v>87745</v>
       </c>
       <c r="B461" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C461" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F461" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G461" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H461" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze, dentelle mécanique</t>
+          <t>passementerie, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>88121</v>
+        <v>87789</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2" t="inlineStr">
         <is>
           <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F462" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G462" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, bois</t>
+          <t>argent, bois, soie</t>
         </is>
       </c>
       <c r="H462" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, technique de sculpture, tulle, broderie</t>
+          <t>broderie, dentelle, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>11883</v>
+        <v>88121</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale "Cercle Saint-Laurent"</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1914</t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F463" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G463" s="2" t="inlineStr">
         <is>
-          <t>perle</t>
+          <t>soie, coton, bois</t>
         </is>
       </c>
       <c r="H463" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture</t>
+          <t>satin, toile, technique de sculpture, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
         <v>47312</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
           <t>Le local du Serment de Saint-Georges ou Grand Serment Royal en 1881</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D464" s="2" t="inlineStr">
         <is>
           <t>Van den Broeck, Ernest</t>
         </is>
       </c>
       <c r="E464" s="2" t="inlineStr">
         <is>
           <t>1881 - </t>
         </is>
       </c>
       <c r="F464" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G464" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H464" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>47451</v>
+        <v>45199</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
-          <t>Blasons des Nations (25 caissons du plafond de la salle des Mariages de l'Hôtel de Ville)</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D465" s="2"/>
       <c r="E465" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1882 - 1884</t>
         </is>
       </c>
       <c r="F465" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G465" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H465" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>satin, dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>45199</v>
+        <v>47345</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>La décapitation des Comtes d'Egmont et de Hornes, vue depuis une chambre de la Maison du Roi</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D466" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D466" s="2" t="inlineStr">
+        <is>
+          <t>Cremer, Joseph</t>
+        </is>
+      </c>
       <c r="E466" s="2" t="inlineStr">
         <is>
-          <t>1882 - 1884</t>
+          <t>1882 - 1899</t>
         </is>
       </c>
       <c r="F466" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G466" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H466" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
-        <v>47345</v>
+        <v>47451</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
-          <t>La décapitation des Comtes d'Egmont et de Hornes, vue depuis une chambre de la Maison du Roi</t>
+          <t>Blasons des Nations (25 caissons du plafond de la salle des Mariages de l'Hôtel de Ville)</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D467" s="2" t="inlineStr">
         <is>
-          <t>Cremer, Joseph</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E467" s="2" t="inlineStr">
         <is>
-          <t>1882 - 1899</t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F467" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G467" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H467" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="1" t="n">
         <v>51800</v>
       </c>
       <c r="B468" s="2" t="inlineStr">
         <is>
           <t>Deux "ours" tenant les armoiries du Duché de Brabant</t>
         </is>
       </c>
       <c r="C468" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2" t="inlineStr">
         <is>
@@ -17423,1501 +17423,1501 @@
         </is>
       </c>
       <c r="E475" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G475" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>59879</v>
+        <v>62666</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié miniature</t>
+          <t>Étole</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D476" s="2"/>
+      <c r="D476" s="2" t="inlineStr">
+        <is>
+          <t>Baes, Firmin</t>
+        </is>
+      </c>
       <c r="E476" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1930</t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G476" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H476" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>lamé, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>59890</v>
+        <v>66247</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
-          <t>Projet de feuille d'éventail</t>
+          <t>Képi de la police de Saint-Gilles</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D477" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D477" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E477" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G477" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>fil de métal, matière plastique, métal</t>
         </is>
       </c>
       <c r="H477" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>passementerie, broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>59891</v>
+        <v>61988</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
-          <t>Feuille d'éventail</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F478" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
-          <t>broderie, peint</t>
+          <t>dentelle mixte, gaze, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>98733</v>
+        <v>62075</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bavoir</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
-[...2 lines deleted...]
-      <c r="F479" s="2"/>
+          <t>1890 - 1920</t>
+        </is>
+      </c>
+      <c r="F479" s="2" t="inlineStr">
+        <is>
+          <t>accessoire textile</t>
+        </is>
+      </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
-          <t>écaille, coton, acier</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
-          <t>dentelle mixte, broderie</t>
+          <t>broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
         <v>98732</v>
       </c>
       <c r="B480" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C480" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F480" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G480" s="2" t="inlineStr">
         <is>
           <t>résine synthétique, coton, métal</t>
         </is>
       </c>
       <c r="H480" s="2" t="inlineStr">
         <is>
           <t>dentelle aux fuseaux, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="1" t="n">
-        <v>66247</v>
+        <v>98733</v>
       </c>
       <c r="B481" s="2" t="inlineStr">
         <is>
-          <t>Képi de la police de Saint-Gilles</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C481" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D481" s="2"/>
       <c r="E481" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
-[...6 lines deleted...]
-      </c>
+          <t>1890 - </t>
+        </is>
+      </c>
+      <c r="F481" s="2"/>
       <c r="G481" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, matière plastique, métal</t>
+          <t>écaille, coton, acier</t>
         </is>
       </c>
       <c r="H481" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, couture</t>
+          <t>dentelle mixte, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="1" t="n">
-        <v>61988</v>
+        <v>58793</v>
       </c>
       <c r="B482" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C482" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F482" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G482" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H482" s="2" t="inlineStr">
         <is>
-          <t>dentelle mixte, gaze, peint, taillé</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="1" t="n">
-        <v>62075</v>
+        <v>58527</v>
       </c>
       <c r="B483" s="2" t="inlineStr">
         <is>
-          <t>Bavoir</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C483" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1891</t>
         </is>
       </c>
       <c r="F483" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G483" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H483" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle mécanique</t>
+          <t>broché, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="1" t="n">
-        <v>62666</v>
+        <v>59560</v>
       </c>
       <c r="B484" s="2" t="inlineStr">
         <is>
-          <t>Étole</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C484" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D484" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D484" s="2"/>
       <c r="E484" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1930</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F484" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G484" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H484" s="2" t="inlineStr">
         <is>
-          <t>lamé, broderie, chenille</t>
+          <t>satin, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="1" t="n">
-        <v>58527</v>
+        <v>59583</v>
       </c>
       <c r="B485" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C485" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1891</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F485" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G485" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H485" s="2" t="inlineStr">
         <is>
-          <t>broché, tulle, broderie</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="1" t="n">
-        <v>58793</v>
+        <v>59603</v>
       </c>
       <c r="B486" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C486" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F486" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G486" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>ivoire, gouache</t>
         </is>
       </c>
       <c r="H486" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="1" t="n">
-        <v>80205</v>
+        <v>59631</v>
       </c>
       <c r="B487" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C487" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1940</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F487" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G487" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H487" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>broderie, dentelle à l'aiguille, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="1" t="n">
-        <v>81274</v>
+        <v>43065</v>
       </c>
       <c r="B488" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="C488" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1895</t>
+          <t>1890 - 1925</t>
         </is>
       </c>
       <c r="F488" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G488" s="2" t="inlineStr">
         <is>
-          <t>jais, soie</t>
+          <t>soie, fil de métal, bois, métal</t>
         </is>
       </c>
       <c r="H488" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie, passementerie</t>
+          <t>technique d'assemblage, tissage, broderie, couture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="1" t="n">
-        <v>59560</v>
+        <v>43477</v>
       </c>
       <c r="B489" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Notre-Dame de l'Immaculée Conception</t>
         </is>
       </c>
       <c r="C489" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F489" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G489" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>fil d'argent, soie, toile, verre, matière colorante</t>
         </is>
       </c>
       <c r="H489" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, taillé</t>
+          <t>technique de peinture, tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="1" t="n">
-        <v>59583</v>
+        <v>81274</v>
       </c>
       <c r="B490" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C490" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1895</t>
         </is>
       </c>
       <c r="F490" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G490" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>jais, soie</t>
         </is>
       </c>
       <c r="H490" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>velours, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="1" t="n">
-        <v>59603</v>
+        <v>80205</v>
       </c>
       <c r="B491" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C491" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1940</t>
         </is>
       </c>
       <c r="F491" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G491" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H491" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, broderie, gaze</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="1" t="n">
-        <v>59631</v>
+        <v>59812</v>
       </c>
       <c r="B492" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C492" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F492" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G492" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H492" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle à l'aiguille, taillé</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="1" t="n">
-        <v>43065</v>
+        <v>59838</v>
       </c>
       <c r="B493" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C493" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1925</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F493" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G493" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois, métal</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H493" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, tissage, broderie, couture, taffetas</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="1" t="n">
-        <v>43477</v>
+        <v>59841</v>
       </c>
       <c r="B494" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de l'Immaculée Conception</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C494" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F494" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G494" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, toile, verre, matière colorante</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H494" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, tissage, broderie, passementerie</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="1" t="n">
-        <v>86765</v>
+        <v>59849</v>
       </c>
       <c r="B495" s="2" t="inlineStr">
         <is>
-          <t>cadre-reliquaire</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C495" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1940</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F495" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G495" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, papier, encre, os</t>
+          <t>écaille, plume</t>
         </is>
       </c>
       <c r="H495" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, broderie</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="1" t="n">
-        <v>87742</v>
+        <v>59857</v>
       </c>
       <c r="B496" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C496" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D496" s="2"/>
       <c r="E496" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F496" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G496" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>os, plume</t>
         </is>
       </c>
       <c r="H496" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="1" t="n">
-        <v>87744</v>
+        <v>59782</v>
       </c>
       <c r="B497" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C497" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D497" s="2"/>
       <c r="E497" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F497" s="2" t="inlineStr">
         <is>
-          <t>canne, ombrelle, parapluie</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G497" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, laiton</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H497" s="2" t="inlineStr">
         <is>
-          <t>toile, vernis</t>
+          <t>taillé, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="1" t="n">
-        <v>87812</v>
+        <v>59878</v>
       </c>
       <c r="B498" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Éventail brisé miniature</t>
         </is>
       </c>
       <c r="C498" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F498" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G498" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H498" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="1" t="n">
-        <v>87813</v>
+        <v>86765</v>
       </c>
       <c r="B499" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>cadre-reliquaire</t>
         </is>
       </c>
       <c r="C499" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1940</t>
         </is>
       </c>
       <c r="F499" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G499" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bois, verre, papier, encre, os</t>
         </is>
       </c>
       <c r="H499" s="2" t="inlineStr">
         <is>
-          <t>tulle, crochet, broderie</t>
+          <t>technique d'assemblage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="1" t="n">
-        <v>83415</v>
+        <v>87742</v>
       </c>
       <c r="B500" s="2" t="inlineStr">
         <is>
-          <t>Panneau décoratif</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C500" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D500" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D500" s="2"/>
       <c r="E500" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F500" s="2" t="inlineStr">
         <is>
-          <t>panneau décoratif, broderie</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G500" s="2" t="inlineStr">
         <is>
-          <t>laine, coton, soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H500" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="1" t="n">
-        <v>83425</v>
+        <v>87744</v>
       </c>
       <c r="B501" s="2" t="inlineStr">
         <is>
-          <t>Panneau décoratif</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C501" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D501" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D501" s="2"/>
       <c r="E501" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F501" s="2" t="inlineStr">
         <is>
-          <t>broderie, panneau décoratif</t>
+          <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G501" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, laine</t>
+          <t>soie, bois, laiton</t>
         </is>
       </c>
       <c r="H501" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>toile, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="1" t="n">
-        <v>59878</v>
+        <v>87812</v>
       </c>
       <c r="B502" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé miniature</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C502" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F502" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G502" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H502" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="1" t="n">
-        <v>59812</v>
+        <v>47225</v>
       </c>
       <c r="B503" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Minerve</t>
         </is>
       </c>
       <c r="C503" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D503" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D503" s="2" t="inlineStr">
+        <is>
+          <t>De Rudder, Isidore / du Ménil-De Rudder, Hélène</t>
+        </is>
+      </c>
       <c r="E503" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1945</t>
         </is>
       </c>
       <c r="F503" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G503" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H503" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="1" t="n">
-        <v>59838</v>
+        <v>87813</v>
       </c>
       <c r="B504" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C504" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F504" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G504" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H504" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>tulle, crochet, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="1" t="n">
-        <v>59841</v>
+        <v>45201</v>
       </c>
       <c r="B505" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Pèlerine</t>
         </is>
       </c>
       <c r="C505" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D505" s="2"/>
       <c r="E505" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1899</t>
         </is>
       </c>
       <c r="F505" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G505" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>soie, autruche</t>
         </is>
       </c>
       <c r="H505" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>passementerie, macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="1" t="n">
-        <v>59849</v>
+        <v>83415</v>
       </c>
       <c r="B506" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Panneau décoratif</t>
         </is>
       </c>
       <c r="C506" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D506" s="2"/>
+      <c r="D506" s="2" t="inlineStr">
+        <is>
+          <t>Wilhem, Rosa  / Portaels, Jean</t>
+        </is>
+      </c>
       <c r="E506" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F506" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>panneau décoratif, broderie</t>
         </is>
       </c>
       <c r="G506" s="2" t="inlineStr">
         <is>
-          <t>écaille, plume</t>
+          <t>laine, coton, soie</t>
         </is>
       </c>
       <c r="H506" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="1" t="n">
-        <v>59857</v>
+        <v>83425</v>
       </c>
       <c r="B507" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Panneau décoratif</t>
         </is>
       </c>
       <c r="C507" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D507" s="2"/>
+      <c r="D507" s="2" t="inlineStr">
+        <is>
+          <t>Wilhem, Rosa  / Portaels, Jean</t>
+        </is>
+      </c>
       <c r="E507" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F507" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>broderie, panneau décoratif</t>
         </is>
       </c>
       <c r="G507" s="2" t="inlineStr">
         <is>
-          <t>os, plume</t>
+          <t>coton, soie, laine</t>
         </is>
       </c>
       <c r="H507" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="1" t="n">
-        <v>59782</v>
+        <v>47466</v>
       </c>
       <c r="B508" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le jardin de l'Oratoire</t>
         </is>
       </c>
       <c r="C508" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D508" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D508" s="2" t="inlineStr">
+        <is>
+          <t>Cardon, Charles Léon</t>
+        </is>
+      </c>
       <c r="E508" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1891</t>
         </is>
       </c>
       <c r="F508" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G508" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H508" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, dentelle mécanique</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="1" t="n">
-        <v>47466</v>
+        <v>59890</v>
       </c>
       <c r="B509" s="2" t="inlineStr">
         <is>
-          <t>Le jardin de l'Oratoire</t>
+          <t>Projet de feuille d'éventail</t>
         </is>
       </c>
       <c r="C509" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D509" s="2"/>
       <c r="E509" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1891</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F509" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G509" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H509" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="1" t="n">
-        <v>47225</v>
+        <v>59891</v>
       </c>
       <c r="B510" s="2" t="inlineStr">
         <is>
-          <t>Minerve</t>
+          <t>Feuille d'éventail</t>
         </is>
       </c>
       <c r="C510" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D510" s="2"/>
       <c r="E510" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1945</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F510" s="2" t="inlineStr">
         <is>
-          <t>objet de confection textile</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G510" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H510" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="1" t="n">
-        <v>45201</v>
+        <v>59879</v>
       </c>
       <c r="B511" s="2" t="inlineStr">
         <is>
-          <t>Pèlerine</t>
+          <t>Éventail plié miniature</t>
         </is>
       </c>
       <c r="C511" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1899</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F511" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G511" s="2" t="inlineStr">
         <is>
-          <t>soie, autruche</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H511" s="2" t="inlineStr">
         <is>
-          <t>passementerie, macramé</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="1" t="n">
-        <v>88023</v>
+        <v>90316</v>
       </c>
       <c r="B512" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C512" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1930</t>
         </is>
       </c>
       <c r="F512" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G512" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>raphia, soie</t>
         </is>
       </c>
       <c r="H512" s="2" t="inlineStr">
         <is>
-          <t>crochet, broderie</t>
+          <t>broderie, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="1" t="n">
-        <v>90316</v>
+        <v>90504</v>
       </c>
       <c r="B513" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C513" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1930</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F513" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G513" s="2" t="inlineStr">
         <is>
-          <t>raphia, soie</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H513" s="2" t="inlineStr">
         <is>
-          <t>broderie, teint</t>
+          <t>toile, imprimé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="1" t="n">
-        <v>90504</v>
+        <v>90554</v>
       </c>
       <c r="B514" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Robe de baptême</t>
         </is>
       </c>
       <c r="C514" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D514" s="2"/>
       <c r="E514" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F514" s="2" t="inlineStr">
         <is>
-          <t>canne, ombrelle, parapluie</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G514" s="2"/>
       <c r="H514" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé, technique de sculpture</t>
+          <t>organdi, satin, moiré, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="1" t="n">
-        <v>90554</v>
+        <v>88023</v>
       </c>
       <c r="B515" s="2" t="inlineStr">
         <is>
-          <t>Robe de baptême</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C515" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F515" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...2 lines deleted...]
-      <c r="G515" s="2"/>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
+      <c r="G515" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H515" s="2" t="inlineStr">
         <is>
-          <t>organdi, satin, moiré, ottoman</t>
+          <t>crochet, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="1" t="n">
         <v>49125</v>
       </c>
       <c r="B516" s="2" t="inlineStr">
         <is>
           <t>Portrait d'Alfred Allo en uniforme</t>
         </is>
       </c>
       <c r="C516" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D516" s="2" t="inlineStr">
         <is>
           <t>Hollasky, Fs</t>
         </is>
       </c>
       <c r="E516" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
@@ -18959,261 +18959,261 @@
         </is>
       </c>
       <c r="E517" s="2" t="inlineStr">
         <is>
           <t>1891 - 1955</t>
         </is>
       </c>
       <c r="F517" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G517" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H517" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="1" t="n">
-        <v>70895</v>
+        <v>70881</v>
       </c>
       <c r="B518" s="2" t="inlineStr">
         <is>
-          <t>dalmatique</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C518" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D518" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D518" s="2"/>
       <c r="E518" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
-      <c r="F518" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F518" s="2"/>
       <c r="G518" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H518" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="1" t="n">
-        <v>70896</v>
+        <v>72913</v>
       </c>
       <c r="B519" s="2" t="inlineStr">
         <is>
-          <t>Chasuble</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C519" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F519" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G519" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H519" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>velours, toile, broderie, plissé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="1" t="n">
-        <v>70881</v>
+        <v>70883</v>
       </c>
       <c r="B520" s="2" t="inlineStr">
         <is>
           <t>Chape</t>
         </is>
       </c>
       <c r="C520" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
-      <c r="F520" s="2"/>
+      <c r="F520" s="2" t="inlineStr">
+        <is>
+          <t>chape</t>
+        </is>
+      </c>
       <c r="G520" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H520" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="1" t="n">
-        <v>72913</v>
+        <v>70893</v>
       </c>
       <c r="B521" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Chape</t>
         </is>
       </c>
       <c r="C521" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F521" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G521" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H521" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, plissé, gaze</t>
+          <t>passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="1" t="n">
-        <v>70883</v>
+        <v>70895</v>
       </c>
       <c r="B522" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="C522" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D522" s="2"/>
+      <c r="D522" s="2" t="inlineStr">
+        <is>
+          <t>Schönberg, Rodolphe</t>
+        </is>
+      </c>
       <c r="E522" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F522" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>dalmatique</t>
         </is>
       </c>
       <c r="G522" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H522" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage, passementerie</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="1" t="n">
-        <v>70893</v>
+        <v>70896</v>
       </c>
       <c r="B523" s="2" t="inlineStr">
         <is>
-          <t>Chape</t>
+          <t>Chasuble</t>
         </is>
       </c>
       <c r="C523" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F523" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G523" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>fil d'or, soie</t>
         </is>
       </c>
       <c r="H523" s="2" t="inlineStr">
         <is>
-          <t>passementerie, broderie, tissage</t>
+          <t>broderie, tissage, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="1" t="n">
         <v>43478</v>
       </c>
       <c r="B524" s="2" t="inlineStr">
         <is>
           <t>Le Sacré Cœur du Christ</t>
         </is>
       </c>
       <c r="C524" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F524" s="2" t="inlineStr">
         <is>
@@ -19283,91 +19283,91 @@
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F526" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G526" s="2" t="inlineStr">
         <is>
           <t>fil d'argent, soie, verre, bois</t>
         </is>
       </c>
       <c r="H526" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="1" t="n">
-        <v>93378</v>
+        <v>93377</v>
       </c>
       <c r="B527" s="2" t="inlineStr">
         <is>
-          <t>Sacré-Coeur de la Vierge</t>
+          <t>Agneau vexillifère</t>
         </is>
       </c>
       <c r="C527" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F527" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G527" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H527" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="1" t="n">
-        <v>93377</v>
+        <v>93378</v>
       </c>
       <c r="B528" s="2" t="inlineStr">
         <is>
-          <t>Agneau vexillifère</t>
+          <t>Sacré-Coeur de la Vierge</t>
         </is>
       </c>
       <c r="C528" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F528" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G528" s="2" t="inlineStr">
         <is>
           <t>fil de métal</t>
         </is>
       </c>
       <c r="H528" s="2" t="inlineStr">
         <is>
@@ -19471,435 +19471,435 @@
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2" t="inlineStr">
         <is>
           <t>1892 - 1965</t>
         </is>
       </c>
       <c r="F531" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G531" s="2" t="inlineStr">
         <is>
           <t>papier, cuir, matière colorante, encre</t>
         </is>
       </c>
       <c r="H531" s="2" t="inlineStr">
         <is>
           <t>technique de reliure, dessin, peint, technique d'écriture, technique d'impression, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="1" t="n">
-        <v>37051</v>
+        <v>63770</v>
       </c>
       <c r="B532" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bannière de la société royale philanthropique "Les Artisans Décorés”</t>
         </is>
       </c>
       <c r="C532" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D532" s="2"/>
       <c r="E532" s="2" t="inlineStr">
         <is>
           <t>1893 - </t>
         </is>
       </c>
       <c r="F532" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G532" s="2" t="inlineStr">
         <is>
-          <t>soie, nacre</t>
+          <t>soie, fil d'argent, fil d'or, métal, métal, fil d'or, bois, métal</t>
         </is>
       </c>
       <c r="H532" s="2" t="inlineStr">
         <is>
-          <t>peint, dentelle à l'aiguille, ajouré [sculpture]</t>
+          <t>toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="1" t="n">
-        <v>63770</v>
+        <v>78348</v>
       </c>
       <c r="B533" s="2" t="inlineStr">
         <is>
-          <t>Bannière de la société royale philanthropique "Les Artisans Décorés”</t>
+          <t>Fanion dédié aux Cyclistes amateurs bruxellois</t>
         </is>
       </c>
       <c r="C533" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="inlineStr">
         <is>
           <t>1893 - </t>
         </is>
       </c>
       <c r="F533" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G533" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, fil d'or, métal, métal, fil d'or, bois, métal</t>
+          <t>métal, soie, fil d'or, fil d'argent, métal</t>
         </is>
       </c>
       <c r="H533" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, passementerie</t>
+          <t>velours, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="1" t="n">
         <v>80204</v>
       </c>
       <c r="B534" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C534" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2" t="inlineStr">
         <is>
           <t>1893 - 1940</t>
         </is>
       </c>
       <c r="F534" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G534" s="2" t="inlineStr">
         <is>
           <t>papier, bois</t>
         </is>
       </c>
       <c r="H534" s="2" t="inlineStr">
         <is>
           <t>imprimé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="1" t="n">
-        <v>78348</v>
+        <v>59707</v>
       </c>
       <c r="B535" s="2" t="inlineStr">
         <is>
-          <t>Fanion dédié aux Cyclistes amateurs bruxellois</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C535" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1893 - 1898</t>
         </is>
       </c>
       <c r="F535" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G535" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, fil d'or, fil d'argent, métal</t>
+          <t>soie, ébène, gouache</t>
         </is>
       </c>
       <c r="H535" s="2" t="inlineStr">
         <is>
-          <t>velours, toile, broderie, passementerie</t>
+          <t>taillé, dentelle mécanique, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="1" t="n">
-        <v>59707</v>
+        <v>37051</v>
       </c>
       <c r="B536" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C536" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D536" s="2"/>
+      <c r="D536" s="2" t="inlineStr">
+        <is>
+          <t>Duvelleroy, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E536" s="2" t="inlineStr">
         <is>
-          <t>1893 - 1898</t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F536" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G536" s="2" t="inlineStr">
         <is>
-          <t>soie, ébène, gouache</t>
+          <t>soie, nacre</t>
         </is>
       </c>
       <c r="H536" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, gaze, peint</t>
+          <t>peint, dentelle à l'aiguille, ajouré [sculpture]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="1" t="n">
         <v>49509</v>
       </c>
       <c r="B537" s="2" t="inlineStr">
         <is>
           <t>Marché couvert avec femme au châle rose et tablier blanc</t>
         </is>
       </c>
       <c r="C537" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D537" s="2" t="inlineStr">
         <is>
           <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E537" s="2" t="inlineStr">
         <is>
           <t>1894 - 1960</t>
         </is>
       </c>
       <c r="F537" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G537" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H537" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="1" t="n">
-        <v>81243</v>
+        <v>42530</v>
       </c>
       <c r="B538" s="2" t="inlineStr">
         <is>
-          <t>Collet du soir</t>
+          <t>Scènes de la vie de saint Guidon</t>
         </is>
       </c>
       <c r="C538" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D538" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D538" s="2" t="inlineStr">
+        <is>
+          <t>Meerts,  Frans</t>
+        </is>
+      </c>
       <c r="E538" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1896</t>
+          <t>1894 - 1895</t>
         </is>
       </c>
       <c r="F538" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G538" s="2" t="inlineStr">
         <is>
-          <t>soie, jais</t>
+          <t>matière colorante, or</t>
         </is>
       </c>
       <c r="H538" s="2" t="inlineStr">
         <is>
-          <t>velours, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="1" t="n">
-        <v>42530</v>
+        <v>81243</v>
       </c>
       <c r="B539" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie de saint Guidon</t>
+          <t>Collet du soir</t>
         </is>
       </c>
       <c r="C539" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D539" s="2"/>
       <c r="E539" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1895</t>
+          <t>1894 - 1896</t>
         </is>
       </c>
       <c r="F539" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G539" s="2" t="inlineStr">
         <is>
-          <t>matière colorante, or</t>
+          <t>soie, jais</t>
         </is>
       </c>
       <c r="H539" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="1" t="n">
-        <v>47507</v>
+        <v>46588</v>
       </c>
       <c r="B540" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait de Jef Dutillieu</t>
+          <t>Les meules</t>
         </is>
       </c>
       <c r="C540" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D540" s="2" t="inlineStr">
         <is>
           <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E540" s="2" t="inlineStr">
         <is>
           <t>1894 - 1960</t>
         </is>
       </c>
       <c r="F540" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G540" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H540" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="1" t="n">
-        <v>46588</v>
+        <v>46594</v>
       </c>
       <c r="B541" s="2" t="inlineStr">
         <is>
-          <t>Les meules</t>
+          <t>Brise-lames à Bredene. Effet de soleil couchant sur la mer</t>
         </is>
       </c>
       <c r="C541" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D541" s="2" t="inlineStr">
         <is>
           <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E541" s="2" t="inlineStr">
         <is>
           <t>1894 - 1960</t>
         </is>
       </c>
       <c r="F541" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G541" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H541" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="1" t="n">
-        <v>46594</v>
+        <v>47507</v>
       </c>
       <c r="B542" s="2" t="inlineStr">
         <is>
-          <t>Brise-lames à Bredene. Effet de soleil couchant sur la mer</t>
+          <t>Autoportrait de Jef Dutillieu</t>
         </is>
       </c>
       <c r="C542" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D542" s="2" t="inlineStr">
         <is>
           <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E542" s="2" t="inlineStr">
         <is>
           <t>1894 - 1960</t>
         </is>
       </c>
       <c r="F542" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G542" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
@@ -19931,265 +19931,265 @@
         </is>
       </c>
       <c r="E543" s="2" t="inlineStr">
         <is>
           <t>1895 - 1946</t>
         </is>
       </c>
       <c r="F543" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G543" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H543" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="1" t="n">
-        <v>31080</v>
+        <v>95650</v>
       </c>
       <c r="B544" s="2" t="inlineStr">
         <is>
-          <t>Canal bordé d'une rangée d'arbres</t>
+          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C544" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D544" s="2"/>
       <c r="E544" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1960</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F544" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G544" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H544" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="1" t="n">
-        <v>95650</v>
+        <v>95651</v>
       </c>
       <c r="B545" s="2" t="inlineStr">
         <is>
           <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
         </is>
       </c>
       <c r="C545" s="2" t="inlineStr">
         <is>
           <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1921</t>
         </is>
       </c>
       <c r="F545" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G545" s="2" t="inlineStr">
         <is>
           <t>fil de métal, pierre précieuse, soie</t>
         </is>
       </c>
       <c r="H545" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, passementerie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="1" t="n">
-        <v>95651</v>
+        <v>59558</v>
       </c>
       <c r="B546" s="2" t="inlineStr">
         <is>
-          <t>Bannière de l’Harmonie royale Saint-Roch d’Uccle</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C546" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1921</t>
+          <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F546" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G546" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, pierre précieuse, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H546" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, passementerie, tissage</t>
+          <t>peint, broderie, taillé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="1" t="n">
-        <v>59558</v>
+        <v>59614</v>
       </c>
       <c r="B547" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C547" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1905</t>
+          <t>1895 - 1920</t>
         </is>
       </c>
       <c r="F547" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G547" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H547" s="2" t="inlineStr">
         <is>
-          <t>peint, broderie, taillé, satin</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="1" t="n">
-        <v>59614</v>
+        <v>59763</v>
       </c>
       <c r="B548" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C548" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1920</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F548" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G548" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>nacre, papier</t>
         </is>
       </c>
       <c r="H548" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="1" t="n">
-        <v>59763</v>
+        <v>31080</v>
       </c>
       <c r="B549" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Canal bordé d'une rangée d'arbres</t>
         </is>
       </c>
       <c r="C549" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D549" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D549" s="2" t="inlineStr">
+        <is>
+          <t>Dutillieu, Jef</t>
+        </is>
+      </c>
       <c r="E549" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1960</t>
         </is>
       </c>
       <c r="F549" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G549" s="2" t="inlineStr">
         <is>
-          <t>nacre, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H549" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="1" t="n">
         <v>47311</v>
       </c>
       <c r="B550" s="2" t="inlineStr">
         <is>
           <t>Trois-Fontaines à Auderghem</t>
         </is>
       </c>
       <c r="C550" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D550" s="2" t="inlineStr">
         <is>
           <t>Plasky, Eugène</t>
         </is>
       </c>
       <c r="E550" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
@@ -20303,117 +20303,117 @@
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2" t="inlineStr">
         <is>
           <t>1898 - 1940</t>
         </is>
       </c>
       <c r="F553" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G553" s="2" t="inlineStr">
         <is>
           <t>soie, fil de métal, métal, bambou, métal, métal, métal</t>
         </is>
       </c>
       <c r="H553" s="2" t="inlineStr">
         <is>
           <t>moiré, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="1" t="n">
-        <v>80992</v>
+        <v>43082</v>
       </c>
       <c r="B554" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C554" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D554" s="2"/>
       <c r="E554" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1900</t>
+          <t>1898 - 1898</t>
         </is>
       </c>
       <c r="F554" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G554" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H554" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="1" t="n">
-        <v>43082</v>
+        <v>80992</v>
       </c>
       <c r="B555" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C555" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1898</t>
+          <t>1898 - 1900</t>
         </is>
       </c>
       <c r="F555" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G555" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H555" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>tulle, broderie, mousseline, dentelle mécanique, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="1" t="n">
         <v>59688</v>
       </c>
       <c r="B556" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C556" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2" t="inlineStr">
         <is>
           <t>1898 - 1920</t>
         </is>
       </c>
       <c r="F556" s="2" t="inlineStr">
         <is>
@@ -20447,2041 +20447,2041 @@
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2" t="inlineStr">
         <is>
           <t>1898 - 1901</t>
         </is>
       </c>
       <c r="F557" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G557" s="2" t="inlineStr">
         <is>
           <t>soie, jais, verre</t>
         </is>
       </c>
       <c r="H557" s="2" t="inlineStr">
         <is>
           <t>velours, broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="1" t="n">
-        <v>60936</v>
+        <v>51597</v>
       </c>
       <c r="B558" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Van Campenhout chantant la Brabançonne</t>
         </is>
       </c>
       <c r="C558" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D558" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D558" s="2" t="inlineStr">
+        <is>
+          <t>Witterwulghe, Joseph</t>
+        </is>
+      </c>
       <c r="E558" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1949</t>
         </is>
       </c>
       <c r="F558" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G558" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H558" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, ajouré</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="1" t="n">
-        <v>51597</v>
+        <v>51678</v>
       </c>
       <c r="B559" s="2" t="inlineStr">
         <is>
-          <t>Van Campenhout chantant la Brabançonne</t>
+          <t>Modèle de console de la cathédrale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C559" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D559" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D559" s="2"/>
       <c r="E559" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1949</t>
+          <t>1900 - 1970</t>
         </is>
       </c>
       <c r="F559" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G559" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H559" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="1" t="n">
-        <v>51678</v>
+        <v>51681</v>
       </c>
       <c r="B560" s="2" t="inlineStr">
         <is>
-          <t>Modèle de console de la cathédrale des Saints-Michel-et-Gudule</t>
+          <t>Modèle de gargouille en forme de monstre</t>
         </is>
       </c>
       <c r="C560" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D560" s="2"/>
       <c r="E560" s="2" t="inlineStr">
         <is>
           <t>1900 - 1970</t>
         </is>
       </c>
       <c r="F560" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G560" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H560" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="1" t="n">
-        <v>51681</v>
+        <v>49134</v>
       </c>
       <c r="B561" s="2" t="inlineStr">
         <is>
-          <t>Modèle de gargouille en forme de monstre</t>
+          <t>Portrait de Franz Philippson</t>
         </is>
       </c>
       <c r="C561" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D561" s="2"/>
+      <c r="D561" s="2" t="inlineStr">
+        <is>
+          <t>Philippson, F / Philippson, F.</t>
+        </is>
+      </c>
       <c r="E561" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1970</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F561" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G561" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H561" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="1" t="n">
-        <v>49134</v>
+        <v>62157</v>
       </c>
       <c r="B562" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Franz Philippson</t>
+          <t>Jabot</t>
         </is>
       </c>
       <c r="C562" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D562" s="2"/>
       <c r="E562" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F562" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>col</t>
         </is>
       </c>
       <c r="G562" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H562" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="1" t="n">
         <v>99181</v>
       </c>
       <c r="B563" s="2" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
       <c r="C563" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2" t="inlineStr">
         <is>
           <t>1900 - 1965</t>
         </is>
       </c>
       <c r="F563" s="2" t="inlineStr">
         <is>
           <t>aube</t>
         </is>
       </c>
       <c r="G563" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H563" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="1" t="n">
-        <v>36708</v>
+        <v>58238</v>
       </c>
       <c r="B564" s="2" t="inlineStr">
         <is>
-          <t>Le printemps</t>
+          <t>Tablier</t>
         </is>
       </c>
       <c r="C564" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D564" s="2"/>
       <c r="E564" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F564" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>tablier</t>
         </is>
       </c>
       <c r="G564" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H564" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="1" t="n">
-        <v>36751</v>
+        <v>58277</v>
       </c>
       <c r="B565" s="2" t="inlineStr">
         <is>
-          <t>Les quatre saisons</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C565" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D565" s="2"/>
       <c r="E565" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F565" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G565" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, nacre, soie, coton</t>
         </is>
       </c>
       <c r="H565" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>velours, technique d'apprêt et embellissement du tissu, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="1" t="n">
-        <v>62157</v>
+        <v>58285</v>
       </c>
       <c r="B566" s="2" t="inlineStr">
         <is>
-          <t>Jabot</t>
+          <t>Béguin</t>
         </is>
       </c>
       <c r="C566" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F566" s="2" t="inlineStr">
         <is>
-          <t>col</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G566" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, pâte de verre</t>
         </is>
       </c>
       <c r="H566" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="1" t="n">
-        <v>57785</v>
+        <v>59675</v>
       </c>
       <c r="B567" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C567" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D567" s="2"/>
       <c r="E567" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F567" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G567" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H567" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="1" t="n">
-        <v>58238</v>
+        <v>59676</v>
       </c>
       <c r="B568" s="2" t="inlineStr">
         <is>
-          <t>Tablier</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C568" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F568" s="2" t="inlineStr">
         <is>
-          <t>tablier</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G568" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>nacre, gouache, papier</t>
         </is>
       </c>
       <c r="H568" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="1" t="n">
-        <v>58277</v>
+        <v>59679</v>
       </c>
       <c r="B569" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C569" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D569" s="2"/>
       <c r="E569" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 2000</t>
         </is>
       </c>
       <c r="F569" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G569" s="2" t="inlineStr">
         <is>
-          <t>laine, nacre, soie, coton</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H569" s="2" t="inlineStr">
         <is>
-          <t>velours, technique d'apprêt et embellissement du tissu, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="1" t="n">
-        <v>58285</v>
+        <v>59565</v>
       </c>
       <c r="B570" s="2" t="inlineStr">
         <is>
-          <t>Béguin</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C570" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F570" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G570" s="2" t="inlineStr">
         <is>
-          <t>soie, pâte de verre</t>
+          <t>soie, nacre, écaille</t>
         </is>
       </c>
       <c r="H570" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="1" t="n">
-        <v>80328</v>
+        <v>59599</v>
       </c>
       <c r="B571" s="2" t="inlineStr">
         <is>
-          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C571" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D571" s="2"/>
       <c r="E571" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1962</t>
-[...2 lines deleted...]
-      <c r="F571" s="2"/>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F571" s="2" t="inlineStr">
+        <is>
+          <t>éventail plié</t>
+        </is>
+      </c>
       <c r="G571" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H571" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours, sergé</t>
+          <t>taillé, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="1" t="n">
-        <v>81263</v>
+        <v>59608</v>
       </c>
       <c r="B572" s="2" t="inlineStr">
         <is>
-          <t>Ensemble corsage et jupe</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C572" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1914</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F572" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues, jupe, deux pièces</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G572" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H572" s="2" t="inlineStr">
         <is>
-          <t>ottoman, tulle, broderie</t>
+          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="1" t="n">
-        <v>59679</v>
+        <v>59611</v>
       </c>
       <c r="B573" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C573" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D573" s="2"/>
       <c r="E573" s="2" t="inlineStr">
         <is>
-          <t>1900 - 2000</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F573" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G573" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>ivoire, soie, nacre</t>
         </is>
       </c>
       <c r="H573" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, satin, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="1" t="n">
-        <v>59565</v>
+        <v>59612</v>
       </c>
       <c r="B574" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C574" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D574" s="2"/>
       <c r="E574" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F574" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G574" s="2" t="inlineStr">
         <is>
-          <t>soie, nacre, écaille</t>
+          <t>nacre, ivoire, soie</t>
         </is>
       </c>
       <c r="H574" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="1" t="n">
-        <v>59599</v>
+        <v>59613</v>
       </c>
       <c r="B575" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C575" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F575" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G575" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>corne, soie</t>
         </is>
       </c>
       <c r="H575" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, broderie</t>
+          <t>taillé, gaze, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="1" t="n">
-        <v>59608</v>
+        <v>57785</v>
       </c>
       <c r="B576" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C576" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F576" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G576" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H576" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="1" t="n">
-        <v>59611</v>
+        <v>43059</v>
       </c>
       <c r="B577" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C577" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D577" s="2"/>
       <c r="E577" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F577" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G577" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, nacre</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H577" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, gaze, broderie</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="1" t="n">
-        <v>59612</v>
+        <v>43060</v>
       </c>
       <c r="B578" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C578" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D578" s="2"/>
       <c r="E578" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F578" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G578" s="2" t="inlineStr">
         <is>
-          <t>nacre, ivoire, soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H578" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="1" t="n">
-        <v>59613</v>
+        <v>43061</v>
       </c>
       <c r="B579" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C579" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F579" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G579" s="2" t="inlineStr">
         <is>
-          <t>corne, soie</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H579" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie</t>
+          <t>tissage, couture, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="1" t="n">
-        <v>59675</v>
+        <v>43062</v>
       </c>
       <c r="B580" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C580" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F580" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G580" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H580" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="1" t="n">
-        <v>59676</v>
+        <v>43080</v>
       </c>
       <c r="B581" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Drapeau de la Gilde de Saint Josse</t>
         </is>
       </c>
       <c r="C581" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D581" s="2"/>
       <c r="E581" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1940</t>
         </is>
       </c>
       <c r="F581" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G581" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, papier</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H581" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="1" t="n">
-        <v>43059</v>
+        <v>43081</v>
       </c>
       <c r="B582" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C582" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F582" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G582" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H582" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>tissage, couture, broderie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="1" t="n">
-        <v>43060</v>
+        <v>43043</v>
       </c>
       <c r="B583" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Sous-bois</t>
         </is>
       </c>
       <c r="C583" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F583" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G583" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H583" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="1" t="n">
-        <v>43061</v>
+        <v>80328</v>
       </c>
       <c r="B584" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Ruban de commandeur  "Académie du Chat Noir" </t>
         </is>
       </c>
       <c r="C584" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1962</t>
+        </is>
+      </c>
+      <c r="F584" s="2"/>
       <c r="G584" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H584" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie</t>
+          <t>broderie, velours, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="1" t="n">
-        <v>43062</v>
+        <v>81263</v>
       </c>
       <c r="B585" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Ensemble corsage et jupe</t>
         </is>
       </c>
       <c r="C585" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D585" s="2"/>
       <c r="E585" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1914</t>
         </is>
       </c>
       <c r="F585" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>haut à manches courtes ou longues, jupe, deux pièces</t>
         </is>
       </c>
       <c r="G585" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H585" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>ottoman, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="1" t="n">
-        <v>43080</v>
+        <v>36708</v>
       </c>
       <c r="B586" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Gilde de Saint Josse</t>
+          <t>Le printemps</t>
         </is>
       </c>
       <c r="C586" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D586" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D586" s="2" t="inlineStr">
+        <is>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+        </is>
+      </c>
       <c r="E586" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1940</t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F586" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G586" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H586" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="1" t="n">
-        <v>43081</v>
+        <v>36751</v>
       </c>
       <c r="B587" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Les quatre saisons</t>
         </is>
       </c>
       <c r="C587" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D587" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D587" s="2" t="inlineStr">
+        <is>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+        </is>
+      </c>
       <c r="E587" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F587" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G587" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H587" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, peint, taffetas</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="1" t="n">
-        <v>43043</v>
+        <v>59817</v>
       </c>
       <c r="B588" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C588" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D588" s="2"/>
       <c r="E588" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F588" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G588" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H588" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="1" t="n">
-        <v>87830</v>
+        <v>59706</v>
       </c>
       <c r="B589" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C589" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D589" s="2"/>
       <c r="E589" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F589" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G589" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H589" s="2" t="inlineStr">
         <is>
-          <t>satin, passementerie, imprimé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="1" t="n">
-        <v>59800</v>
+        <v>59709</v>
       </c>
       <c r="B590" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C590" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D590" s="2"/>
       <c r="E590" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F590" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G590" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>métal, papier</t>
         </is>
       </c>
       <c r="H590" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="1" t="n">
-        <v>59817</v>
+        <v>59853</v>
       </c>
       <c r="B591" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C591" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D591" s="2"/>
       <c r="E591" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F591" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G591" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>bois, autruche</t>
         </is>
       </c>
       <c r="H591" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé, teint, broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="1" t="n">
-        <v>59706</v>
+        <v>59769</v>
       </c>
       <c r="B592" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C592" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D592" s="2"/>
       <c r="E592" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F592" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G592" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H592" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="1" t="n">
-        <v>59709</v>
+        <v>59770</v>
       </c>
       <c r="B593" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C593" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F593" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G593" s="2" t="inlineStr">
         <is>
-          <t>métal, papier</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H593" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="1" t="n">
-        <v>59853</v>
+        <v>59771</v>
       </c>
       <c r="B594" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C594" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D594" s="2"/>
+      <c r="D594" s="2" t="inlineStr">
+        <is>
+          <t>Duvelleroy, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E594" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F594" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G594" s="2" t="inlineStr">
         <is>
-          <t>bois, autruche</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H594" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint, broderie, peint</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="1" t="n">
-        <v>59769</v>
+        <v>59772</v>
       </c>
       <c r="B595" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C595" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D595" s="2"/>
       <c r="E595" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F595" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G595" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H595" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>taillé, broderie, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="1" t="n">
-        <v>59770</v>
+        <v>59868</v>
       </c>
       <c r="B596" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C596" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D596" s="2"/>
       <c r="E596" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F596" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G596" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H596" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="1" t="n">
-        <v>59771</v>
+        <v>59800</v>
       </c>
       <c r="B597" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C597" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D597" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D597" s="2"/>
       <c r="E597" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F597" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G597" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H597" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="1" t="n">
-        <v>59772</v>
+        <v>87830</v>
       </c>
       <c r="B598" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C598" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D598" s="2"/>
       <c r="E598" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F598" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G598" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H598" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, dentelle mécanique</t>
+          <t>satin, passementerie, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="1" t="n">
-        <v>59868</v>
+        <v>45504</v>
       </c>
       <c r="B599" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C599" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D599" s="2"/>
       <c r="E599" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F599" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G599" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H599" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="1" t="n">
-        <v>45504</v>
+        <v>46524</v>
       </c>
       <c r="B600" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Manchettes</t>
         </is>
       </c>
       <c r="C600" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D600" s="2"/>
       <c r="E600" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F600" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>manchette</t>
         </is>
       </c>
       <c r="G600" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H600" s="2" t="inlineStr">
         <is>
-          <t>damas, moiré</t>
+          <t>enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="1" t="n">
-        <v>46524</v>
+        <v>60936</v>
       </c>
       <c r="B601" s="2" t="inlineStr">
         <is>
-          <t>Manchettes</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C601" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D601" s="2"/>
       <c r="E601" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F601" s="2" t="inlineStr">
         <is>
-          <t>manchette</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G601" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H601" s="2" t="inlineStr">
         <is>
-          <t>enduit</t>
+          <t>dentelle mécanique, ajouré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="1" t="n">
-        <v>88120</v>
+        <v>88698</v>
       </c>
       <c r="B602" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C602" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D602" s="2"/>
       <c r="E602" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
-      <c r="F602" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F602" s="2"/>
       <c r="G602" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, laiton</t>
+          <t>coton, bois, laiton</t>
         </is>
       </c>
       <c r="H602" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé, technique de sculpture, ottoman</t>
+          <t>gaufré, martelé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="1" t="n">
-        <v>88698</v>
+        <v>90507</v>
       </c>
       <c r="B603" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C603" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D603" s="2"/>
       <c r="E603" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
-      <c r="F603" s="2"/>
+      <c r="F603" s="2" t="inlineStr">
+        <is>
+          <t>ombrelle</t>
+        </is>
+      </c>
       <c r="G603" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H603" s="2" t="inlineStr">
         <is>
-          <t>gaufré, martelé, satin</t>
+          <t>imprimé, passementerie, satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="1" t="n">
-        <v>90507</v>
+        <v>88120</v>
       </c>
       <c r="B604" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C604" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D604" s="2"/>
       <c r="E604" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F604" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G604" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>soie, bois, laiton</t>
         </is>
       </c>
       <c r="H604" s="2" t="inlineStr">
         <is>
-          <t>imprimé, passementerie, satin, toile</t>
+          <t>toile, imprimé, technique de sculpture, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="1" t="n">
-        <v>54195</v>
+        <v>53196</v>
       </c>
       <c r="B605" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ouvrages scolaires</t>
         </is>
       </c>
       <c r="C605" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D605" s="2"/>
       <c r="E605" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1904</t>
         </is>
       </c>
       <c r="F605" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ouvrage</t>
         </is>
       </c>
       <c r="G605" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H605" s="2" t="inlineStr">
         <is>
-          <t>ottoman, broderie</t>
+          <t>crochet, broderie, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="1" t="n">
-        <v>53196</v>
+        <v>54195</v>
       </c>
       <c r="B606" s="2" t="inlineStr">
         <is>
-          <t>Ouvrages scolaires</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C606" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D606" s="2"/>
       <c r="E606" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1904</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F606" s="2" t="inlineStr">
         <is>
-          <t>ouvrage</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G606" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H606" s="2" t="inlineStr">
         <is>
-          <t>crochet, broderie, tricot</t>
+          <t>ottoman, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="1" t="n">
-        <v>60661</v>
+        <v>77893</v>
       </c>
       <c r="B607" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C607" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D607" s="2"/>
       <c r="E607" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1908</t>
+          <t>1902 - 1904</t>
         </is>
       </c>
       <c r="F607" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G607" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H607" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, appliqué, passementerie, dentelle mécanique, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="1" t="n">
-        <v>60662</v>
+        <v>80200</v>
       </c>
       <c r="B608" s="2" t="inlineStr">
         <is>
-          <t>Robe d'été</t>
+          <t>Robe de bal</t>
         </is>
       </c>
       <c r="C608" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1908</t>
+          <t>1902 - 1906</t>
         </is>
       </c>
       <c r="F608" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G608" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H608" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
       <c r="A609" s="1" t="n">
         <v>36709</v>
       </c>
       <c r="B609" s="2" t="inlineStr">
         <is>
           <t>L'été</t>
         </is>
       </c>
       <c r="C609" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D609" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E609" s="2" t="inlineStr">
         <is>
           <t>1902 - 1902</t>
         </is>
       </c>
       <c r="F609" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G609" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H609" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="1" t="n">
-        <v>80200</v>
+        <v>86299</v>
       </c>
       <c r="B610" s="2" t="inlineStr">
         <is>
-          <t>Robe de bal</t>
+          <t>Croix et plaque de Grand Croix de l'Ordre d'Alphonse XII d'Espagne </t>
         </is>
       </c>
       <c r="C610" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1906</t>
+          <t>1902 - 1928</t>
         </is>
       </c>
       <c r="F610" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G610" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H610" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>toile, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="1" t="n">
-        <v>77893</v>
+        <v>60661</v>
       </c>
       <c r="B611" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C611" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D611" s="2"/>
       <c r="E611" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1904</t>
+          <t>1902 - 1908</t>
         </is>
       </c>
       <c r="F611" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G611" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H611" s="2" t="inlineStr">
         <is>
-          <t>broderie, appliqué, passementerie, dentelle mécanique, broché</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="1" t="n">
-        <v>86299</v>
+        <v>60662</v>
       </c>
       <c r="B612" s="2" t="inlineStr">
         <is>
-          <t>Croix et plaque de Grand Croix de l'Ordre d'Alphonse XII d'Espagne </t>
+          <t>Robe d'été</t>
         </is>
       </c>
       <c r="C612" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D612" s="2"/>
       <c r="E612" s="2" t="inlineStr">
         <is>
-          <t>1902 - 1928</t>
+          <t>1902 - 1908</t>
         </is>
       </c>
       <c r="F612" s="2" t="inlineStr">
         <is>
-          <t>décoration et médaille</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G612" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H612" s="2" t="inlineStr">
         <is>
-          <t>toile, moiré</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="1" t="n">
         <v>36710</v>
       </c>
       <c r="B613" s="2" t="inlineStr">
         <is>
           <t>L'automne</t>
         </is>
       </c>
       <c r="C613" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D613" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E613" s="2" t="inlineStr">
         <is>
           <t>1903 - 1903</t>
@@ -22879,197 +22879,197 @@
       </c>
       <c r="D623" s="2"/>
       <c r="E623" s="2" t="inlineStr">
         <is>
           <t>1904 - 1905</t>
         </is>
       </c>
       <c r="F623" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G623" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H623" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="1" t="n">
-        <v>102543</v>
+        <v>67664</v>
       </c>
       <c r="B624" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de mariée</t>
+          <t>Papier peint type "Lincrusta"</t>
         </is>
       </c>
       <c r="C624" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D624" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D624" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E624" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F624" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
+          <t>papiers-peints</t>
         </is>
       </c>
       <c r="G624" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H624" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, satin, ajouré</t>
+          <t>technique d'impression, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="1" t="n">
-        <v>102544</v>
+        <v>67744</v>
       </c>
       <c r="B625" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de fiançailles</t>
+          <t>rideau d'ameublement</t>
         </is>
       </c>
       <c r="C625" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D625" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D625" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E625" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F625" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
+          <t>rideau</t>
         </is>
       </c>
       <c r="G625" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H625" s="2" t="inlineStr">
         <is>
-          <t>faille, broderie</t>
+          <t>tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="1" t="n">
-        <v>67664</v>
+        <v>102543</v>
       </c>
       <c r="B626" s="2" t="inlineStr">
         <is>
-          <t>Papier peint type "Lincrusta"</t>
+          <t>Ensemble de mariée</t>
         </is>
       </c>
       <c r="C626" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D626" s="2"/>
       <c r="E626" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F626" s="2" t="inlineStr">
         <is>
-          <t>papiers-peints</t>
+          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
         </is>
       </c>
       <c r="G626" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H626" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, peint</t>
+          <t>jacquard ou façonné, satin, ajouré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="1" t="n">
-        <v>67744</v>
+        <v>102544</v>
       </c>
       <c r="B627" s="2" t="inlineStr">
         <is>
-          <t>rideau d'ameublement</t>
+          <t>Ensemble de fiançailles</t>
         </is>
       </c>
       <c r="C627" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D627" s="2"/>
       <c r="E627" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F627" s="2" t="inlineStr">
         <is>
-          <t>rideau</t>
+          <t>ensemble de cérémonie, robe de cérémonie, manteau</t>
         </is>
       </c>
       <c r="G627" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H627" s="2" t="inlineStr">
         <is>
-          <t>tissage, peint</t>
+          <t>faille, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="1" t="n">
         <v>81040</v>
       </c>
       <c r="B628" s="2" t="inlineStr">
         <is>
           <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C628" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D628" s="2"/>
       <c r="E628" s="2" t="inlineStr">
         <is>
           <t>1905 - 1912</t>
         </is>
       </c>
       <c r="F628" s="2" t="inlineStr">
         <is>
@@ -23147,121 +23147,121 @@
         </is>
       </c>
       <c r="E630" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>
         </is>
       </c>
       <c r="F630" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G630" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H630" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="1" t="n">
-        <v>37030</v>
+        <v>80348</v>
       </c>
       <c r="B631" s="2" t="inlineStr">
         <is>
-          <t>Robe de gala</t>
+          <t>Robe deux-pièces</t>
         </is>
       </c>
       <c r="C631" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D631" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D631" s="2"/>
       <c r="E631" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1907 - 1908</t>
         </is>
       </c>
       <c r="F631" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G631" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, métal</t>
         </is>
       </c>
       <c r="H631" s="2" t="inlineStr">
         <is>
-          <t>crêpe, tulle, broderie</t>
+          <t>satin, broderie, velours, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="1" t="n">
-        <v>80348</v>
+        <v>37030</v>
       </c>
       <c r="B632" s="2" t="inlineStr">
         <is>
-          <t>Robe deux-pièces</t>
+          <t>Robe de gala</t>
         </is>
       </c>
       <c r="C632" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D632" s="2"/>
+      <c r="D632" s="2" t="inlineStr">
+        <is>
+          <t>Drecoll,  / Drecoll, Christopher</t>
+        </is>
+      </c>
       <c r="E632" s="2" t="inlineStr">
         <is>
-          <t>1907 - 1908</t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F632" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G632" s="2" t="inlineStr">
         <is>
-          <t>soie, métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H632" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, velours, taffetas</t>
+          <t>crêpe, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="1" t="n">
         <v>101003</v>
       </c>
       <c r="B633" s="2" t="inlineStr">
         <is>
           <t>Bonnet</t>
         </is>
       </c>
       <c r="C633" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D633" s="2"/>
       <c r="E633" s="2" t="inlineStr">
         <is>
           <t>1908 - </t>
         </is>
       </c>
       <c r="F633" s="2"/>
       <c r="G633" s="2" t="inlineStr">
@@ -23291,85 +23291,81 @@
       </c>
       <c r="D634" s="2"/>
       <c r="E634" s="2" t="inlineStr">
         <is>
           <t>1908 - </t>
         </is>
       </c>
       <c r="F634" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G634" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H634" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="1" t="n">
-        <v>60639</v>
+        <v>47504</v>
       </c>
       <c r="B635" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Portrait d'Adolphe Max, bourgmestre de Bruxelles de 1909 à 1939</t>
         </is>
       </c>
       <c r="C635" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D635" s="2"/>
       <c r="E635" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1911</t>
+          <t>1909 - 1930</t>
         </is>
       </c>
       <c r="F635" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G635" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H635" s="2" t="inlineStr">
         <is>
-          <t>velours, satin, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="1" t="n">
         <v>86291</v>
       </c>
       <c r="B636" s="2" t="inlineStr">
         <is>
           <t>Croix et plaque de la Couronne d'Italie</t>
         </is>
       </c>
       <c r="C636" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D636" s="2"/>
       <c r="E636" s="2" t="inlineStr">
         <is>
           <t>1909 - 1937</t>
         </is>
       </c>
       <c r="F636" s="2" t="inlineStr">
         <is>
@@ -23403,409 +23399,413 @@
       </c>
       <c r="D637" s="2"/>
       <c r="E637" s="2" t="inlineStr">
         <is>
           <t>1909 - 1937</t>
         </is>
       </c>
       <c r="F637" s="2" t="inlineStr">
         <is>
           <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G637" s="2" t="inlineStr">
         <is>
           <t>argent, soie, émail, vermeil</t>
         </is>
       </c>
       <c r="H637" s="2" t="inlineStr">
         <is>
           <t>toile, moiré, technique d'émaillage, coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="1" t="n">
-        <v>47504</v>
+        <v>60639</v>
       </c>
       <c r="B638" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Adolphe Max, bourgmestre de Bruxelles de 1909 à 1939</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C638" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D638" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D638" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Lanvin, Jeanne</t>
+        </is>
+      </c>
       <c r="E638" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1930</t>
+          <t>1909 - 1911</t>
         </is>
       </c>
       <c r="F638" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G638" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H638" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>velours, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="1" t="n">
-        <v>60638</v>
+        <v>99072</v>
       </c>
       <c r="B639" s="2" t="inlineStr">
         <is>
-          <t>Chemise de nuit ou combinaison</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C639" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D639" s="2"/>
       <c r="E639" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1920</t>
+          <t>1910 - 1913</t>
         </is>
       </c>
       <c r="F639" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G639" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H639" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie, toile</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="1" t="n">
-        <v>60952</v>
+        <v>76302</v>
       </c>
       <c r="B640" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Bannière "La Fraternelle"</t>
         </is>
       </c>
       <c r="C640" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1920</t>
+          <t>1910 - 1950</t>
         </is>
       </c>
       <c r="F640" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G640" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil de métal, bambou, métal, métal</t>
         </is>
       </c>
       <c r="H640" s="2" t="inlineStr">
         <is>
-          <t>satin, plissé</t>
+          <t>broderie, satin, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="1" t="n">
-        <v>99072</v>
+        <v>59629</v>
       </c>
       <c r="B641" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C641" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D641" s="2"/>
       <c r="E641" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1913</t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F641" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G641" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H641" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, taillé, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
       <c r="A642" s="1" t="n">
-        <v>37045</v>
+        <v>56299</v>
       </c>
       <c r="B642" s="2" t="inlineStr">
         <is>
-          <t>Chaussures de mariée</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C642" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D642" s="2"/>
       <c r="E642" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1913</t>
+          <t>1910 - 1919</t>
         </is>
       </c>
       <c r="F642" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G642" s="2" t="inlineStr">
         <is>
-          <t>chevreau</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H642" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
       <c r="A643" s="1" t="n">
-        <v>56299</v>
+        <v>59690</v>
       </c>
       <c r="B643" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C643" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D643" s="2"/>
+      <c r="D643" s="2" t="inlineStr">
+        <is>
+          <t>Lachelin, Benjamin</t>
+        </is>
+      </c>
       <c r="E643" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1919</t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F643" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G643" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H643" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>imprimé, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="1" t="n">
-        <v>76302</v>
+        <v>59700</v>
       </c>
       <c r="B644" s="2" t="inlineStr">
         <is>
-          <t>Bannière "La Fraternelle"</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C644" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D644" s="2"/>
       <c r="E644" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1950</t>
+          <t>1910 - 1920</t>
         </is>
       </c>
       <c r="F644" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G644" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bambou, métal, métal</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H644" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin, passementerie</t>
+          <t>technique de sculpture, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="1" t="n">
-        <v>59629</v>
+        <v>37045</v>
       </c>
       <c r="B645" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Chaussures de mariée</t>
         </is>
       </c>
       <c r="C645" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1910 - 1913</t>
         </is>
       </c>
       <c r="F645" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G645" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>chevreau</t>
         </is>
       </c>
       <c r="H645" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé, gaze</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="1" t="n">
-        <v>59690</v>
+        <v>60952</v>
       </c>
       <c r="B646" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C646" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D646" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D646" s="2"/>
       <c r="E646" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1910 - 1920</t>
         </is>
       </c>
       <c r="F646" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G646" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H646" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé, peint</t>
+          <t>satin, plissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="1" t="n">
-        <v>59700</v>
+        <v>60638</v>
       </c>
       <c r="B647" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Chemise de nuit ou combinaison</t>
         </is>
       </c>
       <c r="C647" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D647" s="2"/>
       <c r="E647" s="2" t="inlineStr">
         <is>
           <t>1910 - 1920</t>
         </is>
       </c>
       <c r="F647" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G647" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H647" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, gaze, broderie</t>
+          <t>dentelle mécanique, broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="1" t="n">
         <v>49520</v>
       </c>
       <c r="B648" s="2" t="inlineStr">
         <is>
           <t>Portrait de Madame Boulvin</t>
         </is>
       </c>
       <c r="C648" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D648" s="2" t="inlineStr">
         <is>
           <t>Montald, Constant</t>
         </is>
       </c>
       <c r="E648" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
@@ -24187,189 +24187,189 @@
       </c>
       <c r="D658" s="2"/>
       <c r="E658" s="2" t="inlineStr">
         <is>
           <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F658" s="2" t="inlineStr">
         <is>
           <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G658" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H658" s="2" t="inlineStr">
         <is>
           <t>imprimé, broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="1" t="n">
-        <v>56881</v>
+        <v>103157</v>
       </c>
       <c r="B659" s="2" t="inlineStr">
         <is>
           <t>Sac à farine</t>
         </is>
       </c>
       <c r="C659" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D659" s="2"/>
       <c r="E659" s="2" t="inlineStr">
         <is>
           <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F659" s="2" t="inlineStr">
         <is>
           <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G659" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H659" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
       <c r="A660" s="1" t="n">
-        <v>56888</v>
+        <v>58616</v>
       </c>
       <c r="B660" s="2" t="inlineStr">
         <is>
           <t>Sac à farine</t>
         </is>
       </c>
       <c r="C660" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D660" s="2"/>
       <c r="E660" s="2" t="inlineStr">
         <is>
           <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F660" s="2" t="inlineStr">
         <is>
           <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G660" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H660" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>toile, broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
       <c r="A661" s="1" t="n">
-        <v>103157</v>
+        <v>56881</v>
       </c>
       <c r="B661" s="2" t="inlineStr">
         <is>
           <t>Sac à farine</t>
         </is>
       </c>
       <c r="C661" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2" t="inlineStr">
         <is>
           <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F661" s="2" t="inlineStr">
         <is>
           <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G661" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H661" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
       <c r="A662" s="1" t="n">
-        <v>58616</v>
+        <v>56888</v>
       </c>
       <c r="B662" s="2" t="inlineStr">
         <is>
           <t>Sac à farine</t>
         </is>
       </c>
       <c r="C662" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D662" s="2"/>
       <c r="E662" s="2" t="inlineStr">
         <is>
           <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F662" s="2" t="inlineStr">
         <is>
           <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G662" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H662" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, peint</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="1" t="n">
         <v>59647</v>
       </c>
       <c r="B663" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C663" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D663" s="2" t="inlineStr">
         <is>
           <t>Duvelleroy, Jean-Pierre</t>
         </is>
       </c>
       <c r="E663" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
@@ -24411,397 +24411,393 @@
         </is>
       </c>
       <c r="E664" s="2" t="inlineStr">
         <is>
           <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F664" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G664" s="2" t="inlineStr">
         <is>
           <t>soie, verre</t>
         </is>
       </c>
       <c r="H664" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
       <c r="A665" s="1" t="n">
-        <v>80243</v>
+        <v>43054</v>
       </c>
       <c r="B665" s="2" t="inlineStr">
         <is>
-          <t>Broderie 'Les Grenadiers 1914 à 1916'</t>
+          <t>Drapeau de l'église des Saints-Pierre-et-Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C665" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D665" s="2"/>
       <c r="E665" s="2" t="inlineStr">
         <is>
-          <t>1916 - 1950</t>
+          <t>1916 - </t>
         </is>
       </c>
       <c r="F665" s="2" t="inlineStr">
         <is>
-          <t>textile civil</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G665" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H665" s="2" t="inlineStr">
         <is>
-          <t>broderie, linon</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="1" t="n">
-        <v>43054</v>
+        <v>80243</v>
       </c>
       <c r="B666" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de l'église des Saints-Pierre-et-Guidon d'Anderlecht</t>
+          <t>Broderie 'Les Grenadiers 1914 à 1916'</t>
         </is>
       </c>
       <c r="C666" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D666" s="2"/>
       <c r="E666" s="2" t="inlineStr">
         <is>
-          <t>1916 - </t>
+          <t>1916 - 1950</t>
         </is>
       </c>
       <c r="F666" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>textile civil</t>
         </is>
       </c>
       <c r="G666" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H666" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>broderie, linon</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="1" t="n">
         <v>37046</v>
       </c>
       <c r="B667" s="2" t="inlineStr">
         <is>
           <t>Chaussures de mariée</t>
         </is>
       </c>
       <c r="C667" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D667" s="2"/>
       <c r="E667" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F667" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G667" s="2" t="inlineStr">
         <is>
           <t>soie, cuir, perle</t>
         </is>
       </c>
       <c r="H667" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="1" t="n">
-        <v>60637</v>
+        <v>62670</v>
       </c>
       <c r="B668" s="2" t="inlineStr">
         <is>
-          <t>Combinaison culotte</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C668" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D668" s="2"/>
       <c r="E668" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1928</t>
         </is>
       </c>
       <c r="F668" s="2" t="inlineStr">
         <is>
-          <t>sous-vêtement</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G668" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre, matière plastique</t>
         </is>
       </c>
       <c r="H668" s="2" t="inlineStr">
         <is>
-          <t>dentelle, broderie, toile</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="1" t="n">
-        <v>60954</v>
+        <v>67382</v>
       </c>
       <c r="B669" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Pochette du soir</t>
         </is>
       </c>
       <c r="C669" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D669" s="2"/>
       <c r="E669" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F669" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G669" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H669" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle aux fuseaux</t>
+          <t>broderie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="670">
       <c r="A670" s="1" t="n">
-        <v>61254</v>
+        <v>11330</v>
       </c>
       <c r="B670" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Linge de table brodé (grande et petite nappes, serviette)</t>
         </is>
       </c>
       <c r="C670" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D670" s="2"/>
       <c r="E670" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
-[...7 lines deleted...]
-      </c>
+          <t>1920 - 1950</t>
+        </is>
+      </c>
+      <c r="F670" s="2" t="inlineStr">
+        <is>
+          <t>nappage</t>
+        </is>
+      </c>
+      <c r="G670" s="2"/>
       <c r="H670" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie, batiste</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="671">
       <c r="A671" s="1" t="n">
-        <v>101800</v>
+        <v>11331</v>
       </c>
       <c r="B671" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Linge de table brodé et ajouré (grande et petite nappes, serviette)</t>
         </is>
       </c>
       <c r="C671" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D671" s="2"/>
       <c r="E671" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F671" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>nappage</t>
         </is>
       </c>
       <c r="G671" s="2" t="inlineStr">
         <is>
-          <t>coton, fil de métal</t>
+          <t>lin</t>
         </is>
       </c>
       <c r="H671" s="2" t="inlineStr">
         <is>
-          <t>broderie, velours</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="1" t="n">
-        <v>62670</v>
+        <v>11332</v>
       </c>
       <c r="B672" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Linge de table brodé aux initiales de David Van Buuren (nappe et serviette)</t>
         </is>
       </c>
       <c r="C672" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D672" s="2"/>
       <c r="E672" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1928</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F672" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...6 lines deleted...]
-      </c>
+          <t>nappage</t>
+        </is>
+      </c>
+      <c r="G672" s="2"/>
       <c r="H672" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
       <c r="A673" s="1" t="n">
-        <v>67382</v>
+        <v>11333</v>
       </c>
       <c r="B673" s="2" t="inlineStr">
         <is>
-          <t>Pochette du soir</t>
+          <t>Nappe brodée aux initiales de David Van Buuren</t>
         </is>
       </c>
       <c r="C673" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D673" s="2"/>
       <c r="E673" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F673" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
-[...6 lines deleted...]
-      </c>
+          <t>nappage</t>
+        </is>
+      </c>
+      <c r="G673" s="2"/>
       <c r="H673" s="2" t="inlineStr">
         <is>
-          <t>broderie, moiré</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
       <c r="A674" s="1" t="n">
-        <v>59202</v>
+        <v>101800</v>
       </c>
       <c r="B674" s="2" t="inlineStr">
         <is>
-          <t>Pochette du soir</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C674" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F674" s="2" t="inlineStr">
         <is>
           <t>sac</t>
         </is>
       </c>
-      <c r="G674" s="2"/>
+      <c r="G674" s="2" t="inlineStr">
+        <is>
+          <t>coton, fil de métal</t>
+        </is>
+      </c>
       <c r="H674" s="2" t="inlineStr">
         <is>
-          <t>broderie, moiré</t>
+          <t>broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
       <c r="A675" s="1" t="n">
         <v>58876</v>
       </c>
       <c r="B675" s="2" t="inlineStr">
         <is>
           <t>Sac du soir</t>
         </is>
       </c>
       <c r="C675" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D675" s="2"/>
       <c r="E675" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F675" s="2" t="inlineStr">
         <is>
@@ -24835,2565 +24831,2569 @@
       </c>
       <c r="D676" s="2"/>
       <c r="E676" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F676" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G676" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H676" s="2" t="inlineStr">
         <is>
           <t>mousseline, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
       <c r="A677" s="1" t="n">
-        <v>74502</v>
+        <v>59202</v>
       </c>
       <c r="B677" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Pochette du soir</t>
         </is>
       </c>
       <c r="C677" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D677" s="2"/>
       <c r="E677" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F677" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
-[...6 lines deleted...]
-      </c>
+          <t>sac</t>
+        </is>
+      </c>
+      <c r="G677" s="2"/>
       <c r="H677" s="2" t="inlineStr">
         <is>
-          <t>peint, gaze, broderie</t>
+          <t>broderie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
       <c r="A678" s="1" t="n">
-        <v>80855</v>
+        <v>73767</v>
       </c>
       <c r="B678" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C678" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D678" s="2"/>
       <c r="E678" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F678" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G678" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>coton, bois, résine synthétique</t>
         </is>
       </c>
       <c r="H678" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>imprimé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
       <c r="A679" s="1" t="n">
-        <v>80858</v>
+        <v>59479</v>
       </c>
       <c r="B679" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Pochette du soir</t>
         </is>
       </c>
       <c r="C679" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D679" s="2"/>
       <c r="E679" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F679" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
-[...6 lines deleted...]
-      </c>
+          <t>sac</t>
+        </is>
+      </c>
+      <c r="G679" s="2"/>
       <c r="H679" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="680">
       <c r="A680" s="1" t="n">
-        <v>80860</v>
+        <v>74502</v>
       </c>
       <c r="B680" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C680" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D680" s="2"/>
       <c r="E680" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F680" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G680" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, verre</t>
+          <t>gouache, bois, soie</t>
         </is>
       </c>
       <c r="H680" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="681">
       <c r="A681" s="1" t="n">
-        <v>80862</v>
+        <v>37132</v>
       </c>
       <c r="B681" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C681" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D681" s="2"/>
       <c r="E681" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F681" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G681" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H681" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="682">
       <c r="A682" s="1" t="n">
-        <v>80869</v>
+        <v>37133</v>
       </c>
       <c r="B682" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C682" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D682" s="2"/>
       <c r="E682" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F682" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G682" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H682" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>imprimé, vernis, taillé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="683">
       <c r="A683" s="1" t="n">
-        <v>80248</v>
+        <v>80869</v>
       </c>
       <c r="B683" s="2" t="inlineStr">
         <is>
-          <t>Robe à danser</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C683" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F683" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G683" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H683" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="684">
       <c r="A684" s="1" t="n">
-        <v>73767</v>
+        <v>80248</v>
       </c>
       <c r="B684" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe à danser</t>
         </is>
       </c>
       <c r="C684" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D684" s="2"/>
       <c r="E684" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F684" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G684" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, résine synthétique</t>
+          <t>matière plastique, soie</t>
         </is>
       </c>
       <c r="H684" s="2" t="inlineStr">
         <is>
-          <t>imprimé, technique de sculpture</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="685">
       <c r="A685" s="1" t="n">
-        <v>59479</v>
+        <v>80855</v>
       </c>
       <c r="B685" s="2" t="inlineStr">
         <is>
-          <t>Pochette du soir</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C685" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D685" s="2"/>
       <c r="E685" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F685" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
-[...2 lines deleted...]
-      <c r="G685" s="2"/>
+          <t>échantillon textile</t>
+        </is>
+      </c>
+      <c r="G685" s="2" t="inlineStr">
+        <is>
+          <t>soie, verre</t>
+        </is>
+      </c>
       <c r="H685" s="2" t="inlineStr">
         <is>
-          <t>moiré</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="686">
       <c r="A686" s="1" t="n">
-        <v>37132</v>
+        <v>80858</v>
       </c>
       <c r="B686" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C686" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D686" s="2"/>
       <c r="E686" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F686" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G686" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H686" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="687">
       <c r="A687" s="1" t="n">
-        <v>37133</v>
+        <v>80860</v>
       </c>
       <c r="B687" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C687" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D687" s="2"/>
       <c r="E687" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F687" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G687" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>soie, fil de métal, verre</t>
         </is>
       </c>
       <c r="H687" s="2" t="inlineStr">
         <is>
-          <t>imprimé, vernis, taillé, toile</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="688">
       <c r="A688" s="1" t="n">
-        <v>81371</v>
+        <v>80862</v>
       </c>
       <c r="B688" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C688" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D688" s="2"/>
       <c r="E688" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1960</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F688" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G688" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H688" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="689">
       <c r="A689" s="1" t="n">
-        <v>59682</v>
+        <v>59813</v>
       </c>
       <c r="B689" s="2" t="inlineStr">
         <is>
-          <t>Eventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C689" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D689" s="2"/>
       <c r="E689" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1924</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F689" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G689" s="2" t="inlineStr">
         <is>
           <t>bois, papier</t>
         </is>
       </c>
       <c r="H689" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="690">
       <c r="A690" s="1" t="n">
-        <v>59813</v>
+        <v>59832</v>
       </c>
       <c r="B690" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C690" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D690" s="2"/>
       <c r="E690" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F690" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G690" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H690" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="691">
       <c r="A691" s="1" t="n">
-        <v>59832</v>
+        <v>59710</v>
       </c>
       <c r="B691" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C691" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D691" s="2"/>
       <c r="E691" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F691" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G691" s="2" t="inlineStr">
         <is>
-          <t>ivoire, autruche</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H691" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="692">
       <c r="A692" s="1" t="n">
-        <v>59710</v>
+        <v>59833</v>
       </c>
       <c r="B692" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C692" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D692" s="2"/>
       <c r="E692" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F692" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G692" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H692" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="693">
       <c r="A693" s="1" t="n">
-        <v>59833</v>
+        <v>59834</v>
       </c>
       <c r="B693" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C693" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D693" s="2"/>
       <c r="E693" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F693" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G693" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>matière plastique, autruche</t>
         </is>
       </c>
       <c r="H693" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>moulé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="694">
       <c r="A694" s="1" t="n">
-        <v>59834</v>
+        <v>59843</v>
       </c>
       <c r="B694" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C694" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D694" s="2"/>
       <c r="E694" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F694" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G694" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, autruche</t>
+          <t>écaille, plume</t>
         </is>
       </c>
       <c r="H694" s="2" t="inlineStr">
         <is>
-          <t>moulé, teint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="695">
       <c r="A695" s="1" t="n">
-        <v>59843</v>
+        <v>59844</v>
       </c>
       <c r="B695" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C695" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D695" s="2"/>
       <c r="E695" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F695" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G695" s="2" t="inlineStr">
         <is>
-          <t>écaille, plume</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H695" s="2" t="inlineStr">
         <is>
           <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="696">
       <c r="A696" s="1" t="n">
-        <v>59844</v>
+        <v>59845</v>
       </c>
       <c r="B696" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C696" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D696" s="2"/>
       <c r="E696" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F696" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G696" s="2" t="inlineStr">
         <is>
           <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H696" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="697">
       <c r="A697" s="1" t="n">
-        <v>59845</v>
+        <v>59846</v>
       </c>
       <c r="B697" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C697" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D697" s="2"/>
       <c r="E697" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F697" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G697" s="2" t="inlineStr">
         <is>
           <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H697" s="2" t="inlineStr">
         <is>
           <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="698">
       <c r="A698" s="1" t="n">
-        <v>59846</v>
+        <v>59848</v>
       </c>
       <c r="B698" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C698" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D698" s="2"/>
       <c r="E698" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F698" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G698" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H698" s="2" t="inlineStr">
         <is>
           <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="699">
       <c r="A699" s="1" t="n">
-        <v>59848</v>
+        <v>59851</v>
       </c>
       <c r="B699" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C699" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D699" s="2"/>
       <c r="E699" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F699" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G699" s="2" t="inlineStr">
         <is>
           <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H699" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="700">
       <c r="A700" s="1" t="n">
-        <v>59851</v>
+        <v>59867</v>
       </c>
       <c r="B700" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C700" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D700" s="2"/>
       <c r="E700" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F700" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G700" s="2" t="inlineStr">
         <is>
-          <t>ivoire, autruche</t>
+          <t>plume, matière plastique</t>
         </is>
       </c>
       <c r="H700" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>collé, moulé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="701">
       <c r="A701" s="1" t="n">
-        <v>59867</v>
+        <v>59682</v>
       </c>
       <c r="B701" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Eventail cocarde</t>
         </is>
       </c>
       <c r="C701" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D701" s="2"/>
       <c r="E701" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1924</t>
         </is>
       </c>
       <c r="F701" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G701" s="2" t="inlineStr">
         <is>
-          <t>plume, matière plastique</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H701" s="2" t="inlineStr">
         <is>
-          <t>collé, moulé, teint</t>
+          <t>imprimé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="702">
       <c r="A702" s="1" t="n">
-        <v>45842</v>
+        <v>45200</v>
       </c>
       <c r="B702" s="2" t="inlineStr">
         <is>
-          <t>Sac du soir</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C702" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D702" s="2"/>
       <c r="E702" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F702" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G702" s="2" t="inlineStr">
         <is>
-          <t>soie, argent</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H702" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="703">
       <c r="A703" s="1" t="n">
-        <v>46002</v>
+        <v>81371</v>
       </c>
       <c r="B703" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C703" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D703" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D703" s="2"/>
       <c r="E703" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1923</t>
+          <t>1920 - 1960</t>
         </is>
       </c>
       <c r="F703" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G703" s="2" t="inlineStr">
         <is>
-          <t>verre, jais</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H703" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="704">
       <c r="A704" s="1" t="n">
-        <v>45200</v>
+        <v>45842</v>
       </c>
       <c r="B704" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Sac du soir</t>
         </is>
       </c>
       <c r="C704" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D704" s="2"/>
       <c r="E704" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F704" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G704" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, argent</t>
         </is>
       </c>
       <c r="H704" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="705">
       <c r="A705" s="1" t="n">
-        <v>87984</v>
+        <v>46002</v>
       </c>
       <c r="B705" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C705" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D705" s="2"/>
+      <c r="D705" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie</t>
+        </is>
+      </c>
       <c r="E705" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1923</t>
         </is>
       </c>
       <c r="F705" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G705" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>verre, jais</t>
         </is>
       </c>
       <c r="H705" s="2" t="inlineStr">
         <is>
-          <t>imprimé, technique de sculpture, toile</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="706">
       <c r="A706" s="1" t="n">
-        <v>11330</v>
+        <v>60954</v>
       </c>
       <c r="B706" s="2" t="inlineStr">
         <is>
-          <t>Linge de table brodé (grande et petite nappes, serviette)</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C706" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D706" s="2"/>
       <c r="E706" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F706" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
-[...2 lines deleted...]
-      <c r="G706" s="2"/>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G706" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H706" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="707">
       <c r="A707" s="1" t="n">
-        <v>11331</v>
+        <v>61254</v>
       </c>
       <c r="B707" s="2" t="inlineStr">
         <is>
-          <t>Linge de table brodé et ajouré (grande et petite nappes, serviette)</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C707" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D707" s="2"/>
       <c r="E707" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
-[...6 lines deleted...]
-      </c>
+          <t>1920 - 1930</t>
+        </is>
+      </c>
+      <c r="F707" s="2"/>
       <c r="G707" s="2" t="inlineStr">
         <is>
-          <t>lin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H707" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>dentelle mécanique, broderie, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="708">
       <c r="A708" s="1" t="n">
-        <v>11332</v>
+        <v>60637</v>
       </c>
       <c r="B708" s="2" t="inlineStr">
         <is>
-          <t>Linge de table brodé aux initiales de David Van Buuren (nappe et serviette)</t>
+          <t>Combinaison culotte</t>
         </is>
       </c>
       <c r="C708" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D708" s="2"/>
       <c r="E708" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F708" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
-[...2 lines deleted...]
-      <c r="G708" s="2"/>
+          <t>sous-vêtement</t>
+        </is>
+      </c>
+      <c r="G708" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H708" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>dentelle, broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="709">
       <c r="A709" s="1" t="n">
-        <v>11333</v>
+        <v>95594</v>
       </c>
       <c r="B709" s="2" t="inlineStr">
         <is>
-          <t>Nappe brodée aux initiales de David Van Buuren</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C709" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D709" s="2"/>
       <c r="E709" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F709" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
-[...2 lines deleted...]
-      <c r="G709" s="2"/>
+          <t>accessoire textile</t>
+        </is>
+      </c>
+      <c r="G709" s="2" t="inlineStr">
+        <is>
+          <t>fil de métal, soie</t>
+        </is>
+      </c>
       <c r="H709" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>imprimé, mousseline, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="710">
       <c r="A710" s="1" t="n">
-        <v>95594</v>
+        <v>87984</v>
       </c>
       <c r="B710" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C710" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D710" s="2"/>
       <c r="E710" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F710" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G710" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, soie</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H710" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline, jacquard ou façonné</t>
+          <t>imprimé, technique de sculpture, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="711">
       <c r="A711" s="1" t="n">
         <v>49559</v>
       </c>
       <c r="B711" s="2" t="inlineStr">
         <is>
           <t>Ex-voto à Notre-Dame de la Paix</t>
         </is>
       </c>
       <c r="C711" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D711" s="2" t="inlineStr">
         <is>
           <t>De Greef, Ar.</t>
         </is>
       </c>
       <c r="E711" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F711" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G711" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H711" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="712">
       <c r="A712" s="1" t="n">
-        <v>59972</v>
+        <v>58875</v>
       </c>
       <c r="B712" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C712" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D712" s="2"/>
       <c r="E712" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F712" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G712" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H712" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="713">
       <c r="A713" s="1" t="n">
         <v>58465</v>
       </c>
       <c r="B713" s="2" t="inlineStr">
         <is>
           <t>Robe à diner</t>
         </is>
       </c>
       <c r="C713" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D713" s="2"/>
       <c r="E713" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F713" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G713" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H713" s="2" t="inlineStr">
         <is>
           <t>imprimé, mousseline, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="714">
       <c r="A714" s="1" t="n">
-        <v>58875</v>
+        <v>43058</v>
       </c>
       <c r="B714" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Drapeau de la Congrégation de la Chapelle de Notre-Dame Auxiliatrice du quartier du Broeck (Anderlec</t>
         </is>
       </c>
       <c r="C714" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D714" s="2"/>
       <c r="E714" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1922</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F714" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G714" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>matière colorante, soie</t>
         </is>
       </c>
       <c r="H714" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="715">
       <c r="A715" s="1" t="n">
-        <v>80853</v>
+        <v>80235</v>
       </c>
       <c r="B715" s="2" t="inlineStr">
         <is>
-          <t>Echantillon textile</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C715" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D715" s="2"/>
       <c r="E715" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1927</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F715" s="2" t="inlineStr">
         <is>
-          <t>échantillon textile</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G715" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, verre, matière synthétique</t>
+          <t>soie, fil de métal, verre</t>
         </is>
       </c>
       <c r="H715" s="2" t="inlineStr">
         <is>
-          <t>broderie, découpé au laser, satin</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="716">
       <c r="A716" s="1" t="n">
-        <v>80235</v>
+        <v>80853</v>
       </c>
       <c r="B716" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Echantillon textile</t>
         </is>
       </c>
       <c r="C716" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1922 - 1927</t>
         </is>
       </c>
       <c r="F716" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>échantillon textile</t>
         </is>
       </c>
       <c r="G716" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, verre</t>
+          <t>fibres synthétiques, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H716" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>broderie, découpé au laser, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="717">
       <c r="A717" s="1" t="n">
-        <v>43058</v>
+        <v>59972</v>
       </c>
       <c r="B717" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Congrégation de la Chapelle de Notre-Dame Auxiliatrice du quartier du Broeck (Anderlec</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C717" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D717" s="2"/>
       <c r="E717" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F717" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G717" s="2" t="inlineStr">
         <is>
-          <t>matière colorante, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H717" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="718">
       <c r="A718" s="1" t="n">
-        <v>80240</v>
+        <v>59300</v>
       </c>
       <c r="B718" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C718" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D718" s="2"/>
       <c r="E718" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F718" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G718" s="2" t="inlineStr">
         <is>
-          <t>soie, matière synthétique, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H718" s="2" t="inlineStr">
         <is>
-          <t>velours, crêpe, broderie</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="719">
       <c r="A719" s="1" t="n">
-        <v>59300</v>
+        <v>80240</v>
       </c>
       <c r="B719" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C719" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D719" s="2"/>
       <c r="E719" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F719" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G719" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, matière synthétique, métal</t>
         </is>
       </c>
       <c r="H719" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>velours, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="720">
       <c r="A720" s="1" t="n">
-        <v>59976</v>
+        <v>37050</v>
       </c>
       <c r="B720" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir "Fontaine lumineuse"</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C720" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D720" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D720" s="2"/>
       <c r="E720" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1925</t>
+          <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F720" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G720" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H720" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="721">
       <c r="A721" s="1" t="n">
-        <v>37050</v>
+        <v>45454</v>
       </c>
       <c r="B721" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C721" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D721" s="2"/>
       <c r="E721" s="2" t="inlineStr">
         <is>
           <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F721" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G721" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>pâte de verre, matière synthétique, soie</t>
         </is>
       </c>
       <c r="H721" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="722">
       <c r="A722" s="1" t="n">
-        <v>45454</v>
+        <v>59976</v>
       </c>
       <c r="B722" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe du soir "Fontaine lumineuse"</t>
         </is>
       </c>
       <c r="C722" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D722" s="2"/>
+      <c r="D722" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Lanvin, Jeanne</t>
+        </is>
+      </c>
       <c r="E722" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1926</t>
+          <t>1924 - 1925</t>
         </is>
       </c>
       <c r="F722" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G722" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre, matière synthétique, soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H722" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="723">
       <c r="A723" s="1" t="n">
-        <v>59975</v>
+        <v>53946</v>
       </c>
       <c r="B723" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C723" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D723" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D723" s="2"/>
       <c r="E723" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1926</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F723" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G723" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H723" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="724">
       <c r="A724" s="1" t="n">
-        <v>53946</v>
+        <v>53950</v>
       </c>
       <c r="B724" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C724" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D724" s="2"/>
       <c r="E724" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F724" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G724" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>soie, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H724" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="725">
       <c r="A725" s="1" t="n">
-        <v>53950</v>
+        <v>58464</v>
       </c>
       <c r="B725" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C725" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D725" s="2"/>
       <c r="E725" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F725" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G725" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière synthétique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H725" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="726">
       <c r="A726" s="1" t="n">
-        <v>37110</v>
+        <v>58467</v>
       </c>
       <c r="B726" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C726" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D726" s="2"/>
       <c r="E726" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1927</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F726" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G726" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H726" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="727">
       <c r="A727" s="1" t="n">
-        <v>37119</v>
+        <v>78101</v>
       </c>
       <c r="B727" s="2" t="inlineStr">
         <is>
-          <t>Escarpins</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C727" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D727" s="2"/>
       <c r="E727" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1935</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F727" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G727" s="2" t="inlineStr">
         <is>
-          <t>cuir, serpent</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H727" s="2" t="inlineStr">
         <is>
-          <t>vernis</t>
+          <t>broderie, macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="728">
       <c r="A728" s="1" t="n">
-        <v>31084</v>
+        <v>59481</v>
       </c>
       <c r="B728" s="2" t="inlineStr">
         <is>
-          <t>Robe charleston</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C728" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D728" s="2"/>
       <c r="E728" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1927</t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F728" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G728" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H728" s="2" t="inlineStr">
         <is>
-          <t>mousseline, broderie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="729">
       <c r="A729" s="1" t="n">
-        <v>58467</v>
+        <v>59482</v>
       </c>
       <c r="B729" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C729" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D729" s="2"/>
       <c r="E729" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F729" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G729" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H729" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>imprimé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="730">
       <c r="A730" s="1" t="n">
-        <v>58464</v>
+        <v>37144</v>
       </c>
       <c r="B730" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Robe tablier</t>
         </is>
       </c>
       <c r="C730" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D730" s="2"/>
       <c r="E730" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F730" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G730" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H730" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="731">
       <c r="A731" s="1" t="n">
-        <v>80085</v>
+        <v>43053</v>
       </c>
       <c r="B731" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Drapeau de la congrégation de la sainte Vierge d'Anderlecht</t>
         </is>
       </c>
       <c r="C731" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D731" s="2"/>
       <c r="E731" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1950</t>
         </is>
       </c>
       <c r="F731" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G731" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, matière synthétique</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H731" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="732">
       <c r="A732" s="1" t="n">
-        <v>80103</v>
+        <v>80249</v>
       </c>
       <c r="B732" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C732" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D732" s="2"/>
       <c r="E732" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F732" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G732" s="2" t="inlineStr">
         <is>
-          <t>pâte de verre, soie, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H732" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="733">
       <c r="A733" s="1" t="n">
-        <v>80108</v>
+        <v>80081</v>
       </c>
       <c r="B733" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C733" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D733" s="2"/>
       <c r="E733" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F733" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G733" s="2" t="inlineStr">
         <is>
-          <t>soie, verre, plume</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H733" s="2" t="inlineStr">
         <is>
-          <t>broderie, mousseline</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="734">
       <c r="A734" s="1" t="n">
-        <v>80109</v>
+        <v>80082</v>
       </c>
       <c r="B734" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C734" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D734" s="2"/>
       <c r="E734" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F734" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G734" s="2" t="inlineStr">
         <is>
           <t>soie, verre</t>
         </is>
       </c>
       <c r="H734" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="735">
       <c r="A735" s="1" t="n">
-        <v>80110</v>
+        <v>80085</v>
       </c>
       <c r="B735" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C735" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D735" s="2"/>
       <c r="E735" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F735" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G735" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>soie, verre, matière synthétique</t>
         </is>
       </c>
       <c r="H735" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="736">
       <c r="A736" s="1" t="n">
-        <v>80221</v>
+        <v>80103</v>
       </c>
       <c r="B736" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C736" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D736" s="2"/>
       <c r="E736" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F736" s="2" t="inlineStr">
         <is>
-          <t>robe, sous-vêtement</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G736" s="2" t="inlineStr">
         <is>
-          <t>soie, métal, verre</t>
+          <t>pâte de verre, soie, matière synthétique</t>
         </is>
       </c>
       <c r="H736" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tulle, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="737">
       <c r="A737" s="1" t="n">
-        <v>80249</v>
+        <v>80108</v>
       </c>
       <c r="B737" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C737" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D737" s="2"/>
       <c r="E737" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F737" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G737" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre, plume</t>
         </is>
       </c>
       <c r="H737" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="738">
       <c r="A738" s="1" t="n">
-        <v>78101</v>
+        <v>80109</v>
       </c>
       <c r="B738" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C738" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D738" s="2"/>
       <c r="E738" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F738" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G738" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H738" s="2" t="inlineStr">
         <is>
-          <t>broderie, macramé</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="739">
       <c r="A739" s="1" t="n">
-        <v>80081</v>
+        <v>80110</v>
       </c>
       <c r="B739" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C739" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D739" s="2"/>
       <c r="E739" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F739" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G739" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H739" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="740">
       <c r="A740" s="1" t="n">
-        <v>80082</v>
+        <v>80221</v>
       </c>
       <c r="B740" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C740" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D740" s="2"/>
       <c r="E740" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F740" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe, sous-vêtement</t>
         </is>
       </c>
       <c r="G740" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie, métal, verre</t>
         </is>
       </c>
       <c r="H740" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="741">
       <c r="A741" s="1" t="n">
-        <v>59481</v>
+        <v>37110</v>
       </c>
       <c r="B741" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C741" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D741" s="2"/>
       <c r="E741" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1927</t>
         </is>
       </c>
       <c r="F741" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G741" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H741" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="742">
       <c r="A742" s="1" t="n">
-        <v>59482</v>
+        <v>37119</v>
       </c>
       <c r="B742" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Escarpins</t>
         </is>
       </c>
       <c r="C742" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D742" s="2"/>
       <c r="E742" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F742" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G742" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>cuir, serpent</t>
         </is>
       </c>
       <c r="H742" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé</t>
+          <t>vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="743">
       <c r="A743" s="1" t="n">
-        <v>37144</v>
+        <v>31084</v>
       </c>
       <c r="B743" s="2" t="inlineStr">
         <is>
-          <t>Robe tablier</t>
+          <t>Robe charleston</t>
         </is>
       </c>
       <c r="C743" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D743" s="2"/>
       <c r="E743" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - 1927</t>
         </is>
       </c>
       <c r="F743" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G743" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H743" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="744">
       <c r="A744" s="1" t="n">
-        <v>43053</v>
+        <v>81357</v>
       </c>
       <c r="B744" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la congrégation de la sainte Vierge d'Anderlecht</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C744" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D744" s="2"/>
       <c r="E744" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1950</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F744" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G744" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H744" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, taffetas</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="745">
       <c r="A745" s="1" t="n">
-        <v>81357</v>
+        <v>45448</v>
       </c>
       <c r="B745" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C745" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D745" s="2"/>
       <c r="E745" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F745" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G745" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>perle</t>
         </is>
       </c>
       <c r="H745" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="746">
       <c r="A746" s="1" t="n">
-        <v>45448</v>
+        <v>59975</v>
       </c>
       <c r="B746" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C746" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D746" s="2"/>
+      <c r="D746" s="2" t="inlineStr">
+        <is>
+          <t>Jean Patou,  / Patou, Jean</t>
+        </is>
+      </c>
       <c r="E746" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1926</t>
         </is>
       </c>
       <c r="F746" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G746" s="2" t="inlineStr">
         <is>
-          <t>perle</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H746" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie</t>
+          <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="747">
       <c r="A747" s="1" t="n">
         <v>87999</v>
       </c>
       <c r="B747" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C747" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D747" s="2"/>
       <c r="E747" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F747" s="2" t="inlineStr">
         <is>
@@ -27427,3585 +27427,3585 @@
       </c>
       <c r="D748" s="2"/>
       <c r="E748" s="2" t="inlineStr">
         <is>
           <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F748" s="2" t="inlineStr">
         <is>
           <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G748" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H748" s="2" t="inlineStr">
         <is>
           <t>toile, tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="749">
       <c r="A749" s="1" t="n">
-        <v>60021</v>
+        <v>58462</v>
       </c>
       <c r="B749" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Manteau du soir</t>
         </is>
       </c>
       <c r="C749" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D749" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D749" s="2"/>
       <c r="E749" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F749" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G749" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie, autruche</t>
         </is>
       </c>
       <c r="H749" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="750">
       <c r="A750" s="1" t="n">
-        <v>58462</v>
+        <v>45977</v>
       </c>
       <c r="B750" s="2" t="inlineStr">
         <is>
-          <t>Manteau du soir</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C750" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D750" s="2"/>
       <c r="E750" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1926 - 1927</t>
         </is>
       </c>
       <c r="F750" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G750" s="2" t="inlineStr">
         <is>
-          <t>soie, autruche</t>
+          <t>métal, soie, verre</t>
         </is>
       </c>
       <c r="H750" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="751">
       <c r="A751" s="1" t="n">
-        <v>45977</v>
+        <v>60021</v>
       </c>
       <c r="B751" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C751" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D751" s="2"/>
+      <c r="D751" s="2" t="inlineStr">
+        <is>
+          <t>Patou, Jean / Jean Patou</t>
+        </is>
+      </c>
       <c r="E751" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1927</t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F751" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G751" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, verre</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H751" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="752">
       <c r="A752" s="1" t="n">
-        <v>61365</v>
+        <v>59152</v>
       </c>
       <c r="B752" s="2" t="inlineStr">
         <is>
-          <t>Bonnet</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C752" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D752" s="2"/>
       <c r="E752" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F752" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G752" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H752" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle aux fuseaux</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="753">
       <c r="A753" s="1" t="n">
-        <v>37114</v>
+        <v>43057</v>
       </c>
       <c r="B753" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Drapeau de la Ligue des femmes d'Anderlecht</t>
         </is>
       </c>
       <c r="C753" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D753" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D753" s="2" t="inlineStr">
+        <is>
+          <t>Colle,  L.</t>
+        </is>
+      </c>
       <c r="E753" s="2" t="inlineStr">
         <is>
-          <t>1927 - 1930</t>
+          <t>1927 - </t>
         </is>
       </c>
       <c r="F753" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G753" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>matière colorante</t>
         </is>
       </c>
       <c r="H753" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="754">
       <c r="A754" s="1" t="n">
-        <v>59152</v>
+        <v>37134</v>
       </c>
       <c r="B754" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C754" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D754" s="2"/>
       <c r="E754" s="2" t="inlineStr">
         <is>
-          <t>1927 - </t>
+          <t>1927 - 1929</t>
         </is>
       </c>
       <c r="F754" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G754" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H754" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="755">
       <c r="A755" s="1" t="n">
-        <v>43057</v>
+        <v>37114</v>
       </c>
       <c r="B755" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Ligue des femmes d'Anderlecht</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C755" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D755" s="2"/>
       <c r="E755" s="2" t="inlineStr">
         <is>
-          <t>1927 - </t>
+          <t>1927 - 1930</t>
         </is>
       </c>
       <c r="F755" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G755" s="2" t="inlineStr">
         <is>
-          <t>matière colorante</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H755" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="756">
       <c r="A756" s="1" t="n">
-        <v>37134</v>
+        <v>61365</v>
       </c>
       <c r="B756" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Bonnet</t>
         </is>
       </c>
       <c r="C756" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D756" s="2"/>
       <c r="E756" s="2" t="inlineStr">
         <is>
-          <t>1927 - 1929</t>
+          <t>1927 - </t>
         </is>
       </c>
       <c r="F756" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire de coiffure</t>
         </is>
       </c>
       <c r="G756" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H756" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>broderie, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="757">
       <c r="A757" s="1" t="n">
         <v>62518</v>
       </c>
       <c r="B757" s="2" t="inlineStr">
         <is>
           <t>Châle </t>
         </is>
       </c>
       <c r="C757" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D757" s="2"/>
       <c r="E757" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F757" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G757" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H757" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="758">
       <c r="A758" s="1" t="n">
-        <v>37130</v>
+        <v>11324</v>
       </c>
       <c r="B758" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Couverture de piano</t>
         </is>
       </c>
       <c r="C758" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D758" s="2"/>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D758" s="2" t="inlineStr">
+        <is>
+          <t>Gidding,  Jaap</t>
+        </is>
+      </c>
       <c r="E758" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1935</t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F758" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>nappage</t>
         </is>
       </c>
       <c r="G758" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H758" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="759">
       <c r="A759" s="1" t="n">
-        <v>37153</v>
+        <v>11334</v>
       </c>
       <c r="B759" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe du soir et cape</t>
+          <t>Ensemble de tentures</t>
         </is>
       </c>
       <c r="C759" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D759" s="2"/>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D759" s="2" t="inlineStr">
+        <is>
+          <t>Gidding,  Jaap</t>
+        </is>
+      </c>
       <c r="E759" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F759" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>tenture</t>
         </is>
       </c>
       <c r="G759" s="2" t="inlineStr">
         <is>
-          <t>verre, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H759" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="760">
       <c r="A760" s="1" t="n">
-        <v>11324</v>
+        <v>11335</v>
       </c>
       <c r="B760" s="2" t="inlineStr">
         <is>
-          <t>Couverture de piano</t>
+          <t>napperon</t>
         </is>
       </c>
       <c r="C760" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D760" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E760" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F760" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G760" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H760" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="761">
       <c r="A761" s="1" t="n">
-        <v>11334</v>
+        <v>37130</v>
       </c>
       <c r="B761" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de tentures</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C761" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D761" s="2"/>
       <c r="E761" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - 1935</t>
         </is>
       </c>
       <c r="F761" s="2" t="inlineStr">
         <is>
-          <t>tenture</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G761" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H761" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="762">
       <c r="A762" s="1" t="n">
-        <v>11335</v>
+        <v>37153</v>
       </c>
       <c r="B762" s="2" t="inlineStr">
         <is>
-          <t>napperon</t>
+          <t>Ensemble robe du soir et cape</t>
         </is>
       </c>
       <c r="C762" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D762" s="2"/>
       <c r="E762" s="2" t="inlineStr">
         <is>
-          <t>1928 - 1929</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F762" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G762" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre, fil de métal</t>
         </is>
       </c>
       <c r="H762" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="763">
       <c r="A763" s="1" t="n">
-        <v>37113</v>
+        <v>69847</v>
       </c>
       <c r="B763" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C763" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D763" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D763" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E763" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F763" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...6 lines deleted...]
-      </c>
+          <t>costume, costume et parure</t>
+        </is>
+      </c>
+      <c r="G763" s="2"/>
       <c r="H763" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="764">
       <c r="A764" s="1" t="n">
-        <v>100333</v>
+        <v>69855</v>
       </c>
       <c r="B764" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C764" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D764" s="2" t="inlineStr">
         <is>
-          <t>Fortuny, Mariano</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E764" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F764" s="2" t="inlineStr">
         <is>
-          <t>robe longue, ceinture, accessoire de coiffure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G764" s="2" t="inlineStr">
         <is>
-          <t>soie, verre de Murano</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H764" s="2" t="inlineStr">
         <is>
-          <t>plissé, taffetas, imprimé, satin</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="765">
       <c r="A765" s="1" t="n">
-        <v>31081</v>
+        <v>69864</v>
       </c>
       <c r="B765" s="2" t="inlineStr">
         <is>
-          <t>Sac</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C765" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D765" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D765" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E765" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1931</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F765" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G765" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>laine, peinture</t>
         </is>
       </c>
       <c r="H765" s="2" t="inlineStr">
         <is>
-          <t>teint, moulé, coulé à moule ouvert, moiré</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="766">
       <c r="A766" s="1" t="n">
-        <v>69847</v>
+        <v>69865</v>
       </c>
       <c r="B766" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C766" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D766" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E766" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F766" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
-      <c r="G766" s="2"/>
+      <c r="G766" s="2" t="inlineStr">
+        <is>
+          <t>laine, peinture</t>
+        </is>
+      </c>
       <c r="H766" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="767">
       <c r="A767" s="1" t="n">
-        <v>69855</v>
+        <v>11329</v>
       </c>
       <c r="B767" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Huit modèles différents de serviettes de table brodées aux initiales de David Van Buuren</t>
         </is>
       </c>
       <c r="C767" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D767" s="2"/>
       <c r="E767" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F767" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
-[...6 lines deleted...]
-      </c>
+          <t>nappage</t>
+        </is>
+      </c>
+      <c r="G767" s="2"/>
       <c r="H767" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="768">
       <c r="A768" s="1" t="n">
-        <v>69864</v>
+        <v>30698</v>
       </c>
       <c r="B768" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Drapeau de l'organisation Jeunesse Ouvrière Chrétienne, section du Béguinage de Bruxelles</t>
         </is>
       </c>
       <c r="C768" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D768" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Vermeersch,  G.</t>
         </is>
       </c>
       <c r="E768" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F768" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G768" s="2" t="inlineStr">
         <is>
-          <t>laine, peinture</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H768" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'impression, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="769">
       <c r="A769" s="1" t="n">
-        <v>69865</v>
+        <v>30699</v>
       </c>
       <c r="B769" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Drapeau de la Ligue du Sacré-Coeur de la paroisse du Béguinage de Bruxelles</t>
         </is>
       </c>
       <c r="C769" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D769" s="2"/>
       <c r="E769" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F769" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G769" s="2" t="inlineStr">
         <is>
-          <t>laine, peinture</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H769" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'impression, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="770">
       <c r="A770" s="1" t="n">
-        <v>70027</v>
+        <v>30700</v>
       </c>
       <c r="B770" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Drapeau de l'organisation Jeunesse Ouvrière Chrétienne, section du Béguinage de Bruxelles</t>
         </is>
       </c>
       <c r="C770" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D770" s="2"/>
       <c r="E770" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F770" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G770" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H770" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="771">
       <c r="A771" s="1" t="n">
-        <v>69870</v>
+        <v>100333</v>
       </c>
       <c r="B771" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C771" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D771" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Fortuny, Mariano</t>
         </is>
       </c>
       <c r="E771" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F771" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>robe longue, ceinture, accessoire de coiffure</t>
         </is>
       </c>
       <c r="G771" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>soie, verre de Murano</t>
         </is>
       </c>
       <c r="H771" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>plissé, taffetas, imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="772">
       <c r="A772" s="1" t="n">
-        <v>70029</v>
+        <v>70047</v>
       </c>
       <c r="B772" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C772" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D772" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E772" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F772" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G772" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H772" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="773">
       <c r="A773" s="1" t="n">
-        <v>69871</v>
+        <v>69891</v>
       </c>
       <c r="B773" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C773" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D773" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E773" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F773" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G773" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H773" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="774">
       <c r="A774" s="1" t="n">
-        <v>70030</v>
+        <v>70051</v>
       </c>
       <c r="B774" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C774" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D774" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E774" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F774" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G774" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H774" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="775">
       <c r="A775" s="1" t="n">
-        <v>69873</v>
+        <v>69896</v>
       </c>
       <c r="B775" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C775" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D775" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E775" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F775" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G775" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H775" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="776">
       <c r="A776" s="1" t="n">
-        <v>70032</v>
+        <v>70059</v>
       </c>
       <c r="B776" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C776" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D776" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E776" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F776" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G776" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H776" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="777">
       <c r="A777" s="1" t="n">
-        <v>69876</v>
+        <v>69897</v>
       </c>
       <c r="B777" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C777" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D777" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E777" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F777" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G777" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H777" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="778">
       <c r="A778" s="1" t="n">
-        <v>70034</v>
+        <v>70061</v>
       </c>
       <c r="B778" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C778" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D778" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E778" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F778" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G778" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H778" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="779">
       <c r="A779" s="1" t="n">
-        <v>69878</v>
+        <v>69901</v>
       </c>
       <c r="B779" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C779" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D779" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E779" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F779" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G779" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, brocart</t>
         </is>
       </c>
       <c r="H779" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="780">
       <c r="A780" s="1" t="n">
-        <v>70036</v>
+        <v>70064</v>
       </c>
       <c r="B780" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C780" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D780" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E780" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F780" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G780" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture, laine, métal</t>
         </is>
       </c>
       <c r="H780" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="781">
       <c r="A781" s="1" t="n">
-        <v>69879</v>
+        <v>69902</v>
       </c>
       <c r="B781" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C781" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D781" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E781" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F781" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G781" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H781" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="782">
       <c r="A782" s="1" t="n">
-        <v>70044</v>
+        <v>70067</v>
       </c>
       <c r="B782" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C782" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D782" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E782" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F782" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G782" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, brocart</t>
         </is>
       </c>
       <c r="H782" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="783">
       <c r="A783" s="1" t="n">
-        <v>69880</v>
+        <v>69903</v>
       </c>
       <c r="B783" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C783" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D783" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E783" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F783" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G783" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H783" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="784">
       <c r="A784" s="1" t="n">
-        <v>70045</v>
+        <v>70068</v>
       </c>
       <c r="B784" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C784" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D784" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E784" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F784" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G784" s="2" t="inlineStr">
         <is>
-          <t>coton, laine</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H784" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="785">
       <c r="A785" s="1" t="n">
-        <v>69881</v>
+        <v>69904</v>
       </c>
       <c r="B785" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C785" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D785" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E785" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F785" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G785" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H785" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="786">
       <c r="A786" s="1" t="n">
-        <v>70046</v>
+        <v>70069</v>
       </c>
       <c r="B786" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C786" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D786" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E786" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F786" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G786" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H786" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="787">
       <c r="A787" s="1" t="n">
-        <v>69890</v>
+        <v>69907</v>
       </c>
       <c r="B787" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
         </is>
       </c>
       <c r="C787" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D787" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E787" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F787" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G787" s="2" t="inlineStr">
         <is>
           <t>coton, peinture</t>
         </is>
       </c>
       <c r="H787" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="788">
       <c r="A788" s="1" t="n">
-        <v>70047</v>
+        <v>70070</v>
       </c>
       <c r="B788" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C788" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D788" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E788" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F788" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G788" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H788" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="789">
       <c r="A789" s="1" t="n">
-        <v>69891</v>
+        <v>69916</v>
       </c>
       <c r="B789" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C789" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D789" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E789" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F789" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G789" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H789" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="790">
       <c r="A790" s="1" t="n">
-        <v>70051</v>
+        <v>70073</v>
       </c>
       <c r="B790" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C790" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D790" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E790" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F790" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G790" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H790" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="791">
       <c r="A791" s="1" t="n">
-        <v>69896</v>
+        <v>69917</v>
       </c>
       <c r="B791" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C791" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D791" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E791" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F791" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G791" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H791" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="792">
       <c r="A792" s="1" t="n">
-        <v>70059</v>
+        <v>70078</v>
       </c>
       <c r="B792" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C792" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D792" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E792" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F792" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G792" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H792" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="793">
       <c r="A793" s="1" t="n">
-        <v>69897</v>
+        <v>69918</v>
       </c>
       <c r="B793" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C793" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D793" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E793" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F793" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G793" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, métal</t>
         </is>
       </c>
       <c r="H793" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="794">
       <c r="A794" s="1" t="n">
-        <v>70061</v>
+        <v>70081</v>
       </c>
       <c r="B794" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C794" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D794" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E794" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F794" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G794" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H794" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="795">
       <c r="A795" s="1" t="n">
-        <v>69901</v>
+        <v>69920</v>
       </c>
       <c r="B795" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C795" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D795" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E795" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F795" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G795" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, brocart</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H795" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="796">
       <c r="A796" s="1" t="n">
-        <v>70064</v>
+        <v>70082</v>
       </c>
       <c r="B796" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C796" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D796" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E796" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F796" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G796" s="2" t="inlineStr">
         <is>
-          <t>peinture, laine, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H796" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="797">
       <c r="A797" s="1" t="n">
-        <v>69902</v>
+        <v>69923</v>
       </c>
       <c r="B797" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C797" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D797" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E797" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F797" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G797" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, carton, bois</t>
         </is>
       </c>
       <c r="H797" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="798">
       <c r="A798" s="1" t="n">
-        <v>70067</v>
+        <v>70084</v>
       </c>
       <c r="B798" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C798" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D798" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E798" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F798" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G798" s="2" t="inlineStr">
         <is>
-          <t>coton, brocart</t>
+          <t>coton, encre</t>
         </is>
       </c>
       <c r="H798" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, broderie, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="799">
       <c r="A799" s="1" t="n">
-        <v>69903</v>
+        <v>69939</v>
       </c>
       <c r="B799" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C799" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D799" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E799" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F799" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G799" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H799" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="800">
       <c r="A800" s="1" t="n">
-        <v>70068</v>
+        <v>70085</v>
       </c>
       <c r="B800" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C800" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D800" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E800" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F800" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G800" s="2" t="inlineStr">
         <is>
-          <t>coton, métal</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H800" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="801">
       <c r="A801" s="1" t="n">
-        <v>69904</v>
+        <v>69944</v>
       </c>
       <c r="B801" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C801" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D801" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E801" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F801" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G801" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>métal, peinture</t>
         </is>
       </c>
       <c r="H801" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="802">
       <c r="A802" s="1" t="n">
-        <v>70069</v>
+        <v>70086</v>
       </c>
       <c r="B802" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C802" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D802" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E802" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F802" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G802" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H802" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="803">
       <c r="A803" s="1" t="n">
-        <v>69907</v>
+        <v>69945</v>
       </c>
       <c r="B803" s="2" t="inlineStr">
         <is>
-          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C803" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D803" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E803" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F803" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G803" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H803" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="804">
       <c r="A804" s="1" t="n">
-        <v>70070</v>
+        <v>69948</v>
       </c>
       <c r="B804" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C804" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D804" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E804" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F804" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G804" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H804" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="805">
       <c r="A805" s="1" t="n">
-        <v>69916</v>
+        <v>69949</v>
       </c>
       <c r="B805" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C805" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D805" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E805" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F805" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G805" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H805" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="806">
       <c r="A806" s="1" t="n">
-        <v>70073</v>
+        <v>69953</v>
       </c>
       <c r="B806" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C806" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D806" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E806" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F806" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G806" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H806" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="807">
       <c r="A807" s="1" t="n">
-        <v>69917</v>
+        <v>69959</v>
       </c>
       <c r="B807" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C807" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D807" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D807" s="2"/>
       <c r="E807" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F807" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G807" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie, plume, matière synthétique</t>
         </is>
       </c>
       <c r="H807" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="808">
       <c r="A808" s="1" t="n">
-        <v>70078</v>
+        <v>69973</v>
       </c>
       <c r="B808" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C808" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D808" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E808" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F808" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>accessoire de coiffure et chapeau, costume et parure</t>
         </is>
       </c>
       <c r="G808" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, plume</t>
         </is>
       </c>
       <c r="H808" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="809">
       <c r="A809" s="1" t="n">
-        <v>69918</v>
+        <v>70023</v>
       </c>
       <c r="B809" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C809" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D809" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E809" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F809" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G809" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H809" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="810">
       <c r="A810" s="1" t="n">
-        <v>70081</v>
+        <v>69866</v>
       </c>
       <c r="B810" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C810" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D810" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E810" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F810" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G810" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H810" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="811">
       <c r="A811" s="1" t="n">
-        <v>69920</v>
+        <v>70027</v>
       </c>
       <c r="B811" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C811" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D811" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E811" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F811" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G811" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H811" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="812">
       <c r="A812" s="1" t="n">
-        <v>70082</v>
+        <v>69870</v>
       </c>
       <c r="B812" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C812" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D812" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E812" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F812" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G812" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H812" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="813">
       <c r="A813" s="1" t="n">
-        <v>69923</v>
+        <v>70029</v>
       </c>
       <c r="B813" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C813" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D813" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E813" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F813" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G813" s="2" t="inlineStr">
         <is>
-          <t>coton, carton, bois</t>
+          <t>coton, métal</t>
         </is>
       </c>
       <c r="H813" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="814">
       <c r="A814" s="1" t="n">
-        <v>70084</v>
+        <v>69871</v>
       </c>
       <c r="B814" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C814" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D814" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E814" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F814" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G814" s="2" t="inlineStr">
         <is>
-          <t>coton, encre</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H814" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, broderie, dessin</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="815">
       <c r="A815" s="1" t="n">
-        <v>69939</v>
+        <v>70030</v>
       </c>
       <c r="B815" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C815" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D815" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E815" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F815" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G815" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H815" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="816">
       <c r="A816" s="1" t="n">
-        <v>70085</v>
+        <v>69873</v>
       </c>
       <c r="B816" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C816" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D816" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E816" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F816" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G816" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H816" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="817">
       <c r="A817" s="1" t="n">
-        <v>69944</v>
+        <v>70032</v>
       </c>
       <c r="B817" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C817" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D817" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E817" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F817" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G817" s="2" t="inlineStr">
         <is>
-          <t>métal, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H817" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="818">
       <c r="A818" s="1" t="n">
-        <v>70086</v>
+        <v>69876</v>
       </c>
       <c r="B818" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C818" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D818" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E818" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F818" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G818" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H818" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="819">
       <c r="A819" s="1" t="n">
-        <v>69945</v>
+        <v>70034</v>
       </c>
       <c r="B819" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C819" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D819" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E819" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F819" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G819" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H819" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="820">
       <c r="A820" s="1" t="n">
-        <v>69948</v>
+        <v>69878</v>
       </c>
       <c r="B820" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C820" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D820" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E820" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F820" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G820" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H820" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="821">
       <c r="A821" s="1" t="n">
-        <v>69949</v>
+        <v>70036</v>
       </c>
       <c r="B821" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C821" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D821" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E821" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F821" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G821" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H821" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="822">
       <c r="A822" s="1" t="n">
-        <v>69953</v>
+        <v>69879</v>
       </c>
       <c r="B822" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C822" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D822" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E822" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F822" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G822" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H822" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="823">
       <c r="A823" s="1" t="n">
-        <v>69959</v>
+        <v>70044</v>
       </c>
       <c r="B823" s="2" t="inlineStr">
         <is>
-          <t>Costume de Charles Quint pour  l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C823" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D823" s="2"/>
+      <c r="D823" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E823" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F823" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G823" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, plume, matière synthétique</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H823" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="824">
       <c r="A824" s="1" t="n">
-        <v>69973</v>
+        <v>69880</v>
       </c>
       <c r="B824" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C824" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D824" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E824" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F824" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau, costume et parure</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G824" s="2" t="inlineStr">
         <is>
-          <t>coton, plume</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H824" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="825">
       <c r="A825" s="1" t="n">
-        <v>70023</v>
+        <v>70045</v>
       </c>
       <c r="B825" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C825" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D825" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E825" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F825" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G825" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton, laine</t>
         </is>
       </c>
       <c r="H825" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="826">
       <c r="A826" s="1" t="n">
-        <v>69866</v>
+        <v>69881</v>
       </c>
       <c r="B826" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C826" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D826" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E826" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F826" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G826" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H826" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="827">
       <c r="A827" s="1" t="n">
-        <v>58024</v>
+        <v>70046</v>
       </c>
       <c r="B827" s="2" t="inlineStr">
         <is>
-          <t>Robe d'après-midi</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C827" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D827" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D827" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E827" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1932</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F827" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G827" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H827" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>couture, tissage, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="828">
       <c r="A828" s="1" t="n">
-        <v>81322</v>
+        <v>69890</v>
       </c>
       <c r="B828" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C828" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D828" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D828" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E828" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F828" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G828" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H828" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="829">
       <c r="A829" s="1" t="n">
-        <v>80717</v>
+        <v>58024</v>
       </c>
       <c r="B829" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Robe d'après-midi</t>
         </is>
       </c>
       <c r="C829" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D829" s="2"/>
       <c r="E829" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1935</t>
+          <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F829" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G829" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H829" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, tulle</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="830">
       <c r="A830" s="1" t="n">
         <v>37156</v>
       </c>
       <c r="B830" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe et boléro</t>
         </is>
       </c>
       <c r="C830" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D830" s="2" t="inlineStr">
         <is>
           <t>Chanel, Gabrielle / Chanel</t>
         </is>
       </c>
       <c r="E830" s="2" t="inlineStr">
         <is>
           <t>1930 - 1931</t>
         </is>
       </c>
       <c r="F830" s="2" t="inlineStr">
         <is>
           <t>robe longue, deux pièces</t>
         </is>
       </c>
       <c r="G830" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H830" s="2" t="inlineStr">
         <is>
           <t>broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="831">
       <c r="A831" s="1" t="n">
-        <v>81479</v>
+        <v>81322</v>
       </c>
       <c r="B831" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C831" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D831" s="2"/>
       <c r="E831" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F831" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G831" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H831" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="832">
       <c r="A832" s="1" t="n">
-        <v>81480</v>
+        <v>80717</v>
       </c>
       <c r="B832" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C832" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D832" s="2"/>
       <c r="E832" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
+          <t>1930 - 1935</t>
         </is>
       </c>
       <c r="F832" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G832" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>matière synthétique, soie</t>
         </is>
       </c>
       <c r="H832" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>broderie, crêpe, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="833">
       <c r="A833" s="1" t="n">
-        <v>81481</v>
+        <v>37113</v>
       </c>
       <c r="B833" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C833" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D833" s="2"/>
       <c r="E833" s="2" t="inlineStr">
         <is>
           <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F833" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G833" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H833" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="834">
       <c r="A834" s="1" t="n">
-        <v>81356</v>
+        <v>31081</v>
       </c>
       <c r="B834" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Sac</t>
         </is>
       </c>
       <c r="C834" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D834" s="2"/>
       <c r="E834" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - 1931</t>
         </is>
       </c>
       <c r="F834" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G834" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir, métal</t>
         </is>
       </c>
       <c r="H834" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>teint, moulé, coulé à moule ouvert, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="835">
       <c r="A835" s="1" t="n">
-        <v>43696</v>
+        <v>81479</v>
       </c>
       <c r="B835" s="2" t="inlineStr">
         <is>
-          <t>Source du Maelbeek dans le petit étang de l’ancienne abbaye de la Cambre</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C835" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D835" s="2"/>
       <c r="E835" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F835" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G835" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, toile, peinture à l'huile</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H835" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, peint</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="836">
       <c r="A836" s="1" t="n">
-        <v>11329</v>
+        <v>81480</v>
       </c>
       <c r="B836" s="2" t="inlineStr">
         <is>
-          <t>Huit modèles différents de serviettes de table brodées aux initiales de David Van Buuren</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C836" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D836" s="2"/>
       <c r="E836" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F836" s="2" t="inlineStr">
         <is>
-          <t>nappage</t>
-[...2 lines deleted...]
-      <c r="G836" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G836" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H836" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="837">
       <c r="A837" s="1" t="n">
-        <v>30698</v>
+        <v>81481</v>
       </c>
       <c r="B837" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de l'organisation Jeunesse Ouvrière Chrétienne, section du Béguinage de Bruxelles</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C837" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D837" s="2"/>
       <c r="E837" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1939</t>
         </is>
       </c>
       <c r="F837" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G837" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H837" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, broderie, tissage</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="838">
       <c r="A838" s="1" t="n">
-        <v>30699</v>
+        <v>81356</v>
       </c>
       <c r="B838" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Ligue du Sacré-Coeur de la paroisse du Béguinage de Bruxelles</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C838" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D838" s="2"/>
       <c r="E838" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F838" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G838" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H838" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, broderie, tissage</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="839">
       <c r="A839" s="1" t="n">
-        <v>30700</v>
+        <v>43696</v>
       </c>
       <c r="B839" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de l'organisation Jeunesse Ouvrière Chrétienne, section du Béguinage de Bruxelles</t>
+          <t>Source du Maelbeek dans le petit étang de l’ancienne abbaye de la Cambre</t>
         </is>
       </c>
       <c r="C839" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D839" s="2"/>
       <c r="E839" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F839" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G839" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>toile, peinture à l'huile, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H839" s="2" t="inlineStr">
         <is>
-          <t>broderie, tissage</t>
+          <t>technique de peinture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="840">
       <c r="A840" s="1" t="n">
         <v>95592</v>
       </c>
       <c r="B840" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C840" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D840" s="2"/>
       <c r="E840" s="2" t="inlineStr">
         <is>
           <t>1930 - 1932</t>
         </is>
       </c>
       <c r="F840" s="2" t="inlineStr">
         <is>
@@ -31115,845 +31115,849 @@
       </c>
       <c r="D843" s="2"/>
       <c r="E843" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F843" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G843" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H843" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="844">
       <c r="A844" s="1" t="n">
-        <v>37111</v>
+        <v>37155</v>
       </c>
       <c r="B844" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C844" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D844" s="2"/>
       <c r="E844" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1932 - 1933</t>
         </is>
       </c>
       <c r="F844" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G844" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H844" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>tulle, broderie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="845">
       <c r="A845" s="1" t="n">
-        <v>37155</v>
+        <v>37111</v>
       </c>
       <c r="B845" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C845" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D845" s="2"/>
       <c r="E845" s="2" t="inlineStr">
         <is>
-          <t>1932 - 1933</t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F845" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G845" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H845" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, velours</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="846">
       <c r="A846" s="1" t="n">
         <v>74588</v>
       </c>
       <c r="B846" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C846" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D846" s="2" t="inlineStr">
         <is>
           <t>Laurencin, Marie</t>
         </is>
       </c>
       <c r="E846" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F846" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G846" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H846" s="2" t="inlineStr">
         <is>
           <t>taffetas, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="847">
       <c r="A847" s="1" t="n">
-        <v>81050</v>
+        <v>37146</v>
       </c>
       <c r="B847" s="2" t="inlineStr">
         <is>
-          <t>Dix-sept drapeaux nationaux de l'Allemagne nazie</t>
+          <t>Ensemble barboteuse et gilet</t>
         </is>
       </c>
       <c r="C847" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D847" s="2"/>
       <c r="E847" s="2" t="inlineStr">
         <is>
-          <t>1933 - 1945</t>
-[...3 lines deleted...]
-      <c r="G847" s="2"/>
+          <t>1933 - 1934</t>
+        </is>
+      </c>
+      <c r="F847" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G847" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H847" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="848">
       <c r="A848" s="1" t="n">
-        <v>37146</v>
+        <v>81050</v>
       </c>
       <c r="B848" s="2" t="inlineStr">
         <is>
-          <t>Ensemble barboteuse et gilet</t>
+          <t>Dix-sept drapeaux nationaux de l'Allemagne nazie</t>
         </is>
       </c>
       <c r="C848" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D848" s="2"/>
       <c r="E848" s="2" t="inlineStr">
         <is>
-          <t>1933 - 1934</t>
-[...11 lines deleted...]
-      </c>
+          <t>1933 - 1945</t>
+        </is>
+      </c>
+      <c r="F848" s="2"/>
+      <c r="G848" s="2"/>
       <c r="H848" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="849">
       <c r="A849" s="1" t="n">
         <v>46693</v>
       </c>
       <c r="B849" s="2" t="inlineStr">
         <is>
           <t>Panorama à Laeken (chapelle Sainte-Anne)</t>
         </is>
       </c>
       <c r="C849" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D849" s="2" t="inlineStr">
         <is>
           <t>Lepaffe, Fernand</t>
         </is>
       </c>
       <c r="E849" s="2" t="inlineStr">
         <is>
           <t>1933 - 1933</t>
         </is>
       </c>
       <c r="F849" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G849" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H849" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="850">
       <c r="A850" s="1" t="n">
-        <v>60992</v>
+        <v>49496</v>
       </c>
       <c r="B850" s="2" t="inlineStr">
         <is>
-          <t>Déguisement</t>
+          <t>La Foire du Midi de Bruxelles en 1934</t>
         </is>
       </c>
       <c r="C850" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D850" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D850" s="2" t="inlineStr">
+        <is>
+          <t>Tytgat, Médard</t>
+        </is>
+      </c>
       <c r="E850" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F850" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G850" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, verre, métal</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H850" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="851">
       <c r="A851" s="1" t="n">
-        <v>49496</v>
+        <v>60992</v>
       </c>
       <c r="B851" s="2" t="inlineStr">
         <is>
-          <t>La Foire du Midi de Bruxelles en 1934</t>
+          <t>Déguisement</t>
         </is>
       </c>
       <c r="C851" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D851" s="2"/>
       <c r="E851" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F851" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G851" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>coton, soie, verre, métal</t>
         </is>
       </c>
       <c r="H851" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="852">
       <c r="A852" s="1" t="n">
         <v>53198</v>
       </c>
       <c r="B852" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C852" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D852" s="2"/>
       <c r="E852" s="2" t="inlineStr">
         <is>
           <t>1935 - 1940</t>
         </is>
       </c>
       <c r="F852" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G852" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H852" s="2" t="inlineStr">
         <is>
           <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="853">
       <c r="A853" s="1" t="n">
-        <v>37104</v>
+        <v>59417</v>
       </c>
       <c r="B853" s="2" t="inlineStr">
         <is>
-          <t>Peignoir</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C853" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D853" s="2"/>
       <c r="E853" s="2" t="inlineStr">
         <is>
           <t>1935 - 1939</t>
         </is>
       </c>
       <c r="F853" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G853" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H853" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>surpiqué, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="854">
       <c r="A854" s="1" t="n">
-        <v>59417</v>
+        <v>43490</v>
       </c>
       <c r="B854" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="C854" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D854" s="2"/>
       <c r="E854" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1939</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F854" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>chape</t>
         </is>
       </c>
       <c r="G854" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H854" s="2" t="inlineStr">
         <is>
-          <t>surpiqué, crêpe</t>
+          <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="855">
       <c r="A855" s="1" t="n">
-        <v>43490</v>
+        <v>43491</v>
       </c>
       <c r="B855" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="C855" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D855" s="2"/>
       <c r="E855" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F855" s="2" t="inlineStr">
         <is>
           <t>chape</t>
         </is>
       </c>
       <c r="G855" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H855" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="856">
       <c r="A856" s="1" t="n">
-        <v>43491</v>
+        <v>43492</v>
       </c>
       <c r="B856" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C856" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D856" s="2"/>
       <c r="E856" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F856" s="2" t="inlineStr">
         <is>
-          <t>chape</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G856" s="2" t="inlineStr">
         <is>
           <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H856" s="2" t="inlineStr">
         <is>
           <t>tissage, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="857">
       <c r="A857" s="1" t="n">
-        <v>43492</v>
+        <v>37104</v>
       </c>
       <c r="B857" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Peignoir</t>
         </is>
       </c>
       <c r="C857" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D857" s="2"/>
       <c r="E857" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1935 - 1939</t>
         </is>
       </c>
       <c r="F857" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G857" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H857" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="858">
       <c r="A858" s="1" t="n">
         <v>47337</v>
       </c>
       <c r="B858" s="2" t="inlineStr">
         <is>
           <t>Le Vieux Bruxelles à l'Exposition Universelle de 1935</t>
         </is>
       </c>
       <c r="C858" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D858" s="2" t="inlineStr">
         <is>
           <t>Vanden Berghe, Victor</t>
         </is>
       </c>
       <c r="E858" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F858" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G858" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H858" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="859">
       <c r="A859" s="1" t="n">
-        <v>37108</v>
+        <v>11950</v>
       </c>
       <c r="B859" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>bannière de société</t>
         </is>
       </c>
       <c r="C859" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D859" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D859" s="2" t="inlineStr">
+        <is>
+          <t>Brix, E.</t>
+        </is>
+      </c>
       <c r="E859" s="2" t="inlineStr">
         <is>
-          <t>1936 - 1939</t>
-[...6 lines deleted...]
-      </c>
+          <t>1936 - 1936</t>
+        </is>
+      </c>
+      <c r="F859" s="2"/>
       <c r="G859" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>métal, fil de métal</t>
         </is>
       </c>
       <c r="H859" s="2" t="inlineStr">
         <is>
-          <t>moiré</t>
+          <t>technique d'assemblage, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="860">
       <c r="A860" s="1" t="n">
-        <v>11950</v>
+        <v>37108</v>
       </c>
       <c r="B860" s="2" t="inlineStr">
         <is>
-          <t>bannière de société</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C860" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D860" s="2"/>
       <c r="E860" s="2" t="inlineStr">
         <is>
-          <t>1936 - 1936</t>
-[...2 lines deleted...]
-      <c r="F860" s="2"/>
+          <t>1936 - 1939</t>
+        </is>
+      </c>
+      <c r="F860" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G860" s="2" t="inlineStr">
         <is>
-          <t>métal, fil de métal</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H860" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, broderie, tissage</t>
+          <t>moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="861">
       <c r="A861" s="1" t="n">
         <v>53199</v>
       </c>
       <c r="B861" s="2" t="inlineStr">
         <is>
           <t>Capeline</t>
         </is>
       </c>
       <c r="C861" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D861" s="2" t="inlineStr">
         <is>
           <t>Elsa Schiaparelli,  / Schiaparelli, Elsa</t>
         </is>
       </c>
       <c r="E861" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F861" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G861" s="2" t="inlineStr">
         <is>
           <t>coton, papier</t>
         </is>
       </c>
       <c r="H861" s="2" t="inlineStr">
         <is>
           <t>macramé, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="862">
       <c r="A862" s="1" t="n">
-        <v>37124</v>
+        <v>81045</v>
       </c>
       <c r="B862" s="2" t="inlineStr">
         <is>
-          <t>Sac à main</t>
+          <t>Douze drapeaux de guerre de l'Allemagne nazie </t>
         </is>
       </c>
       <c r="C862" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D862" s="2"/>
       <c r="E862" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1938 - 1945</t>
         </is>
       </c>
       <c r="F862" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
-[...6 lines deleted...]
-      </c>
+          <t>drapeau et emblème</t>
+        </is>
+      </c>
+      <c r="G862" s="2"/>
       <c r="H862" s="2" t="inlineStr">
         <is>
-          <t>ottoman, moiré</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="863">
       <c r="A863" s="1" t="n">
-        <v>81045</v>
+        <v>37124</v>
       </c>
       <c r="B863" s="2" t="inlineStr">
         <is>
-          <t>Douze drapeaux de guerre de l'Allemagne nazie </t>
+          <t>Sac à main</t>
         </is>
       </c>
       <c r="C863" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D863" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D863" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie,</t>
+        </is>
+      </c>
       <c r="E863" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1945</t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F863" s="2" t="inlineStr">
         <is>
-          <t>drapeau et emblème</t>
-[...2 lines deleted...]
-      <c r="G863" s="2"/>
+          <t>sac</t>
+        </is>
+      </c>
+      <c r="G863" s="2" t="inlineStr">
+        <is>
+          <t>crocodile, soie</t>
+        </is>
+      </c>
       <c r="H863" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>ottoman, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="864">
       <c r="A864" s="1" t="n">
-        <v>61065</v>
+        <v>53201</v>
       </c>
       <c r="B864" s="2" t="inlineStr">
         <is>
-          <t>Burnous </t>
+          <t>Sandales compensées</t>
         </is>
       </c>
       <c r="C864" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D864" s="2"/>
       <c r="E864" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1950</t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F864" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
-[...2 lines deleted...]
-      <c r="G864" s="2"/>
+          <t>chaussure</t>
+        </is>
+      </c>
+      <c r="G864" s="2" t="inlineStr">
+        <is>
+          <t>vinyle, matière plastique, cuir</t>
+        </is>
+      </c>
       <c r="H864" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="865">
       <c r="A865" s="1" t="n">
-        <v>53201</v>
+        <v>81487</v>
       </c>
       <c r="B865" s="2" t="inlineStr">
         <is>
-          <t>Sandales compensées</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C865" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D865" s="2"/>
       <c r="E865" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1940 - 1945</t>
         </is>
       </c>
       <c r="F865" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G865" s="2" t="inlineStr">
         <is>
-          <t>vinyle, matière plastique, cuir</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H865" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>broderie, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="866">
       <c r="A866" s="1" t="n">
         <v>81433</v>
       </c>
       <c r="B866" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C866" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D866" s="2"/>
       <c r="E866" s="2" t="inlineStr">
         <is>
           <t>1940 - 1945</t>
         </is>
       </c>
       <c r="F866" s="2" t="inlineStr">
         <is>
@@ -32027,81 +32031,77 @@
         </is>
       </c>
       <c r="E868" s="2" t="inlineStr">
         <is>
           <t>1940 - 1949</t>
         </is>
       </c>
       <c r="F868" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G868" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H868" s="2" t="inlineStr">
         <is>
           <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="869">
       <c r="A869" s="1" t="n">
-        <v>81487</v>
+        <v>61065</v>
       </c>
       <c r="B869" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Burnous </t>
         </is>
       </c>
       <c r="C869" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D869" s="2"/>
       <c r="E869" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1945</t>
+          <t>1940 - 1950</t>
         </is>
       </c>
       <c r="F869" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
-[...6 lines deleted...]
-      </c>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G869" s="2"/>
       <c r="H869" s="2" t="inlineStr">
         <is>
-          <t>broderie, maille</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="870">
       <c r="A870" s="1" t="n">
         <v>61064</v>
       </c>
       <c r="B870" s="2" t="inlineStr">
         <is>
           <t>Housse d'édredon et taie d'oreiller </t>
         </is>
       </c>
       <c r="C870" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D870" s="2"/>
       <c r="E870" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F870" s="2" t="inlineStr">
         <is>
@@ -32207,1185 +32207,1185 @@
       </c>
       <c r="D873" s="2"/>
       <c r="E873" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F873" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G873" s="2" t="inlineStr">
         <is>
           <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H873" s="2" t="inlineStr">
         <is>
           <t>tissage, couture, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="874">
       <c r="A874" s="1" t="n">
-        <v>37003</v>
+        <v>80311</v>
       </c>
       <c r="B874" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C874" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D874" s="2"/>
+      <c r="D874" s="2" t="inlineStr">
+        <is>
+          <t>Maison Paquin</t>
+        </is>
+      </c>
       <c r="E874" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1949 - 1953</t>
         </is>
       </c>
       <c r="F874" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G874" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>verre, soie</t>
         </is>
       </c>
       <c r="H874" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="875">
       <c r="A875" s="1" t="n">
-        <v>37062</v>
+        <v>37003</v>
       </c>
       <c r="B875" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C875" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D875" s="2"/>
       <c r="E875" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F875" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G875" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H875" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="876">
       <c r="A876" s="1" t="n">
-        <v>80311</v>
+        <v>37062</v>
       </c>
       <c r="B876" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C876" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D876" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D876" s="2"/>
       <c r="E876" s="2" t="inlineStr">
         <is>
-          <t>1949 - 1953</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F876" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G876" s="2" t="inlineStr">
         <is>
-          <t>verre, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H876" s="2" t="inlineStr">
         <is>
           <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="877">
       <c r="A877" s="1" t="n">
         <v>88015</v>
       </c>
       <c r="B877" s="2" t="inlineStr">
         <is>
           <t>Drapeau de l'"Académie du Chat Noir" de Bruxelles</t>
         </is>
       </c>
       <c r="C877" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D877" s="2" t="inlineStr">
         <is>
           <t>Brisc, E.</t>
         </is>
       </c>
       <c r="E877" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F877" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G877" s="2" t="inlineStr">
         <is>
           <t>soie, bambou, métal, métal</t>
         </is>
       </c>
       <c r="H877" s="2" t="inlineStr">
         <is>
           <t>cannelé, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="878">
       <c r="A878" s="1" t="n">
-        <v>60859</v>
+        <v>62530</v>
       </c>
       <c r="B878" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et barboteuse</t>
+          <t>Chapeau </t>
         </is>
       </c>
       <c r="C878" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D878" s="2"/>
       <c r="E878" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F878" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G878" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H878" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="879">
       <c r="A879" s="1" t="n">
-        <v>61071</v>
+        <v>100522</v>
       </c>
       <c r="B879" s="2" t="inlineStr">
         <is>
-          <t>Barboteuse</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C879" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D879" s="2"/>
+      <c r="D879" s="2" t="inlineStr">
+        <is>
+          <t>Horrockses Fashion</t>
+        </is>
+      </c>
       <c r="E879" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F879" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>robe courte, robe longue</t>
         </is>
       </c>
       <c r="G879" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H879" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>imprimé, pékin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="880">
       <c r="A880" s="1" t="n">
-        <v>60624</v>
+        <v>100523</v>
       </c>
       <c r="B880" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Ensemble boléro et robe courte</t>
         </is>
       </c>
       <c r="C880" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D880" s="2"/>
+      <c r="D880" s="2" t="inlineStr">
+        <is>
+          <t>Horrockses Fashion</t>
+        </is>
+      </c>
       <c r="E880" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F880" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G880" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H880" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="881">
       <c r="A881" s="1" t="n">
-        <v>60625</v>
+        <v>100524</v>
       </c>
       <c r="B881" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C881" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D881" s="2"/>
+      <c r="D881" s="2" t="inlineStr">
+        <is>
+          <t>Horrockses Fashion</t>
+        </is>
+      </c>
       <c r="E881" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F881" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G881" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H881" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="882">
       <c r="A882" s="1" t="n">
-        <v>98734</v>
+        <v>100532</v>
       </c>
       <c r="B882" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe croisée</t>
         </is>
       </c>
       <c r="C882" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D882" s="2"/>
+      <c r="D882" s="2" t="inlineStr">
+        <is>
+          <t>Maison Dujardin</t>
+        </is>
+      </c>
       <c r="E882" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1965</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F882" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G882" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H882" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>batiste, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="883">
       <c r="A883" s="1" t="n">
-        <v>100522</v>
+        <v>98734</v>
       </c>
       <c r="B883" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C883" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D883" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D883" s="2"/>
       <c r="E883" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1965</t>
         </is>
       </c>
       <c r="F883" s="2" t="inlineStr">
         <is>
-          <t>robe courte, robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G883" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H883" s="2" t="inlineStr">
         <is>
-          <t>imprimé, pékin</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="884">
       <c r="A884" s="1" t="n">
-        <v>100523</v>
+        <v>59000</v>
       </c>
       <c r="B884" s="2" t="inlineStr">
         <is>
-          <t>Ensemble boléro et robe courte</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C884" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D884" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D884" s="2"/>
       <c r="E884" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F884" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G884" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>acétate</t>
         </is>
       </c>
       <c r="H884" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>cloqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="885">
       <c r="A885" s="1" t="n">
-        <v>100524</v>
+        <v>104789</v>
       </c>
       <c r="B885" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C885" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D885" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D885" s="2"/>
       <c r="E885" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F885" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G885" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H885" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="886">
       <c r="A886" s="1" t="n">
-        <v>100532</v>
+        <v>105748</v>
       </c>
       <c r="B886" s="2" t="inlineStr">
         <is>
-          <t>Robe croisée</t>
+          <t>Bavoir</t>
         </is>
       </c>
       <c r="C886" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D886" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D886" s="2"/>
       <c r="E886" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F886" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>accessoire textile, linge domestique</t>
         </is>
       </c>
       <c r="G886" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H886" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie</t>
+          <t>broderie, toile, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="887">
       <c r="A887" s="1" t="n">
-        <v>62530</v>
+        <v>59274</v>
       </c>
       <c r="B887" s="2" t="inlineStr">
         <is>
-          <t>Chapeau </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C887" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D887" s="2"/>
       <c r="E887" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F887" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G887" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>papier, bambou</t>
         </is>
       </c>
       <c r="H887" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="888">
       <c r="A888" s="1" t="n">
-        <v>57425</v>
+        <v>59626</v>
       </c>
       <c r="B888" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C888" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D888" s="2"/>
       <c r="E888" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1954</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F888" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G888" s="2" t="inlineStr">
         <is>
-          <t>jais, fibres synthétiques</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H888" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="889">
       <c r="A889" s="1" t="n">
-        <v>105748</v>
+        <v>59468</v>
       </c>
       <c r="B889" s="2" t="inlineStr">
         <is>
-          <t>Bavoir</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C889" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D889" s="2"/>
       <c r="E889" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F889" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile, linge domestique</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G889" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H889" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile, dentelle mécanique</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="890">
       <c r="A890" s="1" t="n">
-        <v>104789</v>
+        <v>57425</v>
       </c>
       <c r="B890" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C890" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D890" s="2"/>
       <c r="E890" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1954</t>
         </is>
       </c>
       <c r="F890" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G890" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>jais, fibres synthétiques</t>
         </is>
       </c>
       <c r="H890" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>tulle, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="891">
       <c r="A891" s="1" t="n">
-        <v>59000</v>
+        <v>43063</v>
       </c>
       <c r="B891" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C891" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D891" s="2"/>
       <c r="E891" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F891" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G891" s="2"/>
       <c r="H891" s="2" t="inlineStr">
         <is>
-          <t>cloqué</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="892">
       <c r="A892" s="1" t="n">
-        <v>81292</v>
+        <v>43064</v>
       </c>
       <c r="B892" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C892" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D892" s="2"/>
       <c r="E892" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F892" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière</t>
+        </is>
+      </c>
+      <c r="G892" s="2"/>
       <c r="H892" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="893">
       <c r="A893" s="1" t="n">
-        <v>59274</v>
+        <v>81292</v>
       </c>
       <c r="B893" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C893" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D893" s="2"/>
+      <c r="D893" s="2" t="inlineStr">
+        <is>
+          <t>Balmain, Pierre</t>
+        </is>
+      </c>
       <c r="E893" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F893" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G893" s="2" t="inlineStr">
         <is>
-          <t>papier, bambou</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H893" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="894">
       <c r="A894" s="1" t="n">
-        <v>59626</v>
+        <v>59718</v>
       </c>
       <c r="B894" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Bottines</t>
         </is>
       </c>
       <c r="C894" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D894" s="2"/>
       <c r="E894" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F894" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>botte</t>
         </is>
       </c>
       <c r="G894" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H894" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="895">
       <c r="A895" s="1" t="n">
-        <v>59468</v>
+        <v>87081</v>
       </c>
       <c r="B895" s="2" t="inlineStr">
         <is>
-          <t>Maillot de bain 1 pièce</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="C895" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D895" s="2"/>
       <c r="E895" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F895" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 1 pièce</t>
+          <t>chasuble</t>
         </is>
       </c>
       <c r="G895" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H895" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>tissage, couture, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="896">
       <c r="A896" s="1" t="n">
-        <v>43063</v>
+        <v>81492</v>
       </c>
       <c r="B896" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Jupe</t>
         </is>
       </c>
       <c r="C896" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D896" s="2"/>
       <c r="E896" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F896" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G896" s="2"/>
+          <t>jupe</t>
+        </is>
+      </c>
+      <c r="G896" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H896" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>organza, plissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="897">
       <c r="A897" s="1" t="n">
-        <v>43064</v>
+        <v>87795</v>
       </c>
       <c r="B897" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Parapluie</t>
         </is>
       </c>
       <c r="C897" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D897" s="2"/>
       <c r="E897" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - 1969</t>
         </is>
       </c>
       <c r="F897" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
-[...2 lines deleted...]
-      <c r="G897" s="2"/>
+          <t>parapluie</t>
+        </is>
+      </c>
+      <c r="G897" s="2" t="inlineStr">
+        <is>
+          <t>polyamide (=nylon), métal, cuir</t>
+        </is>
+      </c>
       <c r="H897" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>tissage, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="898">
       <c r="A898" s="1" t="n">
-        <v>81382</v>
+        <v>47301</v>
       </c>
       <c r="B898" s="2" t="inlineStr">
         <is>
-          <t>Ensemble folklorique</t>
+          <t>Travaux pour la jonction Nord-Midi avec la cathédrale Saints-Michel-et-Gudule dans le fond</t>
         </is>
       </c>
       <c r="C898" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D898" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D898" s="2" t="inlineStr">
+        <is>
+          <t>Duchêne, Edmond</t>
+        </is>
+      </c>
       <c r="E898" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1965</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F898" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, robe, tablier, haut à manches courtes ou longues</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G898" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H898" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="899">
       <c r="A899" s="1" t="n">
-        <v>87081</v>
+        <v>81352</v>
       </c>
       <c r="B899" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C899" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D899" s="2"/>
       <c r="E899" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F899" s="2" t="inlineStr">
         <is>
-          <t>chasuble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G899" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H899" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="900">
       <c r="A900" s="1" t="n">
-        <v>81492</v>
+        <v>81382</v>
       </c>
       <c r="B900" s="2" t="inlineStr">
         <is>
-          <t>Jupe</t>
+          <t>Ensemble folklorique</t>
         </is>
       </c>
       <c r="C900" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D900" s="2"/>
       <c r="E900" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1955</t>
+          <t>1950 - 1965</t>
         </is>
       </c>
       <c r="F900" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>trois pièces, robe, tablier, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G900" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H900" s="2" t="inlineStr">
         <is>
-          <t>organza, plissé</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="901">
       <c r="A901" s="1" t="n">
-        <v>87795</v>
+        <v>61071</v>
       </c>
       <c r="B901" s="2" t="inlineStr">
         <is>
-          <t>Parapluie</t>
+          <t>Barboteuse</t>
         </is>
       </c>
       <c r="C901" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D901" s="2"/>
       <c r="E901" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1969</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F901" s="2" t="inlineStr">
         <is>
-          <t>parapluie</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G901" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), métal, cuir</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H901" s="2" t="inlineStr">
         <is>
-          <t>tissage, imprimé</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="902">
       <c r="A902" s="1" t="n">
-        <v>81352</v>
+        <v>60624</v>
       </c>
       <c r="B902" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C902" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D902" s="2"/>
       <c r="E902" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F902" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G902" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H902" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="903">
       <c r="A903" s="1" t="n">
-        <v>59718</v>
+        <v>60625</v>
       </c>
       <c r="B903" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="C903" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D903" s="2"/>
       <c r="E903" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F903" s="2" t="inlineStr">
         <is>
-          <t>botte</t>
+          <t>maillot de bain 1 pièce</t>
         </is>
       </c>
       <c r="G903" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H903" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="904">
       <c r="A904" s="1" t="n">
-        <v>47301</v>
+        <v>60859</v>
       </c>
       <c r="B904" s="2" t="inlineStr">
         <is>
-          <t>Travaux pour la jonction Nord-Midi avec la cathédrale Saints-Michel-et-Gudule dans le fond</t>
+          <t>Ensemble blouse et barboteuse</t>
         </is>
       </c>
       <c r="C904" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D904" s="2"/>
       <c r="E904" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F904" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G904" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H904" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="905">
       <c r="A905" s="1" t="n">
         <v>90488</v>
       </c>
       <c r="B905" s="2" t="inlineStr">
         <is>
           <t>Chemise</t>
         </is>
       </c>
       <c r="C905" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D905" s="2"/>
       <c r="E905" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F905" s="2" t="inlineStr">
         <is>
@@ -33491,161 +33491,161 @@
       </c>
       <c r="D908" s="2"/>
       <c r="E908" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F908" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G908" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H908" s="2" t="inlineStr">
         <is>
           <t>gaufré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="909">
       <c r="A909" s="1" t="n">
-        <v>60587</v>
+        <v>59286</v>
       </c>
       <c r="B909" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C909" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D909" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E909" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1955 - 1959</t>
         </is>
       </c>
       <c r="F909" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G909" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, verre</t>
         </is>
       </c>
       <c r="H909" s="2" t="inlineStr">
         <is>
-          <t>organza, broderie</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="910">
       <c r="A910" s="1" t="n">
         <v>81001</v>
       </c>
       <c r="B910" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe du soir et bourse</t>
         </is>
       </c>
       <c r="C910" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D910" s="2"/>
       <c r="E910" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F910" s="2" t="inlineStr">
         <is>
           <t>deux pièces, robe longue, sac</t>
         </is>
       </c>
       <c r="G910" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H910" s="2" t="inlineStr">
         <is>
           <t>moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="911">
       <c r="A911" s="1" t="n">
-        <v>59286</v>
+        <v>60587</v>
       </c>
       <c r="B911" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C911" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D911" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Dior, Christian / Dior</t>
         </is>
       </c>
       <c r="E911" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1959</t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F911" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G911" s="2" t="inlineStr">
         <is>
-          <t>soie, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H911" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>organza, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="912">
       <c r="A912" s="1" t="n">
         <v>99134</v>
       </c>
       <c r="B912" s="2" t="inlineStr">
         <is>
           <t>Fanion du carnaval du mi-carème</t>
         </is>
       </c>
       <c r="C912" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D912" s="2"/>
       <c r="E912" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F912" s="2"/>
       <c r="G912" s="2" t="inlineStr">
@@ -33679,121 +33679,121 @@
         </is>
       </c>
       <c r="E913" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F913" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G913" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H913" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="914">
       <c r="A914" s="1" t="n">
-        <v>37016</v>
+        <v>42635</v>
       </c>
       <c r="B914" s="2" t="inlineStr">
         <is>
-          <t>Robe de mariée</t>
+          <t>Vie de sainte Alice lépreuse, moniale de la Cambre</t>
         </is>
       </c>
       <c r="C914" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D914" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D914" s="2" t="inlineStr">
+        <is>
+          <t>Vander Linden,  Irène</t>
+        </is>
+      </c>
       <c r="E914" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1957 - 1957</t>
         </is>
       </c>
       <c r="F914" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G914" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H914" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, chenille</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="915">
       <c r="A915" s="1" t="n">
-        <v>42635</v>
+        <v>37016</v>
       </c>
       <c r="B915" s="2" t="inlineStr">
         <is>
-          <t>Vie de sainte Alice lépreuse, moniale de la Cambre</t>
+          <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C915" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D915" s="2"/>
       <c r="E915" s="2" t="inlineStr">
         <is>
-          <t>1957 - 1957</t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F915" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G915" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>soie, fil d'argent</t>
         </is>
       </c>
       <c r="H915" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>satin, broderie, chenille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="916">
       <c r="A916" s="1" t="n">
         <v>81528</v>
       </c>
       <c r="B916" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C916" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D916" s="2"/>
       <c r="E916" s="2" t="inlineStr">
         <is>
           <t>1957 - </t>
         </is>
       </c>
       <c r="F916" s="2" t="inlineStr">
         <is>
@@ -33863,681 +33863,681 @@
       </c>
       <c r="D918" s="2"/>
       <c r="E918" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F918" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G918" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H918" s="2" t="inlineStr">
         <is>
           <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="919">
       <c r="A919" s="1" t="n">
-        <v>80310</v>
+        <v>59458</v>
       </c>
       <c r="B919" s="2" t="inlineStr">
         <is>
-          <t>Jupe</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C919" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D919" s="2"/>
       <c r="E919" s="2" t="inlineStr">
         <is>
-          <t>1958 - 1962</t>
+          <t>1958 - </t>
         </is>
       </c>
       <c r="F919" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G919" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H919" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="920">
       <c r="A920" s="1" t="n">
-        <v>59458</v>
+        <v>80310</v>
       </c>
       <c r="B920" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Jupe</t>
         </is>
       </c>
       <c r="C920" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D920" s="2"/>
       <c r="E920" s="2" t="inlineStr">
         <is>
-          <t>1958 - </t>
+          <t>1958 - 1962</t>
         </is>
       </c>
       <c r="F920" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G920" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H920" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="921">
       <c r="A921" s="1" t="n">
         <v>86931</v>
       </c>
       <c r="B921" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe, boléro et broche</t>
         </is>
       </c>
       <c r="C921" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D921" s="2"/>
       <c r="E921" s="2" t="inlineStr">
         <is>
           <t>1959 - 1960</t>
         </is>
       </c>
       <c r="F921" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G921" s="2" t="inlineStr">
         <is>
           <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H921" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="922">
       <c r="A922" s="1" t="n">
-        <v>59924</v>
+        <v>104794</v>
       </c>
       <c r="B922" s="2" t="inlineStr">
         <is>
-          <t>Imperméable</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C922" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D922" s="2" t="inlineStr">
         <is>
-          <t>de Givenchy, Hubert / Givenchy</t>
+          <t>Severin Frères,  / Gallissimo</t>
         </is>
       </c>
       <c r="E922" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1979</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F922" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
-[...2 lines deleted...]
-      <c r="G922" s="2"/>
+          <t>ensemble</t>
+        </is>
+      </c>
+      <c r="G922" s="2" t="inlineStr">
+        <is>
+          <t>fourrure, laiton, cuir, fil de métal, soie</t>
+        </is>
+      </c>
       <c r="H922" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile, enduit</t>
+          <t>passementerie, taffetas, mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="923">
       <c r="A923" s="1" t="n">
-        <v>57796</v>
+        <v>59455</v>
       </c>
       <c r="B923" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Turban</t>
         </is>
       </c>
       <c r="C923" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D923" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D923" s="2"/>
       <c r="E923" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1963</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F923" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G923" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H923" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="924">
       <c r="A924" s="1" t="n">
-        <v>57812</v>
+        <v>57796</v>
       </c>
       <c r="B924" s="2" t="inlineStr">
         <is>
-          <t>Chapeau d'été</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C924" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D924" s="2"/>
+      <c r="D924" s="2" t="inlineStr">
+        <is>
+          <t>Maggy Rouff</t>
+        </is>
+      </c>
       <c r="E924" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1965</t>
+          <t>1960 - 1963</t>
         </is>
       </c>
       <c r="F924" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G924" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H924" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="925">
       <c r="A925" s="1" t="n">
-        <v>57813</v>
+        <v>57812</v>
       </c>
       <c r="B925" s="2" t="inlineStr">
         <is>
-          <t>Toque</t>
+          <t>Chapeau d'été</t>
         </is>
       </c>
       <c r="C925" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D925" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D925" s="2"/>
       <c r="E925" s="2" t="inlineStr">
         <is>
           <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F925" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G925" s="2" t="inlineStr">
         <is>
-          <t>soie, plume</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H925" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="926">
       <c r="A926" s="1" t="n">
-        <v>104794</v>
+        <v>57813</v>
       </c>
       <c r="B926" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Toque</t>
         </is>
       </c>
       <c r="C926" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D926" s="2" t="inlineStr">
         <is>
-          <t>Severin Frères,  / Gallissimo</t>
+          <t>Jean Patou</t>
         </is>
       </c>
       <c r="E926" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1965</t>
         </is>
       </c>
       <c r="F926" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G926" s="2" t="inlineStr">
         <is>
-          <t>fourrure, laiton, cuir, fil de métal, soie</t>
+          <t>soie, plume</t>
         </is>
       </c>
       <c r="H926" s="2" t="inlineStr">
         <is>
-          <t>passementerie, taffetas, mousseline, broderie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="927">
       <c r="A927" s="1" t="n">
-        <v>80841</v>
+        <v>80228</v>
       </c>
       <c r="B927" s="2" t="inlineStr">
         <is>
-          <t>Corsage démonté</t>
+          <t>Fanion avec les portraits du roi Baudouin et de la reine Fabiola</t>
         </is>
       </c>
       <c r="C927" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D927" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D927" s="2" t="inlineStr">
+        <is>
+          <t>Szilagyné F. Apollonia</t>
+        </is>
+      </c>
       <c r="E927" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F927" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G927" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique</t>
+          <t>soie, peinture, bois</t>
         </is>
       </c>
       <c r="H927" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>peint, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="928">
       <c r="A928" s="1" t="n">
-        <v>80125</v>
+        <v>81348</v>
       </c>
       <c r="B928" s="2" t="inlineStr">
         <is>
-          <t>Etole</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C928" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D928" s="2"/>
       <c r="E928" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F928" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G928" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H928" s="2" t="inlineStr">
         <is>
-          <t>tulle, floqué</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="929">
       <c r="A929" s="1" t="n">
-        <v>80228</v>
+        <v>80841</v>
       </c>
       <c r="B929" s="2" t="inlineStr">
         <is>
-          <t>Fanion avec les portraits du roi Baudouin et de la reine Fabiola</t>
+          <t>Corsage démonté</t>
         </is>
       </c>
       <c r="C929" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D929" s="2"/>
       <c r="E929" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F929" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G929" s="2" t="inlineStr">
         <is>
-          <t>soie, peinture, bois</t>
+          <t>matière synthétique</t>
         </is>
       </c>
       <c r="H929" s="2" t="inlineStr">
         <is>
-          <t>peint, toile</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="930">
       <c r="A930" s="1" t="n">
-        <v>81348</v>
+        <v>80125</v>
       </c>
       <c r="B930" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Etole</t>
         </is>
       </c>
       <c r="C930" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D930" s="2"/>
       <c r="E930" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F930" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G930" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H930" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>tulle, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="931">
       <c r="A931" s="1" t="n">
-        <v>59455</v>
+        <v>59807</v>
       </c>
       <c r="B931" s="2" t="inlineStr">
         <is>
-          <t>Turban</t>
+          <t>Ensemble robe et veste</t>
         </is>
       </c>
       <c r="C931" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D931" s="2"/>
       <c r="E931" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F931" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>ensemble, robe, veste d'intérieur</t>
         </is>
       </c>
       <c r="G931" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H931" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="932">
       <c r="A932" s="1" t="n">
-        <v>81360</v>
+        <v>81456</v>
       </c>
       <c r="B932" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble mini-robe et cape</t>
         </is>
       </c>
       <c r="C932" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D932" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D932" s="2"/>
       <c r="E932" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F932" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte, deux pièces</t>
         </is>
       </c>
       <c r="G932" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H932" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="933">
       <c r="A933" s="1" t="n">
-        <v>81456</v>
+        <v>81358</v>
       </c>
       <c r="B933" s="2" t="inlineStr">
         <is>
-          <t>Ensemble mini-robe et cape</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C933" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D933" s="2"/>
+      <c r="D933" s="2" t="inlineStr">
+        <is>
+          <t>Valens</t>
+        </is>
+      </c>
       <c r="E933" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F933" s="2" t="inlineStr">
         <is>
-          <t>robe courte, deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G933" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H933" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="934">
       <c r="A934" s="1" t="n">
-        <v>81358</v>
+        <v>81360</v>
       </c>
       <c r="B934" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C934" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D934" s="2" t="inlineStr">
         <is>
           <t>Valens</t>
         </is>
       </c>
       <c r="E934" s="2" t="inlineStr">
         <is>
           <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F934" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G934" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H934" s="2" t="inlineStr">
         <is>
-          <t>jersey, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="935">
       <c r="A935" s="1" t="n">
-        <v>59807</v>
+        <v>59924</v>
       </c>
       <c r="B935" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste</t>
+          <t>Imperméable</t>
         </is>
       </c>
       <c r="C935" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D935" s="2"/>
+      <c r="D935" s="2" t="inlineStr">
+        <is>
+          <t>de Givenchy, Hubert / Givenchy</t>
+        </is>
+      </c>
       <c r="E935" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1979</t>
         </is>
       </c>
       <c r="F935" s="2" t="inlineStr">
         <is>
-          <t>ensemble, robe, veste d'intérieur</t>
-[...6 lines deleted...]
-      </c>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G935" s="2"/>
       <c r="H935" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé, toile, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="936">
       <c r="A936" s="1" t="n">
         <v>92349</v>
       </c>
       <c r="B936" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C936" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D936" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E936" s="2" t="inlineStr">
         <is>
           <t>1960 - 1961</t>
@@ -34651,233 +34651,233 @@
         </is>
       </c>
       <c r="E939" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F939" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G939" s="2" t="inlineStr">
         <is>
           <t>laine, coton</t>
         </is>
       </c>
       <c r="H939" s="2" t="inlineStr">
         <is>
           <t>imprimé, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="940">
       <c r="A940" s="1" t="n">
-        <v>60771</v>
+        <v>66512</v>
       </c>
       <c r="B940" s="2" t="inlineStr">
         <is>
-          <t>Robe foureau à bretelles </t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C940" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D940" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E940" s="2" t="inlineStr">
         <is>
-          <t>1963 - 1964</t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F940" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G940" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H940" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>mousseline, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="941">
       <c r="A941" s="1" t="n">
-        <v>66512</v>
+        <v>60771</v>
       </c>
       <c r="B941" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe foureau à bretelles </t>
         </is>
       </c>
       <c r="C941" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D941" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E941" s="2" t="inlineStr">
         <is>
-          <t>1963 - </t>
+          <t>1963 - 1964</t>
         </is>
       </c>
       <c r="F941" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G941" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H941" s="2" t="inlineStr">
         <is>
-          <t>mousseline, imprimé</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="942">
       <c r="A942" s="1" t="n">
-        <v>57803</v>
+        <v>56214</v>
       </c>
       <c r="B942" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C942" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D942" s="2"/>
       <c r="E942" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F942" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...2 lines deleted...]
-      <c r="G942" s="2"/>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G942" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
       <c r="H942" s="2" t="inlineStr">
         <is>
-          <t>cloqué</t>
+          <t>broderie, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="943">
       <c r="A943" s="1" t="n">
-        <v>57809</v>
+        <v>57803</v>
       </c>
       <c r="B943" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe de bal "Tabac blond" et manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C943" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D943" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D943" s="2"/>
       <c r="E943" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F943" s="2" t="inlineStr">
         <is>
-          <t>robe longue, manteau, ensemble de cérémonie</t>
-[...6 lines deleted...]
-      </c>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G943" s="2"/>
       <c r="H943" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>cloqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="944">
       <c r="A944" s="1" t="n">
-        <v>56214</v>
+        <v>57809</v>
       </c>
       <c r="B944" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble robe de bal "Tabac blond" et manteau</t>
         </is>
       </c>
       <c r="C944" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D944" s="2"/>
+      <c r="D944" s="2" t="inlineStr">
+        <is>
+          <t>Jane d'Anjou,  / Castillo, Antonio / Wittamer, Louis / De Camps, Berthe</t>
+        </is>
+      </c>
       <c r="E944" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F944" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue, manteau, ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G944" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H944" s="2" t="inlineStr">
         <is>
-          <t>broderie, satin</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="945">
       <c r="A945" s="1" t="n">
         <v>95494</v>
       </c>
       <c r="B945" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C945" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D945" s="2" t="inlineStr">
         <is>
           <t>Valens</t>
         </is>
       </c>
       <c r="E945" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
@@ -35115,121 +35115,121 @@
         </is>
       </c>
       <c r="E951" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F951" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G951" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H951" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="952">
       <c r="A952" s="1" t="n">
-        <v>99765</v>
+        <v>99164</v>
       </c>
       <c r="B952" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ensemble robe et veste </t>
         </is>
       </c>
       <c r="C952" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D952" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E952" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1968</t>
-[...2 lines deleted...]
-      <c r="F952" s="2"/>
+          <t>1967 - 1969</t>
+        </is>
+      </c>
+      <c r="F952" s="2" t="inlineStr">
+        <is>
+          <t>robe, veste d'intérieur, deux pièces</t>
+        </is>
+      </c>
       <c r="G952" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H952" s="2" t="inlineStr">
         <is>
-          <t>tulle, crêpe, broderie</t>
+          <t>broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="953">
       <c r="A953" s="1" t="n">
-        <v>99164</v>
+        <v>99765</v>
       </c>
       <c r="B953" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste </t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C953" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D953" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E953" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
-[...6 lines deleted...]
-      </c>
+          <t>1967 - 1968</t>
+        </is>
+      </c>
+      <c r="F953" s="2"/>
       <c r="G953" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H953" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé</t>
+          <t>tulle, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="954">
       <c r="A954" s="1" t="n">
         <v>57802</v>
       </c>
       <c r="B954" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C954" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D954" s="2"/>
       <c r="E954" s="2" t="inlineStr">
         <is>
           <t>1967 - 1968</t>
         </is>
       </c>
       <c r="F954" s="2" t="inlineStr">
         <is>
@@ -35531,489 +35531,489 @@
       </c>
       <c r="D962" s="2"/>
       <c r="E962" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F962" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G962" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H962" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="963">
       <c r="A963" s="1" t="n">
-        <v>99764</v>
+        <v>68269</v>
       </c>
       <c r="B963" s="2" t="inlineStr">
         <is>
-          <t>Casaquin</t>
+          <t>Sac de cabine</t>
         </is>
       </c>
       <c r="C963" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D963" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D963" s="2"/>
       <c r="E963" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F963" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>bagage</t>
         </is>
       </c>
       <c r="G963" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>matière synthétique</t>
         </is>
       </c>
       <c r="H963" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="964">
       <c r="A964" s="1" t="n">
-        <v>101259</v>
+        <v>68306</v>
       </c>
       <c r="B964" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Bottes</t>
         </is>
       </c>
       <c r="C964" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D964" s="2"/>
       <c r="E964" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F964" s="2"/>
       <c r="G964" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'or</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H964" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, organza, toile, broderie</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="965">
       <c r="A965" s="1" t="n">
-        <v>99200</v>
+        <v>68307</v>
       </c>
       <c r="B965" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C965" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D965" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Pierre Cardin,  / Cardin, Pierre</t>
         </is>
       </c>
       <c r="E965" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F965" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G965" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H965" s="2" t="inlineStr">
         <is>
-          <t>jersey, vernis</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="966">
       <c r="A966" s="1" t="n">
-        <v>61871</v>
+        <v>68308</v>
       </c>
       <c r="B966" s="2" t="inlineStr">
         <is>
-          <t>Tablier</t>
+          <t>Sac à main</t>
         </is>
       </c>
       <c r="C966" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D966" s="2"/>
       <c r="E966" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F966" s="2" t="inlineStr">
         <is>
-          <t>tablier</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G966" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H966" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="967">
       <c r="A967" s="1" t="n">
-        <v>68269</v>
+        <v>61871</v>
       </c>
       <c r="B967" s="2" t="inlineStr">
         <is>
-          <t>Sac de cabine</t>
+          <t>Tablier</t>
         </is>
       </c>
       <c r="C967" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D967" s="2"/>
       <c r="E967" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F967" s="2" t="inlineStr">
         <is>
-          <t>bagage</t>
+          <t>tablier</t>
         </is>
       </c>
       <c r="G967" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H967" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="968">
       <c r="A968" s="1" t="n">
-        <v>68306</v>
+        <v>101259</v>
       </c>
       <c r="B968" s="2" t="inlineStr">
         <is>
-          <t>Bottes</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C968" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D968" s="2"/>
       <c r="E968" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1980</t>
         </is>
       </c>
       <c r="F968" s="2"/>
       <c r="G968" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie, fil d'or</t>
         </is>
       </c>
       <c r="H968" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>technique d'impression, organza, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="969">
       <c r="A969" s="1" t="n">
-        <v>68307</v>
+        <v>99200</v>
       </c>
       <c r="B969" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C969" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D969" s="2" t="inlineStr">
         <is>
-          <t>Pierre Cardin,  / Cardin, Pierre</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E969" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F969" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G969" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H969" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>jersey, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="970">
       <c r="A970" s="1" t="n">
-        <v>68308</v>
+        <v>99764</v>
       </c>
       <c r="B970" s="2" t="inlineStr">
         <is>
-          <t>Sac à main</t>
+          <t>Casaquin</t>
         </is>
       </c>
       <c r="C970" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D970" s="2"/>
+      <c r="D970" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
       <c r="E970" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F970" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G970" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H970" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="971">
       <c r="A971" s="1" t="n">
-        <v>58000</v>
+        <v>58931</v>
       </c>
       <c r="B971" s="2" t="inlineStr">
         <is>
-          <t>Ensemble short et bustier</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C971" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D971" s="2"/>
       <c r="E971" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F971" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, bas, haut sans manche</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G971" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H971" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="972">
       <c r="A972" s="1" t="n">
-        <v>58007</v>
+        <v>58015</v>
       </c>
       <c r="B972" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C972" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D972" s="2" t="inlineStr">
         <is>
-          <t>Laura Ashley,  / Ashley, Laura</t>
+          <t>Jourdan, Charles</t>
         </is>
       </c>
       <c r="E972" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F972" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G972" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H972" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="973">
       <c r="A973" s="1" t="n">
-        <v>58010</v>
+        <v>58019</v>
       </c>
       <c r="B973" s="2" t="inlineStr">
         <is>
-          <t>Robe tablier</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C973" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D973" s="2"/>
+      <c r="D973" s="2" t="inlineStr">
+        <is>
+          <t>Roger Vivier,  / Vivier, Roger</t>
+        </is>
+      </c>
       <c r="E973" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F973" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G973" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H973" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="974">
       <c r="A974" s="1" t="n">
-        <v>58014</v>
+        <v>73777</v>
       </c>
       <c r="B974" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C974" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D974" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D974" s="2"/>
       <c r="E974" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F974" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G974" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H974" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="975">
       <c r="A975" s="1" t="n">
         <v>57842</v>
       </c>
       <c r="B975" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C975" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D975" s="2"/>
       <c r="E975" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F975" s="2" t="inlineStr">
         <is>
@@ -36203,268 +36203,268 @@
         </is>
       </c>
       <c r="E980" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F980" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie, robe longue, manteau, chapeau</t>
         </is>
       </c>
       <c r="G980" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H980" s="2" t="inlineStr">
         <is>
           <t>shantung, surpiqué, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="981">
       <c r="A981" s="1" t="n">
-        <v>58015</v>
+        <v>58000</v>
       </c>
       <c r="B981" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Ensemble short et bustier</t>
         </is>
       </c>
       <c r="C981" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D981" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D981" s="2"/>
       <c r="E981" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F981" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
+          <t>deux pièces, bas, haut sans manche</t>
         </is>
       </c>
       <c r="G981" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H981" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="982">
       <c r="A982" s="1" t="n">
-        <v>58019</v>
+        <v>58007</v>
       </c>
       <c r="B982" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C982" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D982" s="2" t="inlineStr">
         <is>
-          <t>Roger Vivier,  / Vivier, Roger</t>
+          <t>Laura Ashley,  / Ashley, Laura</t>
         </is>
       </c>
       <c r="E982" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F982" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G982" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H982" s="2" t="inlineStr">
         <is>
-          <t>vernis</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="983">
       <c r="A983" s="1" t="n">
-        <v>58931</v>
+        <v>58010</v>
       </c>
       <c r="B983" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe tablier</t>
         </is>
       </c>
       <c r="C983" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D983" s="2"/>
       <c r="E983" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F983" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G983" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H983" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="984">
       <c r="A984" s="1" t="n">
-        <v>81327</v>
+        <v>58014</v>
       </c>
       <c r="B984" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C984" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D984" s="2"/>
+      <c r="D984" s="2" t="inlineStr">
+        <is>
+          <t>Manguin, Brigitte</t>
+        </is>
+      </c>
       <c r="E984" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F984" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G984" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H984" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="985">
       <c r="A985" s="1" t="n">
-        <v>81346</v>
+        <v>81327</v>
       </c>
       <c r="B985" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et étole</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C985" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D985" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D985" s="2"/>
       <c r="E985" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F985" s="2" t="inlineStr">
         <is>
-          <t>deux pièces, robe, accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G985" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H985" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="986">
       <c r="A986" s="1" t="n">
-        <v>73777</v>
+        <v>81346</v>
       </c>
       <c r="B986" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble robe et étole</t>
         </is>
       </c>
       <c r="C986" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D986" s="2"/>
+      <c r="D986" s="2" t="inlineStr">
+        <is>
+          <t>Féraud, Louis</t>
+        </is>
+      </c>
       <c r="E986" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F986" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces, robe, accessoire textile</t>
         </is>
       </c>
       <c r="G986" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H986" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="987">
       <c r="A987" s="1" t="n">
         <v>59815</v>
       </c>
       <c r="B987" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C987" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D987" s="2"/>
       <c r="E987" s="2" t="inlineStr">
         <is>
@@ -36575,153 +36575,153 @@
       </c>
       <c r="D990" s="2"/>
       <c r="E990" s="2" t="inlineStr">
         <is>
           <t>1970 - 2000</t>
         </is>
       </c>
       <c r="F990" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G990" s="2" t="inlineStr">
         <is>
           <t>papier, métal</t>
         </is>
       </c>
       <c r="H990" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="991">
       <c r="A991" s="1" t="n">
-        <v>95438</v>
+        <v>91091</v>
       </c>
       <c r="B991" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C991" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D991" s="2"/>
+      <c r="D991" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E991" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1973</t>
         </is>
       </c>
       <c r="F991" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G991" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H991" s="2" t="inlineStr">
         <is>
-          <t>mousseline, imprimé</t>
+          <t>toile, gaufré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="992">
       <c r="A992" s="1" t="n">
-        <v>91091</v>
+        <v>87847</v>
       </c>
       <c r="B992" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Bikini</t>
         </is>
       </c>
       <c r="C992" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D992" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D992" s="2"/>
       <c r="E992" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1973</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F992" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
-[...6 lines deleted...]
-      </c>
+          <t>maillot de bain 2 pièces</t>
+        </is>
+      </c>
+      <c r="G992" s="2"/>
       <c r="H992" s="2" t="inlineStr">
         <is>
-          <t>toile, gaufré</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="993">
       <c r="A993" s="1" t="n">
-        <v>87847</v>
+        <v>95438</v>
       </c>
       <c r="B993" s="2" t="inlineStr">
         <is>
-          <t>Bikini</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C993" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D993" s="2"/>
       <c r="E993" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F993" s="2" t="inlineStr">
         <is>
-          <t>maillot de bain 2 pièces</t>
-[...2 lines deleted...]
-      <c r="G993" s="2"/>
+          <t>robe longue</t>
+        </is>
+      </c>
+      <c r="G993" s="2" t="inlineStr">
+        <is>
+          <t>fibres synthétiques</t>
+        </is>
+      </c>
       <c r="H993" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>mousseline, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="994">
       <c r="A994" s="1" t="n">
         <v>57968</v>
       </c>
       <c r="B994" s="2" t="inlineStr">
         <is>
           <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C994" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D994" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E994" s="2" t="inlineStr">
         <is>
           <t>1971 - 1973</t>
@@ -36803,121 +36803,121 @@
         </is>
       </c>
       <c r="E996" s="2" t="inlineStr">
         <is>
           <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F996" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G996" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H996" s="2" t="inlineStr">
         <is>
           <t>mousseline, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="997">
       <c r="A997" s="1" t="n">
-        <v>60081</v>
+        <v>57853</v>
       </c>
       <c r="B997" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C997" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D997" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D997" s="2"/>
       <c r="E997" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F997" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G997" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H997" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="998">
       <c r="A998" s="1" t="n">
-        <v>57853</v>
+        <v>60081</v>
       </c>
       <c r="B998" s="2" t="inlineStr">
         <is>
-          <t>Robe-manteau</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C998" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D998" s="2"/>
+      <c r="D998" s="2" t="inlineStr">
+        <is>
+          <t>Lanvin,  / Crahay, Jules François</t>
+        </is>
+      </c>
       <c r="E998" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F998" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G998" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H998" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="999">
       <c r="A999" s="1" t="n">
         <v>92133</v>
       </c>
       <c r="B999" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C999" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D999" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E999" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
@@ -36999,613 +36999,613 @@
         </is>
       </c>
       <c r="E1001" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F1001" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G1001" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H1001" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1002">
       <c r="A1002" s="1" t="n">
-        <v>58001</v>
+        <v>59191</v>
       </c>
       <c r="B1002" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe courte et chapeau</t>
+          <t>Bottes</t>
         </is>
       </c>
       <c r="C1002" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1002" s="2"/>
       <c r="E1002" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1976</t>
         </is>
       </c>
       <c r="F1002" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G1002" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>serpent</t>
         </is>
       </c>
       <c r="H1002" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1003">
       <c r="A1003" s="1" t="n">
-        <v>58006</v>
+        <v>57974</v>
       </c>
       <c r="B1003" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble d'été</t>
         </is>
       </c>
       <c r="C1003" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1003" s="2"/>
       <c r="E1003" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F1003" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
-[...6 lines deleted...]
-      </c>
+          <t>ensemble</t>
+        </is>
+      </c>
+      <c r="G1003" s="2"/>
       <c r="H1003" s="2" t="inlineStr">
         <is>
-          <t>imprimé, piqué</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1004">
       <c r="A1004" s="1" t="n">
-        <v>58009</v>
+        <v>58001</v>
       </c>
       <c r="B1004" s="2" t="inlineStr">
         <is>
-          <t>Robe d'hiver</t>
+          <t>Ensemble robe courte et chapeau</t>
         </is>
       </c>
       <c r="C1004" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1004" s="2"/>
       <c r="E1004" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1976</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F1004" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1004" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1004" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1005">
       <c r="A1005" s="1" t="n">
-        <v>57974</v>
+        <v>58006</v>
       </c>
       <c r="B1005" s="2" t="inlineStr">
         <is>
-          <t>Ensemble d'été</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1005" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1005" s="2"/>
       <c r="E1005" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F1005" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
-[...2 lines deleted...]
-      <c r="G1005" s="2"/>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G1005" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
       <c r="H1005" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, piqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1006">
       <c r="A1006" s="1" t="n">
-        <v>59191</v>
+        <v>58009</v>
       </c>
       <c r="B1006" s="2" t="inlineStr">
         <is>
-          <t>Bottes</t>
+          <t>Robe d'hiver</t>
         </is>
       </c>
       <c r="C1006" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1006" s="2"/>
       <c r="E1006" s="2" t="inlineStr">
         <is>
           <t>1974 - 1976</t>
         </is>
       </c>
       <c r="F1006" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1006" s="2" t="inlineStr">
         <is>
-          <t>serpent</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H1006" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1007">
       <c r="A1007" s="1" t="n">
-        <v>81392</v>
+        <v>81471</v>
       </c>
       <c r="B1007" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C1007" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1007" s="2"/>
       <c r="E1007" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1975</t>
         </is>
       </c>
       <c r="F1007" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G1007" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1007" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie</t>
+          <t>velours, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1008">
       <c r="A1008" s="1" t="n">
-        <v>81471</v>
+        <v>81392</v>
       </c>
       <c r="B1008" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C1008" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1008" s="2"/>
       <c r="E1008" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1975</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F1008" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G1008" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H1008" s="2" t="inlineStr">
         <is>
-          <t>velours, imprimé</t>
+          <t>toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1009">
       <c r="A1009" s="1" t="n">
         <v>95274</v>
       </c>
       <c r="B1009" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe du soir et col pélerine </t>
         </is>
       </c>
       <c r="C1009" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1009" s="2" t="inlineStr">
         <is>
           <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E1009" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F1009" s="2" t="inlineStr">
         <is>
           <t>manteau, deux pièces, robe longue</t>
         </is>
       </c>
       <c r="G1009" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H1009" s="2" t="inlineStr">
         <is>
           <t>tulle, taffetas, plissé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1010">
       <c r="A1010" s="1" t="n">
-        <v>57848</v>
+        <v>59580</v>
       </c>
       <c r="B1010" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C1010" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1010" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E1010" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F1010" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1010" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H1010" s="2" t="inlineStr">
         <is>
-          <t>technique d'apprêt et embellissement du tissu</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1011">
       <c r="A1011" s="1" t="n">
-        <v>57859</v>
+        <v>57848</v>
       </c>
       <c r="B1011" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C1011" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1011" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E1011" s="2" t="inlineStr">
         <is>
-          <t>1976 - 1978</t>
+          <t>1976 - </t>
         </is>
       </c>
       <c r="F1011" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G1011" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H1011" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>technique d'apprêt et embellissement du tissu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1012">
       <c r="A1012" s="1" t="n">
-        <v>59580</v>
+        <v>57859</v>
       </c>
       <c r="B1012" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C1012" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1012" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Dior, Christian / Dior</t>
         </is>
       </c>
       <c r="E1012" s="2" t="inlineStr">
         <is>
-          <t>1976 - </t>
+          <t>1976 - 1978</t>
         </is>
       </c>
       <c r="F1012" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G1012" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1012" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1013">
       <c r="A1013" s="1" t="n">
         <v>95273</v>
       </c>
       <c r="B1013" s="2" t="inlineStr">
         <is>
           <t>Robe du soir "Agnès"</t>
         </is>
       </c>
       <c r="C1013" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1013" s="2" t="inlineStr">
         <is>
           <t>Crahay, Jules François / Lanvin</t>
         </is>
       </c>
       <c r="E1013" s="2" t="inlineStr">
         <is>
           <t>1976 - 1977</t>
         </is>
       </c>
       <c r="F1013" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G1013" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H1013" s="2" t="inlineStr">
         <is>
           <t>toile, enduit, gaufré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1014">
       <c r="A1014" s="1" t="n">
-        <v>98497</v>
+        <v>65683</v>
       </c>
       <c r="B1014" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe longue et manteau</t>
+          <t>Ensemble caraco et jupe longue </t>
         </is>
       </c>
       <c r="C1014" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1014" s="2" t="inlineStr">
         <is>
-          <t>Chloé,  / Lagerfeld, Karl</t>
+          <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E1014" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
         </is>
       </c>
       <c r="F1014" s="2" t="inlineStr">
         <is>
-          <t>manteau, deux pièces, robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1014" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>soie, coton, lin</t>
         </is>
       </c>
       <c r="H1014" s="2" t="inlineStr">
         <is>
-          <t>tulle, broderie, mousseline</t>
+          <t>taffetas, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1015">
       <c r="A1015" s="1" t="n">
-        <v>65683</v>
+        <v>65684</v>
       </c>
       <c r="B1015" s="2" t="inlineStr">
         <is>
-          <t>Ensemble caraco et jupe longue </t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C1015" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1015" s="2" t="inlineStr">
         <is>
           <t>Lanvin,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E1015" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1977 - 1978</t>
         </is>
       </c>
       <c r="F1015" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1015" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, lin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1015" s="2" t="inlineStr">
         <is>
-          <t>taffetas, toile, broderie</t>
+          <t>mousseline, taffetas, imprimé, lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1016">
       <c r="A1016" s="1" t="n">
-        <v>65684</v>
+        <v>98497</v>
       </c>
       <c r="B1016" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Ensemble robe longue et manteau</t>
         </is>
       </c>
       <c r="C1016" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1016" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Crahay, Jules François</t>
+          <t>Chloé,  / Lagerfeld, Karl</t>
         </is>
       </c>
       <c r="E1016" s="2" t="inlineStr">
         <is>
-          <t>1977 - 1978</t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F1016" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau, deux pièces, robe longue</t>
         </is>
       </c>
       <c r="G1016" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H1016" s="2" t="inlineStr">
         <is>
-          <t>mousseline, taffetas, imprimé, lamé</t>
+          <t>tulle, broderie, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1017">
       <c r="A1017" s="1" t="n">
         <v>57726</v>
       </c>
       <c r="B1017" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C1017" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1017" s="2" t="inlineStr">
         <is>
           <t>Laura Ashley,  / Ashley, Laura</t>
         </is>
       </c>
       <c r="E1017" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
@@ -37647,157 +37647,157 @@
         </is>
       </c>
       <c r="E1018" s="2" t="inlineStr">
         <is>
           <t>1978 - 1982</t>
         </is>
       </c>
       <c r="F1018" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G1018" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H1018" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1019">
       <c r="A1019" s="1" t="n">
-        <v>57966</v>
+        <v>58655</v>
       </c>
       <c r="B1019" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Robe de grossesse</t>
         </is>
       </c>
       <c r="C1019" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1019" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1019" s="2"/>
       <c r="E1019" s="2" t="inlineStr">
         <is>
-          <t>1978 - </t>
+          <t>1978 - 1978</t>
         </is>
       </c>
       <c r="F1019" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1019" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1019" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1020">
       <c r="A1020" s="1" t="n">
-        <v>58655</v>
+        <v>58657</v>
       </c>
       <c r="B1020" s="2" t="inlineStr">
         <is>
-          <t>Robe de grossesse</t>
+          <t>Robe de suite de mariage</t>
         </is>
       </c>
       <c r="C1020" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1020" s="2"/>
       <c r="E1020" s="2" t="inlineStr">
         <is>
           <t>1978 - 1978</t>
         </is>
       </c>
       <c r="F1020" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1020" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H1020" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1021">
       <c r="A1021" s="1" t="n">
-        <v>58657</v>
+        <v>57966</v>
       </c>
       <c r="B1021" s="2" t="inlineStr">
         <is>
-          <t>Robe de suite de mariage</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C1021" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1021" s="2"/>
+      <c r="D1021" s="2" t="inlineStr">
+        <is>
+          <t>Ascot</t>
+        </is>
+      </c>
       <c r="E1021" s="2" t="inlineStr">
         <is>
-          <t>1978 - 1978</t>
+          <t>1978 - </t>
         </is>
       </c>
       <c r="F1021" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1021" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1021" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1022">
       <c r="A1022" s="1" t="n">
         <v>81387</v>
       </c>
       <c r="B1022" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C1022" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1022" s="2"/>
       <c r="E1022" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F1022" s="2" t="inlineStr">
         <is>
@@ -37951,121 +37951,121 @@
         </is>
       </c>
       <c r="E1026" s="2" t="inlineStr">
         <is>
           <t>1979 - 1981</t>
         </is>
       </c>
       <c r="F1026" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G1026" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H1026" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1027">
       <c r="A1027" s="1" t="n">
-        <v>60378</v>
+        <v>70141</v>
       </c>
       <c r="B1027" s="2" t="inlineStr">
         <is>
-          <t>Salopette</t>
+          <t>Vierge à l’enfant dite “Notre-Dame du Sablon”</t>
         </is>
       </c>
       <c r="C1027" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D1027" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D1027" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E1027" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1981</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F1027" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G1027" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bois, métal, fil de métal</t>
         </is>
       </c>
       <c r="H1027" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, broderie, passementerie, dentelle, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1028">
       <c r="A1028" s="1" t="n">
-        <v>70141</v>
+        <v>58844</v>
       </c>
       <c r="B1028" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’enfant dite “Notre-Dame du Sablon”</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C1028" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D1028" s="2"/>
       <c r="E1028" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 1989</t>
         </is>
       </c>
       <c r="F1028" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1028" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, fil de métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1028" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique d'apprêt et embellissement du tissu, broderie, passementerie, dentelle, peint</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1029">
       <c r="A1029" s="1" t="n">
         <v>59005</v>
       </c>
       <c r="B1029" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C1029" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1029" s="2"/>
       <c r="E1029" s="2" t="inlineStr">
         <is>
           <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F1029" s="2" t="inlineStr">
         <is>
@@ -38099,121 +38099,121 @@
       </c>
       <c r="D1030" s="2"/>
       <c r="E1030" s="2" t="inlineStr">
         <is>
           <t>1980 - 1985</t>
         </is>
       </c>
       <c r="F1030" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G1030" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H1030" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1031">
       <c r="A1031" s="1" t="n">
-        <v>58844</v>
+        <v>81484</v>
       </c>
       <c r="B1031" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Robe d'été</t>
         </is>
       </c>
       <c r="C1031" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1031" s="2"/>
+      <c r="D1031" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Louis Scherrer</t>
+        </is>
+      </c>
       <c r="E1031" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1989</t>
+          <t>1980 - 1985</t>
         </is>
       </c>
       <c r="F1031" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1031" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1031" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>mousseline, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1032">
       <c r="A1032" s="1" t="n">
-        <v>81484</v>
+        <v>60378</v>
       </c>
       <c r="B1032" s="2" t="inlineStr">
         <is>
-          <t>Robe d'été</t>
+          <t>Salopette</t>
         </is>
       </c>
       <c r="C1032" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1032" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1032" s="2"/>
       <c r="E1032" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1985</t>
+          <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F1032" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G1032" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1032" s="2" t="inlineStr">
         <is>
-          <t>mousseline, imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1033">
       <c r="A1033" s="1" t="n">
         <v>95510</v>
       </c>
       <c r="B1033" s="2" t="inlineStr">
         <is>
           <t>Robe-chemise</t>
         </is>
       </c>
       <c r="C1033" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1033" s="2" t="inlineStr">
         <is>
           <t>Valens,  / Ted Lapidus</t>
         </is>
       </c>
       <c r="E1033" s="2" t="inlineStr">
         <is>
           <t>1980 - 1989</t>
@@ -38927,2525 +38927,2525 @@
         </is>
       </c>
       <c r="E1051" s="2" t="inlineStr">
         <is>
           <t>1994 - 1995</t>
         </is>
       </c>
       <c r="F1051" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G1051" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H1051" s="2" t="inlineStr">
         <is>
           <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1052">
       <c r="A1052" s="1" t="n">
-        <v>60013</v>
+        <v>81743</v>
       </c>
       <c r="B1052" s="2" t="inlineStr">
         <is>
-          <t>Bottines "Eléphant"</t>
+          <t>Ensemble robe et gilet</t>
         </is>
       </c>
       <c r="C1052" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1052" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Watelet, Gérald</t>
         </is>
       </c>
       <c r="E1052" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F1052" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1052" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H1052" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>crêpe, satin, velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1053">
       <c r="A1053" s="1" t="n">
-        <v>81743</v>
+        <v>60013</v>
       </c>
       <c r="B1053" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et gilet</t>
+          <t>Bottines "Eléphant"</t>
         </is>
       </c>
       <c r="C1053" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1053" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E1053" s="2" t="inlineStr">
         <is>
-          <t>1995 - 1996</t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F1053" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1053" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1053" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin, velours, broderie</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1054">
       <c r="A1054" s="1" t="n">
-        <v>60010</v>
+        <v>72360</v>
       </c>
       <c r="B1054" s="2" t="inlineStr">
         <is>
-          <t>Bottines "Ambidextres"</t>
+          <t>Jupe crayon </t>
         </is>
       </c>
       <c r="C1054" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1054" s="2" t="inlineStr">
         <is>
-          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E1054" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F1054" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G1054" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H1054" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1055">
       <c r="A1055" s="1" t="n">
-        <v>72360</v>
+        <v>72361</v>
       </c>
       <c r="B1055" s="2" t="inlineStr">
         <is>
-          <t>Jupe crayon </t>
+          <t>Blouse </t>
         </is>
       </c>
       <c r="C1055" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1055" s="2" t="inlineStr">
         <is>
           <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E1055" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F1055" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1055" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H1055" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1056">
       <c r="A1056" s="1" t="n">
-        <v>72361</v>
+        <v>60010</v>
       </c>
       <c r="B1056" s="2" t="inlineStr">
         <is>
-          <t>Blouse </t>
+          <t>Bottines "Ambidextres"</t>
         </is>
       </c>
       <c r="C1056" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1056" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Beauduin-Masson,  / Beauduin, Eric / Masson, Anne</t>
         </is>
       </c>
       <c r="E1056" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F1056" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1056" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1056" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1057">
       <c r="A1057" s="1" t="n">
-        <v>60344</v>
+        <v>102739</v>
       </c>
       <c r="B1057" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble de baptême orthodoxe</t>
         </is>
       </c>
       <c r="C1057" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D1057" s="2"/>
       <c r="E1057" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F1057" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G1057" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, matière synthétique</t>
         </is>
       </c>
       <c r="H1057" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>drap, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1058">
       <c r="A1058" s="1" t="n">
-        <v>102739</v>
+        <v>105883</v>
       </c>
       <c r="B1058" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de baptême orthodoxe</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C1058" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D1058" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D1058" s="2" t="inlineStr">
+        <is>
+          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+        </is>
+      </c>
       <c r="E1058" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F1058" s="2" t="inlineStr">
         <is>
-          <t>robe de cérémonie</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1058" s="2" t="inlineStr">
         <is>
-          <t>coton, matière synthétique</t>
+          <t>polyamide (=nylon), polyester</t>
         </is>
       </c>
       <c r="H1058" s="2" t="inlineStr">
         <is>
-          <t>drap, satin, broderie</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1059">
       <c r="A1059" s="1" t="n">
-        <v>56246</v>
+        <v>77993</v>
       </c>
       <c r="B1059" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe courte et cravates</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1059" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1059" s="2" t="inlineStr">
         <is>
-          <t>Delcampe, Tony  / Tony Delcampe et Sandrine Rombaux ,  / Sandrine Rombaux</t>
+          <t>Walter Van Beirendonck</t>
         </is>
       </c>
       <c r="E1059" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 2000</t>
         </is>
       </c>
       <c r="F1059" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1059" s="2" t="inlineStr">
         <is>
-          <t>lin, fibres synthétiques</t>
+          <t>polyester, fourrure synthétique, fibres synthétiques</t>
         </is>
       </c>
       <c r="H1059" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1060">
       <c r="A1060" s="1" t="n">
-        <v>56414</v>
+        <v>56246</v>
       </c>
       <c r="B1060" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Ensemble robe courte et cravates</t>
         </is>
       </c>
       <c r="C1060" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1060" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Delcampe, Tony  / Tony Delcampe et Sandrine Rombaux ,  / Sandrine Rombaux</t>
         </is>
       </c>
       <c r="E1060" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F1060" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1060" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>lin, fibres synthétiques</t>
         </is>
       </c>
       <c r="H1060" s="2" t="inlineStr">
         <is>
-          <t>jersey, floqué</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1061">
       <c r="A1061" s="1" t="n">
-        <v>56416</v>
+        <v>56414</v>
       </c>
       <c r="B1061" s="2" t="inlineStr">
         <is>
-          <t>Robe combinaison</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C1061" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1061" s="2" t="inlineStr">
         <is>
           <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E1061" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F1061" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G1061" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H1061" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>jersey, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1062">
       <c r="A1062" s="1" t="n">
-        <v>105883</v>
+        <v>56416</v>
       </c>
       <c r="B1062" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe combinaison</t>
         </is>
       </c>
       <c r="C1062" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1062" s="2" t="inlineStr">
         <is>
-          <t>Emmanuel Laurent,  / Laurent, Emmanuel</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E1062" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F1062" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1062" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), polyester</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H1062" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1063">
       <c r="A1063" s="1" t="n">
-        <v>77993</v>
+        <v>59804</v>
       </c>
       <c r="B1063" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C1063" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1063" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1063" s="2"/>
       <c r="E1063" s="2" t="inlineStr">
         <is>
-          <t>1997 - 2000</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F1063" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G1063" s="2" t="inlineStr">
         <is>
-          <t>polyester, fourrure synthétique, fibres synthétiques</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H1063" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1064">
       <c r="A1064" s="1" t="n">
-        <v>59804</v>
+        <v>60344</v>
       </c>
       <c r="B1064" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C1064" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1064" s="2"/>
+      <c r="D1064" s="2" t="inlineStr">
+        <is>
+          <t>Prada,  / Prada, Miuccia</t>
+        </is>
+      </c>
       <c r="E1064" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F1064" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1064" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1064" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1065">
       <c r="A1065" s="1" t="n">
-        <v>60651</v>
+        <v>11885</v>
       </c>
       <c r="B1065" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Bannière et enseigne de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C1065" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="D1065" s="2" t="inlineStr">
         <is>
-          <t>Leroy, Véronique / Véronique Leroy</t>
+          <t>Institut des arts et métiers,  / Dhaenens-Lammens &amp; Cie,</t>
         </is>
       </c>
       <c r="E1065" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1998 - 1998</t>
         </is>
       </c>
       <c r="F1065" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1065" s="2" t="inlineStr">
         <is>
-          <t>daim</t>
+          <t>bois, métal, perle</t>
         </is>
       </c>
       <c r="H1065" s="2" t="inlineStr">
         <is>
-          <t>ajouré</t>
+          <t>technique d'assemblage, technique de repoussage, soudé, martelé, broderie, couture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1066">
       <c r="A1066" s="1" t="n">
-        <v>60338</v>
+        <v>56417</v>
       </c>
       <c r="B1066" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C1066" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1066" s="2" t="inlineStr">
         <is>
-          <t>Giorgio Armani,  / Armani, Giorgio</t>
+          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
         </is>
       </c>
       <c r="E1066" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F1066" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G1066" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H1066" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe</t>
+          <t>jersey, floqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1067">
       <c r="A1067" s="1" t="n">
-        <v>55699</v>
+        <v>56420</v>
       </c>
       <c r="B1067" s="2" t="inlineStr">
         <is>
-          <t>Blouse asymétrique</t>
+          <t>Ensemble débardeur et pantalon</t>
         </is>
       </c>
       <c r="C1067" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1067" s="2" t="inlineStr">
         <is>
-          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E1067" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F1067" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1067" s="2" t="inlineStr">
         <is>
-          <t>viscose, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H1067" s="2" t="inlineStr">
         <is>
-          <t>crêpe, enduit, tricot</t>
+          <t>jersey, enduit, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1068">
       <c r="A1068" s="1" t="n">
-        <v>56417</v>
+        <v>55699</v>
       </c>
       <c r="B1068" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Blouse asymétrique</t>
         </is>
       </c>
       <c r="C1068" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1068" s="2" t="inlineStr">
         <is>
-          <t>Laurent, Emmanuel / Emmanuel Laurent,</t>
+          <t>Tony Delcampe et Sandrine Rombaux ,  / Delcampe, Tony  / Rombaux, Sandrine</t>
         </is>
       </c>
       <c r="E1068" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F1068" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1068" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>viscose, fibres synthétiques</t>
         </is>
       </c>
       <c r="H1068" s="2" t="inlineStr">
         <is>
-          <t>jersey, floqué</t>
+          <t>crêpe, enduit, tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1069">
       <c r="A1069" s="1" t="n">
-        <v>56420</v>
+        <v>60338</v>
       </c>
       <c r="B1069" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et pantalon</t>
+          <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C1069" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1069" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Giorgio Armani,  / Armani, Giorgio</t>
         </is>
       </c>
       <c r="E1069" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1999</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F1069" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1069" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1069" s="2" t="inlineStr">
         <is>
-          <t>jersey, enduit, broderie, dentelle</t>
+          <t>broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1070">
       <c r="A1070" s="1" t="n">
-        <v>11885</v>
+        <v>60651</v>
       </c>
       <c r="B1070" s="2" t="inlineStr">
         <is>
-          <t>Bannière et enseigne de la société royale "Cercle Saint-Laurent"</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1070" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1070" s="2" t="inlineStr">
         <is>
-          <t>Institut des arts et métiers,  / Dhaenens-Lammens &amp; Cie,</t>
+          <t>Leroy, Véronique / Véronique Leroy</t>
         </is>
       </c>
       <c r="E1070" s="2" t="inlineStr">
         <is>
-          <t>1998 - 1998</t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F1070" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1070" s="2" t="inlineStr">
         <is>
-          <t>bois, métal, perle</t>
+          <t>daim</t>
         </is>
       </c>
       <c r="H1070" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de repoussage, soudé, martelé, broderie, couture, moulé</t>
+          <t>ajouré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1071">
       <c r="A1071" s="1" t="n">
-        <v>95603</v>
+        <v>63119</v>
       </c>
       <c r="B1071" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>Jupe crayon</t>
         </is>
       </c>
       <c r="C1071" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1071" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E1071" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2001</t>
+          <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F1071" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G1071" s="2" t="inlineStr">
         <is>
-          <t>lin, polyester, coton, cupro</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H1071" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>teint, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1072">
       <c r="A1072" s="1" t="n">
-        <v>63119</v>
+        <v>95603</v>
       </c>
       <c r="B1072" s="2" t="inlineStr">
         <is>
-          <t>Jupe crayon</t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C1072" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1072" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E1072" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2000</t>
+          <t>1999 - 2001</t>
         </is>
       </c>
       <c r="F1072" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G1072" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>lin, polyester, coton, cupro</t>
         </is>
       </c>
       <c r="H1072" s="2" t="inlineStr">
         <is>
-          <t>teint, sergé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1073">
       <c r="A1073" s="1" t="n">
-        <v>60309</v>
+        <v>61845</v>
       </c>
       <c r="B1073" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C1073" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1073" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E1073" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F1073" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G1073" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1073" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1074">
       <c r="A1074" s="1" t="n">
-        <v>61845</v>
+        <v>70120</v>
       </c>
       <c r="B1074" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C1074" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1074" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E1074" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1074" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G1074" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H1074" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1075">
       <c r="A1075" s="1" t="n">
-        <v>55730</v>
+        <v>70121</v>
       </c>
       <c r="B1075" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C1075" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1075" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E1075" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1075" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G1075" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H1075" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1076">
       <c r="A1076" s="1" t="n">
-        <v>70120</v>
+        <v>70122</v>
       </c>
       <c r="B1076" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
         </is>
       </c>
       <c r="C1076" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1076" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1076" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1076" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G1076" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H1076" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1077">
       <c r="A1077" s="1" t="n">
-        <v>70121</v>
+        <v>70123</v>
       </c>
       <c r="B1077" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
         </is>
       </c>
       <c r="C1077" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1077" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1077" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1077" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G1077" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H1077" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1078">
       <c r="A1078" s="1" t="n">
-        <v>70122</v>
+        <v>70124</v>
       </c>
       <c r="B1078" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C1078" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1078" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1078" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1078" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G1078" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H1078" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1079">
       <c r="A1079" s="1" t="n">
-        <v>70123</v>
+        <v>70125</v>
       </c>
       <c r="B1079" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C1079" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1079" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E1079" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1079" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G1079" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H1079" s="2" t="inlineStr">
         <is>
           <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1080">
       <c r="A1080" s="1" t="n">
-        <v>70124</v>
+        <v>70003</v>
       </c>
       <c r="B1080" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment Royal des Saints Michel et Gudule ou des Escrimeurs de Bruxelles</t>
         </is>
       </c>
       <c r="C1080" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1080" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1080" s="2"/>
       <c r="E1080" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1080" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1080" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H1080" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1081">
       <c r="A1081" s="1" t="n">
-        <v>70125</v>
+        <v>70004</v>
       </c>
       <c r="B1081" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) :  Ancien Grand Serment Royal et Noble des Arbalétriers de Notre-Dame du Sablon</t>
         </is>
       </c>
       <c r="C1081" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D1081" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1081" s="2"/>
       <c r="E1081" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1081" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1081" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H1081" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1082">
       <c r="A1082" s="1" t="n">
-        <v>70003</v>
+        <v>70005</v>
       </c>
       <c r="B1082" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment Royal des Saints Michel et Gudule ou des Escrimeurs de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
         </is>
       </c>
       <c r="C1082" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1082" s="2"/>
       <c r="E1082" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1082" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1082" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H1082" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1083">
       <c r="A1083" s="1" t="n">
-        <v>70004</v>
+        <v>70006</v>
       </c>
       <c r="B1083" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) :  Ancien Grand Serment Royal et Noble des Arbalétriers de Notre-Dame du Sablon</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Grand Serment Royal des Archers de Saint-Sébastien</t>
         </is>
       </c>
       <c r="C1083" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1083" s="2"/>
       <c r="E1083" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1083" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1083" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H1083" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1084">
       <c r="A1084" s="1" t="n">
-        <v>70005</v>
+        <v>70007</v>
       </c>
       <c r="B1084" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment des Arquebusiers de Saint-Christophe</t>
         </is>
       </c>
       <c r="C1084" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D1084" s="2"/>
       <c r="E1084" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F1084" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G1084" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H1084" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, peint, technique des métaux, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1085">
       <c r="A1085" s="1" t="n">
-        <v>70006</v>
+        <v>55730</v>
       </c>
       <c r="B1085" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Grand Serment Royal des Archers de Saint-Sébastien</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C1085" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D1085" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D1085" s="2" t="inlineStr">
+        <is>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
+        </is>
+      </c>
       <c r="E1085" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F1085" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G1085" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1085" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1086">
       <c r="A1086" s="1" t="n">
-        <v>70007</v>
+        <v>60309</v>
       </c>
       <c r="B1086" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment des Arquebusiers de Saint-Christophe</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C1086" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D1086" s="2"/>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D1086" s="2" t="inlineStr">
+        <is>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+        </is>
+      </c>
       <c r="E1086" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F1086" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G1086" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1086" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1087">
       <c r="A1087" s="1" t="n">
-        <v>54304</v>
+        <v>53610</v>
       </c>
       <c r="B1087" s="2" t="inlineStr">
         <is>
-          <t>Peignoir</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C1087" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1087" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Theyskens, Olivier / Olivier Theyskens</t>
         </is>
       </c>
       <c r="E1087" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
-[...6 lines deleted...]
-      </c>
+          <t>2001 - </t>
+        </is>
+      </c>
+      <c r="F1087" s="2"/>
       <c r="G1087" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1087" s="2" t="inlineStr">
         <is>
-          <t>sergé, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1088">
       <c r="A1088" s="1" t="n">
-        <v>53610</v>
+        <v>53613</v>
       </c>
       <c r="B1088" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C1088" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1088" s="2" t="inlineStr">
         <is>
           <t>Theyskens, Olivier / Olivier Theyskens</t>
         </is>
       </c>
       <c r="E1088" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
-      <c r="F1088" s="2"/>
+      <c r="F1088" s="2" t="inlineStr">
+        <is>
+          <t>manteau</t>
+        </is>
+      </c>
       <c r="G1088" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H1088" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1089">
       <c r="A1089" s="1" t="n">
-        <v>53613</v>
+        <v>54304</v>
       </c>
       <c r="B1089" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Peignoir</t>
         </is>
       </c>
       <c r="C1089" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1089" s="2" t="inlineStr">
         <is>
-          <t>Theyskens, Olivier / Olivier Theyskens</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E1089" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F1089" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G1089" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H1089" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1090">
       <c r="A1090" s="1" t="n">
-        <v>56342</v>
+        <v>106455</v>
       </c>
       <c r="B1090" s="2" t="inlineStr">
         <is>
-          <t>Stetson</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1090" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1090" s="2" t="inlineStr">
         <is>
-          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E1090" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F1090" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1090" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>lin, coton, cuir</t>
         </is>
       </c>
       <c r="H1090" s="2" t="inlineStr">
         <is>
-          <t>taupé, imprimé</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1091">
       <c r="A1091" s="1" t="n">
-        <v>106455</v>
+        <v>59359</v>
       </c>
       <c r="B1091" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble pull "Nadar", chemisier "Bi-Beatty" et jupe "Simon"</t>
         </is>
       </c>
       <c r="C1091" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1091" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E1091" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F1091" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G1091" s="2" t="inlineStr">
         <is>
-          <t>lin, coton, cuir</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H1091" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>maille, sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1092">
       <c r="A1092" s="1" t="n">
-        <v>59359</v>
+        <v>56342</v>
       </c>
       <c r="B1092" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull "Nadar", chemisier "Bi-Beatty" et jupe "Simon"</t>
+          <t>Stetson</t>
         </is>
       </c>
       <c r="C1092" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1092" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Elvis Pompilio,  / Pompilio, Elvis</t>
         </is>
       </c>
       <c r="E1092" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F1092" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G1092" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H1092" s="2" t="inlineStr">
         <is>
-          <t>maille, sergé, imprimé</t>
+          <t>taupé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1093">
       <c r="A1093" s="1" t="n">
         <v>85444</v>
       </c>
       <c r="B1093" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe et haut</t>
         </is>
       </c>
       <c r="C1093" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1093" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E1093" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F1093" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G1093" s="2" t="inlineStr">
         <is>
           <t>cuir, cachemire, coton</t>
         </is>
       </c>
       <c r="H1093" s="2" t="inlineStr">
         <is>
           <t>drap, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1094">
       <c r="A1094" s="1" t="n">
-        <v>99940</v>
+        <v>68316</v>
       </c>
       <c r="B1094" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Gants</t>
         </is>
       </c>
       <c r="C1094" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1094" s="2" t="inlineStr">
         <is>
-          <t>Vandevorst, An / Arickx, Filip / A. F. Vandevorst</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E1094" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F1094" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G1094" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1094" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie, taffetas</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1095">
       <c r="A1095" s="1" t="n">
-        <v>68316</v>
+        <v>99940</v>
       </c>
       <c r="B1095" s="2" t="inlineStr">
         <is>
-          <t>Gants</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C1095" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1095" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Vandevorst, An / Arickx, Filip / A. F. Vandevorst</t>
         </is>
       </c>
       <c r="E1095" s="2" t="inlineStr">
         <is>
-          <t>2002 - 2003</t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F1095" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1095" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1095" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>crêpe, broderie, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1096">
       <c r="A1096" s="1" t="n">
-        <v>60131</v>
+        <v>59579</v>
       </c>
       <c r="B1096" s="2" t="inlineStr">
         <is>
-          <t>Sac banane</t>
+          <t>Robe portefeuille</t>
         </is>
       </c>
       <c r="C1096" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1096" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
         </is>
       </c>
       <c r="E1096" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F1096" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1096" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1096" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1097">
       <c r="A1097" s="1" t="n">
-        <v>60149</v>
+        <v>72760</v>
       </c>
       <c r="B1097" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Débardeur "Canevas"</t>
         </is>
       </c>
       <c r="C1097" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1097" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E1097" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F1097" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G1097" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, laine, viscose</t>
         </is>
       </c>
       <c r="H1097" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1098">
       <c r="A1098" s="1" t="n">
-        <v>60216</v>
+        <v>56403</v>
       </c>
       <c r="B1098" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Ceinture-tablier</t>
         </is>
       </c>
       <c r="C1098" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1098" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E1098" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F1098" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>ceinture</t>
         </is>
       </c>
       <c r="G1098" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1098" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1099">
       <c r="A1099" s="1" t="n">
-        <v>56403</v>
+        <v>56421</v>
       </c>
       <c r="B1099" s="2" t="inlineStr">
         <is>
-          <t>Ceinture-tablier</t>
+          <t>Collier</t>
         </is>
       </c>
       <c r="C1099" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1099" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E1099" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F1099" s="2" t="inlineStr">
         <is>
-          <t>ceinture</t>
+          <t>collier</t>
         </is>
       </c>
       <c r="G1099" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H1099" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1100">
       <c r="A1100" s="1" t="n">
-        <v>56421</v>
+        <v>44040</v>
       </c>
       <c r="B1100" s="2" t="inlineStr">
         <is>
-          <t>Collier</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1100" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Maison Martin Margiela,  / Margiela, Martin</t>
         </is>
       </c>
       <c r="E1100" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F1100" s="2" t="inlineStr">
         <is>
-          <t>collier</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1100" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H1100" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>jersey, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1101">
       <c r="A1101" s="1" t="n">
-        <v>72760</v>
+        <v>85453</v>
       </c>
       <c r="B1101" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Canevas"</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C1101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1101" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E1101" s="2" t="inlineStr">
         <is>
           <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F1101" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1101" s="2" t="inlineStr">
         <is>
-          <t>coton, laine, viscose</t>
+          <t>résine, soie</t>
         </is>
       </c>
       <c r="H1101" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, sergé</t>
+          <t>satin, broderie, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1102">
       <c r="A1102" s="1" t="n">
-        <v>59579</v>
+        <v>60131</v>
       </c>
       <c r="B1102" s="2" t="inlineStr">
         <is>
-          <t>Robe portefeuille</t>
+          <t>Sac banane</t>
         </is>
       </c>
       <c r="C1102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1102" s="2" t="inlineStr">
         <is>
-          <t>Diane Von Fürstenberg,  / Von Fürstenberg, Diane</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E1102" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F1102" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G1102" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1102" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1103">
       <c r="A1103" s="1" t="n">
-        <v>85453</v>
+        <v>60149</v>
       </c>
       <c r="B1103" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C1103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1103" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E1103" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F1103" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G1103" s="2" t="inlineStr">
         <is>
-          <t>résine, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1103" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, crêpe</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1104">
       <c r="A1104" s="1" t="n">
-        <v>44040</v>
+        <v>60216</v>
       </c>
       <c r="B1104" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Bottines</t>
         </is>
       </c>
       <c r="C1104" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1104" s="2" t="inlineStr">
         <is>
-          <t>Maison Martin Margiela,  / Margiela, Martin</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E1104" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F1104" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1104" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon)</t>
+          <t>coton, cuir</t>
         </is>
       </c>
       <c r="H1104" s="2" t="inlineStr">
         <is>
-          <t>jersey, enduit</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1105">
       <c r="A1105" s="1" t="n">
-        <v>60115</v>
+        <v>53307</v>
       </c>
       <c r="B1105" s="2" t="inlineStr">
         <is>
-          <t>Cravate "Kill Tie"</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1105" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Dries Van Noten,  / Van Noten, Dries</t>
         </is>
       </c>
       <c r="E1105" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F1105" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1105" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H1105" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1106">
       <c r="A1106" s="1" t="n">
-        <v>60159</v>
+        <v>59445</v>
       </c>
       <c r="B1106" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Robe courte "Guillemette"</t>
         </is>
       </c>
       <c r="C1106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1106" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>David Szeto</t>
         </is>
       </c>
       <c r="E1106" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F1106" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1106" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H1106" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1107">
       <c r="A1107" s="1" t="n">
-        <v>53307</v>
+        <v>55707</v>
       </c>
       <c r="B1107" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Pantalon de jogging</t>
         </is>
       </c>
       <c r="C1107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1107" s="2" t="inlineStr">
         <is>
-          <t>Dries Van Noten,  / Van Noten, Dries</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E1107" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F1107" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G1107" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1107" s="2" t="inlineStr">
         <is>
-          <t>crêpe, broderie</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1108">
       <c r="A1108" s="1" t="n">
-        <v>55707</v>
+        <v>60115</v>
       </c>
       <c r="B1108" s="2" t="inlineStr">
         <is>
-          <t>Pantalon de jogging</t>
+          <t>Cravate "Kill Tie"</t>
         </is>
       </c>
       <c r="C1108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1108" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E1108" s="2" t="inlineStr">
         <is>
           <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F1108" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G1108" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1108" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1109">
       <c r="A1109" s="1" t="n">
-        <v>59445</v>
+        <v>60159</v>
       </c>
       <c r="B1109" s="2" t="inlineStr">
         <is>
-          <t>Robe courte "Guillemette"</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C1109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1109" s="2" t="inlineStr">
         <is>
-          <t>David Szeto</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E1109" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F1109" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G1109" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H1109" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1110">
       <c r="A1110" s="1" t="n">
         <v>54891</v>
       </c>
       <c r="B1110" s="2" t="inlineStr">
         <is>
           <t>Blouson</t>
         </is>
       </c>
       <c r="C1110" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1110" s="2" t="inlineStr">
         <is>
           <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E1110" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F1110" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G1110" s="2" t="inlineStr">
         <is>
           <t>coton, polyester</t>
         </is>
       </c>
       <c r="H1110" s="2" t="inlineStr">
         <is>
           <t>sergé, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1111">
       <c r="A1111" s="1" t="n">
-        <v>70126</v>
+        <v>11886</v>
       </c>
       <c r="B1111" s="2" t="inlineStr">
         <is>
-          <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
+          <t>Drapeau des Poepedroegers du Meyboom de Bruxelles</t>
         </is>
       </c>
       <c r="C1111" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D1111" s="2"/>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D1111" s="2" t="inlineStr">
+        <is>
+          <t>Association des Poepedroegers du Meyboom de Bruxelles,</t>
+        </is>
+      </c>
       <c r="E1111" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2005 - 2005</t>
         </is>
       </c>
       <c r="F1111" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
-[...6 lines deleted...]
-      </c>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G1111" s="2"/>
       <c r="H1111" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1112">
       <c r="A1112" s="1" t="n">
-        <v>85458</v>
+        <v>70126</v>
       </c>
       <c r="B1112" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
         </is>
       </c>
       <c r="C1112" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D1112" s="2"/>
       <c r="E1112" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F1112" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G1112" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier, résine</t>
         </is>
       </c>
       <c r="H1112" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, sérigraphié, crêpe</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1113">
       <c r="A1113" s="1" t="n">
-        <v>85459</v>
+        <v>85458</v>
       </c>
       <c r="B1113" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1113" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1113" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E1113" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2006</t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F1113" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1113" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1113" s="2" t="inlineStr">
         <is>
-          <t>broderie, broché</t>
+          <t>satin, peint, sérigraphié, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1114">
       <c r="A1114" s="1" t="n">
-        <v>11886</v>
+        <v>85459</v>
       </c>
       <c r="B1114" s="2" t="inlineStr">
         <is>
-          <t>Drapeau des Poepedroegers du Meyboom de Bruxelles</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C1114" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1114" s="2" t="inlineStr">
         <is>
-          <t>Association des Poepedroegers du Meyboom de Bruxelles,</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E1114" s="2" t="inlineStr">
         <is>
-          <t>2005 - 2005</t>
+          <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F1114" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
-[...2 lines deleted...]
-      <c r="G1114" s="2"/>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G1114" s="2" t="inlineStr">
+        <is>
+          <t>soie, fil de métal</t>
+        </is>
+      </c>
       <c r="H1114" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture</t>
+          <t>broderie, broché</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1115">
       <c r="A1115" s="1" t="n">
         <v>85461</v>
       </c>
       <c r="B1115" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C1115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1115" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E1115" s="2" t="inlineStr">
         <is>
           <t>2006 - 2007</t>
@@ -41487,325 +41487,325 @@
         </is>
       </c>
       <c r="E1116" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F1116" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G1116" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H1116" s="2" t="inlineStr">
         <is>
           <t>imprimé, batiste</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1117">
       <c r="A1117" s="1" t="n">
-        <v>37063</v>
+        <v>63113</v>
       </c>
       <c r="B1117" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et bloomer</t>
+          <t>Robe drapée</t>
         </is>
       </c>
       <c r="C1117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1117" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E1117" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F1117" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1117" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, polyamide (=nylon), fil de métal</t>
         </is>
       </c>
       <c r="H1117" s="2" t="inlineStr">
         <is>
-          <t>enduit, toile, dentelle mécanique</t>
+          <t>satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1118">
       <c r="A1118" s="1" t="n">
-        <v>37064</v>
+        <v>63137</v>
       </c>
       <c r="B1118" s="2" t="inlineStr">
         <is>
-          <t>Ensemble boléro et jupe</t>
+          <t>Robe droite</t>
         </is>
       </c>
       <c r="C1118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1118" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Sandrina Fasoli,  / Fasoli, Sandrina</t>
         </is>
       </c>
       <c r="E1118" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F1118" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1118" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H1118" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>enduit, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1119">
       <c r="A1119" s="1" t="n">
-        <v>63113</v>
+        <v>76021</v>
       </c>
       <c r="B1119" s="2" t="inlineStr">
         <is>
-          <t>Robe drapée</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C1119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1119" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E1119" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F1119" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G1119" s="2" t="inlineStr">
         <is>
-          <t>soie, polyamide (=nylon), fil de métal</t>
+          <t>élasthane, soie</t>
         </is>
       </c>
       <c r="H1119" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1120">
       <c r="A1120" s="1" t="n">
-        <v>63137</v>
+        <v>56278</v>
       </c>
       <c r="B1120" s="2" t="inlineStr">
         <is>
-          <t>Robe droite</t>
+          <t>Ceinture</t>
         </is>
       </c>
       <c r="C1120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1120" s="2" t="inlineStr">
         <is>
-          <t>Sandrina Fasoli,  / Fasoli, Sandrina</t>
+          <t>Coppens, Christophe / Christophe Coppens</t>
         </is>
       </c>
       <c r="E1120" s="2" t="inlineStr">
         <is>
-          <t>2008 - 2009</t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F1120" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>ceinture</t>
         </is>
       </c>
       <c r="G1120" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1120" s="2" t="inlineStr">
         <is>
-          <t>enduit, toile</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1121">
       <c r="A1121" s="1" t="n">
         <v>55756</v>
       </c>
       <c r="B1121" s="2" t="inlineStr">
         <is>
           <t>Manteau </t>
         </is>
       </c>
       <c r="C1121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1121" s="2" t="inlineStr">
         <is>
           <t>Roxane Baines,  / Baines, Roxane</t>
         </is>
       </c>
       <c r="E1121" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F1121" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G1121" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H1121" s="2" t="inlineStr">
         <is>
           <t>feutrine, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1122">
       <c r="A1122" s="1" t="n">
-        <v>56278</v>
+        <v>37063</v>
       </c>
       <c r="B1122" s="2" t="inlineStr">
         <is>
-          <t>Ceinture</t>
+          <t>Ensemble veste et bloomer</t>
         </is>
       </c>
       <c r="C1122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1122" s="2" t="inlineStr">
         <is>
-          <t>Coppens, Christophe / Christophe Coppens</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E1122" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F1122" s="2" t="inlineStr">
         <is>
-          <t>ceinture</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1122" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1122" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>enduit, toile, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1123">
       <c r="A1123" s="1" t="n">
-        <v>76021</v>
+        <v>37064</v>
       </c>
       <c r="B1123" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble boléro et jupe</t>
         </is>
       </c>
       <c r="C1123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1123" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E1123" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F1123" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1123" s="2" t="inlineStr">
         <is>
-          <t>élasthane, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1123" s="2" t="inlineStr">
         <is>
-          <t>imprimé, satin</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1124">
       <c r="A1124" s="1" t="n">
         <v>85466</v>
       </c>
       <c r="B1124" s="2" t="inlineStr">
         <is>
           <t>Ensemble manteau, robes</t>
         </is>
       </c>
       <c r="C1124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1124" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
         </is>
       </c>
       <c r="E1124" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
@@ -41843,677 +41843,677 @@
         </is>
       </c>
       <c r="E1125" s="2" t="inlineStr">
         <is>
           <t>2008 - 2009</t>
         </is>
       </c>
       <c r="F1125" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G1125" s="2" t="inlineStr">
         <is>
           <t>laine, crin, cuir, résine synthétique, fil d'argent</t>
         </is>
       </c>
       <c r="H1125" s="2" t="inlineStr">
         <is>
           <t>toile, broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1126">
       <c r="A1126" s="1" t="n">
-        <v>61599</v>
+        <v>63138</v>
       </c>
       <c r="B1126" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C1126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1126" s="2" t="inlineStr">
         <is>
-          <t>Undercover</t>
+          <t>Girls from OMSK,  / Siniouchkina, Valéria / Koeune, Philippe</t>
         </is>
       </c>
       <c r="E1126" s="2" t="inlineStr">
         <is>
-          <t>2009 - 2010</t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F1126" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1126" s="2" t="inlineStr">
         <is>
-          <t>cuir, laine, matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1126" s="2" t="inlineStr">
         <is>
-          <t>tricot, imprimé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1127">
       <c r="A1127" s="1" t="n">
-        <v>63138</v>
+        <v>68317</v>
       </c>
       <c r="B1127" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Bottes</t>
         </is>
       </c>
       <c r="C1127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1127" s="2" t="inlineStr">
         <is>
-          <t>Girls from OMSK,  / Siniouchkina, Valéria / Koeune, Philippe</t>
+          <t>Rick Owens,  / Owens, Rick</t>
         </is>
       </c>
       <c r="E1127" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2009 - 2010</t>
         </is>
       </c>
       <c r="F1127" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1127" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1127" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1128">
       <c r="A1128" s="1" t="n">
-        <v>68317</v>
+        <v>76027</v>
       </c>
       <c r="B1128" s="2" t="inlineStr">
         <is>
-          <t>Bottes</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C1128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1128" s="2" t="inlineStr">
         <is>
-          <t>Rick Owens,  / Owens, Rick</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E1128" s="2" t="inlineStr">
         <is>
-          <t>2009 - 2010</t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F1128" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1128" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1128" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>imprimé, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1129">
       <c r="A1129" s="1" t="n">
-        <v>56203</v>
+        <v>56406</v>
       </c>
       <c r="B1129" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Robe drapée</t>
         </is>
       </c>
       <c r="C1129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1129" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Eric Beauduin</t>
+          <t>Cathy Pill,  / Pill, Cathy</t>
         </is>
       </c>
       <c r="E1129" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F1129" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1129" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>laine, polyamide (=nylon), triacétate</t>
         </is>
       </c>
       <c r="H1129" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1130">
       <c r="A1130" s="1" t="n">
-        <v>56406</v>
+        <v>56203</v>
       </c>
       <c r="B1130" s="2" t="inlineStr">
         <is>
-          <t>Robe drapée</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C1130" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1130" s="2" t="inlineStr">
         <is>
-          <t>Cathy Pill,  / Pill, Cathy</t>
+          <t>Beauduin, Eric / Eric Beauduin</t>
         </is>
       </c>
       <c r="E1130" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F1130" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G1130" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), triacétate</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1130" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1131">
       <c r="A1131" s="1" t="n">
-        <v>76027</v>
+        <v>85469</v>
       </c>
       <c r="B1131" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble haut et jupe</t>
         </is>
       </c>
       <c r="C1131" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1131" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Ramanankirahina, Amalia</t>
         </is>
       </c>
       <c r="E1131" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
-      <c r="F1131" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F1131" s="2"/>
       <c r="G1131" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, lin, polyester, soie</t>
         </is>
       </c>
       <c r="H1131" s="2" t="inlineStr">
         <is>
-          <t>imprimé, mousseline</t>
+          <t>satin, peint, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1132">
       <c r="A1132" s="1" t="n">
-        <v>85469</v>
+        <v>61599</v>
       </c>
       <c r="B1132" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C1132" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1132" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Ramanankirahina, Amalia</t>
+          <t>Undercover</t>
         </is>
       </c>
       <c r="E1132" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
-[...2 lines deleted...]
-      <c r="F1132" s="2"/>
+          <t>2009 - 2010</t>
+        </is>
+      </c>
+      <c r="F1132" s="2" t="inlineStr">
+        <is>
+          <t>manteau</t>
+        </is>
+      </c>
       <c r="G1132" s="2" t="inlineStr">
         <is>
-          <t>coton, lin, polyester, soie</t>
+          <t>cuir, laine, matière plastique</t>
         </is>
       </c>
       <c r="H1132" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, toile</t>
+          <t>tricot, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1133">
       <c r="A1133" s="1" t="n">
         <v>88319</v>
       </c>
       <c r="B1133" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C1133" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1133" s="2" t="inlineStr">
         <is>
           <t>Comme des garçons,  / Watanabe, Junya</t>
         </is>
       </c>
       <c r="E1133" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F1133" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G1133" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H1133" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1134">
       <c r="A1134" s="1" t="n">
-        <v>54145</v>
+        <v>53309</v>
       </c>
       <c r="B1134" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C1134" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1134" s="2" t="inlineStr">
         <is>
-          <t>Givenchy,  / Tisci, Riccardo</t>
+          <t>de Callataÿ, Joachim / Ets. Callatay</t>
         </is>
       </c>
       <c r="E1134" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F1134" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1134" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester, acrylique</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H1134" s="2" t="inlineStr">
         <is>
-          <t>mousseline, sergé, imprimé</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1135">
       <c r="A1135" s="1" t="n">
-        <v>53309</v>
+        <v>54135</v>
       </c>
       <c r="B1135" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Robe housse</t>
         </is>
       </c>
       <c r="C1135" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1135" s="2" t="inlineStr">
         <is>
-          <t>de Callataÿ, Joachim / Ets. Callatay</t>
+          <t>Cathy Pill,  / Pill, Cathy</t>
         </is>
       </c>
       <c r="E1135" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F1135" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1135" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>soie, viscose</t>
         </is>
       </c>
       <c r="H1135" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1136">
       <c r="A1136" s="1" t="n">
-        <v>54135</v>
+        <v>54145</v>
       </c>
       <c r="B1136" s="2" t="inlineStr">
         <is>
-          <t>Robe housse</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C1136" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1136" s="2" t="inlineStr">
         <is>
-          <t>Cathy Pill,  / Pill, Cathy</t>
+          <t>Givenchy,  / Tisci, Riccardo</t>
         </is>
       </c>
       <c r="E1136" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F1136" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G1136" s="2" t="inlineStr">
         <is>
-          <t>soie, viscose</t>
+          <t>soie, polyester, acrylique</t>
         </is>
       </c>
       <c r="H1136" s="2" t="inlineStr">
         <is>
-          <t>sergé, imprimé</t>
+          <t>mousseline, sergé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1137">
       <c r="A1137" s="1" t="n">
-        <v>59234</v>
+        <v>11880</v>
       </c>
       <c r="B1137" s="2" t="inlineStr">
         <is>
-          <t>Grenouillère</t>
+          <t>Képi du garde champêtre des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
       <c r="C1137" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D1137" s="2"/>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D1137" s="2" t="inlineStr">
+        <is>
+          <t>Dhaenens-Lammens &amp; Cie,</t>
+        </is>
+      </c>
       <c r="E1137" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2010 - 2010</t>
         </is>
       </c>
       <c r="F1137" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>accessoire de coiffure et chapeau</t>
         </is>
       </c>
       <c r="G1137" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H1137" s="2" t="inlineStr">
         <is>
-          <t>broderie, jersey</t>
+          <t>broderie, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1138">
       <c r="A1138" s="1" t="n">
-        <v>59290</v>
+        <v>59234</v>
       </c>
       <c r="B1138" s="2" t="inlineStr">
         <is>
-          <t>Derby à plateforme compensée</t>
+          <t>Grenouillère</t>
         </is>
       </c>
       <c r="C1138" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1138" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1138" s="2"/>
       <c r="E1138" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2011</t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F1138" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G1138" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1138" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>broderie, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1139">
       <c r="A1139" s="1" t="n">
-        <v>59367</v>
+        <v>59290</v>
       </c>
       <c r="B1139" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Derby à plateforme compensée</t>
         </is>
       </c>
       <c r="C1139" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1139" s="2" t="inlineStr">
         <is>
-          <t>Hainaut, Olivia</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E1139" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2010 - 2011</t>
         </is>
       </c>
       <c r="F1139" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1139" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H1139" s="2" t="inlineStr">
         <is>
-          <t>enduit, découpé au laser</t>
+          <t>teint, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1140">
       <c r="A1140" s="1" t="n">
-        <v>59385</v>
+        <v>59367</v>
       </c>
       <c r="B1140" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C1140" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1140" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Hainaut, Olivia</t>
         </is>
       </c>
       <c r="E1140" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2014</t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F1140" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1140" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H1140" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>enduit, découpé au laser</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1141">
       <c r="A1141" s="1" t="n">
-        <v>11880</v>
+        <v>59385</v>
       </c>
       <c r="B1141" s="2" t="inlineStr">
         <is>
-          <t>Képi du garde champêtre des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C1141" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1141" s="2" t="inlineStr">
         <is>
-          <t>Dhaenens-Lammens &amp; Cie,</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E1141" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2010</t>
+          <t>2010 - 2014</t>
         </is>
       </c>
       <c r="F1141" s="2" t="inlineStr">
         <is>
-          <t>accessoire de coiffure et chapeau</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1141" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1141" s="2" t="inlineStr">
         <is>
-          <t>broderie, couture</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1142">
       <c r="A1142" s="1" t="n">
         <v>87852</v>
       </c>
       <c r="B1142" s="2" t="inlineStr">
         <is>
           <t>Ensemble chemise, pantalon et lunettes</t>
         </is>
       </c>
       <c r="C1142" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1142" s="2" t="inlineStr">
         <is>
           <t>Black Balloon,  / Baele, Cleo / Bos, Sarah</t>
         </is>
       </c>
       <c r="E1142" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
@@ -42595,445 +42595,445 @@
         </is>
       </c>
       <c r="E1144" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F1144" s="2" t="inlineStr">
         <is>
           <t>trois pièces, haut à manches courtes ou longues, pantalon, lunette à branches</t>
         </is>
       </c>
       <c r="G1144" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H1144" s="2" t="inlineStr">
         <is>
           <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1145">
       <c r="A1145" s="1" t="n">
-        <v>37066</v>
+        <v>59289</v>
       </c>
       <c r="B1145" s="2" t="inlineStr">
         <is>
-          <t>Mini robe bustier et boléro</t>
+          <t>Derby à plateforme compensée</t>
         </is>
       </c>
       <c r="C1145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1145" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E1145" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F1145" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1145" s="2" t="inlineStr">
         <is>
-          <t>vinyle</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H1145" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1146">
       <c r="A1146" s="1" t="n">
-        <v>37067</v>
+        <v>37066</v>
       </c>
       <c r="B1146" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Mini robe bustier et boléro</t>
         </is>
       </c>
       <c r="C1146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1146" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E1146" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F1146" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1146" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>vinyle</t>
         </is>
       </c>
       <c r="H1146" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1147">
       <c r="A1147" s="1" t="n">
-        <v>59289</v>
+        <v>37067</v>
       </c>
       <c r="B1147" s="2" t="inlineStr">
         <is>
-          <t>Derby à plateforme compensée</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1147" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E1147" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F1147" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1147" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1147" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>jacquard ou façonné, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1148">
       <c r="A1148" s="1" t="n">
-        <v>61828</v>
+        <v>54131</v>
       </c>
       <c r="B1148" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe courte </t>
         </is>
       </c>
       <c r="C1148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1148" s="2" t="inlineStr">
         <is>
-          <t>Maison Margiela,  / Maison Martin Margiela,  / H&amp;M</t>
+          <t>Charlier, Cédric / Cédric Charlier</t>
         </is>
       </c>
       <c r="E1148" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F1148" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1148" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H1148" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1149">
       <c r="A1149" s="1" t="n">
-        <v>54131</v>
+        <v>59288</v>
       </c>
       <c r="B1149" s="2" t="inlineStr">
         <is>
-          <t>Robe courte </t>
+          <t>Escarpin à plateforme compensée</t>
         </is>
       </c>
       <c r="C1149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1149" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Cédric / Cédric Charlier</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E1149" s="2" t="inlineStr">
         <is>
-          <t>2012 - 2013</t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F1149" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1149" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H1149" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>teint, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1150">
       <c r="A1150" s="1" t="n">
-        <v>37077</v>
+        <v>59386</v>
       </c>
       <c r="B1150" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson et pantalon</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C1150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1150" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E1150" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F1150" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1150" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1150" s="2" t="inlineStr">
         <is>
-          <t>cloqué</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1151">
       <c r="A1151" s="1" t="n">
-        <v>37078</v>
+        <v>37077</v>
       </c>
       <c r="B1151" s="2" t="inlineStr">
         <is>
-          <t>Ensemble sweat-shirt et jupe</t>
+          <t>Ensemble blouson et pantalon</t>
         </is>
       </c>
       <c r="C1151" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1151" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E1151" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F1151" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G1151" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1151" s="2" t="inlineStr">
         <is>
-          <t>broderie, jersey</t>
+          <t>cloqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1152">
       <c r="A1152" s="1" t="n">
-        <v>59288</v>
+        <v>37078</v>
       </c>
       <c r="B1152" s="2" t="inlineStr">
         <is>
-          <t>Escarpin à plateforme compensée</t>
+          <t>Ensemble sweat-shirt et jupe</t>
         </is>
       </c>
       <c r="C1152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1152" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E1152" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F1152" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1152" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H1152" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>broderie, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1153">
       <c r="A1153" s="1" t="n">
-        <v>59386</v>
+        <v>85554</v>
       </c>
       <c r="B1153" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1153" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1153" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Stephano, Rosette</t>
         </is>
       </c>
       <c r="E1153" s="2" t="inlineStr">
         <is>
           <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F1153" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1153" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1153" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>satin, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1154">
       <c r="A1154" s="1" t="n">
-        <v>85554</v>
+        <v>61828</v>
       </c>
       <c r="B1154" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C1154" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1154" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / De Stephano, Rosette</t>
+          <t>Maison Margiela,  / Maison Martin Margiela,  / H&amp;M</t>
         </is>
       </c>
       <c r="E1154" s="2" t="inlineStr">
         <is>
-          <t>2012 - 2013</t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F1154" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1154" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H1154" s="2" t="inlineStr">
         <is>
-          <t>satin, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1155">
       <c r="A1155" s="1" t="n">
         <v>94978</v>
       </c>
       <c r="B1155" s="2" t="inlineStr">
         <is>
           <t>BA text I</t>
         </is>
       </c>
       <c r="C1155" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D1155" s="2" t="inlineStr">
         <is>
           <t>Podmanicka, Mira</t>
         </is>
       </c>
       <c r="E1155" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
@@ -43067,1237 +43067,1237 @@
       </c>
       <c r="D1156" s="2" t="inlineStr">
         <is>
           <t>Podmanicka, Mira</t>
         </is>
       </c>
       <c r="E1156" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F1156" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G1156" s="2"/>
       <c r="H1156" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1157">
       <c r="A1157" s="1" t="n">
-        <v>54134</v>
+        <v>63139</v>
       </c>
       <c r="B1157" s="2" t="inlineStr">
         <is>
-          <t>Robe patineuse</t>
+          <t>Sac "Baudrionze"</t>
         </is>
       </c>
       <c r="C1157" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1157" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Cédric / Cédric Charlier</t>
+          <t>Eric Beauduin,  / Beauduin, Eric</t>
         </is>
       </c>
       <c r="E1157" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F1157" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G1157" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1157" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1158">
       <c r="A1158" s="1" t="n">
-        <v>37102</v>
+        <v>54134</v>
       </c>
       <c r="B1158" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Robe patineuse</t>
         </is>
       </c>
       <c r="C1158" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1158" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Charlier, Cédric / Cédric Charlier</t>
         </is>
       </c>
       <c r="E1158" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F1158" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1158" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1158" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1159">
       <c r="A1159" s="1" t="n">
-        <v>37075</v>
+        <v>59295</v>
       </c>
       <c r="B1159" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C1159" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1159" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E1159" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F1159" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G1159" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1159" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, feutre</t>
+          <t>embossé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1160">
       <c r="A1160" s="1" t="n">
-        <v>37081</v>
+        <v>56325</v>
       </c>
       <c r="B1160" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemisier et jupe</t>
+          <t>Robe pull "Kinka"</t>
         </is>
       </c>
       <c r="C1160" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1160" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Wijnants, Christian / Christian Wijnants</t>
         </is>
       </c>
       <c r="E1160" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F1160" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1160" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H1160" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>maille, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1161">
       <c r="A1161" s="1" t="n">
-        <v>37083</v>
+        <v>37081</v>
       </c>
       <c r="B1161" s="2" t="inlineStr">
         <is>
-          <t>Turban et broche</t>
+          <t>Ensemble chemisier et jupe</t>
         </is>
       </c>
       <c r="C1161" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1161" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E1161" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F1161" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1161" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H1161" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1162">
       <c r="A1162" s="1" t="n">
-        <v>37092</v>
+        <v>37083</v>
       </c>
       <c r="B1162" s="2" t="inlineStr">
         <is>
-          <t>Sac de courses</t>
+          <t>Turban et broche</t>
         </is>
       </c>
       <c r="C1162" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1162" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E1162" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F1162" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G1162" s="2" t="inlineStr">
         <is>
-          <t>cuir, fibres synthétiques</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1162" s="2" t="inlineStr">
         <is>
-          <t>macramé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1163">
       <c r="A1163" s="1" t="n">
-        <v>37097</v>
+        <v>37092</v>
       </c>
       <c r="B1163" s="2" t="inlineStr">
         <is>
-          <t>Coque d'Iphone</t>
+          <t>Sac de courses</t>
         </is>
       </c>
       <c r="C1163" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1163" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E1163" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2015</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F1163" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G1163" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, verre</t>
+          <t>cuir, fibres synthétiques</t>
         </is>
       </c>
       <c r="H1163" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>macramé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1164">
       <c r="A1164" s="1" t="n">
-        <v>63139</v>
+        <v>37097</v>
       </c>
       <c r="B1164" s="2" t="inlineStr">
         <is>
-          <t>Sac "Baudrionze"</t>
+          <t>Coque d'Iphone</t>
         </is>
       </c>
       <c r="C1164" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1164" s="2" t="inlineStr">
         <is>
-          <t>Eric Beauduin,  / Beauduin, Eric</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E1164" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2015</t>
         </is>
       </c>
       <c r="F1164" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G1164" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>matière plastique, verre</t>
         </is>
       </c>
       <c r="H1164" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1165">
       <c r="A1165" s="1" t="n">
-        <v>56325</v>
+        <v>37102</v>
       </c>
       <c r="B1165" s="2" t="inlineStr">
         <is>
-          <t>Robe pull "Kinka"</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C1165" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1165" s="2" t="inlineStr">
         <is>
-          <t>Wijnants, Christian / Christian Wijnants</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E1165" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F1165" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G1165" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1165" s="2" t="inlineStr">
         <is>
-          <t>maille, teint</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1166">
       <c r="A1166" s="1" t="n">
-        <v>59295</v>
+        <v>37075</v>
       </c>
       <c r="B1166" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C1166" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1166" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E1166" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F1166" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1166" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1166" s="2" t="inlineStr">
         <is>
-          <t>embossé, teint</t>
+          <t>toile, broderie, feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1167">
       <c r="A1167" s="1" t="n">
         <v>44016</v>
       </c>
       <c r="B1167" s="2" t="inlineStr">
         <is>
           <t>Derby</t>
         </is>
       </c>
       <c r="C1167" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1167" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E1167" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F1167" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G1167" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H1167" s="2" t="inlineStr">
         <is>
           <t>embossé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1168">
       <c r="A1168" s="1" t="n">
-        <v>59941</v>
+        <v>63142</v>
       </c>
       <c r="B1168" s="2" t="inlineStr">
         <is>
-          <t>Chemise à manches courtes</t>
+          <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C1168" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1168" s="2" t="inlineStr">
         <is>
-          <t>de Moriamé, Justine / KRJST,  / Schillebeeckx, Erika</t>
+          <t>Atto,  / Dossena, Julien</t>
         </is>
       </c>
       <c r="E1168" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F1168" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1168" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir, viscose, acétate</t>
         </is>
       </c>
       <c r="H1168" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>teint, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1169">
       <c r="A1169" s="1" t="n">
-        <v>37099</v>
+        <v>63143</v>
       </c>
       <c r="B1169" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Ensemble haut à manches longues et jupe portefeuille</t>
         </is>
       </c>
       <c r="C1169" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1169" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Atto,  / Dossena, Julien</t>
         </is>
       </c>
       <c r="E1169" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F1169" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1169" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>polyamide (=nylon), polyester, élasthane, coton</t>
         </is>
       </c>
       <c r="H1169" s="2" t="inlineStr">
         <is>
-          <t>broderie, crêpe, jersey</t>
+          <t>sergé, toile, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1170">
       <c r="A1170" s="1" t="n">
-        <v>63142</v>
+        <v>37099</v>
       </c>
       <c r="B1170" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C1170" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1170" s="2" t="inlineStr">
         <is>
-          <t>Atto,  / Dossena, Julien</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E1170" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F1170" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1170" s="2" t="inlineStr">
         <is>
-          <t>cuir, viscose, acétate</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H1170" s="2" t="inlineStr">
         <is>
-          <t>teint, crêpe</t>
+          <t>broderie, crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1171">
       <c r="A1171" s="1" t="n">
-        <v>63143</v>
+        <v>59941</v>
       </c>
       <c r="B1171" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut à manches longues et jupe portefeuille</t>
+          <t>Chemise à manches courtes</t>
         </is>
       </c>
       <c r="C1171" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1171" s="2" t="inlineStr">
         <is>
-          <t>Atto,  / Dossena, Julien</t>
+          <t>de Moriamé, Justine / KRJST,  / Schillebeeckx, Erika</t>
         </is>
       </c>
       <c r="E1171" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F1171" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1171" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), polyester, élasthane, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1171" s="2" t="inlineStr">
         <is>
-          <t>sergé, toile, broderie</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1172">
       <c r="A1172" s="1" t="n">
-        <v>61220</v>
+        <v>54133</v>
       </c>
       <c r="B1172" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1172" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1172" s="2" t="inlineStr">
         <is>
-          <t>Undercover,  / Takahashi, Jun</t>
+          <t>Charlier, Cédric / Cédric Charlier</t>
         </is>
       </c>
       <c r="E1172" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F1172" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1172" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>polyester, viscose</t>
         </is>
       </c>
       <c r="H1172" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>broderie, sergé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1173">
       <c r="A1173" s="1" t="n">
-        <v>60436</v>
+        <v>77044</v>
       </c>
       <c r="B1173" s="2" t="inlineStr">
         <is>
-          <t>Robe asymétrique</t>
+          <t>Éventail plié La Démence</t>
         </is>
       </c>
       <c r="C1173" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1173" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1173" s="2"/>
       <c r="E1173" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F1173" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G1173" s="2" t="inlineStr">
         <is>
-          <t>soie, polyéthylène, polyester, cuir</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H1173" s="2" t="inlineStr">
         <is>
-          <t>crêpe, teint</t>
+          <t>moulé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1174">
       <c r="A1174" s="1" t="n">
-        <v>54133</v>
+        <v>59402</v>
       </c>
       <c r="B1174" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble robe courte et cuissardes</t>
         </is>
       </c>
       <c r="C1174" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1174" s="2" t="inlineStr">
         <is>
-          <t>Charlier, Cédric / Cédric Charlier</t>
+          <t>Serre, Marine</t>
         </is>
       </c>
       <c r="E1174" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F1174" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1174" s="2" t="inlineStr">
         <is>
-          <t>polyester, viscose</t>
+          <t>coton, soie, fibres synthétiques</t>
         </is>
       </c>
       <c r="H1174" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé, toile</t>
+          <t>taffetas, plissé, toile, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1175">
       <c r="A1175" s="1" t="n">
-        <v>37101</v>
+        <v>59408</v>
       </c>
       <c r="B1175" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Robe tunique</t>
         </is>
       </c>
       <c r="C1175" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1175" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E1175" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F1175" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1175" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H1175" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>crêpe, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1176">
       <c r="A1176" s="1" t="n">
-        <v>37095</v>
+        <v>59411</v>
       </c>
       <c r="B1176" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C1176" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1176" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Gioia Seghers,  / Seghers, Gioia</t>
         </is>
       </c>
       <c r="E1176" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F1176" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1176" s="2" t="inlineStr">
         <is>
-          <t>coton, verre</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1176" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1177">
       <c r="A1177" s="1" t="n">
-        <v>37100</v>
+        <v>37095</v>
       </c>
       <c r="B1177" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C1177" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1177" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E1177" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
-      <c r="F1177" s="2"/>
+      <c r="F1177" s="2" t="inlineStr">
+        <is>
+          <t>haut à manches courtes ou longues</t>
+        </is>
+      </c>
       <c r="G1177" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, verre</t>
         </is>
       </c>
       <c r="H1177" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1178">
       <c r="A1178" s="1" t="n">
-        <v>77044</v>
+        <v>37100</v>
       </c>
       <c r="B1178" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié La Démence</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C1178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1178" s="2"/>
+      <c r="D1178" s="2" t="inlineStr">
+        <is>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+        </is>
+      </c>
       <c r="E1178" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
-      <c r="F1178" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F1178" s="2"/>
       <c r="G1178" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1178" s="2" t="inlineStr">
         <is>
-          <t>moulé, imprimé</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1179">
       <c r="A1179" s="1" t="n">
-        <v>59402</v>
+        <v>37101</v>
       </c>
       <c r="B1179" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe courte et cuissardes</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C1179" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1179" s="2" t="inlineStr">
         <is>
-          <t>Serre, Marine</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E1179" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F1179" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G1179" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1179" s="2" t="inlineStr">
         <is>
-          <t>taffetas, plissé, toile, sergé</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1180">
       <c r="A1180" s="1" t="n">
-        <v>59408</v>
+        <v>85615</v>
       </c>
       <c r="B1180" s="2" t="inlineStr">
         <is>
-          <t>Robe tunique</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C1180" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1180" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Hamidou Diori, Zeinabou</t>
         </is>
       </c>
       <c r="E1180" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F1180" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G1180" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>coton, cuir</t>
         </is>
       </c>
       <c r="H1180" s="2" t="inlineStr">
         <is>
-          <t>crêpe, imprimé</t>
+          <t>sergé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1181">
       <c r="A1181" s="1" t="n">
-        <v>59411</v>
+        <v>61220</v>
       </c>
       <c r="B1181" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C1181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1181" s="2" t="inlineStr">
         <is>
-          <t>Gioia Seghers,  / Seghers, Gioia</t>
+          <t>Undercover,  / Takahashi, Jun</t>
         </is>
       </c>
       <c r="E1181" s="2" t="inlineStr">
         <is>
           <t>2015 - 2016</t>
         </is>
       </c>
       <c r="F1181" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G1181" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H1181" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1182">
       <c r="A1182" s="1" t="n">
-        <v>85615</v>
+        <v>60436</v>
       </c>
       <c r="B1182" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C1182" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1182" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Hamidou Diori, Zeinabou</t>
+          <t>Vaccarello , Anthony / Vaccarello, Anthony</t>
         </is>
       </c>
       <c r="E1182" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>2015 - </t>
         </is>
       </c>
       <c r="F1182" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1182" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>soie, polyéthylène, polyester, cuir</t>
         </is>
       </c>
       <c r="H1182" s="2" t="inlineStr">
         <is>
-          <t>sergé, peint</t>
+          <t>crêpe, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1183">
       <c r="A1183" s="1" t="n">
-        <v>61589</v>
+        <v>56202</v>
       </c>
       <c r="B1183" s="2" t="inlineStr">
         <is>
-          <t>Bomber</t>
+          <t>Sac de voyage "Double A"</t>
         </is>
       </c>
       <c r="C1183" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1183" s="2" t="inlineStr">
         <is>
-          <t>Givenchy,  / Tisci, Riccardo</t>
+          <t>Beauduin, Eric / Eric Beauduin</t>
         </is>
       </c>
       <c r="E1183" s="2" t="inlineStr">
         <is>
-          <t>2016 - 2017</t>
+          <t>2016 - </t>
         </is>
       </c>
       <c r="F1183" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>bagage</t>
         </is>
       </c>
       <c r="G1183" s="2" t="inlineStr">
         <is>
-          <t>viscose, coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1183" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1184">
       <c r="A1184" s="1" t="n">
-        <v>56202</v>
+        <v>61589</v>
       </c>
       <c r="B1184" s="2" t="inlineStr">
         <is>
-          <t>Sac de voyage "Double A"</t>
+          <t>Bomber</t>
         </is>
       </c>
       <c r="C1184" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1184" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Eric Beauduin</t>
+          <t>Givenchy,  / Tisci, Riccardo</t>
         </is>
       </c>
       <c r="E1184" s="2" t="inlineStr">
         <is>
-          <t>2016 - </t>
+          <t>2016 - 2017</t>
         </is>
       </c>
       <c r="F1184" s="2" t="inlineStr">
         <is>
-          <t>bagage</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G1184" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>viscose, coton</t>
         </is>
       </c>
       <c r="H1184" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1185">
       <c r="A1185" s="1" t="n">
-        <v>60790</v>
+        <v>54101</v>
       </c>
       <c r="B1185" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Ensemble manteau, sous-pull et bermuda</t>
         </is>
       </c>
       <c r="C1185" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1185" s="2" t="inlineStr">
         <is>
-          <t>Mosaert</t>
+          <t>Christian Wijnants,  / Wijnants, Christian</t>
         </is>
       </c>
       <c r="E1185" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F1185" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G1185" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>viscose, polyester</t>
         </is>
       </c>
       <c r="H1185" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>sergé, jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1186">
       <c r="A1186" s="1" t="n">
-        <v>54101</v>
+        <v>59366</v>
       </c>
       <c r="B1186" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, sous-pull et bermuda</t>
+          <t>Écharpe</t>
         </is>
       </c>
       <c r="C1186" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1186" s="2" t="inlineStr">
         <is>
-          <t>Christian Wijnants,  / Wijnants, Christian</t>
+          <t>Hainaut, Olivia</t>
         </is>
       </c>
       <c r="E1186" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F1186" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G1186" s="2" t="inlineStr">
         <is>
-          <t>viscose, polyester</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1186" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey, imprimé</t>
+          <t>enduit, découpé au laser</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1187">
       <c r="A1187" s="1" t="n">
         <v>56201</v>
       </c>
       <c r="B1187" s="2" t="inlineStr">
         <is>
           <t>Besace "Anarchik"</t>
         </is>
       </c>
       <c r="C1187" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1187" s="2" t="inlineStr">
         <is>
           <t>Beauduin, Eric / Eric Beauduin</t>
         </is>
       </c>
       <c r="E1187" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
@@ -44339,869 +44339,869 @@
         </is>
       </c>
       <c r="E1188" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F1188" s="2" t="inlineStr">
         <is>
           <t>sac</t>
         </is>
       </c>
       <c r="G1188" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H1188" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1189">
       <c r="A1189" s="1" t="n">
-        <v>59366</v>
+        <v>60790</v>
       </c>
       <c r="B1189" s="2" t="inlineStr">
         <is>
-          <t>Écharpe</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C1189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1189" s="2" t="inlineStr">
         <is>
-          <t>Hainaut, Olivia</t>
+          <t>Mosaert</t>
         </is>
       </c>
       <c r="E1189" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F1189" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1189" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1189" s="2" t="inlineStr">
         <is>
-          <t>enduit, découpé au laser</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1190">
       <c r="A1190" s="1" t="n">
-        <v>61606</v>
+        <v>63140</v>
       </c>
       <c r="B1190" s="2" t="inlineStr">
         <is>
-          <t>Chaussures de football "Mercurial Superfly 360"</t>
+          <t>Sac à dos "Back Sneak"</t>
         </is>
       </c>
       <c r="C1190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1190" s="2"/>
+      <c r="D1190" s="2" t="inlineStr">
+        <is>
+          <t>Eric Beauduin,  / Beauduin, Eric</t>
+        </is>
+      </c>
       <c r="E1190" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F1190" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
-[...2 lines deleted...]
-      <c r="G1190" s="2"/>
+          <t>sac</t>
+        </is>
+      </c>
+      <c r="G1190" s="2" t="inlineStr">
+        <is>
+          <t>cuir</t>
+        </is>
+      </c>
       <c r="H1190" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1191">
       <c r="A1191" s="1" t="n">
-        <v>61796</v>
+        <v>53311</v>
       </c>
       <c r="B1191" s="2" t="inlineStr">
         <is>
-          <t>Noeud papillon</t>
+          <t>Blouson "Fury"</t>
         </is>
       </c>
       <c r="C1191" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1191" s="2" t="inlineStr">
         <is>
-          <t>Edmunds</t>
+          <t>Filles à Papa</t>
         </is>
       </c>
       <c r="E1191" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F1191" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>veste d'intérieur, manteau</t>
         </is>
       </c>
       <c r="G1191" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir, viscose</t>
         </is>
       </c>
       <c r="H1191" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1192">
       <c r="A1192" s="1" t="n">
-        <v>61797</v>
+        <v>54102</v>
       </c>
       <c r="B1192" s="2" t="inlineStr">
         <is>
-          <t>Noeud papillon</t>
+          <t>Ensemble tunique et pantalon</t>
         </is>
       </c>
       <c r="C1192" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1192" s="2" t="inlineStr">
         <is>
-          <t>Edmunds</t>
+          <t>Wijnants, Christian / Christian Wijnants</t>
         </is>
       </c>
       <c r="E1192" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F1192" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1192" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H1192" s="2" t="inlineStr">
         <is>
-          <t>imprimé, jersey</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1193">
       <c r="A1193" s="1" t="n">
         <v>54882</v>
       </c>
       <c r="B1193" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe-pull et bottes</t>
         </is>
       </c>
       <c r="C1193" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1193" s="2" t="inlineStr">
         <is>
           <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E1193" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F1193" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G1193" s="2" t="inlineStr">
         <is>
           <t>polyester, viscose, cuir</t>
         </is>
       </c>
       <c r="H1193" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1194">
       <c r="A1194" s="1" t="n">
-        <v>53311</v>
+        <v>59369</v>
       </c>
       <c r="B1194" s="2" t="inlineStr">
         <is>
-          <t>Blouson "Fury"</t>
+          <t>Col</t>
         </is>
       </c>
       <c r="C1194" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1194" s="2" t="inlineStr">
         <is>
-          <t>Filles à Papa</t>
+          <t>Hainaut, Olivia</t>
         </is>
       </c>
       <c r="E1194" s="2" t="inlineStr">
         <is>
-          <t>2018 - 2019</t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F1194" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur, manteau</t>
+          <t>col</t>
         </is>
       </c>
       <c r="G1194" s="2" t="inlineStr">
         <is>
-          <t>cuir, viscose</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1194" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>enduit, découpé au laser</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1195">
       <c r="A1195" s="1" t="n">
-        <v>54102</v>
+        <v>56323</v>
       </c>
       <c r="B1195" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tunique et pantalon</t>
+          <t>Ensemble blouse-cape, short et pantalon</t>
         </is>
       </c>
       <c r="C1195" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1195" s="2" t="inlineStr">
         <is>
-          <t>Wijnants, Christian / Christian Wijnants</t>
+          <t>Ester Manas,  / Delepierre, Balthazar / Manas, Ester</t>
         </is>
       </c>
       <c r="E1195" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F1195" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G1195" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyamide (=nylon), coton, polyester</t>
         </is>
       </c>
       <c r="H1195" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>tulle, toile, jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1196">
       <c r="A1196" s="1" t="n">
-        <v>63140</v>
+        <v>87644</v>
       </c>
       <c r="B1196" s="2" t="inlineStr">
         <is>
-          <t>Sac à dos "Back Sneak"</t>
+          <t>Store enrouleur Strawberry Thief</t>
         </is>
       </c>
       <c r="C1196" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D1196" s="2" t="inlineStr">
         <is>
-          <t>Eric Beauduin,  / Beauduin, Eric</t>
+          <t>Architextile</t>
         </is>
       </c>
       <c r="E1196" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F1196" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>mobilier civil</t>
         </is>
       </c>
       <c r="G1196" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton, lin, polyester</t>
         </is>
       </c>
       <c r="H1196" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1197">
       <c r="A1197" s="1" t="n">
-        <v>56323</v>
+        <v>61606</v>
       </c>
       <c r="B1197" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse-cape, short et pantalon</t>
+          <t>Chaussures de football "Mercurial Superfly 360"</t>
         </is>
       </c>
       <c r="C1197" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1197" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1197" s="2"/>
       <c r="E1197" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F1197" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
-[...6 lines deleted...]
-      </c>
+          <t>chaussage et accessoire de chaussage</t>
+        </is>
+      </c>
+      <c r="G1197" s="2"/>
       <c r="H1197" s="2" t="inlineStr">
         <is>
-          <t>tulle, toile, jersey, imprimé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1198">
       <c r="A1198" s="1" t="n">
-        <v>59369</v>
+        <v>61796</v>
       </c>
       <c r="B1198" s="2" t="inlineStr">
         <is>
-          <t>Col</t>
+          <t>Noeud papillon</t>
         </is>
       </c>
       <c r="C1198" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1198" s="2" t="inlineStr">
         <is>
-          <t>Hainaut, Olivia</t>
+          <t>Edmunds</t>
         </is>
       </c>
       <c r="E1198" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F1198" s="2" t="inlineStr">
         <is>
-          <t>col</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G1198" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1198" s="2" t="inlineStr">
         <is>
-          <t>enduit, découpé au laser</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1199">
       <c r="A1199" s="1" t="n">
-        <v>87644</v>
+        <v>61797</v>
       </c>
       <c r="B1199" s="2" t="inlineStr">
         <is>
-          <t>Store enrouleur Strawberry Thief</t>
+          <t>Noeud papillon</t>
         </is>
       </c>
       <c r="C1199" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1199" s="2" t="inlineStr">
         <is>
-          <t>Architextile</t>
+          <t>Edmunds</t>
         </is>
       </c>
       <c r="E1199" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F1199" s="2" t="inlineStr">
         <is>
-          <t>mobilier civil</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G1199" s="2" t="inlineStr">
         <is>
-          <t>coton, lin, polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1199" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>imprimé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1200">
       <c r="A1200" s="1" t="n">
-        <v>61737</v>
+        <v>53312</v>
       </c>
       <c r="B1200" s="2" t="inlineStr">
         <is>
-          <t>Ensemble t-shirt, pantalon et ceinture</t>
+          <t>T-shirt "Wheelie"</t>
         </is>
       </c>
       <c r="C1200" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1200" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Filles à Papa</t>
         </is>
       </c>
       <c r="E1200" s="2" t="inlineStr">
         <is>
           <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F1200" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G1200" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, métal, polyester</t>
+          <t>acétate, viscose, polyester</t>
         </is>
       </c>
       <c r="H1200" s="2" t="inlineStr">
         <is>
-          <t>imprimé, broderie, jersey, sergé</t>
+          <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1201">
       <c r="A1201" s="1" t="n">
-        <v>61842</v>
+        <v>85702</v>
       </c>
       <c r="B1201" s="2" t="inlineStr">
         <is>
-          <t>Basket "Vulcanized Low"</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C1201" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1201" s="2" t="inlineStr">
         <is>
-          <t>Off-White,  / Abloh, Virgil</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E1201" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F1201" s="2" t="inlineStr">
         <is>
-          <t>basket</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G1201" s="2" t="inlineStr">
         <is>
-          <t>daim, polyester, caoutchouc</t>
+          <t>polyester, peinture</t>
         </is>
       </c>
       <c r="H1201" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1202">
       <c r="A1202" s="1" t="n">
-        <v>53312</v>
+        <v>61737</v>
       </c>
       <c r="B1202" s="2" t="inlineStr">
         <is>
-          <t>T-shirt "Wheelie"</t>
+          <t>Ensemble t-shirt, pantalon et ceinture</t>
         </is>
       </c>
       <c r="C1202" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1202" s="2" t="inlineStr">
         <is>
-          <t>Filles à Papa</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E1202" s="2" t="inlineStr">
         <is>
           <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F1202" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G1202" s="2" t="inlineStr">
         <is>
-          <t>acétate, viscose, polyester</t>
+          <t>coton, viscose, métal, polyester</t>
         </is>
       </c>
       <c r="H1202" s="2" t="inlineStr">
         <is>
-          <t>jersey, imprimé</t>
+          <t>imprimé, broderie, jersey, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1203">
       <c r="A1203" s="1" t="n">
-        <v>85702</v>
+        <v>61842</v>
       </c>
       <c r="B1203" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Basket "Vulcanized Low"</t>
         </is>
       </c>
       <c r="C1203" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1203" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Off-White,  / Abloh, Virgil</t>
         </is>
       </c>
       <c r="E1203" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F1203" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>basket</t>
         </is>
       </c>
       <c r="G1203" s="2" t="inlineStr">
         <is>
-          <t>polyester, peinture</t>
+          <t>daim, polyester, caoutchouc</t>
         </is>
       </c>
       <c r="H1203" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1204">
       <c r="A1204" s="1" t="n">
-        <v>61798</v>
+        <v>105126</v>
       </c>
       <c r="B1204" s="2" t="inlineStr">
         <is>
-          <t>Slip</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C1204" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1204" s="2" t="inlineStr">
         <is>
-          <t>Versace</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E1204" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
-      <c r="F1204" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F1204" s="2"/>
       <c r="G1204" s="2" t="inlineStr">
         <is>
-          <t>coton, élasthane</t>
+          <t>coton, papier</t>
         </is>
       </c>
       <c r="H1204" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1205">
       <c r="A1205" s="1" t="n">
-        <v>105126</v>
+        <v>61798</v>
       </c>
       <c r="B1205" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Slip</t>
         </is>
       </c>
       <c r="C1205" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1205" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>Versace</t>
         </is>
       </c>
       <c r="E1205" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
-      <c r="F1205" s="2"/>
+      <c r="F1205" s="2" t="inlineStr">
+        <is>
+          <t>sous-vêtement</t>
+        </is>
+      </c>
       <c r="G1205" s="2" t="inlineStr">
         <is>
-          <t>coton, papier</t>
+          <t>coton, élasthane</t>
         </is>
       </c>
       <c r="H1205" s="2" t="inlineStr">
         <is>
           <t>jersey, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1206">
       <c r="A1206" s="1" t="n">
-        <v>95336</v>
+        <v>88613</v>
       </c>
       <c r="B1206" s="2" t="inlineStr">
         <is>
-          <t>Tenue portée par Franc'Pairon</t>
+          <t>Robe chemisier "Delphine"</t>
         </is>
       </c>
       <c r="C1206" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1206" s="2"/>
+      <c r="D1206" s="2" t="inlineStr">
+        <is>
+          <t>Kaba, Siré / Erratum Fashion</t>
+        </is>
+      </c>
       <c r="E1206" s="2" t="inlineStr">
         <is>
-          <t>2020 - 2023</t>
+          <t>2020 - </t>
         </is>
       </c>
       <c r="F1206" s="2" t="inlineStr">
         <is>
-          <t>ensemble, pantalon, haut à manches courtes ou longues, veste d'intérieur, chaussure, bijou</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G1206" s="2" t="inlineStr">
         <is>
-          <t>coton, matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H1206" s="2" t="inlineStr">
         <is>
-          <t>toile, sergé, imprimé, moulé</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1207">
       <c r="A1207" s="1" t="n">
-        <v>88613</v>
+        <v>95336</v>
       </c>
       <c r="B1207" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier "Delphine"</t>
+          <t>Tenue portée par Franc'Pairon</t>
         </is>
       </c>
       <c r="C1207" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D1207" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D1207" s="2"/>
       <c r="E1207" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F1207" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble, pantalon, haut à manches courtes ou longues, veste d'intérieur, chaussure, bijou</t>
         </is>
       </c>
       <c r="G1207" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, matière plastique</t>
         </is>
       </c>
       <c r="H1207" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile, sergé, imprimé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1208">
       <c r="A1208" s="1" t="n">
-        <v>99762</v>
+        <v>102810</v>
       </c>
       <c r="B1208" s="2" t="inlineStr">
         <is>
-          <t>Sac</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C1208" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1208" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E1208" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F1208" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1208" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>matière plastique, coton</t>
         </is>
       </c>
       <c r="H1208" s="2" t="inlineStr">
         <is>
-          <t>embossé</t>
+          <t>maille, enduit</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1209">
       <c r="A1209" s="1" t="n">
-        <v>102810</v>
+        <v>99762</v>
       </c>
       <c r="B1209" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Sac</t>
         </is>
       </c>
       <c r="C1209" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1209" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E1209" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
         </is>
       </c>
       <c r="F1209" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G1209" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H1209" s="2" t="inlineStr">
         <is>
-          <t>maille, enduit</t>
+          <t>embossé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1210">
       <c r="A1210" s="1" t="n">
         <v>106555</v>
       </c>
       <c r="B1210" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C1210" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1210" s="2" t="inlineStr">
         <is>
           <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
         </is>
       </c>
       <c r="E1210" s="2" t="inlineStr">
         <is>
           <t>2021 - 2022</t>
@@ -45563,355 +45563,395 @@
         </is>
       </c>
       <c r="E1219" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F1219" s="2" t="inlineStr">
         <is>
           <t>trois pièces, robe longue, accessoire textile, chaussure</t>
         </is>
       </c>
       <c r="G1219" s="2" t="inlineStr">
         <is>
           <t>autruche, cuir, résine synthétique, coton, fibres synthétiques</t>
         </is>
       </c>
       <c r="H1219" s="2" t="inlineStr">
         <is>
           <t>imprimé, vernis, organdi, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1220">
       <c r="A1220" s="1" t="n">
-        <v>99001</v>
+        <v>99244</v>
       </c>
       <c r="B1220" s="2" t="inlineStr">
         <is>
-          <t>Velum Magneticus - tenture de la salle des mariages</t>
+          <t>Mur Mu(u)rs épars</t>
         </is>
       </c>
       <c r="C1220" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D1220" s="2" t="inlineStr">
         <is>
-          <t>Henry, Daniel</t>
+          <t>Limontas , Louise</t>
         </is>
       </c>
       <c r="E1220" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F1220" s="2" t="inlineStr">
         <is>
-          <t>tenture, broderie</t>
+          <t>installation, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G1220" s="2" t="inlineStr">
         <is>
-          <t>métal, viscose</t>
+          <t>acier, béton</t>
         </is>
       </c>
       <c r="H1220" s="2" t="inlineStr">
         <is>
-          <t>sérigraphié, broderie, cotelé</t>
+          <t>macramé, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1221">
       <c r="A1221" s="1" t="n">
-        <v>99244</v>
+        <v>99001</v>
       </c>
       <c r="B1221" s="2" t="inlineStr">
         <is>
-          <t>Mur Mu(u)rs épars</t>
+          <t>Velum Magneticus - tenture de la salle des mariages</t>
         </is>
       </c>
       <c r="C1221" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Woluwe-Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D1221" s="2" t="inlineStr">
         <is>
-          <t>Limontas , Louise</t>
+          <t>Henry, Daniel</t>
         </is>
       </c>
       <c r="E1221" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F1221" s="2" t="inlineStr">
         <is>
-          <t>installation</t>
+          <t>tenture, broderie</t>
         </is>
       </c>
       <c r="G1221" s="2" t="inlineStr">
         <is>
-          <t>acier, béton</t>
+          <t>métal, viscose</t>
         </is>
       </c>
       <c r="H1221" s="2" t="inlineStr">
         <is>
-          <t>macramé, tissage</t>
+          <t>sérigraphié, broderie, cotelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1222">
       <c r="A1222" s="1" t="n">
-        <v>106559</v>
+        <v>105112</v>
       </c>
       <c r="B1222" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble haut, short, chaussures et chaussettes</t>
         </is>
       </c>
       <c r="C1222" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1222" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
+          <t>Menuge, Julie</t>
         </is>
       </c>
       <c r="E1222" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F1222" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G1222" s="2" t="inlineStr">
         <is>
-          <t>polyester, élasthane</t>
+          <t>coton, polyester, cuir, caoutchouc</t>
         </is>
       </c>
       <c r="H1222" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>jersey, maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1223">
       <c r="A1223" s="1" t="n">
-        <v>105112</v>
+        <v>105113</v>
       </c>
       <c r="B1223" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut, short, chaussures et chaussettes</t>
+          <t>Ensemble débardeur et bermuda </t>
         </is>
       </c>
       <c r="C1223" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1223" s="2" t="inlineStr">
         <is>
-          <t>Menuge, Julie</t>
+          <t>Mipinta,  / Miro, Fernando</t>
         </is>
       </c>
       <c r="E1223" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F1223" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G1223" s="2" t="inlineStr">
         <is>
-          <t>coton, polyester, cuir, caoutchouc</t>
+          <t>polyester, élasthane</t>
         </is>
       </c>
       <c r="H1223" s="2" t="inlineStr">
         <is>
-          <t>jersey, maille, imprimé</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1224">
       <c r="A1224" s="1" t="n">
-        <v>105113</v>
+        <v>105119</v>
       </c>
       <c r="B1224" s="2" t="inlineStr">
         <is>
-          <t>Ensemble débardeur et bermuda </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C1224" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1224" s="2" t="inlineStr">
         <is>
-          <t>Mipinta,  / Miro, Fernando</t>
+          <t>Zouagui, Nourredine / Puma,  / Nike</t>
         </is>
       </c>
       <c r="E1224" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F1224" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G1224" s="2" t="inlineStr">
         <is>
-          <t>polyester, élasthane</t>
+          <t>polyester, résine synthétique, laine, cuir, caoutchouc</t>
         </is>
       </c>
       <c r="H1224" s="2" t="inlineStr">
         <is>
-          <t>maille, imprimé</t>
+          <t>organza, maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1225">
       <c r="A1225" s="1" t="n">
-        <v>105119</v>
+        <v>106559</v>
       </c>
       <c r="B1225" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C1225" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D1225" s="2" t="inlineStr">
         <is>
-          <t>Zouagui, Nourredine / Puma,  / Nike</t>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar / Ganni,  / Reffstrup, Ditte</t>
         </is>
       </c>
       <c r="E1225" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F1225" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G1225" s="2" t="inlineStr">
         <is>
-          <t>polyester, résine synthétique, laine, cuir, caoutchouc</t>
+          <t>polyester, élasthane</t>
         </is>
       </c>
       <c r="H1225" s="2" t="inlineStr">
         <is>
-          <t>organza, maille, imprimé</t>
+          <t>maille, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1226">
       <c r="A1226" s="1" t="n">
-        <v>105121</v>
+        <v>109584</v>
       </c>
       <c r="B1226" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et collant</t>
+          <t>Destruction du théâtre de Mariupol</t>
         </is>
       </c>
       <c r="C1226" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D1226" s="2" t="inlineStr">
         <is>
-          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+          <t>de Tourtier, Servane</t>
         </is>
       </c>
       <c r="E1226" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F1226" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G1226" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), élasthane, cuir</t>
+          <t>laine, lin</t>
         </is>
       </c>
       <c r="H1226" s="2" t="inlineStr">
         <is>
-          <t>tulle, maille, teint</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1227">
       <c r="A1227" s="1" t="n">
+        <v>105121</v>
+      </c>
+      <c r="B1227" s="2" t="inlineStr">
+        <is>
+          <t>Ensemble veste et collant</t>
+        </is>
+      </c>
+      <c r="C1227" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D1227" s="2" t="inlineStr">
+        <is>
+          <t>Ester Manas,  / Manas, Ester / Delepierre, Balthazar</t>
+        </is>
+      </c>
+      <c r="E1227" s="2" t="inlineStr">
+        <is>
+          <t>2025 - </t>
+        </is>
+      </c>
+      <c r="F1227" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
+      <c r="G1227" s="2" t="inlineStr">
+        <is>
+          <t>polyamide (=nylon), élasthane, cuir</t>
+        </is>
+      </c>
+      <c r="H1227" s="2" t="inlineStr">
+        <is>
+          <t>tulle, maille, teint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1228">
+      <c r="A1228" s="1" t="n">
         <v>105656</v>
       </c>
-      <c r="B1227" s="2" t="inlineStr">
+      <c r="B1228" s="2" t="inlineStr">
         <is>
           <t>Drapeau de procession</t>
         </is>
       </c>
-      <c r="C1227" s="2" t="inlineStr">
+      <c r="C1228" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Vincent </t>
         </is>
       </c>
-      <c r="D1227" s="2"/>
-      <c r="E1227" s="2" t="inlineStr">
+      <c r="D1228" s="2"/>
+      <c r="E1228" s="2" t="inlineStr">
         <is>
           <t>XIXe - 19e</t>
         </is>
       </c>
-      <c r="F1227" s="2" t="inlineStr">
+      <c r="F1228" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
-      <c r="G1227" s="2"/>
-      <c r="H1227" s="2" t="inlineStr">
+      <c r="G1228" s="2"/>
+      <c r="H1228" s="2" t="inlineStr">
         <is>
           <t>technique d'apprêt et embellissement du tissu</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">