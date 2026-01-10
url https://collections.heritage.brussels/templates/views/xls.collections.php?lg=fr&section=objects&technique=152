--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -319,333 +319,333 @@
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>satin, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>60937</v>
+        <v>57758</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, bambou</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie anglaise</t>
+          <t>toile, broderie anglaise, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>62537</v>
+        <v>60937</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>bambou, bois, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, placage</t>
+          <t>batiste, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>66892</v>
+        <v>62537</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Tablier</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tablier</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bambou, bois, coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie anglaise</t>
+          <t>broderie anglaise, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>87793</v>
+        <v>66892</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Tablier</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>tablier</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, passementerie, velours</t>
+          <t>toile, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>87802</v>
+        <v>87793</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton, os, corne</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, technique de sculpture, tulle</t>
+          <t>broderie anglaise, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>88472</v>
+        <v>87802</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>coton, bois, laiton, os, corne</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, toile</t>
+          <t>broderie anglaise, technique de sculpture, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>98987</v>
+        <v>88472</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Robe de fiançailles </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie anglaise</t>
+          <t>broderie anglaise, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>57758</v>
+        <v>98987</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe de fiançailles </t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>coton, bambou</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie anglaise, passementerie</t>
+          <t>dentelle mécanique, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>60950</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1902 - 1912</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>