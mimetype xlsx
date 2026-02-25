--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -319,333 +319,333 @@
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>satin, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>57758</v>
+        <v>98987</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe de fiançailles </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>coton, bambou</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie anglaise, passementerie</t>
+          <t>dentelle mécanique, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>60937</v>
+        <v>57758</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, bambou</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>batiste, broderie anglaise</t>
+          <t>toile, broderie anglaise, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>62537</v>
+        <v>60937</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>bambou, bois, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, placage</t>
+          <t>batiste, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>66892</v>
+        <v>62537</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Tablier</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>tablier</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bambou, bois, coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie anglaise</t>
+          <t>broderie anglaise, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>87793</v>
+        <v>66892</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Tablier</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>tablier</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, passementerie, velours</t>
+          <t>toile, broderie anglaise</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>87802</v>
+        <v>87793</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton, os, corne</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, technique de sculpture, tulle</t>
+          <t>broderie anglaise, passementerie, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>88472</v>
+        <v>87802</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Ombrelle</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>coton, bois, laiton, os, corne</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, toile</t>
+          <t>broderie anglaise, technique de sculpture, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>98987</v>
+        <v>88472</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Robe de fiançailles </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, broderie anglaise</t>
+          <t>broderie anglaise, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>60950</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1902 - 1912</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>