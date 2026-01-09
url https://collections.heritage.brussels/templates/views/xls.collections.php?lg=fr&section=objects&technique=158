--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -1879,155 +1879,155 @@
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>gant</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>56403</v>
+        <v>60131</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Ceinture-tablier</t>
+          <t>Sac banane</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Delcour, Xavier / Xavier Delcour</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>ceinture</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>56421</v>
+        <v>56403</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Collier</t>
+          <t>Ceinture-tablier</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Xavier Delcour,  / Delcour, Xavier</t>
+          <t>Delcour, Xavier / Xavier Delcour</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>collier</t>
+          <t>ceinture</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>60131</v>
+        <v>56421</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Sac banane</t>
+          <t>Collier</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Xavier Delcour,  / Delcour, Xavier</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>collier</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
         <v>56278</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Ceinture</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -2039,531 +2039,531 @@
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>ceinture</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>68317</v>
+        <v>56203</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Bottes</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Rick Owens,  / Owens, Rick</t>
+          <t>Beauduin, Eric / Eric Beauduin</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>2009 - 2010</t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>56203</v>
+        <v>68317</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Bottes</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Eric Beauduin</t>
+          <t>Rick Owens,  / Owens, Rick</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2009 - 2010</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>59290</v>
+        <v>59385</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Derby à plateforme compensée</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2011</t>
+          <t>2010 - 2014</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>59385</v>
+        <v>53309</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Derby</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>de Callataÿ, Joachim / Ets. Callatay</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2014</t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>53309</v>
+        <v>59290</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Derby à plateforme compensée</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>de Callataÿ, Joachim / Ets. Callatay</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2010 - 2011</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>teint, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>59289</v>
+        <v>85552</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Derby à plateforme compensée</t>
+          <t>Ensemble blouson, haut et pantalon</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2011 - 2012</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>sergé, satin, mousseline, tie &amp; dye</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>85552</v>
+        <v>59289</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson, haut et pantalon</t>
+          <t>Derby à plateforme compensée</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>2011 - 2012</t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>sergé, satin, mousseline, tie &amp; dye</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>59288</v>
+        <v>59386</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Escarpin à plateforme compensée</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>59386</v>
+        <v>59288</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Escarpin à plateforme compensée</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>2012 - 2013</t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>teint, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>56325</v>
+        <v>44016</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Robe pull "Kinka"</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Wijnants, Christian / Christian Wijnants</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>maille, teint</t>
+          <t>embossé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>63139</v>
+        <v>56325</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Sac "Baudrionze"</t>
+          <t>Robe pull "Kinka"</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Eric Beauduin,  / Beauduin, Eric</t>
+          <t>Wijnants, Christian / Christian Wijnants</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>maille, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>59295</v>
+        <v>63139</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Sac "Baudrionze"</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Eric Beauduin,  / Beauduin, Eric</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>embossé, teint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>44016</v>
+        <v>59295</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Derby</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>