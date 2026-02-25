--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -1191,219 +1191,219 @@
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>botte</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>58015</v>
+        <v>68269</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Sac de cabine</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D30" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>chaussage et accessoire de chaussage</t>
+          <t>bagage</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>matière synthétique</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>68269</v>
+        <v>68306</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Sac de cabine</t>
+          <t>Bottes</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
-      <c r="F31" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>matière synthétique</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>68306</v>
+        <v>68307</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Bottes</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D32" s="2"/>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Pierre Cardin,  / Cardin, Pierre</t>
+        </is>
+      </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
-      <c r="F32" s="2"/>
+      <c r="F32" s="2" t="inlineStr">
+        <is>
+          <t>chaussure</t>
+        </is>
+      </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>68307</v>
+        <v>68308</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Sac à main</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>68308</v>
+        <v>58015</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Sac à main</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D34" s="2"/>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Jourdan, Charles</t>
+        </is>
+      </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
         <v>57853</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Robe-manteau</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -2039,565 +2039,565 @@
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>ceinture</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>56203</v>
+        <v>68317</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Bourse</t>
+          <t>Bottes</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Eric Beauduin</t>
+          <t>Rick Owens,  / Owens, Rick</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2009 - 2010</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>68317</v>
+        <v>56203</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Bottes</t>
+          <t>Bourse</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Rick Owens,  / Owens, Rick</t>
+          <t>Beauduin, Eric / Eric Beauduin</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>2009 - 2010</t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>59385</v>
+        <v>59290</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Derby à plateforme compensée</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2014</t>
+          <t>2010 - 2011</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>teint, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>53309</v>
+        <v>59385</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Derby</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>de Callataÿ, Joachim / Ets. Callatay</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2010 - 2014</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>59290</v>
+        <v>53309</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Derby à plateforme compensée</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>de Callataÿ, Joachim / Ets. Callatay</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2011</t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>85552</v>
+        <v>59289</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson, haut et pantalon</t>
+          <t>Derby à plateforme compensée</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>2011 - 2012</t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>sergé, satin, mousseline, tie &amp; dye</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>59289</v>
+        <v>85552</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Derby à plateforme compensée</t>
+          <t>Ensemble blouson, haut et pantalon</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2011 - 2012</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>sergé, satin, mousseline, tie &amp; dye</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>59386</v>
+        <v>59288</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Escarpin à plateforme compensée</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>2012 - 2013</t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>teint, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>59288</v>
+        <v>59386</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Escarpin à plateforme compensée</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2012 - 2013</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>44016</v>
+        <v>59295</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
           <t>Derby</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>embossé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>56325</v>
+        <v>44016</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Robe pull "Kinka"</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Wijnants, Christian / Christian Wijnants</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2014</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>maille, teint</t>
+          <t>embossé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>63139</v>
+        <v>56325</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Sac "Baudrionze"</t>
+          <t>Robe pull "Kinka"</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Eric Beauduin,  / Beauduin, Eric</t>
+          <t>Wijnants, Christian / Christian Wijnants</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2014</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>maille, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>59295</v>
+        <v>63139</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Sac "Baudrionze"</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Eric Beauduin,  / Beauduin, Eric</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>embossé, teint</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
         <v>63142</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>Robe asymétrique</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Atto,  / Dossena, Julien</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>