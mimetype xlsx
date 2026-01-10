--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -359,125 +359,125 @@
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1925 - 1935</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>cuir, serpent</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>99200</v>
+        <v>58019</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Roger Vivier,  / Vivier, Roger</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>jersey, vernis</t>
+          <t>vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>58019</v>
+        <v>99200</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Roger Vivier,  / Vivier, Roger</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>vernis</t>
+          <t>jersey, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>88601</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe longue, foulard et sandales</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Leitner, Florentina / Florentina Leitner</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>