--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -547,125 +547,125 @@
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>99686</v>
+        <v>66329</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>Procès-verbal de l'entrée dans le nouvel Hôtel de ville de Saint-Gilles en 1904</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Cuir d'Art Bilsen Frères</t>
+          <t>Meersmans,  Auguste</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1929</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>cuir, papier, encre, aquarelle</t>
+          <t>papier, cuir, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique d'écriture, technique de reliure, peint</t>
+          <t>technique d'écriture, dessin, technique d'impression, doré, technique d'estampage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>66329</v>
+        <v>99686</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Procès-verbal de l'entrée dans le nouvel Hôtel de ville de Saint-Gilles en 1904</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Meersmans,  Auguste</t>
+          <t>Cuir d'Art Bilsen Frères</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1929</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>papier, cuir, encre</t>
+          <t>cuir, papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique d'écriture, dessin, technique d'impression, doré, technique d'estampage</t>
+          <t>technique d'écriture, technique de reliure, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>43119</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Portrait et bénédiction apostolique du Papie Pie XI</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1922 - 1923</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>