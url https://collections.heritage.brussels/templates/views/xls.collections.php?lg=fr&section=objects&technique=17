--- v0 (2025-10-23)
+++ v1 (2026-01-29)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H119"/>
+  <dimension ref="A1:H124"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,216 +179,216 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>56591</v>
+        <v>94882</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Paysage</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
-[...2 lines deleted...]
-      <c r="D2" s="2"/>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Delfosse, François</t>
+        </is>
+      </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39922</v>
+        <v>98186</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Hôtel communal de Schaerbeek</t>
+          <t>Manika, Mangwe, Maniema</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Staquet, Pierre</t>
+          <t>Warzee, Rose-Marie</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, collé</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39994</v>
+        <v>39922</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Hôtel communal de Schaerbeek</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Bortolotti, Romano</t>
+          <t>Staquet, Pierre</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture synthétique</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, marouflé</t>
+          <t>technique mixte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>94882</v>
+        <v>39994</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Delfosse, François</t>
+          <t>Bortolotti, Romano</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>panneau, peinture synthétique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique mixte, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>98186</v>
+        <v>56591</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Manika, Mangwe, Maniema</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune d'Auderghem</t>
+        </is>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>53737</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Retable de la Nativité</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
@@ -671,1429 +671,1421 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier, crayon, encre de chine, gouache</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>dessin, technique mixte, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>70113</v>
+        <v>70127</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Bompa</t>
+          <t>Géant de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché</t>
+          <t>peinture, bois, papier mâché, papier, plâtre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>70114</v>
+        <v>70129</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Boma</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché</t>
+          <t>peinture, bois, papier, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>70115</v>
+        <v>70113</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Bompa</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>70116</v>
+        <v>70114</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Boma</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D18" s="2"/>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>70117</v>
+        <v>70115</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Le Grand turc, dit « Sultan »</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D19" s="2"/>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>70118</v>
+        <v>70116</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Sultane</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>70119</v>
+        <v>70117</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Le Grand turc, dit « Sultan »</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>70127</v>
+        <v>70118</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Sultane</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, plâtre</t>
+          <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>70129</v>
+        <v>70119</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, métal, matière synthétique</t>
+          <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>95092</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Vanden Borre, Guillaume</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>39658</v>
+        <v>77682</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>A Deya</t>
+          <t>Le rêve</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Robert-Acarin, Germaine</t>
+          <t>Delvaux, Paul</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1955 - </t>
+        </is>
+      </c>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>94905</v>
+        <v>39658</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>A Deya</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Mortier, Antoine</t>
+          <t>Robert-Acarin, Germaine</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1965 - </t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>29633</v>
+        <v>94905</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Cobra de transmission</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Alechinsky, Pierre</t>
+          <t>Mortier, Antoine</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1965 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture acrylique</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>95134</v>
+        <v>29633</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Forme méditative</t>
+          <t>Cobra de transmission</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Dubail, Berthe</t>
+          <t>Alechinsky, Pierre</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture acrylique</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>94986</v>
+        <v>95134</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Forme méditative</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Schrobiltgen, Paul</t>
+          <t>Dubail, Berthe</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1976 - </t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton, crayon</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>41638</v>
+        <v>94986</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Dimanche</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Hock, Jean-Pierre</t>
+          <t>Schrobiltgen, Paul</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1979 - </t>
+          <t>1976 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...2 lines deleted...]
-      <c r="G30" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G30" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, carton, crayon</t>
+        </is>
+      </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>70111</v>
+        <v>41638</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les aubergistes</t>
+          <t>Dimanche</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Hock, Jean-Pierre</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1979 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>70112</v>
+        <v>70134</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle vert</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
+          <t>objets ethnographiques, géant</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>peinture, bois, métal, papier mâché</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>70097</v>
+        <v>70135</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle rouge</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
+          <t>objets ethnographiques, géant</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique, papier</t>
+          <t>peinture, bois, métal, papier mâché</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>70098</v>
+        <v>70097</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>peinture, bois, métal, matière synthétique, papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>70099</v>
+        <v>70098</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>70100</v>
+        <v>70099</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les bouchers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>70101</v>
+        <v>70100</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les boulangers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les bouchers</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>70102</v>
+        <v>70101</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les potiers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les boulangers</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>70103</v>
+        <v>70102</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les gantiers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les potiers</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>70104</v>
+        <v>70103</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les gantiers</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>70105</v>
+        <v>70104</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>70106</v>
+        <v>70105</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les brasseurs</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>70107</v>
+        <v>70106</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les brasseurs</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>70108</v>
+        <v>70107</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>70109</v>
+        <v>70108</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>70110</v>
+        <v>70109</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les meuniers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>70134</v>
+        <v>70110</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle vert</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les meuniers</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>objets ethnographiques, géant</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, papier mâché</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>70135</v>
+        <v>70111</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle rouge</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les aubergistes</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>objets ethnographiques, géant</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, papier mâché</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>95240</v>
+        <v>70112</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>De Deken, Chantal</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1987 - </t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
         <v>95325</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Paquet, Jean-Luc</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
@@ -2135,306 +2127,306 @@
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>96821</v>
+        <v>95240</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Debuysere, Sonia</t>
+          <t>De Deken, Chantal</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>toile, papier</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>39628</v>
+        <v>96821</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Saintes-Maries-de-la-Mer</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Coste, Véra</t>
+          <t>Debuysere, Sonia</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G53" s="2"/>
+      <c r="G53" s="2" t="inlineStr">
+        <is>
+          <t>toile, papier</t>
+        </is>
+      </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>94994</v>
+        <v>98121</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>3 têtes sur la ligne d'arrivée</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Stenmans, Eric</t>
+          <t>Gagliardi, Vincent</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>papiers-peints</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>collé, technique mixte</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>98121</v>
+        <v>94994</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>3 têtes sur la ligne d'arrivée</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Gagliardi, Vincent</t>
+          <t>Stenmans, Eric</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>papiers-peints</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>bois, peinture</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>collé, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>39636</v>
+        <v>39628</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Repos-repli</t>
+          <t>Saintes-Maries-de-la-Mer</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Buchmann-Dessart, Sabine</t>
+          <t>Coste, Véra</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G56" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G56" s="2"/>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
         <v>94993</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Stenmans, Eric</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>peinture, bois</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>39690</v>
+        <v>39636</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Repos-repli</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Dupiereux, Philippe</t>
+          <t>Buchmann-Dessart, Sabine</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1992 - </t>
+          <t>1991 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
         <v>95329</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
           <t>Famille multiculturelle</t>
@@ -2451,276 +2443,276 @@
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier, toile</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>technique mixte, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>39808</v>
+        <v>39690</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Une vie</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Borremans, Chantal</t>
+          <t>Dupiereux, Philippe</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1992 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G60" s="2"/>
+      <c r="G60" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>95125</v>
+        <v>94885</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Destination inconnue</t>
+          <t>Face à l'avenir</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Dubuisson, Nicole</t>
+          <t>Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture acrylique, aquarelle, papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>lavis, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>94885</v>
+        <v>95125</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Face à l'avenir</t>
+          <t>Destination inconnue</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Dubrunfaut, Edmond</t>
+          <t>Dubuisson, Nicole</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, aquarelle, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>lavis, technique mixte</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>95104</v>
+        <v>39808</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>L'entrée des étudiants à l'U.L.B.</t>
+          <t>Une vie</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Bras, Georges</t>
+          <t>Borremans, Chantal</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1993 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G63" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G63" s="2"/>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>95251</v>
+        <v>95104</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Les trois croix</t>
+          <t>L'entrée des étudiants à l'U.L.B.</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Hoenraet, Luc</t>
+          <t>Bras, Georges</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>peinture, pierre fine, toile</t>
+          <t>peinture acrylique, peinture à l'huile, pastel, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>39888</v>
+        <v>95251</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Emanuelle</t>
+          <t>Les trois croix</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Migom, Eric</t>
+          <t>Hoenraet, Luc</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>panneau, acier</t>
+          <t>peinture, pierre fine, toile</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>95392</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Traversée</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Vandenbulcke, G.R.</t>
@@ -2767,2083 +2759,2271 @@
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>39928</v>
+        <v>39888</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Tryptique, de l'autre côté</t>
+          <t>Emanuelle</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Borremans, Chantal</t>
+          <t>Migom, Eric</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G68" s="2"/>
+      <c r="G68" s="2" t="inlineStr">
+        <is>
+          <t>panneau, acier</t>
+        </is>
+      </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>39950</v>
+        <v>94887</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Galaxia</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Damien, Olivier</t>
+          <t>Faignard-Preud'Homme, Paulette</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>encre, pastel</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, marouflé</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>94901</v>
+        <v>94897</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Gardiens de l'horizon </t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Lacomblez, Jacques</t>
+          <t>Hermant, Martine</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, aquarelle, papier</t>
+          <t>toile, peinture acrylique</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>94887</v>
+        <v>94901</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Galaxia</t>
+          <t>Gardiens de l'horizon </t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Faignard-Preud'Homme, Paulette</t>
+          <t>Lacomblez, Jacques</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>encre, pastel</t>
+          <t>encre de chine, aquarelle, papier</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>94897</v>
+        <v>39928</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Tryptique, de l'autre côté</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Hermant, Martine</t>
+          <t>Borremans, Chantal</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G72" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G72" s="2"/>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>39935</v>
+        <v>39950</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Noirfalise, Nicole</t>
+          <t>Damien, Olivier</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique mixte, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>95132</v>
+        <v>95328</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Trio en montagne</t>
+          <t>Daisi</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>De Taeye, Camille</t>
+          <t>Pino, Alain</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, peinture</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>95328</v>
+        <v>98091</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Daisi</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Pino, Alain</t>
+          <t>Delatte, Olivier</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>fusain, carton, pastel, gouache</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>98091</v>
+        <v>88824</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Delatte, Olivier</t>
+          <t>Seconde, Georges</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
-      <c r="F76" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>88824</v>
+        <v>95132</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Trio en montagne</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Seconde, Georges</t>
+          <t>De Taeye, Camille</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
-      <c r="F77" s="2"/>
-      <c r="G77" s="2"/>
+      <c r="F77" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G77" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>70120</v>
+        <v>39935</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Noirfalise, Nicole</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>70121</v>
+        <v>95271</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Unité profonde</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Belgeonne, Gabriel</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>encre de chine, aquarelle</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>70122</v>
+        <v>70131</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>70123</v>
+        <v>95285</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+          <t>Topographie</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Delorme, Michèle</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
-[...6 lines deleted...]
-      </c>
+          <t>2000 - </t>
+        </is>
+      </c>
+      <c r="F81" s="2"/>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>matières minérales</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>70124</v>
+        <v>70132</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D82" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>70125</v>
+        <v>70133</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>70128</v>
+        <v>94922</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
+          <t>Home Jean-Marc</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Bronitz, Elisabeth</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, métal, osier</t>
+          <t>peinture acrylique, marqueur</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>94922</v>
+        <v>70128</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Home Jean-Marc</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Bronitz, Elisabeth</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, marqueur</t>
+          <t>peinture, bois, papier mâché, papier, métal, osier</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>95271</v>
+        <v>70120</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Unité profonde</t>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Belgeonne, Gabriel</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, aquarelle</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>95285</v>
+        <v>70121</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Topographie</t>
+          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Delorme, Michèle</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
-[...2 lines deleted...]
-      <c r="F87" s="2"/>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F87" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>matières minérales</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>70131</v>
+        <v>70122</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>70132</v>
+        <v>70123</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D89" s="2"/>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>70133</v>
+        <v>70124</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>39973</v>
+        <v>70125</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Terres émergées (Archipel)</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Duelz, Marlène</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G91" s="2"/>
+          <t>géant</t>
+        </is>
+      </c>
+      <c r="G91" s="2" t="inlineStr">
+        <is>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+        </is>
+      </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>39986</v>
+        <v>39973</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Matin givré</t>
+          <t>Terres émergées (Archipel)</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Benkhedda, Sonia</t>
+          <t>Duelz, Marlène</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G92" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G92" s="2"/>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>39997</v>
+        <v>39986</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Matin givré</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Hendrickx, Jean-Pierre</t>
+          <t>Benkhedda, Sonia</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>toile, peinture acrylique</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, dessin, collé</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
         <v>94908</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
           <t>In a sentimental mood</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Pirson, Ronald</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>peinture, toile</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>40010</v>
+        <v>39997</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Le passé révélé</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Borremans, Chantal</t>
+          <t>Hendrickx, Jean-Pierre</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G95" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G95" s="2" t="inlineStr">
+        <is>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique mixte, dessin, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>70126</v>
+        <v>94833</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
+          <t>L'atence</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D96" s="2"/>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Amatheu, Catherine</t>
+        </is>
+      </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier, résine</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>94833</v>
+        <v>40010</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>L'atence</t>
+          <t>Le passé révélé</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Amatheu, Catherine</t>
+          <t>Borremans, Chantal</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G97" s="2"/>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>69167</v>
+        <v>70126</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Jean-Marie Prandi, Transparence rouge, technique mixte sur panneau, 2006.</t>
+          <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>panneau, béton, polyester</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier, résine</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>57186</v>
+        <v>69167</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Jean-Marie Prandi, Transparence rouge, technique mixte sur panneau, 2006.</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Rolet, Christian</t>
+          <t>Prandi, Jean-Marie</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>cire, verre</t>
+          <t>panneau, béton, polyester</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>41425</v>
+        <v>57186</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Thegreenyellow</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Musée René Magritte – Musée d’Art Abstrait</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Bogart, Bram</t>
+          <t>Rolet, Christian</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>cire, verre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>40046</v>
+        <v>41425</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°1</t>
+          <t>Thegreenyellow</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée René Magritte – Musée d’Art Abstrait</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Parimeros, Dimitri</t>
+          <t>Bogart, Bram</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2008 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>luminaire, statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>acier, résine synthétique</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>40047</v>
+        <v>77541</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°2</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Parimeros, Dimitri</t>
+          <t>Vagenhende, Arlette</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>luminaire, statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>acier, résine synthétique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>40048</v>
+        <v>77542</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°3</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Parimeros, Dimitri</t>
+          <t>Vagenhende, Arlette</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>luminaire, statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>acier, résine synthétique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>40049</v>
+        <v>77543</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°4</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Parimeros, Dimitri</t>
+          <t>Vagenhende, Arlette</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>luminaire, statue</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G104" s="2"/>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>40050</v>
+        <v>40046</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°5</t>
+          <t>Petit poisson lumineux n°1</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>40051</v>
+        <v>40047</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°6</t>
+          <t>Petit poisson lumineux n°2</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>40052</v>
+        <v>40048</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Poisson avec lampe indienne</t>
+          <t>Petit poisson lumineux n°3</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>40053</v>
+        <v>40049</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Baleine rouge</t>
+          <t>Petit poisson lumineux n°4</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>40075</v>
+        <v>40050</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>L'œil est un voyageur inculte</t>
+          <t>Petit poisson lumineux n°5</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Vandamme, Godelieve</t>
+          <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...2 lines deleted...]
-      <c r="G109" s="2"/>
+          <t>luminaire, statue</t>
+        </is>
+      </c>
+      <c r="G109" s="2" t="inlineStr">
+        <is>
+          <t>acier, résine synthétique</t>
+        </is>
+      </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>94946</v>
+        <v>40051</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Archipelagos N°1</t>
+          <t>Petit poisson lumineux n°6</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Kokkinos, Niki</t>
+          <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>linogravure, technique mixte</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>70130</v>
+        <v>40052</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : la licorne</t>
+          <t>Poisson avec lampe indienne</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2020</t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, métal, matière synthétique, papier mâché</t>
+          <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>95341</v>
+        <v>40053</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Voyage sur papier</t>
+          <t>Baleine rouge</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Debatty, Pierre</t>
+          <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>95100</v>
+        <v>40075</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Sans titre (Happy birthday)</t>
+          <t>L'œil est un voyageur inculte</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Ver Elst, Marc</t>
+          <t>Vandamme, Godelieve</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G113" s="2"/>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>95170</v>
+        <v>70130</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Le frais du bleu</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : la licorne</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Talbot, Chantal</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2010 - 2020</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, bois, vernis</t>
+          <t>peinture, bois, papier, métal, matière synthétique, papier mâché</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>94987</v>
+        <v>77685</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Sans titre </t>
+          <t>Petit homme sur fond vert</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Seulen, Nancy</t>
+          <t>De Man, Petrus</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>2010 - </t>
+        </is>
+      </c>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2"/>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>94988</v>
+        <v>94946</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Sans titre - Archipelagos N°1</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Seulen, Nancy</t>
+          <t>Kokkinos, Niki</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>2015 - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, pastel, toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>linogravure, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>98629</v>
+        <v>95341</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Vision of Art Nouveau</t>
+          <t>Voyage sur papier</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Anderlecht</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Bour, Régis</t>
+          <t>Debatty, Pierre</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>2023 - 2024</t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>peinture murale, oeuvre d'art en espace public</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, marqueur</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>94917</v>
+        <v>95100</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Sans titre (Happy birthday)</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Dujardin, Caroline</t>
+          <t>Ver Elst, Marc</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>toile, papier mâché, gouache</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
+        <v>95170</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>Le frais du bleu</t>
+        </is>
+      </c>
+      <c r="C119" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>Talbot, Chantal</t>
+        </is>
+      </c>
+      <c r="E119" s="2" t="inlineStr">
+        <is>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F119" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G119" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, bois, vernis</t>
+        </is>
+      </c>
+      <c r="H119" s="2" t="inlineStr">
+        <is>
+          <t>technique mixte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="1" t="n">
+        <v>94987</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre </t>
+        </is>
+      </c>
+      <c r="C120" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>Seulen, Nancy</t>
+        </is>
+      </c>
+      <c r="E120" s="2" t="inlineStr">
+        <is>
+          <t>2015 - </t>
+        </is>
+      </c>
+      <c r="F120" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G120" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, pastel, toile</t>
+        </is>
+      </c>
+      <c r="H120" s="2" t="inlineStr">
+        <is>
+          <t>technique mixte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="1" t="n">
+        <v>94988</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C121" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="inlineStr">
+        <is>
+          <t>Seulen, Nancy</t>
+        </is>
+      </c>
+      <c r="E121" s="2" t="inlineStr">
+        <is>
+          <t>2015 - </t>
+        </is>
+      </c>
+      <c r="F121" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G121" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, pastel, toile</t>
+        </is>
+      </c>
+      <c r="H121" s="2" t="inlineStr">
+        <is>
+          <t>technique mixte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="1" t="n">
+        <v>98629</v>
+      </c>
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>Vision of Art Nouveau</t>
+        </is>
+      </c>
+      <c r="C122" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public - Anderlecht</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>Bour, Régis</t>
+        </is>
+      </c>
+      <c r="E122" s="2" t="inlineStr">
+        <is>
+          <t>2023 - 2024</t>
+        </is>
+      </c>
+      <c r="F122" s="2" t="inlineStr">
+        <is>
+          <t>peinture murale, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G122" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, marqueur</t>
+        </is>
+      </c>
+      <c r="H122" s="2" t="inlineStr">
+        <is>
+          <t>technique mixte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="1" t="n">
         <v>95326</v>
       </c>
-      <c r="B119" s="2" t="inlineStr">
+      <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
-      <c r="C119" s="2" t="inlineStr">
+      <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D119" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E119" s="2" t="inlineStr">
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>(Matthieu Meert), PAROLE</t>
+        </is>
+      </c>
+      <c r="E123" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F119" s="2"/>
-      <c r="G119" s="2" t="inlineStr">
+      <c r="F123" s="2"/>
+      <c r="G123" s="2" t="inlineStr">
         <is>
           <t>peinture, papier, toile</t>
         </is>
       </c>
-      <c r="H119" s="2" t="inlineStr">
+      <c r="H123" s="2" t="inlineStr">
+        <is>
+          <t>technique mixte</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="1" t="n">
+        <v>94917</v>
+      </c>
+      <c r="B124" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C124" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Dujardin, Caroline</t>
+        </is>
+      </c>
+      <c r="E124" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F124" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G124" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture</t>
+        </is>
+      </c>
+      <c r="H124" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">