--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -179,216 +179,216 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>94882</v>
+        <v>56591</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Paysage</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune d'Auderghem</t>
+        </is>
+      </c>
+      <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>98186</v>
+        <v>39922</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Manika, Mangwe, Maniema</t>
+          <t>Hôtel communal de Schaerbeek</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Warzee, Rose-Marie</t>
+          <t>Staquet, Pierre</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, toile</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique mixte, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39922</v>
+        <v>39994</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Hôtel communal de Schaerbeek</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Staquet, Pierre</t>
+          <t>Bortolotti, Romano</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>panneau, peinture synthétique</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, collé</t>
+          <t>technique mixte, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39994</v>
+        <v>94882</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Bortolotti, Romano</t>
+          <t>Delfosse, François</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture synthétique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, marouflé</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>56591</v>
+        <v>98186</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Manika, Mangwe, Maniema</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
-[...2 lines deleted...]
-      <c r="D6" s="2"/>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D6" s="2" t="inlineStr">
+        <is>
+          <t>Warzee, Rose-Marie</t>
+        </is>
+      </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture acrylique, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>53737</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Retable de la Nativité</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
@@ -671,363 +671,363 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier, crayon, encre de chine, gouache</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>dessin, technique mixte, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>70127</v>
+        <v>70115</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier mâché, papier, plâtre</t>
+          <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>70129</v>
+        <v>70116</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, métal, matière synthétique</t>
+          <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>70113</v>
+        <v>70117</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Bompa</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Le Grand turc, dit « Sultan »</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D17" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>70114</v>
+        <v>70118</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Boma</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Sultane</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D18" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>70115</v>
+        <v>70119</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>70116</v>
+        <v>70127</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Géant de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D20" s="2"/>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché</t>
+          <t>peinture, bois, papier mâché, papier, plâtre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>70117</v>
+        <v>70129</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Le Grand turc, dit « Sultan »</t>
+          <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le poisson</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D21" s="2"/>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1930 - 2010</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché</t>
+          <t>peinture, bois, papier, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>70118</v>
+        <v>70113</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles : Sultane</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Bompa</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D22" s="2"/>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>70119</v>
+        <v>70114</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Tête de géant de l’Ommegang de Bruxelles</t>
+          <t>Tête de géant de l’Ommegang de Bruxelles : Boma</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1930 - 2010</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier, papier mâché</t>
@@ -1327,865 +1327,865 @@
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Hock, Jean-Pierre</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>70134</v>
+        <v>70097</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle vert</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>objets ethnographiques, géant</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, papier mâché</t>
+          <t>peinture, bois, métal, matière synthétique, papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>70135</v>
+        <v>70098</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle rouge</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>objets ethnographiques, géant</t>
+          <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, papier mâché</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>70097</v>
+        <v>70099</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique, papier</t>
+          <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>70098</v>
+        <v>70100</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les bouchers</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>70099</v>
+        <v>70101</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les boulangers</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>70100</v>
+        <v>70102</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les bouchers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les potiers</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>70101</v>
+        <v>70103</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les boulangers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les gantiers</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>70102</v>
+        <v>70104</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les potiers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>70103</v>
+        <v>70105</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les gantiers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>70104</v>
+        <v>70106</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les brasseurs</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>70105</v>
+        <v>70107</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>70106</v>
+        <v>70108</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les brasseurs</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>70107</v>
+        <v>70109</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>70108</v>
+        <v>70110</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les meuniers</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>70109</v>
+        <v>70111</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles : les aubergistes</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>70110</v>
+        <v>70112</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les meuniers</t>
+          <t>“Keersen” de l’Ommegang de Bruxelles</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1980 - 2010</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>sculpture, bannière et drapeau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, métal, matière synthétique</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>70111</v>
+        <v>70134</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles : les aubergistes</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle vert</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
+          <t>objets ethnographiques, géant</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>peinture, bois, métal, papier mâché</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>70112</v>
+        <v>70135</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>“Keersen” de l’Ommegang de Bruxelles</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : l’aigle rouge</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2010</t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>sculpture, bannière et drapeau</t>
+          <t>objets ethnographiques, géant</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière synthétique</t>
+          <t>peinture, bois, métal, papier mâché</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, collé, technique de sculpture, peint</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>95325</v>
+        <v>95240</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Paquet, Jean-Luc</t>
+          <t>De Deken, Chantal</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>papier, toile, peinture</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>98170</v>
+        <v>95325</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Thirion, Dominique</t>
+          <t>Paquet, Jean-Luc</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>papier, toile, peinture</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>95240</v>
+        <v>98170</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>De Deken, Chantal</t>
+          <t>Thirion, Dominique</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
@@ -2207,437 +2207,437 @@
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>toile, papier</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>98121</v>
+        <v>39628</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>3 têtes sur la ligne d'arrivée</t>
+          <t>Saintes-Maries-de-la-Mer</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Gagliardi, Vincent</t>
+          <t>Coste, Véra</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>papiers-peints</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>94994</v>
+        <v>98121</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>3 têtes sur la ligne d'arrivée</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Stenmans, Eric</t>
+          <t>Gagliardi, Vincent</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>papiers-peints</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>collé, technique mixte</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>39628</v>
+        <v>94994</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Saintes-Maries-de-la-Mer</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Coste, Véra</t>
+          <t>Stenmans, Eric</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G56" s="2"/>
+      <c r="G56" s="2" t="inlineStr">
+        <is>
+          <t>bois, peinture</t>
+        </is>
+      </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>collé, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>94993</v>
+        <v>39636</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Repos-repli</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Stenmans, Eric</t>
+          <t>Buchmann-Dessart, Sabine</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>39636</v>
+        <v>94993</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Repos-repli</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Buchmann-Dessart, Sabine</t>
+          <t>Stenmans, Eric</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture, bois</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>95329</v>
+        <v>39690</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Famille multiculturelle</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Pirson, Ronald</t>
+          <t>Dupiereux, Philippe</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>papier, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, marouflé</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>39690</v>
+        <v>95329</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Famille multiculturelle</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Dupiereux, Philippe</t>
+          <t>Pirson, Ronald</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, toile</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique mixte, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>94885</v>
+        <v>39808</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Face à l'avenir</t>
+          <t>Une vie</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Dubrunfaut, Edmond</t>
+          <t>Borremans, Chantal</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G61" s="2"/>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>lavis, technique mixte</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>95125</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Destination inconnue</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Dubuisson, Nicole</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>39808</v>
+        <v>94885</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Une vie</t>
+          <t>Face à l'avenir</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Borremans, Chantal</t>
+          <t>Dubrunfaut, Edmond</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G63" s="2"/>
+          <t>Technique mixte</t>
+        </is>
+      </c>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique, aquarelle, papier</t>
+        </is>
+      </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>lavis, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>95104</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>L'entrée des étudiants à l'U.L.B.</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Bras, Georges</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
@@ -2679,1065 +2679,1065 @@
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>peinture, pierre fine, toile</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>95392</v>
+        <v>39888</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Traversée</t>
+          <t>Emanuelle</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Vandenbulcke, G.R.</t>
+          <t>Migom, Eric</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>panneau, acier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>98176</v>
+        <v>95392</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Traversée</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Ver Elst, Marc</t>
+          <t>Vandenbulcke, G.R.</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>39888</v>
+        <v>98176</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Emanuelle</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Migom, Eric</t>
+          <t>Ver Elst, Marc</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>panneau, acier</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>94887</v>
+        <v>39928</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Galaxia</t>
+          <t>Tryptique, de l'autre côté</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Faignard-Preud'Homme, Paulette</t>
+          <t>Borremans, Chantal</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G69" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G69" s="2"/>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>94897</v>
+        <v>39950</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Hermant, Martine</t>
+          <t>Damien, Olivier</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture acrylique</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>technique mixte, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>94901</v>
+        <v>94887</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Gardiens de l'horizon </t>
+          <t>Galaxia</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Lacomblez, Jacques</t>
+          <t>Faignard-Preud'Homme, Paulette</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, aquarelle, papier</t>
+          <t>encre, pastel</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>39928</v>
+        <v>94897</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Tryptique, de l'autre côté</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Borremans, Chantal</t>
+          <t>Hermant, Martine</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G72" s="2"/>
+      <c r="G72" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture acrylique</t>
+        </is>
+      </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>39950</v>
+        <v>94901</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Gardiens de l'horizon </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Damien, Olivier</t>
+          <t>Lacomblez, Jacques</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>encre de chine, aquarelle, papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, marouflé</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>95328</v>
+        <v>39935</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Daisi</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Pino, Alain</t>
+          <t>Noirfalise, Nicole</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>98091</v>
+        <v>95132</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Trio en montagne</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Delatte, Olivier</t>
+          <t>De Taeye, Camille</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>fusain, carton, pastel, gouache</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>88824</v>
+        <v>95328</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Daisi</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Seconde, Georges</t>
+          <t>Pino, Alain</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
-      <c r="F76" s="2"/>
-      <c r="G76" s="2"/>
+      <c r="F76" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G76" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture</t>
+        </is>
+      </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>95132</v>
+        <v>98091</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Trio en montagne</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>De Taeye, Camille</t>
+          <t>Delatte, Olivier</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>fusain, carton, pastel, gouache</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>39935</v>
+        <v>88824</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Noirfalise, Nicole</t>
+          <t>Seconde, Georges</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
-      <c r="F78" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>95271</v>
+        <v>70120</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Unité profonde</t>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Belgeonne, Gabriel</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, aquarelle</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>70131</v>
+        <v>70121</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>95285</v>
+        <v>70122</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Topographie</t>
+          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Delorme, Michèle</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
-[...2 lines deleted...]
-      <c r="F81" s="2"/>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F81" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>matières minérales</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>70132</v>
+        <v>70123</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
+          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D82" s="2"/>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
+          <t>peinture, bois, osier, métal</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>70133</v>
+        <v>70124</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, métal, matière plastique, papier mâché</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>94922</v>
+        <v>70125</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Home Jean-Marc</t>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Bronitz, Elisabeth</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique, marqueur</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
         <v>70128</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
           <t>Les Animaux symboliques de l’Ommegang de Bruxelles : le dragon</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>peinture, bois, papier mâché, papier, métal, osier</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>70120</v>
+        <v>95271</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>Unité profonde</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Belgeonne, Gabriel</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>encre de chine, aquarelle</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>70121</v>
+        <v>70131</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>70122</v>
+        <v>95285</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+          <t>Topographie</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Delorme, Michèle</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
-[...6 lines deleted...]
-      </c>
+          <t>2000 - </t>
+        </is>
+      </c>
+      <c r="F88" s="2"/>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>matières minérales</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>70123</v>
+        <v>70132</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles : le chameau</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
-      <c r="D89" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché, osier</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>70124</v>
+        <v>70133</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Animaux processionnels de l’Ommegang de Bruxelles  : le cheval-godet</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>2000 - 2020</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>géant</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>peinture, bois, métal, matière plastique, papier mâché</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique d'assemblage, technique mixte, technique de sculpture, couture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>70125</v>
+        <v>94922</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Home Jean-Marc</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Bronitz, Elisabeth</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>peinture acrylique, marqueur</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>39973</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Terres émergées (Archipel)</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Duelz, Marlène</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
@@ -3775,237 +3775,237 @@
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>toile, peinture acrylique</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>94908</v>
+        <v>39997</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>In a sentimental mood</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Pirson, Ronald</t>
+          <t>Hendrickx, Jean-Pierre</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>peinture, toile</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique mixte</t>
+          <t>technique mixte, dessin, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>39997</v>
+        <v>94908</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>In a sentimental mood</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Hendrickx, Jean-Pierre</t>
+          <t>Pirson, Ronald</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>peinture, toile</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique mixte, dessin, collé</t>
+          <t>marouflé, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>94833</v>
+        <v>70126</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>L'atence</t>
+          <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>Technique mixte</t>
+          <t>géant</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture, bois, osier, métal, papier mâché, papier, résine</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>technique mixte</t>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
         <v>40010</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
           <t>Le passé révélé</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Borremans, Chantal</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>70126</v>
+        <v>94833</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
+          <t>L'atence</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D98" s="2"/>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Amatheu, Catherine</t>
+        </is>
+      </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>Technique mixte</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier, résine</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>69167</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Jean-Marie Prandi, Transparence rouge, technique mixte sur panneau, 2006.</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Prandi, Jean-Marie</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
@@ -4087,511 +4087,511 @@
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>77541</v>
+        <v>40050</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Petit poisson lumineux n°5</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Commune de Watermael-Boitsfort</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Vagenhende, Arlette</t>
+          <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>77542</v>
+        <v>40051</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Petit poisson lumineux n°6</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Commune de Watermael-Boitsfort</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Vagenhende, Arlette</t>
+          <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>77543</v>
+        <v>40052</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Poisson avec lampe indienne</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Commune de Watermael-Boitsfort</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Vagenhende, Arlette</t>
+          <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G104" s="2"/>
+          <t>luminaire, statue</t>
+        </is>
+      </c>
+      <c r="G104" s="2" t="inlineStr">
+        <is>
+          <t>acier, résine synthétique</t>
+        </is>
+      </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>40046</v>
+        <v>40053</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°1</t>
+          <t>Baleine rouge</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>40047</v>
+        <v>40075</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°2</t>
+          <t>L'œil est un voyageur inculte</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Parimeros, Dimitri</t>
+          <t>Vandamme, Godelieve</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>luminaire, statue</t>
-[...6 lines deleted...]
-      </c>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G106" s="2"/>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>40048</v>
+        <v>40046</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°3</t>
+          <t>Petit poisson lumineux n°1</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>40049</v>
+        <v>40047</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°4</t>
+          <t>Petit poisson lumineux n°2</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>40050</v>
+        <v>40048</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°5</t>
+          <t>Petit poisson lumineux n°3</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>40051</v>
+        <v>40049</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Petit poisson lumineux n°6</t>
+          <t>Petit poisson lumineux n°4</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Parimeros, Dimitri</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>luminaire, statue</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>acier, résine synthétique</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>40052</v>
+        <v>77541</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Poisson avec lampe indienne</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Parimeros, Dimitri</t>
+          <t>Vagenhende, Arlette</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>luminaire, statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>acier, résine synthétique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>40053</v>
+        <v>77542</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Baleine rouge</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Parimeros, Dimitri</t>
+          <t>Vagenhende, Arlette</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>luminaire, statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>acier, résine synthétique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>40075</v>
+        <v>77543</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>L'œil est un voyageur inculte</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Vandamme, Godelieve</t>
+          <t>Vagenhende, Arlette</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
         <v>70130</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>Les Animaux symboliques de l’Ommegang de Bruxelles : la licorne</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>